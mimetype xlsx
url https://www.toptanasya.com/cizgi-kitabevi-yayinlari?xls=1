--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,25360 +85,25765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253966201</t>
+          <t>9786253966690</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Memlük Devleti’nde Elçilik Teatisi (1250 – 1382)</t>
+          <t>Zarfın İçindeki Hakikat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253966171</t>
+          <t>9786253966430</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dediği Sultan Yurdu Beykonak (Tekke) 1831-1845</t>
+          <t>Perdenin Ardındakiler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253966423</t>
+          <t>9786253966805</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Apukurya (Apokries)/Tatavla Karnavalı Rum Kimliği Üzerinden Bir Dayanışma Pratiği mi?</t>
+          <t>Düşünce - Mekan Diyalektiğinde Antik Roma Kentleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253966317</t>
+          <t>9786253966799</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınırın Ritmi</t>
+          <t>Obata Yūkichi ve Türkiye</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253966300</t>
+          <t>9786253966713</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Teori ve Uygulamada Yönetişim</t>
+          <t>Nietzsche Felsefesinde Yaşamın Estetik Yorumu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253966461</t>
+          <t>9786253966751</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Öteki</t>
+          <t>Üç Boyutlu Tasarım ve Sanal Gerçeklik Kullanımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253966331</t>
+          <t>9786253966720</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Acı(n)mak İçin Değil Anlamak İçin Down Sendromu Tarihi</t>
+          <t>Doğu Uygarlığının Bir Mensubu Olarak İran Toplumu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253966393</t>
+          <t>9786253966607</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sustainability On Education</t>
+          <t>Meslekte 40. Yılı İçin Öğrencilerinden Prof. Dr. İbrahim Şahin’e Armağan</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253966386</t>
+          <t>9786253966324</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar için Türkçe Hikayeler</t>
+          <t>3B Modellemede Yaratıcı Süreçler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253966416</t>
+          <t>9786253966676</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mümtaz Faik Fenik’in Hikayeciliği</t>
+          <t>Tanrı, Kötülük ve Başkaldırı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253966362</t>
+          <t>9786253966645</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İmrenler (Balkanda)</t>
+          <t>Kültürel Kodların Çevirisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253966195</t>
+          <t>9786253966669</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Epizodik Dürtünün Öyküsü</t>
+          <t>1. e4 Güçlü Açılış</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253966348</t>
+          <t>9786253966355</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve İnsan Hakları</t>
+          <t>Dijitalleşme ve Toplum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253966294</t>
+          <t>9786253966652</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığının Yayıncılık Tecrübesi</t>
+          <t>Anadolu’nun Kültürel Dönüşümü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055022907</t>
+          <t>9786253966591</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretmenliği İçin Siyaset Bilimine Giriş</t>
+          <t>Borsa’da Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253965815</t>
+          <t>9786253966706</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zifiri</t>
+          <t>Siyasal İletişimde Liderlerin Dilsel Retorik Stratejileri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253966256</t>
+          <t>9786253966485</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Romanın Aynasında Dönüşüm Sancıları</t>
+          <t>Neurodiversity In Autobiography and Novel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253966218</t>
+          <t>9786253966614</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Dönemi Arap Şiirinde Toplumsal Eleştiri</t>
+          <t>Tang Hanedanlığı Çin Şiirinin Altın Çağı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253965549</t>
+          <t>9786253966454</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İktisat Düşüncesi</t>
+          <t>Edebiyatta Politik Patronaj</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253965129</t>
+          <t>9786253966447</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Araştırmaları - 2</t>
+          <t>Acemi Öğretmenin Dönüşümü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253966072</t>
+          <t>9786253966508</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gözden Gönüle Prof. Dr. Nazmi Zengin</t>
+          <t>Peygamberler, Krallar ve Beyler Diyarı Eğil</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>740</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253965716</t>
+          <t>9786253966492</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve Ermeniler</t>
+          <t>Eğil - Kutsal Mekanlar ve Toplumsal Bellek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253966188</t>
+          <t>9786253966379</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Döşemealtı Nahiyesi</t>
+          <t>Eski Çağ Tarihi Araştırmaları - I</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>740</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253966164</t>
+          <t>9786253966584</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Tarihinden Portreler</t>
+          <t>Fırat İle Dicle Arasında Çermik’in Tarihi Yolculuğu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>440</v>
+        <v>900</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253966140</t>
+          <t>9786253966577</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Alkali Bileşiklerden Sentetik Alkalilere</t>
+          <t>Yönetenler Üretenler Yaşayanlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253966102</t>
+          <t>9786253966560</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşmenin Ötesi</t>
+          <t>Taşların Sırrı Suyun Şifası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253966027</t>
+          <t>9786253966553</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Dönemi'nde Osmanlı Kadınları</t>
+          <t>Mektebin Işığı Kalemin İzi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253966133</t>
+          <t>9786253966201</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşan Osmanlı Eğitimi Üzerine Seçilmiş Yazılar</t>
+          <t>Memlük Devleti’nde Elçilik Teatisi (1250 – 1382)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253966010</t>
+          <t>9786253966171</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çeviri Sorunları ve Çözümleri</t>
+          <t>Dediği Sultan Yurdu Beykonak (Tekke) 1831-1845</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253966157</t>
+          <t>9786253966423</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Orta Afrika’da Siyaset ve Diplomasi</t>
+          <t>Apukurya (Apokries)/Tatavla Karnavalı Rum Kimliği Üzerinden Bir Dayanışma Pratiği mi?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253965648</t>
+          <t>9786253966317</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Sanat</t>
+          <t>Sınırın Ritmi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253966089</t>
+          <t>9786253966300</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rusça-Türkçe Açıklamalı Çeviribilim Terimleri Sözlüğü</t>
+          <t>Güncel Gelişmeler Işığında Teori ve Uygulamada Yönetişim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253966003</t>
+          <t>9786253966461</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ege’de Bir Akşamüstü</t>
+          <t>İçimdeki Öteki</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253966034</t>
+          <t>9786253966331</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kahramanmaraş Depremi Memoratları</t>
+          <t>Acı(n)mak İçin Değil Anlamak İçin Down Sendromu Tarihi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253965730</t>
+          <t>9786253966393</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seküler Metafiziğin İmkanı Theodor W. Adorno</t>
+          <t>Sustainability On Education</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253966041</t>
+          <t>9786253966386</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Kürd Raporları</t>
+          <t>Yabancılar için Türkçe Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259466613</t>
+          <t>9786253966416</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Moria</t>
+          <t>Mümtaz Faik Fenik’in Hikayeciliği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051962016</t>
+          <t>9786253966362</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İtil Bulgarları</t>
+          <t>İmrenler (Balkanda)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758867141</t>
+          <t>9786253966195</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra Söyleşiler</t>
+          <t>Epizodik Dürtünün Öyküsü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055999650</t>
+          <t>9786253966348</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Routinen im Alltaglichen Leben</t>
+          <t>Felsefe ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944272025</t>
+          <t>9786253966294</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Meclisi-i Mebusanında Parlamenter Denetim (1908-1920)</t>
+          <t>Diyanet İşleri Başkanlığının Yayıncılık Tecrübesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054451746</t>
+          <t>9786055022907</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İnsan Hakları ve Eşitlik</t>
+          <t>Sosyal Bilgiler Öğretmenliği İçin Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055999629</t>
+          <t>9786253965815</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Din Siyaset Seçmen</t>
+          <t>Zifiri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054451388</t>
+          <t>9786253966256</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Devrek ve Çevresi Tarihi</t>
+          <t>Romanın Aynasında Dönüşüm Sancıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051965284</t>
+          <t>9786253966218</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Non-Governmental Organizations and Democratization in Post-Soviet Kyrgystan</t>
+          <t>Cahiliye Dönemi Arap Şiirinde Toplumsal Eleştiri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055022730</t>
+          <t>9786253965549</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Referans Sisteminde Din Olgusu</t>
+          <t>Osmanlı İktisat Düşüncesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253966126</t>
+          <t>9786253965129</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Etkin Yurttaşlık</t>
+          <t>Türk Tasavvuf Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253965990</t>
+          <t>9786253966072</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tek Kitaplı Şair Emir İlhan’ın Şiirinde Vahdaniyet</t>
+          <t>Gözden Gönüle Prof. Dr. Nazmi Zengin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051966984</t>
+          <t>9786253965716</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösteren Şehir: Yalvaç</t>
+          <t>Kürtler ve Ermeniler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051962900</t>
+          <t>9786253966188</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Vilayet Hususi İdareleri ve Bütçeleri</t>
+          <t>Cumhuriyet Döneminde Döşemealtı Nahiyesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758867578</t>
+          <t>9786253966164</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ermenek ve Yakın Çevresindeki Antik Yerleşim Birimleri</t>
+          <t>Doğu Türkistan Tarihinden Portreler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253965778</t>
+          <t>9786253966140</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zorlayıcı Gündelik Hayat</t>
+          <t>Alkali Bileşiklerden Sentetik Alkalilere</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253965877</t>
+          <t>9786253966102</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Deterritorialized Lives</t>
+          <t>Sekülerleşmenin Ötesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253965907</t>
+          <t>9786253966027</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim Uygulamaları 1</t>
+          <t>Sultan II. Abdülhamid Dönemi'nde Osmanlı Kadınları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253965822</t>
+          <t>9786253966133</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Chemtrails ve Dünya’da İklim Savaşları</t>
+          <t>Çağdaşlaşan Osmanlı Eğitimi Üzerine Seçilmiş Yazılar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253965761</t>
+          <t>9786253966010</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyada Evrimleşen Robotlar</t>
+          <t>Çağdaş Çeviri Sorunları ve Çözümleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253965808</t>
+          <t>9786253966157</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İksîrü’l-Muhabbe</t>
+          <t>Orta Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253965839</t>
+          <t>9786253965648</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Midhat Efendi’nin Tarih-i Ulum’una Dair İzah, Şerh ve Mütalaalar</t>
+          <t>İslam Düşüncesinde Sanat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>165</v>
+        <v>580</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253965600</t>
+          <t>9786253966089</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık ve Hoşgörü İlişkisi</t>
+          <t>Rusça-Türkçe Açıklamalı Çeviribilim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253965754</t>
+          <t>9786253966003</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Derviş Zaim Sinemasında Şamanın Yolculuğu</t>
+          <t>Ege’de Bir Akşamüstü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253965723</t>
+          <t>9786253966034</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eşgüdümlü İki Alan Eğitim Öğretim ve Modernleşme</t>
+          <t>Kahramanmaraş Depremi Memoratları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253965693</t>
+          <t>9786253965730</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Yeniden Düşünmek</t>
+          <t>Seküler Metafiziğin İmkanı Theodor W. Adorno</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253965686</t>
+          <t>9786253966041</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlahi Beş Mertebe ve Kamil İnsan</t>
+          <t>Osmanlı Dönemi Kürd Raporları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>680</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253965532</t>
+          <t>9786259466613</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Teşkilat Düşüncesi</t>
+          <t>Moria</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253965785</t>
+          <t>9786051962016</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Çapakçur'da (Bingöl) Görev Yapan Kaymakamlar 1882-1935</t>
+          <t>İtil Bulgarları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253965747</t>
+          <t>9789758867141</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kimya Sanayinin Ekonomik Komplekslik Bağlamında Analizi</t>
+          <t>Tarık Buğra Söyleşiler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>166</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253965709</t>
+          <t>9786055999650</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Three-Child Policy</t>
+          <t>Routinen im Alltaglichen Leben</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253965631</t>
+          <t>9789944272025</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Öğretmeni Namık Ayas’ın Gözüyle Konya</t>
+          <t>Osmanlı Meclisi-i Mebusanında Parlamenter Denetim (1908-1920)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253965792</t>
+          <t>9786054451746</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hataylı Aşık Hafız Hoca</t>
+          <t>İslam Hukukunda İnsan Hakları ve Eşitlik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059108829</t>
+          <t>9786055999629</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Genç Dindarlığı ve Din Eğitimi</t>
+          <t>Din Siyaset Seçmen</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054451579</t>
+          <t>9786054451388</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitimin Aydınlanmadaki Yeri</t>
+          <t>Devrek ve Çevresi Tarihi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054451258</t>
+          <t>9786051965284</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İletişim Eyleminin Anatomisi</t>
+          <t>Non-Governmental Organizations and Democratization in Post-Soviet Kyrgystan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253965556</t>
+          <t>9786055022730</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hitit İmparatorluk Çağı’nda Eski Mısır’da İki Muvahhid Hz. Yusuf ve Hz. Musa</t>
+          <t>İnsanoğlu Referans Sisteminde Din Olgusu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253965617</t>
+          <t>9786253966126</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gen-Etik İnsan Genom Projesi Üzerine Bir Etik Sorunlaştırma</t>
+          <t>Demokrasi ve Etkin Yurttaşlık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253965624</t>
+          <t>9786253965990</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırı Etiğinin İki Yüzü Albert Camus ve Nurettin Topçu</t>
+          <t>Tek Kitaplı Şair Emir İlhan’ın Şiirinde Vahdaniyet</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253965563</t>
+          <t>9786051966984</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anlatılarda Ayrıntı Çözümlemesine Giriş</t>
+          <t>Yol Gösteren Şehir: Yalvaç</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253965679</t>
+          <t>9786051962900</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde İnsan Kaynağının Etkin Yönetimi</t>
+          <t>Osmanlı Devleti'nde Vilayet Hususi İdareleri ve Bütçeleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253965570</t>
+          <t>9789758867578</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öykü İncelemesine Giriş</t>
+          <t>Ermenek ve Yakın Çevresindeki Antik Yerleşim Birimleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253965655</t>
+          <t>9786253965778</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Öykülerde Aramak</t>
+          <t>Zorlayıcı Gündelik Hayat</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253965587</t>
+          <t>9786253965877</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Devrimler ve Uluslararası Siyaset</t>
+          <t>Deterritorialized Lives</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786251962306</t>
+          <t>9786253965907</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Özne 29. Kitap - Stoa Felsefesi</t>
+          <t>Anlatıbilim Uygulamaları 1</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253965518</t>
+          <t>9786253965822</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Petrus</t>
+          <t>Chemtrails ve Dünya’da İklim Savaşları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253965440</t>
+          <t>9786253965761</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Özne 42. Kitap - Şiir ve Felsefe</t>
+          <t>Yeni Dünyada Evrimleşen Robotlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253965594</t>
+          <t>9786253965808</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekayı Kant’la Düşünmek</t>
+          <t>İksîrü’l-Muhabbe</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253965501</t>
+          <t>9786253965839</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık ve Güven</t>
+          <t>Ahmed Midhat Efendi’nin Tarih-i Ulum’una Dair İzah, Şerh ve Mütalaalar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253965433</t>
+          <t>9786253965600</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Darbeler ve Darbeciler</t>
+          <t>Dindarlık ve Hoşgörü İlişkisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253965495</t>
+          <t>9786253965754</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ağ Dindarlığı</t>
+          <t>Derviş Zaim Sinemasında Şamanın Yolculuğu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253965426</t>
+          <t>9786253965723</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Peygamber Methiyeleri</t>
+          <t>Eşgüdümlü İki Alan Eğitim Öğretim ve Modernleşme</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253965488</t>
+          <t>9786253965693</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Kelimeler</t>
+          <t>Okumayı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253965457</t>
+          <t>9786253965686</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Hamalları</t>
+          <t>İlahi Beş Mertebe ve Kamil İnsan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253965471</t>
+          <t>9786253965532</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Spectacle, Performance and New Femininities in the Plays of Edwardian Suffrage Playwrights</t>
+          <t>Osmanlı Teşkilat Düşüncesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253965464</t>
+          <t>9786253965785</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Labirent</t>
+          <t>Osmanlı'dan Cumhuriyet'e Çapakçur'da (Bingöl) Görev Yapan Kaymakamlar 1882-1935</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253965396</t>
+          <t>9786253965747</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Tiyatro Eserlerinde Halk Dramları</t>
+          <t>Türkiye’de Kimya Sanayinin Ekonomik Komplekslik Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>166</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253965327</t>
+          <t>9786253965709</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Vergi Adaleti ve İslam</t>
+          <t>Three-Child Policy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253965082</t>
+          <t>9786253965631</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ustanın Öğrencisi</t>
+          <t>Bir Cumhuriyet Öğretmeni Namık Ayas’ın Gözüyle Konya</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253965402</t>
+          <t>9786253965792</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tekirdağ Kentleşmesi ve Kimliği</t>
+          <t>Hataylı Aşık Hafız Hoca</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253965341</t>
+          <t>9786059108829</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras ve Sürdürülebilir Kalkınma</t>
+          <t>Genç Dindarlığı ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253965211</t>
+          <t>9786054451579</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türk-Macar İlişkilerinin Dünü, Bugünü ve Geleceği Uluslararası Sempozyumu</t>
+          <t>Milli Eğitimin Aydınlanmadaki Yeri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>880</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253965013</t>
+          <t>9786054451258</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Müzesi’nde Bulunan Mevlevi Giysilerinin Ve Mevlana’ya Atfedilen Giysilerin Giyim Sanat Dalı Açısından İncelenmesi</t>
+          <t>İletişim Eyleminin Anatomisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253965389</t>
+          <t>9786253965556</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dil, Cinsiyet ve İnanç</t>
+          <t>Hitit İmparatorluk Çağı’nda Eski Mısır’da İki Muvahhid Hz. Yusuf ve Hz. Musa</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253965365</t>
+          <t>9786253965617</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Dostu Kentler</t>
+          <t>Gen-Etik İnsan Genom Projesi Üzerine Bir Etik Sorunlaştırma</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253962050</t>
+          <t>9786253965624</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çirkinin Estetiği</t>
+          <t>Başkaldırı Etiğinin İki Yüzü Albert Camus ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253965334</t>
+          <t>9786253965563</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Siber Uzayda Egemenlik İnşası</t>
+          <t>Anlatılarda Ayrıntı Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253964726</t>
+          <t>9786253965679</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Toplum Ekseninde Devecilik Kültürü ve Deve Güreşleri</t>
+          <t>Yerel Yönetimlerde İnsan Kaynağının Etkin Yönetimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253962876</t>
+          <t>9786253965570</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğüne Sahip Çocuklarda Yabancı Dil Eğitimi (İngilizce Öğretmenlerine Uygulanan Bilgilendirme Programının İncelenmesi)</t>
+          <t>Kısa Öykü İncelemesine Giriş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253962883</t>
+          <t>9786253965655</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğü (Rehberlik ve Araştırma Merkezlerinde Tanı, Değerlendirme ve İzleme Süreçleri)</t>
+          <t>Felsefeyi Öykülerde Aramak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253962821</t>
+          <t>9786253965587</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomik Bunalımının İzmir’deki Tüketim Kültürüne Etkisi (İzmir Basını Gözüyle)</t>
+          <t>Devrimler ve Uluslararası Siyaset</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758156467</t>
+          <t>9786251962306</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi Strateji, Rekabet, Küreselleşme</t>
+          <t>Özne 29. Kitap - Stoa Felsefesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253965259</t>
+          <t>9786253965518</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Bilim Tarihinin İzinde Türk Dünyasında Macarlar</t>
+          <t>Petrus</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253965273</t>
+          <t>9786253965440</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çerkeşizade Mehmed Tevfik Efendi’nin Kelami Görüşleri</t>
+          <t>Özne 42. Kitap - Şiir ve Felsefe</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253965235</t>
+          <t>9786253965594</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin Mesaisi Olmaz</t>
+          <t>Yapay Zekayı Kant’la Düşünmek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253965280</t>
+          <t>9786253965501</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Girdeci Ali el-Konevi / el-Mevlevi ve Hikayeleri</t>
+          <t>Dindarlık ve Güven</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>168</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253965297</t>
+          <t>9786253965433</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Konya’nın Fi Tarihinde Mazlumlar, Hainler ve Garipler</t>
+          <t>Türkiye’de Darbeler ve Darbeciler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253965204</t>
+          <t>9786253965495</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Leylan</t>
+          <t>Ağ Dindarlığı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253964993</t>
+          <t>9786253965426</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Anarşizm</t>
+          <t>Arap Edebiyatında Peygamber Methiyeleri</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253965242</t>
+          <t>9786253965488</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ile Ölüm Arasında Felsefe</t>
+          <t>Anahtar Kelimeler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253965075</t>
+          <t>9786253965457</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli ve Etkin İş Yapma Sanatı</t>
+          <t>Kültürün Hamalları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253965198</t>
+          <t>9786253965471</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alfred Jules Ayer’in Duygucu Etik Teorisi</t>
+          <t>Spectacle, Performance and New Femininities in the Plays of Edwardian Suffrage Playwrights</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253965112</t>
+          <t>9786253965464</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Balkanlı ve Ahıskalı Göçmenler</t>
+          <t>Postmodern Labirent</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253965167</t>
+          <t>9786253965396</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Academic Encounters 2025</t>
+          <t>Tanzimat Dönemi Tiyatro Eserlerinde Halk Dramları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253964450</t>
+          <t>9786253965327</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Disiplinlerarası Okumalar - Uygulamalar</t>
+          <t>Vergi Adaleti ve İslam</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253964702</t>
+          <t>9786253965082</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cezayir’in İlyada’sı Mufdi Zekeriyya ve Devrimin Poetikası</t>
+          <t>Ustanın Öğrencisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000016013</t>
+          <t>9786253965402</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bay B.’nin Başına Gelenler</t>
+          <t>Tekirdağ Kentleşmesi ve Kimliği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253965174</t>
+          <t>9786253965341</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Çermik</t>
+          <t>Kültürel Miras ve Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253965136</t>
+          <t>9786253965211</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eugene O'Neill ve Haldun Taner Oyunlarında Modern Bir Rahatsızlık</t>
+          <t>Türk-Macar İlişkilerinin Dünü, Bugünü ve Geleceği Uluslararası Sempozyumu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>880</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253965143</t>
+          <t>9786253965013</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Haberleşme ve Propaganda</t>
+          <t>Mevlana Müzesi’nde Bulunan Mevlevi Giysilerinin Ve Mevlana’ya Atfedilen Giysilerin Giyim Sanat Dalı Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253965105</t>
+          <t>9786253965389</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ötesinde Türk Romanında Bilinçli Varlıklar Olarak Hayvanlar</t>
+          <t>Dil, Cinsiyet ve İnanç</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253965150</t>
+          <t>9786253965365</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Tarlakuşu Carol Ann Duffy Şiirinde Üstopya Mekanları</t>
+          <t>Çocuk Dostu Kentler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253964689</t>
+          <t>9786253962050</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Optimal Para Alanları Çerçevesinde Avrupa Parasal Birliğinin İçerisinde Bulunduğu Çıkmazlar</t>
+          <t>Çirkinin Estetiği</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253965006</t>
+          <t>9786253965334</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Premodern’den Geç Modern’e Şiddetin Değişen Veçheleri &amp; Byung-Chul Han Bağlamında Olumluluğun Şiddeti</t>
+          <t>Siber Uzayda Egemenlik İnşası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253965099</t>
+          <t>9786253964726</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresinden -Lykaonia Bölgesi- Sunaklar</t>
+          <t>Tarih Kültür Toplum Ekseninde Devecilik Kültürü ve Deve Güreşleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253965020</t>
+          <t>9786253962876</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Almanca Dil Bilgisi Ve Alıştırma Kitabı/ Deutsch Für Dich Grammatik und Übungsbuch</t>
+          <t>Özel Öğrenme Güçlüğüne Sahip Çocuklarda Yabancı Dil Eğitimi (İngilizce Öğretmenlerine Uygulanan Bilgilendirme Programının İncelenmesi)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>620</v>
+        <v>175</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253964955</t>
+          <t>9786253962883</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sanata Felsefeyle Yönelmek</t>
+          <t>Özel Öğrenme Güçlüğü (Rehberlik ve Araştırma Merkezlerinde Tanı, Değerlendirme ve İzleme Süreçleri)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253965068</t>
+          <t>9786253962821</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Meymar/ Ömer b. Abdülaziz ve Pozitif Özgürlük</t>
+          <t>Dünya Ekonomik Bunalımının İzmir’deki Tüketim Kültürüne Etkisi (İzmir Basını Gözüyle)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253965044</t>
+          <t>9789758156467</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Zor Problemine Alternatif Bir Bakış/ Kozmopsişizm</t>
+          <t>Yeni Ekonomi Strateji, Rekabet, Küreselleşme</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253963811</t>
+          <t>9786253965259</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Müstekbir ve Müstaz‘af Kavramlarına Sosyolojik Bir Yaklaşım</t>
+          <t>Dünden Bugüne Bilim Tarihinin İzinde Türk Dünyasında Macarlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253964443</t>
+          <t>9786253965273</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mossyna’dan Çala/ İlk Devirlerden Osmanlılara Kadar Çal Yöresi</t>
+          <t>Çerkeşizade Mehmed Tevfik Efendi’nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253964948</t>
+          <t>9786253965235</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji değil Sosyolojiler/ Sosyoloji Tasarımları Üzerine Bir Çalışma</t>
+          <t>Gazetecinin Mesaisi Olmaz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253965051</t>
+          <t>9786253965280</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Sağlık Beden, Zihin ve Ruh Dengesi</t>
+          <t>Girdeci Ali el-Konevi / el-Mevlevi ve Hikayeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253964962</t>
+          <t>9786253965297</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Konya’nın Fi Tarihinde Mazlumlar, Hainler ve Garipler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253964917</t>
+          <t>9786253965204</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Estetiği Bağlamında Nabi Divan’ında Kanaat Kavramı</t>
+          <t>Şems-i Leylan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253964733</t>
+          <t>9786253964993</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Çatışma Alanı Olarak Süveyş Kanalı ve Büyük Güçler 1869-1882</t>
+          <t>Uluslararası İlişkiler ve Anarşizm</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253963965</t>
+          <t>9786253965242</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Din</t>
+          <t>Yaşam ile Ölüm Arasında Felsefe</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253964924</t>
+          <t>9786253965075</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Ahlak ve Siyaset Felsefelerinin İmkanı ve Kaynakları</t>
+          <t>Bilinçli ve Etkin İş Yapma Sanatı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253964931</t>
+          <t>9786253965198</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Doğal İlahiyat | Yani Yaradıcı’nın Varlığına Mahlukattan İspatlar</t>
+          <t>Alfred Jules Ayer’in Duygucu Etik Teorisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253962951</t>
+          <t>9786253965112</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Teorileri ve Postmodern Durum</t>
+          <t>Balkanlı ve Ahıskalı Göçmenler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253964641</t>
+          <t>9786253965167</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kadının Öyküsü | Gelenekten Moderniteye Bir Yolculuk</t>
+          <t>Academic Encounters 2025</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>740</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253963606</t>
+          <t>9786253964450</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Göç Kimlik ve Müzik | İsveç Alevileri</t>
+          <t>Edebiyat ve Disiplinlerarası Okumalar - Uygulamalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253964887</t>
+          <t>9786253964702</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika’da Siyaset ve Diplomasi</t>
+          <t>Cezayir’in İlyada’sı Mufdi Zekeriyya ve Devrimin Poetikası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253964399</t>
+          <t>3990000016013</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya Çalışmaları - l</t>
+          <t>Bay B.’nin Başına Gelenler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253964313</t>
+          <t>9786253965174</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları – 3</t>
+          <t>Osmanlı İdaresinde Çermik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253962142</t>
+          <t>9786253965136</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arnold Van Gennep ve Folklor</t>
+          <t>Eugene O'Neill ve Haldun Taner Oyunlarında Modern Bir Rahatsızlık</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253964078</t>
+          <t>9786253965143</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cend’den Cihana Selçuklu Sultanları</t>
+          <t>Milli Mücadele'de Haberleşme ve Propaganda</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253964719</t>
+          <t>9786253965105</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Yazıları Klasik Ütopyalar Üzerine Araştırmalar</t>
+          <t>İnsanın Ötesinde Türk Romanında Bilinçli Varlıklar Olarak Hayvanlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253964832</t>
+          <t>9786253965150</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Edward Bond’un Akılcı Tiyatrosunda Diyalektik Yaklaşım</t>
+          <t>Çağdaş Bir Tarlakuşu Carol Ann Duffy Şiirinde Üstopya Mekanları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253964740</t>
+          <t>9786253964689</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi Üzerine Bir Münakaşa | “Neden Kaybettik?” Sorusuna Anonim Cevaplar</t>
+          <t>Optimal Para Alanları Çerçevesinde Avrupa Parasal Birliğinin İçerisinde Bulunduğu Çıkmazlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054639830</t>
+          <t>9786253965006</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Kimliği</t>
+          <t>Premodern’den Geç Modern’e Şiddetin Değişen Veçheleri &amp; Byung-Chul Han Bağlamında Olumluluğun Şiddeti</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253964375</t>
+          <t>9786253965099</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Özne 41. Kitap - Pragmatizm</t>
+          <t>Konya ve Çevresinden -Lykaonia Bölgesi- Sunaklar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>720</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253964368</t>
+          <t>9786253965020</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Modern İktisadın Gelişimi ve Menapirzade Nuri’nin Mebahis-i İlm-i Servet’i</t>
+          <t>Senin İçin Almanca Dil Bilgisi Ve Alıştırma Kitabı/ Deutsch Für Dich Grammatik und Übungsbuch</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253964115</t>
+          <t>9786253964955</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilik Yolunda 40 Yıllık Bir Ömür - Yunus Misali - Prof. Dr. Saim Savaş Armağanı</t>
+          <t>Sanata Felsefeyle Yönelmek</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253964504</t>
+          <t>9786253965068</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ursula K. Le Guin Kurgusunda Ataerkillik, Kapitalizm ve Ekofeminizm</t>
+          <t>Meymar/ Ömer b. Abdülaziz ve Pozitif Özgürlük</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253964405</t>
+          <t>9786253965044</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük Hareketi’nin Fıkıh Alanındaki Görüşleri / Tanzimat’tan Cumhuriyet’e</t>
+          <t>Bilincin Zor Problemine Alternatif Bir Bakış/ Kozmopsişizm</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253964344</t>
+          <t>9786253963811</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Rumi In Other Words Introduction to Commentaries of Mathnawi</t>
+          <t>Müstekbir ve Müstaz‘af Kavramlarına Sosyolojik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253964276</t>
+          <t>9786253964443</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Aslına Döndürmek / 17. Yüzyıl Geriye Dönüş Arayışlarının İbn Haldûncu Bir Tetkiki</t>
+          <t>Mossyna’dan Çala/ İlk Devirlerden Osmanlılara Kadar Çal Yöresi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253964191</t>
+          <t>9786253964948</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Emek, Göç</t>
+          <t>Sosyoloji değil Sosyolojiler/ Sosyoloji Tasarımları Üzerine Bir Çalışma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253964474</t>
+          <t>9786253965051</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hitit Ritüellerinde Sağaltma ve Arındırma</t>
+          <t>Oruç ve Sağlık Beden, Zihin ve Ruh Dengesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253964382</t>
+          <t>9786253964962</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253964436</t>
+          <t>9786253964917</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sicill-i Ahval Defterlerine Göre Oltulu Devlet Adamları</t>
+          <t>Yaşama Estetiği Bağlamında Nabi Divan’ında Kanaat Kavramı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253964429</t>
+          <t>9786253964733</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Taşra Elitlerinin Yükselişi</t>
+          <t>Emperyal Çatışma Alanı Olarak Süveyş Kanalı ve Büyük Güçler 1869-1882</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253964160</t>
+          <t>9786253963965</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sıffin Savaşı (37/657) İlk Dönem İslam Tarihçilerinin Sıffin Savaşı Anlatımları</t>
+          <t>Metaverse ve Din</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253964481</t>
+          <t>9786253964924</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Akademide Bir Ömür Prof. Dr. Sevinç Güçlü Armağanı Sosyal Bilimler Yazıları</t>
+          <t>Kutadgu Bilig’de Ahlak ve Siyaset Felsefelerinin İmkanı ve Kaynakları</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253964122</t>
+          <t>9786253964931</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa Diyarbekir'de</t>
+          <t>Gençler İçin Doğal İlahiyat | Yani Yaradıcı’nın Varlığına Mahlukattan İspatlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253963958</t>
+          <t>9786253962951</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hamdullah Suphi Tanrıöver’in Düşünce Dünyası ve Romanya Büyükelçiliği</t>
+          <t>Modernleşme Teorileri ve Postmodern Durum</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253964498</t>
+          <t>9786253964641</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tarih ile Menakıb Arasında Tasavvuf Geleneğinde Biyografi Yazıcılığı</t>
+          <t>Kadının Öyküsü | Gelenekten Moderniteye Bir Yolculuk</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>340</v>
+        <v>740</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253963927</t>
+          <t>9786253963606</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’te Yahudi Vezirler 912-1090</t>
+          <t>Göç Kimlik ve Müzik | İsveç Alevileri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253963996</t>
+          <t>9786253964887</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Dilbiliminde Ses-Mana İlişkisi ve Modern Yaklaşımlar</t>
+          <t>Batı Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253964085</t>
+          <t>9786253964399</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Anatomisi / Türk Dünyası Efsanelerinde İhanet</t>
+          <t>Dijital Medya Çalışmaları - l</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253964283</t>
+          <t>9786253964313</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nicolaus Cusanus’ta Tanrı ve İnsan</t>
+          <t>Batman Kent Araştırmaları – 3</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253964054</t>
+          <t>9786253962142</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Çınarı Hilmi Ziya Ülken</t>
+          <t>Arnold Van Gennep ve Folklor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253964030</t>
+          <t>9786253964078</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Kamu Yönetimi</t>
+          <t>Cend’den Cihana Selçuklu Sultanları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253964146</t>
+          <t>9786253964719</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Edebiyat Esintileri</t>
+          <t>Felsefe Tarihi Yazıları Klasik Ütopyalar Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253964023</t>
+          <t>9786253964832</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Körfez Ülkelerine Yönelik Emek Göçü</t>
+          <t>Edward Bond’un Akılcı Tiyatrosunda Diyalektik Yaklaşım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253963989</t>
+          <t>9786253964740</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Ömür / Şavşatlı Bir Öğretmenin Hatıraları</t>
+          <t>93 Harbi Üzerine Bir Münakaşa | “Neden Kaybettik?” Sorusuna Anonim Cevaplar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253963941</t>
+          <t>9786054639830</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Asr-ı Hazır 2. Cilt</t>
+          <t>Alevi-Bektaşi Kimliği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253964108</t>
+          <t>9786253964375</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sosyal Medya ve X, Y, Z Kuşakları</t>
+          <t>Özne 41. Kitap - Pragmatizm</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253963934</t>
+          <t>9786253964368</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Araştırmalarında Nicel, Nitel ve Karma Yöntemler</t>
+          <t>Osmanlı Devleti’nde Modern İktisadın Gelişimi ve Menapirzade Nuri’nin Mebahis-i İlm-i Servet’i</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253963910</t>
+          <t>9786253964115</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Romandan Tiyatroya Dünyaya İkinci Geliş’in Sefalet-i Aşk’a Dönüşümü</t>
+          <t>Tarihçilik Yolunda 40 Yıllık Bir Ömür - Yunus Misali - Prof. Dr. Saim Savaş Armağanı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>165</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253964092</t>
+          <t>9786253964504</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Politik Retorik</t>
+          <t>Ursula K. Le Guin Kurgusunda Ataerkillik, Kapitalizm ve Ekofeminizm</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253963873</t>
+          <t>9786253964405</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Ahlak Felsefeleri</t>
+          <t>Türkçülük Hareketi’nin Fıkıh Alanındaki Görüşleri / Tanzimat’tan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253963781</t>
+          <t>9786253964344</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kars Zafernamesi / Şadi’nın Kars Zaferi Konulu Muzaffernamesi</t>
+          <t>Rumi In Other Words Introduction to Commentaries of Mathnawi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253963866</t>
+          <t>9786253964276</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İrlandalı Bir Hayalet James Clarence Mangan</t>
+          <t>Osmanlı’yı Aslına Döndürmek / 17. Yüzyıl Geriye Dönüş Arayışlarının İbn Haldûncu Bir Tetkiki</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9771309155159</t>
+          <t>9786253964191</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Etütleri Cilt: 11 Sayı: 2 Aralık 2019</t>
+          <t>Kadın, Emek, Göç</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000014073</t>
+          <t>9786253964474</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Roman Biçimleri</t>
+          <t>Hitit Ritüellerinde Sağaltma ve Arındırma</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758867110</t>
+          <t>9786253964382</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Piyasa Ekonomisi ve Ekonomik Özgürlükler</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055022518</t>
+          <t>9786253964436</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kojiki Japon Mitolojisine Bir Yolculuk</t>
+          <t>Sicill-i Ahval Defterlerine Göre Oltulu Devlet Adamları</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789758156559</t>
+          <t>9786253964429</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Canlı Yayın ve Açıköğretim</t>
+          <t>Taşra Elitlerinin Yükselişi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054451869</t>
+          <t>9786253964160</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Şehir</t>
+          <t>Sıffin Savaşı (37/657) İlk Dönem İslam Tarihçilerinin Sıffin Savaşı Anlatımları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051963136</t>
+          <t>9786253964481</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Tahnit ve Tehyietü'l-Hayvanat (Osmanlıca Aslı İle)</t>
+          <t>Akademide Bir Ömür Prof. Dr. Sevinç Güçlü Armağanı Sosyal Bilimler Yazıları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253963842</t>
+          <t>9786253964122</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şehri Yeniden Düşünmek</t>
+          <t>Sarı Paşa Diyarbekir'de</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253963675</t>
+          <t>9786253963958</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 3</t>
+          <t>Hamdullah Suphi Tanrıöver’in Düşünce Dünyası ve Romanya Büyükelçiliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944272018</t>
+          <t>9786253964498</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Dönemi Siyasi Mücadelesinde Lütfi Fikri’nin Tanzimat’ı</t>
+          <t>Tarih ile Menakıb Arasında Tasavvuf Geleneğinde Biyografi Yazıcılığı</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253963651</t>
+          <t>9786253963927</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Türk, Arap ve Kürt Milliyetçiliği</t>
+          <t>Endülüs’te Yahudi Vezirler 912-1090</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253963699</t>
+          <t>9786253963996</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Descartes Psikolojisi Karşılaştırmalı Bir Analiz</t>
+          <t>Klasik Arap Dilbiliminde Ses-Mana İlişkisi ve Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253963767</t>
+          <t>9786253964085</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fakihler yahut Fakılar / Osmanlı Kuruluşunun Sessiz, İddiasız, Unutulmuş Hizmetkârları</t>
+          <t>İhanetin Anatomisi / Türk Dünyası Efsanelerinde İhanet</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253963552</t>
+          <t>9786253964283</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İlkelliğin İhtişamı/Modernlik, Modernizm ve Turgut Uyar'ın Şiirinde Modern Hayatın Eleştirisi</t>
+          <t>Nicolaus Cusanus’ta Tanrı ve İnsan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253963569</t>
+          <t>9786253964054</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dijital Suriye Diasporası</t>
+          <t>Bir Düşünce Çınarı Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253963545</t>
+          <t>9786253964030</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yıllarından Günümüze Öğretmen Anıları Antolojisi</t>
+          <t>Türk Dünyasında Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253963590</t>
+          <t>9786253964146</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi'l-Hikme</t>
+          <t>Kültür ve Edebiyat Esintileri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253963583</t>
+          <t>9786253964023</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sultanmahmut Torayğırulı Şiiri Üzerine Bir İnceleme</t>
+          <t>Körfez Ülkelerine Yönelik Emek Göçü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253963576</t>
+          <t>9786253963989</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mircakıp Duvlatulı’nın Hikayeciliği</t>
+          <t>Dile Gelen Ömür / Şavşatlı Bir Öğretmenin Hatıraları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253963521</t>
+          <t>9786253963941</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Babamın İzinde / Bir Anlatı Çalışması</t>
+          <t>Tarih-i Asr-ı Hazır 2. Cilt</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253963507</t>
+          <t>9786253964108</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr.Yakup Karasoy Armağanı</t>
+          <t>Kültür, Sosyal Medya ve X, Y, Z Kuşakları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253962401</t>
+          <t>9786253963934</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanının Ekonomi Politiği / Tanzimat’tan 2. Meşrutiyet’e</t>
+          <t>Uluslararası İlişkiler Araştırmalarında Nicel, Nitel ve Karma Yöntemler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253963514</t>
+          <t>9786253963910</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gözetimin Dönüşümü ve Instagram’da Benliğin Sunumu</t>
+          <t>Romandan Tiyatroya Dünyaya İkinci Geliş’in Sefalet-i Aşk’a Dönüşümü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253963620</t>
+          <t>9786253964092</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Nokta Koyduk</t>
+          <t>Politik Retorik</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253963538</t>
+          <t>9786253963873</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Echoes of Uncertainty</t>
+          <t>Mevlana Düşüncesinde Ahlak Felsefeleri</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253963613</t>
+          <t>9786253963781</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ben Boşandım Diyemedim</t>
+          <t>Kars Zafernamesi / Şadi’nın Kars Zaferi Konulu Muzaffernamesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253962425</t>
+          <t>9786253963866</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İngiliz Tiyatrosundan Örneklerle Tiyatroda Hayvan</t>
+          <t>İrlandalı Bir Hayalet James Clarence Mangan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055022983</t>
+          <t>9771309155159</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Sosyolojisi</t>
+          <t>Ortadoğu Etütleri Cilt: 11 Sayı: 2 Aralık 2019</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758867073</t>
+          <t>3990000014073</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dünya Görüşü Bilim ve Ekonomi</t>
+          <t>Roman Biçimleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253963460</t>
+          <t>9789758867110</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Girişimcilik</t>
+          <t>Türkiye’de Piyasa Ekonomisi ve Ekonomik Özgürlükler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253963491</t>
+          <t>9786055022518</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Mali Yolsuzluk İddiaları 1950-1960</t>
+          <t>Kojiki Japon Mitolojisine Bir Yolculuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253963453</t>
+          <t>9789758156559</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İşgal (1916) ve Kurtuluşta (1918) Erzurum</t>
+          <t>Televizyonda Canlı Yayın ve Açıköğretim</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253963392</t>
+          <t>9786054451869</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay Varoluş ve Birey</t>
+          <t>Yavaş Şehir</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253963439</t>
+          <t>9786051963136</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Modern Arapça Atasözleri ve Deyimlerin Almancaya Çevirisinde Kültürün Yeri</t>
+          <t>İlm-i Tahnit ve Tehyietü'l-Hayvanat (Osmanlıca Aslı İle)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>130</v>
+        <v>580</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253963477</t>
+          <t>9786253963842</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik ve Din</t>
+          <t>Şehri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253962128</t>
+          <t>9786253963675</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Sinema ve İletişim Ne Uzak Ne Dışarıda Her Daim İç İçe</t>
+          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 3</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253963132</t>
+          <t>9789944272018</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Felsefesinden Kesitler</t>
+          <t>İkinci Meşrutiyet Dönemi Siyasi Mücadelesinde Lütfi Fikri’nin Tanzimat’ı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253963408</t>
+          <t>9786253963651</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yeni Pazarlama Trendleri ve Yeni Teknolojiler</t>
+          <t>Osmanlı’dan Cumhuriyet’e Türk, Arap ve Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253963354</t>
+          <t>9786253963699</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılın Pedagojisi Beyin Algoritma Sistemi (BAS) ve Programı</t>
+          <t>İbn Sina Descartes Psikolojisi Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253963415</t>
+          <t>9786253963767</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Netflix ve Türkiye</t>
+          <t>Fakihler yahut Fakılar / Osmanlı Kuruluşunun Sessiz, İddiasız, Unutulmuş Hizmetkârları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253963286</t>
+          <t>9786253963552</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dönülmez Yolun Yolcuları - Yemen’e Giden Redif Taburları</t>
+          <t>İlkelliğin İhtişamı/Modernlik, Modernizm ve Turgut Uyar'ın Şiirinde Modern Hayatın Eleştirisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253963347</t>
+          <t>9786253963569</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Sosyal Sermaye</t>
+          <t>Türkiye'de Dijital Suriye Diasporası</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253963231</t>
+          <t>9786253963545</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yüzerken Modernleşmek</t>
+          <t>Cumhuriyet'in İlk Yıllarından Günümüze Öğretmen Anıları Antolojisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253963293</t>
+          <t>9786253963590</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tez Zamanı – Husserl ile Wittgenstein Arasında</t>
+          <t>Risale Fi'l-Hikme</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253963200</t>
+          <t>9786253963583</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arnavutlarının ABD’ye Göçü 1870-1912</t>
+          <t>Sultanmahmut Torayğırulı Şiiri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253963378</t>
+          <t>9786253963576</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Kadın ve Komşuluk İlişkileri</t>
+          <t>Mircakıp Duvlatulı’nın Hikayeciliği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>148</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253963330</t>
+          <t>9786253963521</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Beni Bana Sarıyorum</t>
+          <t>Babamın İzinde / Bir Anlatı Çalışması</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253963309</t>
+          <t>9786253963507</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Demir Çağı’nın “Tek Tanrı” Savunucusu Davud ve Süleyman Krallığı - Kur’an Arkeolojisi Yöntemi ile</t>
+          <t>Prof. Dr.Yakup Karasoy Armağanı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253963224</t>
+          <t>9786253962401</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mikail Bayram Ardından Ne Söylediler</t>
+          <t>Türk Romanının Ekonomi Politiği / Tanzimat’tan 2. Meşrutiyet’e</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253963316</t>
+          <t>9786253963514</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon - Omniptikon Modellerinin Huxley ile Orwell’in Distopyalarında Karşılaştırılması</t>
+          <t>Gözetimin Dönüşümü ve Instagram’da Benliğin Sunumu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253963279</t>
+          <t>9786253963620</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Envisioning Second Language Future Selves</t>
+          <t>Evliliğe Nokta Koyduk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253963248</t>
+          <t>9786253963538</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Bilimden Önce Standart Mantık</t>
+          <t>Echoes of Uncertainty</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253962739</t>
+          <t>9786253963613</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Nüfuz Sağlayan Kişisel Nitelikler</t>
+          <t>Ben Boşandım Diyemedim</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051963464</t>
+          <t>9786253962425</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The Teaching Of British Literature and Culture 1</t>
+          <t>21. Yüzyıl İngiliz Tiyatrosundan Örneklerle Tiyatroda Hayvan</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253963156</t>
+          <t>9786055022983</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Müslüman Fetihleri</t>
+          <t>Türk Tarihinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>168</v>
+        <v>580</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253963217</t>
+          <t>9789758867073</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Modern Memurun İlk Yüzyılı (Genç Osmanlı Erken Cumhuriyet Döneminde Memur ve Memur Örgütlenmeleri)</t>
+          <t>Dünya Görüşü Bilim ve Ekonomi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>385</v>
+        <v>130</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253962104</t>
+          <t>9786253963460</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Endülüs - Fransa İlişkileri</t>
+          <t>Göç ve Girişimcilik</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253961350</t>
+          <t>9786253963491</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele ve Türkiye Cumhuriyeti İnkılap Tarihi</t>
+          <t>Türk Siyasetinde Mali Yolsuzluk İddiaları 1950-1960</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>720</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253963194</t>
+          <t>9786253963453</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim Araştırmaları II (Kuramsal ve Uygulamalı Yaklaşımlar)</t>
+          <t>İşgal (1916) ve Kurtuluşta (1918) Erzurum</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253963187</t>
+          <t>9786253963392</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Film Küratörlüğü ve Sanat Sineması Seyirciliği (Pera Film ve İstanbul Modern Sinema Örneği)</t>
+          <t>Oğuz Atay Varoluş ve Birey</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055022181</t>
+          <t>9786253963439</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Özne 19. Kitap - Albert Camus</t>
+          <t>Modern Arapça Atasözleri ve Deyimlerin Almancaya Çevirisinde Kültürün Yeri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055022556</t>
+          <t>9786253963477</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Özne 20. Kitap - Sinema ve Felsefe</t>
+          <t>Erkeklik ve Din</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253963125</t>
+          <t>9786253962128</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerden Güne Düşenler 1966-2010</t>
+          <t>Edebiyat, Sinema ve İletişim Ne Uzak Ne Dışarıda Her Daim İç İçe</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1350</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253963057</t>
+          <t>9786253963132</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Çağdaş Türk Felsefesinden Kesitler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253960865</t>
+          <t>9786253963408</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Siyon Aşıkları Hareketi 1884-1897</t>
+          <t>Yeni Pazarlama Trendleri ve Yeni Teknolojiler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253963163</t>
+          <t>9786253963354</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sözün Dansı – Edebi Sanatlar ve İfade Yöntemleri</t>
+          <t>Yeni Yüzyılın Pedagojisi Beyin Algoritma Sistemi (BAS) ve Programı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253963095</t>
+          <t>9786253963415</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Afet - Sorunlu Yayıncılıktan Sorumlu Yayıncılığa</t>
+          <t>Netflix ve Türkiye</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253963149</t>
+          <t>9786253963286</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Adalet Kuramları</t>
+          <t>Dönülmez Yolun Yolcuları - Yemen’e Giden Redif Taburları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>620</v>
+        <v>380</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253963071</t>
+          <t>9786253963347</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Sisteminin Tamamlayıcısı Olarak Türkiye’de Hayat Sigortaları ve Bireysel Emeklilik Sistemi</t>
+          <t>Göç ve Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253960704</t>
+          <t>9786253963231</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gerçekler Işığında Sağlıklı Beslenmenin Altın Kuralları</t>
+          <t>Yüzerken Modernleşmek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253963101</t>
+          <t>9786253963293</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İmgelem (Kadın Öznenin İnşası)</t>
+          <t>Tez Zamanı – Husserl ile Wittgenstein Arasında</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253963019</t>
+          <t>9786253963200</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasını Dışişleri Belleteni’nden Okumak 1964 - 2001</t>
+          <t>Osmanlı Arnavutlarının ABD’ye Göçü 1870-1912</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253962166</t>
+          <t>9786253963378</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı</t>
+          <t>Çalışan Kadın ve Komşuluk İlişkileri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>148</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059706414</t>
+          <t>9786253963330</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik - Öğretmen Adayları İçin</t>
+          <t>Beni Bana Sarıyorum</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051963273</t>
+          <t>9786253963309</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurmak Aile Olmak</t>
+          <t>Demir Çağı’nın “Tek Tanrı” Savunucusu Davud ve Süleyman Krallığı - Kur’an Arkeolojisi Yöntemi ile</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051962306</t>
+          <t>9786253963224</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Özne 29. Kitap - Stoa Felsefesi</t>
+          <t>Mikail Bayram Ardından Ne Söylediler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253963040</t>
+          <t>9786253963316</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Rollo May’ın Birey ve Din Anlayışı</t>
+          <t>Panoptikon - Omniptikon Modellerinin Huxley ile Orwell’in Distopyalarında Karşılaştırılması</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253962975</t>
+          <t>9786253963279</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Palestinian Security Perspective A Literary Analysis</t>
+          <t>Envisioning Second Language Future Selves</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054639656</t>
+          <t>9786253963248</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Özne 18. Kitap - Feminizm ve Felsefe</t>
+          <t>Felsefe ve Bilimden Önce Standart Mantık</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253963002</t>
+          <t>9786253962739</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Zazacanın Fonolojisi</t>
+          <t>Güç ve Nüfuz Sağlayan Kişisel Nitelikler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253962999</t>
+          <t>9786051963464</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Ermenice Bir Manzum Sözlük Kısa Bir Sözlük Kitapçığı</t>
+          <t>The Teaching Of British Literature and Culture 1</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253963026</t>
+          <t>9786253963156</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Özne 40. Kitap - İnsan Felsefesi</t>
+          <t>İtalya’da Müslüman Fetihleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>685</v>
+        <v>168</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253963064</t>
+          <t>9786253963217</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Koçaş</t>
+          <t>Modern Memurun İlk Yüzyılı (Genç Osmanlı Erken Cumhuriyet Döneminde Memur ve Memur Örgütlenmeleri)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253962944</t>
+          <t>9786253962104</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Tarih Perspektifinden Osmanlı ve İspanyol İmparatorlukları 1580-1699</t>
+          <t>Endülüs - Fransa İlişkileri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253962319</t>
+          <t>9786253961350</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Bursa Yapılarında Malzeme</t>
+          <t>Milli Mücadele ve Türkiye Cumhuriyeti İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>480</v>
+        <v>720</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253962937</t>
+          <t>9786253963194</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İvriz’den Kaliforniya’ya - Son Köy Enstitülünün Romanı (Yitik Kültüre Ağıt: 2)</t>
+          <t>Toplumdilbilim Araştırmaları II (Kuramsal ve Uygulamalı Yaklaşımlar)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253962708</t>
+          <t>9786253963187</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bir Hastalıktı Dünya</t>
+          <t>Türkiye’de Film Küratörlüğü ve Sanat Sineması Seyirciliği (Pera Film ve İstanbul Modern Sinema Örneği)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253962869</t>
+          <t>9786055022181</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Düşünce – Mekan Diyalektiğinde Antik Çin Kentleri</t>
+          <t>Özne 19. Kitap - Albert Camus</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253962845</t>
+          <t>9786055022556</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yıllarında Antalya’da Tüccarlar, Meslekler ve Meslek Erbapları</t>
+          <t>Özne 20. Kitap - Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253962906</t>
+          <t>9786253963125</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Yeşil Abası</t>
+          <t>Günlüklerden Güne Düşenler 1966-2010</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>240</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253962791</t>
+          <t>9786253963057</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Dönemi Adaleti’nden Dönüştürücü Adalete (Eski Yugoslavya Uluslararası Ceza Mahkemesi ve Ruanda Uluslararası Ceza Mahkemesi'nin Toplumsal Uzlaşıya Katkıları)</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051962023</t>
+          <t>9786253960865</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yönetimin İlkeleri</t>
+          <t>Siyon Aşıkları Hareketi 1884-1897</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051962788</t>
+          <t>9786253963163</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kamu Performans Yönetimi</t>
+          <t>Sözün Dansı – Edebi Sanatlar ve İfade Yöntemleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789758867967</t>
+          <t>9786253963095</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sevgili</t>
+          <t>Medya ve Afet - Sorunlu Yayıncılıktan Sorumlu Yayıncılığa</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789758867684</t>
+          <t>9786253963149</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bergson Hakkında</t>
+          <t>Adalet Kuramları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051962924</t>
+          <t>9786253963071</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Oyundur</t>
+          <t>Sosyal Güvenlik Sisteminin Tamamlayıcısı Olarak Türkiye’de Hayat Sigortaları ve Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253962746</t>
+          <t>9786253960704</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Şifa Peşinde</t>
+          <t>Bilimsel Gerçekler Işığında Sağlıklı Beslenmenin Altın Kuralları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253962777</t>
+          <t>9786253963101</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleriyle Konya Hükümet Konağı'nın İnşası</t>
+          <t>Kadın ve İmgelem (Kadın Öznenin İnşası)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253962760</t>
+          <t>9786253963019</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bütün Uçurtmalarım Gökyüzünde</t>
+          <t>Türk Dış Politikasını Dışişleri Belleteni’nden Okumak 1964 - 2001</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253962753</t>
+          <t>9786253962166</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Konya'sında Tasavvuf</t>
+          <t>Arap Edebiyatı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253962623</t>
+          <t>9786059706414</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Kalan (Türk Edebiyatında Anı, Günlük, Otobiyografi)</t>
+          <t>Rehberlik - Öğretmen Adayları İçin</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253962647</t>
+          <t>9786051963273</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Zorunlu Göçü 1915 (Avusturya-Macaristan Diplomatlarının Anlatımlarıyla)</t>
+          <t>Aile Kurmak Aile Olmak</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253962654</t>
+          <t>9786051962306</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Etkisi</t>
+          <t>Özne 29. Kitap - Stoa Felsefesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253962289</t>
+          <t>9786253963040</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kültüre Karşı Sanat Sanata Karşı Kültür</t>
+          <t>Rollo May’ın Birey ve Din Anlayışı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051969763</t>
+          <t>9786253962975</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’ün Seküler Teolojisi Bir İçkinlik Teolojisinin İmkanı</t>
+          <t>Palestinian Security Perspective A Literary Analysis</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253962265</t>
+          <t>9786054639656</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Caniler ve Ötekiler - Filistin Battaniyesi</t>
+          <t>Özne 18. Kitap - Feminizm ve Felsefe</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051969886</t>
+          <t>9786253963002</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arkeolojisi</t>
+          <t>Zazacanın Fonolojisi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>285</v>
+        <v>480</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051967561</t>
+          <t>9786253962999</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi - Temel Kavramlar ve Yaklaşımlar</t>
+          <t>Türkçe-Ermenice Bir Manzum Sözlük Kısa Bir Sözlük Kitapçığı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051968766</t>
+          <t>9786253963026</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yerel Gazetecilik</t>
+          <t>Özne 40. Kitap - İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>685</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051967431</t>
+          <t>9786253963064</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Namus Söylemi ve Cinsiyetlendirilmiş Milliyetçilik</t>
+          <t>Koçaş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051963808</t>
+          <t>9786253962944</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe</t>
+          <t>Karşılaştırmalı Tarih Perspektifinden Osmanlı ve İspanyol İmparatorlukları 1580-1699</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051962047</t>
+          <t>9786253962319</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Sermaye Kaynağı Olarak Diaspora</t>
+          <t>Osmanlı Dönemi Bursa Yapılarında Malzeme</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055022761</t>
+          <t>9786253962937</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Transmedya Hikayeciliği</t>
+          <t>İvriz’den Kaliforniya’ya - Son Köy Enstitülünün Romanı (Yitik Kültüre Ağıt: 2)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055022853</t>
+          <t>9786253962708</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Biyografi</t>
+          <t>Bir Hastalıktı Dünya</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051961071</t>
+          <t>9786253962869</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mimari Eskiz</t>
+          <t>Düşünce – Mekan Diyalektiğinde Antik Çin Kentleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059108898</t>
+          <t>9786253962845</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>Cumhuriyet’in İlk Yıllarında Antalya’da Tüccarlar, Meslekler ve Meslek Erbapları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054639922</t>
+          <t>9786253962906</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Adaletin Yeşil Abası</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054639274</t>
+          <t>9786253962791</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Çocukları</t>
+          <t>Geçiş Dönemi Adaleti’nden Dönüştürücü Adalete (Eski Yugoslavya Uluslararası Ceza Mahkemesi ve Ruanda Uluslararası Ceza Mahkemesi'nin Toplumsal Uzlaşıya Katkıları)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051961125</t>
+          <t>9786051962023</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sosyolojisi</t>
+          <t>Bilimsel Yönetimin İlkeleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051966762</t>
+          <t>9786051962788</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallık Dış Politikası</t>
+          <t>Kamu Performans Yönetimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051964751</t>
+          <t>9789758867967</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla Tümevarımsal Mantık</t>
+          <t>Sevgili</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051965383</t>
+          <t>9789758867684</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Britanya Tiyatrosu ve Politika</t>
+          <t>Bergson Hakkında</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051964799</t>
+          <t>9786051962924</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Muğlak Ekonomi ve Bir Mücadele Hikayesi</t>
+          <t>Hayat Bir Oyundur</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051964508</t>
+          <t>9786253962746</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mi'yaru'l-Ulüm</t>
+          <t>Şifa Peşinde</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051963624</t>
+          <t>9786253962777</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Alman Fablları</t>
+          <t>Arşiv Belgeleriyle Konya Hükümet Konağı'nın İnşası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051963259</t>
+          <t>9786253962760</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Erkek Mezar Taşlarında Serpuş Biçimleri</t>
+          <t>Bütün Uçurtmalarım Gökyüzünde</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253962722</t>
+          <t>9786253962753</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Üç Farklı Çizgi (Nurettin Topçu, Orhan Türkdoğan, Emre Kongar)</t>
+          <t>19. Yüzyıl Konya'sında Tasavvuf</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253962715</t>
+          <t>9786253962623</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Mavera Kapısı - Bir Edebiyat Dergisi Olarak Mavera ve Mavera Topluluğu</t>
+          <t>Günlerden Kalan (Türk Edebiyatında Anı, Günlük, Otobiyografi)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253960346</t>
+          <t>9786253962647</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Meram Kızılören 1833-1845</t>
+          <t>Ermeni Zorunlu Göçü 1915 (Avusturya-Macaristan Diplomatlarının Anlatımlarıyla)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253960322</t>
+          <t>9786253962654</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kadınhanı Kolukısa 1831-1845</t>
+          <t>Avrupa Etkisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253962562</t>
+          <t>9786253962289</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Etnik-Eleştiriye Giriş</t>
+          <t>Kültüre Karşı Sanat Sanata Karşı Kültür</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253962692</t>
+          <t>9786051969763</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Alman Yahudilerinin Amerika’daki Tarihi</t>
+          <t>Gilles Deleuze’ün Seküler Teolojisi Bir İçkinlik Teolojisinin İmkanı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253962685</t>
+          <t>9786253962265</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Rus İdealizmi 1. Cilt (Rusya’da Alman İdealizminin Etkileri, Rus Yeni-Kantçılığı)</t>
+          <t>Caniler ve Ötekiler - Filistin Battaniyesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253962678</t>
+          <t>9786051969886</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Risalei Adab ve Tarikatnamei Fethül Maarif İnceleme-Metin</t>
+          <t>Kur’an Arkeolojisi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253962500</t>
+          <t>9786051967561</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Orhan Türkdoğan’ın Temel Sosyolojik Fikirleri</t>
+          <t>Siyaset Sosyolojisi - Temel Kavramlar ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253962616</t>
+          <t>9786051968766</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kalıplaşmış Söylemler Ortak Yer, Topos, Doksa, Kalıp-Model, Yerleşik Düşünce, Klişe, Stereotip</t>
+          <t>Yerel Gazetecilik</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253962579</t>
+          <t>9786051967431</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Scottish Ballads (Supernatural Folk Tales) İskoç Baladları (Doğaüstü Halk Masalları)</t>
+          <t>Namus Söylemi ve Cinsiyetlendirilmiş Milliyetçilik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253960759</t>
+          <t>9786051963808</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Öyküsü</t>
+          <t>Biraz Felsefe</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253962517</t>
+          <t>9786051962047</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Gelenek ve “Hızırla Kırk Saat” Şiiri</t>
+          <t>Beşeri Sermaye Kaynağı Olarak Diaspora</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253962593</t>
+          <t>9786055022761</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>The Ordeal Of Female Genius: Aphra Behn Across Centuries</t>
+          <t>Transmedya Hikayeciliği</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253962487</t>
+          <t>9786055022853</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Medya, İletişim ve Toplum</t>
+          <t>Dostoyevski Biyografi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253962432</t>
+          <t>9786051961071</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Fergana Vadisi Şehirleri Tarihi 19-20. YY. Başları</t>
+          <t>Mimari Eskiz</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>172</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253962296</t>
+          <t>9786059108898</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’nin Eserlerinde Toplumsal Cinsiyet Dışlanan Kadınlık(lar) ve Erkeklik(ler)</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253962470</t>
+          <t>9786054639922</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Edebi Çeviri Eleştirisi</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253962463</t>
+          <t>9786054639274</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Seyirci Gözünden Bir Zamanlar Göçmen Özbekler</t>
+          <t>Adem’in Çocukları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253962302</t>
+          <t>9786051961125</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ'dan Günümüze Medeniyetler Kavşağında Hazro (Tarih-Toplum-Kültür)</t>
+          <t>Kültür Sosyolojisi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>680</v>
+        <v>380</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253962388</t>
+          <t>9786051966762</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İlhanlı Devleti’nin İktisadi Hayatı</t>
+          <t>Birleşik Krallık Dış Politikası</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253961596</t>
+          <t>9786051964751</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Arthur Schopenhauer ve Nurettin Topçu’da İrade ve İnsan Problemi</t>
+          <t>Farklı Bakış Açılarıyla Tümevarımsal Mantık</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253962371</t>
+          <t>9786051965383</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fransız Sineması ve Fransa’da Yeni Dalga Dönemi</t>
+          <t>Çağdaş Britanya Tiyatrosu ve Politika</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253961473</t>
+          <t>9786051964799</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Esarette Devrim Manzaraları</t>
+          <t>Muğlak Ekonomi ve Bir Mücadele Hikayesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253961671</t>
+          <t>9786051964508</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Denizli Coğrafya Araştırmaları 1</t>
+          <t>Mi'yaru'l-Ulüm</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253960940</t>
+          <t>9786051963624</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tiyatrolar – Lise Öğrencileri İçin</t>
+          <t>Alman Fablları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253960544</t>
+          <t>9786051963259</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Reklam Kuluçkası - Kültürel Dönüşüm ve Reklamlar</t>
+          <t>Osmanlı Erkek Mezar Taşlarında Serpuş Biçimleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054639854</t>
+          <t>9786253962722</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Perspektifinden Tek Ebeveynli Aileler ve Yalnız Anneler</t>
+          <t>Türk Sosyolojisinde Üç Farklı Çizgi (Nurettin Topçu, Orhan Türkdoğan, Emre Kongar)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051969862</t>
+          <t>9786253962715</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Hacıkaymak</t>
+          <t>Edebiyatımızda Mavera Kapısı - Bir Edebiyat Dergisi Olarak Mavera ve Mavera Topluluğu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051969077</t>
+          <t>9786253960346</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Cihad - Teo-Politik ve Militarist Bir Yapı Olarak Lübnan Hizbullahı ve Sosyal Hizmet Ağı</t>
+          <t>Meram Kızılören 1833-1845</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051962054</t>
+          <t>9786253960322</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluk Göğünde Bir Dolunay</t>
+          <t>Kadınhanı Kolukısa 1831-1845</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051962160</t>
+          <t>9786253962562</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evren Hace Nasirü'd-din Mahmud ve Ahi Teşkilatının Kuruluşu</t>
+          <t>Etnik-Eleştiriye Giriş</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055022785</t>
+          <t>9786253962692</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Edebiyat</t>
+          <t>Alman Yahudilerinin Amerika’daki Tarihi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789758156399</t>
+          <t>9786253962685</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim, Lütfen Bu Kitabı Okur Musun!..</t>
+          <t>Rus İdealizmi 1. Cilt (Rusya’da Alman İdealizminin Etkileri, Rus Yeni-Kantçılığı)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054451111</t>
+          <t>9786253962678</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun’da Felsefe Dersleri</t>
+          <t>Risalei Adab ve Tarikatnamei Fethül Maarif İnceleme-Metin</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055999537</t>
+          <t>9786253962500</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun Felsefe Ders Notları</t>
+          <t>Orhan Türkdoğan’ın Temel Sosyolojik Fikirleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051964010</t>
+          <t>9786253962616</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Siyasi Boyutlarıyla Ahi Evren - Mevlana Mücadelesi</t>
+          <t>Kalıplaşmış Söylemler Ortak Yer, Topos, Doksa, Kalıp-Model, Yerleşik Düşünce, Klişe, Stereotip</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253962340</t>
+          <t>9786253962579</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun - Sağlık Sosyolojisine Bütünsel Bir Yaklaşım</t>
+          <t>Scottish Ballads (Supernatural Folk Tales) İskoç Baladları (Doğaüstü Halk Masalları)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253962333</t>
+          <t>9786253960759</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çatışmaları Üzerine Notlar</t>
+          <t>Çiçeklerin Öyküsü</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253962258</t>
+          <t>9786253962517</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İzmir Vilayetinde Yunan Vahşeti Mayıs 1919’dan Temmuz 1919’a Kadar</t>
+          <t>Sezai Karakoç Gelenek ve “Hızırla Kırk Saat” Şiiri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253962272</t>
+          <t>9786253962593</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İletişim</t>
+          <t>The Ordeal Of Female Genius: Aphra Behn Across Centuries</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253962326</t>
+          <t>9786253962487</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yönetimi, Yetenek Yönetimi ve Örgütsel Güven İşgören Performansını Etkiler mi?</t>
+          <t>Medya, İletişim ve Toplum</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253961787</t>
+          <t>9786253962432</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirleri</t>
+          <t>Fergana Vadisi Şehirleri Tarihi 19-20. YY. Başları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>172</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253962036</t>
+          <t>9786253962296</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekonomi Politikaları Uygulamaları ve Yansımaları</t>
+          <t>Sabahattin Ali’nin Eserlerinde Toplumsal Cinsiyet Dışlanan Kadınlık(lar) ve Erkeklik(ler)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253962227</t>
+          <t>9786253962470</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hitit Merasim ve Bayramları Kil Kitapları</t>
+          <t>Rusya’da Edebi Çeviri Eleştirisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253962043</t>
+          <t>9786253962463</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı’da Din ve Toplum</t>
+          <t>Seyirci Gözünden Bir Zamanlar Göçmen Özbekler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253961664</t>
+          <t>9786253962302</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Büyülü Dünyası (1980 Sonrası Türk Romanında Büyülü Gerçekçilik)</t>
+          <t>Antikçağ'dan Günümüze Medeniyetler Kavşağında Hazro (Tarih-Toplum-Kültür)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>380</v>
+        <v>680</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253962074</t>
+          <t>9786253962388</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Edebiyat Hayatına Katkılarıyla Refi Cevat Ulunay</t>
+          <t>İlhanlı Devleti’nin İktisadi Hayatı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253961602</t>
+          <t>9786253961596</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Özne 39. Kitap - Bergson</t>
+          <t>Arthur Schopenhauer ve Nurettin Topçu’da İrade ve İnsan Problemi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253961763</t>
+          <t>9786253962371</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>N. V. Gogol’ün “Taras Bulba” ve L. N. Tolstoy’un “Kazaklar” Adlı Eserlerinde Kazaklar</t>
+          <t>Fransız Sineması ve Fransa’da Yeni Dalga Dönemi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253962098</t>
+          <t>9786253961473</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Durkheim ve Weber’de Duygu Sosyolojisi</t>
+          <t>Esarette Devrim Manzaraları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253960841</t>
+          <t>9786253961671</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Deprem ve Toplum - Sosyalbilimsel Projeksiyonlar</t>
+          <t>Denizli Coğrafya Araştırmaları 1</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253961770</t>
+          <t>9786253960940</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Adam Ferguson’un Düşüncesinde Siyaset ve Ahlak</t>
+          <t>Eğitici Tiyatrolar – Lise Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253962180</t>
+          <t>9786253960544</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Risk Altındaki Çocuklar ve Eğitimi</t>
+          <t>Reklam Kuluçkası - Kültürel Dönüşüm ve Reklamlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253962173</t>
+          <t>9786054639854</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 2</t>
+          <t>Sosyal Politika Perspektifinden Tek Ebeveynli Aileler ve Yalnız Anneler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253962067</t>
+          <t>9786051969862</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Resulayn Talihin Uğramadığı Şehir</t>
+          <t>Bir Ömür Hacıkaymak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253961794</t>
+          <t>9786051969077</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfeddin (Piri Sevdin) Ocağı</t>
+          <t>Sosyal Cihad - Teo-Politik ve Militarist Bir Yapı Olarak Lübnan Hizbullahı ve Sosyal Hizmet Ağı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786253961688</t>
+          <t>9786051962054</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Din</t>
+          <t>Uykusuzluk Göğünde Bir Dolunay</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253961701</t>
+          <t>9786051962160</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ni’metullâhiyye Tarıkatının Adab ve Erkânı Tarîka Fi Adabi’s-Süluk</t>
+          <t>Ahi Evren Hace Nasirü'd-din Mahmud ve Ahi Teşkilatının Kuruluşu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253961695</t>
+          <t>9786055022785</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gotik ve Edebiyat</t>
+          <t>Felsefe ve Edebiyat</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253962081</t>
+          <t>9789758156399</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Filipinler-Moro Barışı</t>
+          <t>Öğretmenim, Lütfen Bu Kitabı Okur Musun!..</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253961626</t>
+          <t>9786054451111</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Baba Rahim Meşreb</t>
+          <t>Darülfünun’da Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253961541</t>
+          <t>9786055999537</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yeni Asur Dönemi Yukarı Dicle Bölgesi Eyalet Sistemi ve Tarımsal Kolonicilik</t>
+          <t>Darülfünun Felsefe Ders Notları</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253961336</t>
+          <t>9786051964010</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler (Selçuklular Dönemi)</t>
+          <t>Sosyal ve Siyasi Boyutlarıyla Ahi Evren - Mevlana Mücadelesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253961497</t>
+          <t>9786253962340</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Memlük-Haçlı İlişkileri (1250 – 1291)</t>
+          <t>Sağlık Olsun - Sağlık Sosyolojisine Bütünsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253961633</t>
+          <t>9786253962333</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 4</t>
+          <t>Dünya Çatışmaları Üzerine Notlar</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253961480</t>
+          <t>9786253962258</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nazilerin Paramiliter Gençlik Teşkilatı Hitler Gençligi</t>
+          <t>İzmir Vilayetinde Yunan Vahşeti Mayıs 1919’dan Temmuz 1919’a Kadar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253961466</t>
+          <t>9786253962272</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Bilim, Bilgi ve Yöntem</t>
+          <t>Yapay Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253961459</t>
+          <t>9786253962326</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Serbest Zamanlar Sosyolojisi</t>
+          <t>Kariyer Yönetimi, Yetenek Yönetimi ve Örgütsel Güven İşgören Performansını Etkiler mi?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253961428</t>
+          <t>9786253961787</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığı Nusret Hızır</t>
+          <t>Halk Şiirleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253961558</t>
+          <t>9786253962036</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Değildir? Michel Foucault’nun Modern Bilim Eleştirisi</t>
+          <t>Türkiye’de Ekonomi Politikaları Uygulamaları ve Yansımaları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253961398</t>
+          <t>9786253962227</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Siyaset (Gençlerin Siyasete İlgi ve Katılım Biçimleri)</t>
+          <t>Hitit Merasim ve Bayramları Kil Kitapları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253961374</t>
+          <t>9786253962043</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sefinei Nuhi ve Mecmuai Ruhi</t>
+          <t>İsmail Gaspıralı’da Din ve Toplum</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253961381</t>
+          <t>9786253961664</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebi Bağlamında Mezhep İçi İhtilaf</t>
+          <t>Anlatının Büyülü Dünyası (1980 Sonrası Türk Romanında Büyülü Gerçekçilik)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253961367</t>
+          <t>9786253962074</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Taşın İçindeki Adam Psikiyatri Üzerine Felsefi Denemeler</t>
+          <t>Kültür ve Edebiyat Hayatına Katkılarıyla Refi Cevat Ulunay</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253961329</t>
+          <t>9786253961602</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Üstbilişsel Okuma</t>
+          <t>Özne 39. Kitap - Bergson</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>92</v>
+        <v>420</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253961343</t>
+          <t>9786253961763</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İletişim ve Gastrodiplomasi</t>
+          <t>N. V. Gogol’ün “Taras Bulba” ve L. N. Tolstoy’un “Kazaklar” Adlı Eserlerinde Kazaklar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253961312</t>
+          <t>9786253962098</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yezbül Dağında Durulmuş Bir Geyik</t>
+          <t>Durkheim ve Weber’de Duygu Sosyolojisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253961206</t>
+          <t>9786253960841</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bedreka-i Muallimin</t>
+          <t>Deprem ve Toplum - Sosyalbilimsel Projeksiyonlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055022129</t>
+          <t>9786253961770</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni ve Avrupa</t>
+          <t>Adam Ferguson’un Düşüncesinde Siyaset ve Ahlak</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253961275</t>
+          <t>9786253962180</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Hint Masallarında Dört Element (Toprak, Hava, Ateş ve Su)</t>
+          <t>Risk Altındaki Çocuklar ve Eğitimi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253961152</t>
+          <t>9786253962173</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Usul-i Tedris ve Tederrüs: Osmanlı'da Eğitim - Öğretim Yöntemleri</t>
+          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 2</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253961220</t>
+          <t>9786253962067</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığın Kuramsal Temelleri</t>
+          <t>Resulayn Talihin Uğramadığı Şehir</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253961107</t>
+          <t>9786253961794</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Tüketim Anlayışı</t>
+          <t>Seyyid Seyfeddin (Piri Sevdin) Ocağı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253961121</t>
+          <t>9786253961688</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Yönetiminde Şer’i Etkinlik</t>
+          <t>Metaverse ve Din</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253961145</t>
+          <t>9786253961701</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Kapitalizm İlişkisi</t>
+          <t>Ni’metullâhiyye Tarıkatının Adab ve Erkânı Tarîka Fi Adabi’s-Süluk</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253961114</t>
+          <t>9786253961695</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Yöntemleri</t>
+          <t>Gotik ve Edebiyat</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253961237</t>
+          <t>9786253962081</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Afet ve Tükenmişlik (Yurt Personeli Üzerine Bir İnceleme)</t>
+          <t>Filipinler-Moro Barışı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253961183</t>
+          <t>9786253961626</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kanser Sosyolojisi Bağlamında Hastalık Deneyimi ve Hasta Yakın İlişkisi</t>
+          <t>Baba Rahim Meşreb</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253960988</t>
+          <t>9786253961541</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Peygamber - Tasavvur, Temsil, Meşruiyet</t>
+          <t>Yeni Asur Dönemi Yukarı Dicle Bölgesi Eyalet Sistemi ve Tarımsal Kolonicilik</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253961077</t>
+          <t>9786253961336</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe Pratikleri</t>
+          <t>Tarihi Hakikatler (Selçuklular Dönemi)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253961084</t>
+          <t>9786253961497</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kentsel Dönüşüm</t>
+          <t>Memlük-Haçlı İlişkileri (1250 – 1291)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253961053</t>
+          <t>9786253961633</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Erkek(lik)ler</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 4</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253960889</t>
+          <t>9786253961480</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Azerbaycan Hanlıkları</t>
+          <t>Nazilerin Paramiliter Gençlik Teşkilatı Hitler Gençligi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>580</v>
+        <v>145</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253961022</t>
+          <t>9786253961466</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Popülizmin Politik Psikolojisi</t>
+          <t>Uluslararası İlişkilerde Bilim, Bilgi ve Yöntem</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253960933</t>
+          <t>9786253961459</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Düşünürü Duns Scotus</t>
+          <t>Serbest Zamanlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253960957</t>
+          <t>9786253961428</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Doğu Afrika’da Siyaset ve Diplomasi</t>
+          <t>Felsefenin Işığı Nusret Hızır</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253960902</t>
+          <t>9786253961558</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiyi Arayan Cumhuriyet 1945-1950 Yılları Arasında Türkiye</t>
+          <t>Bilim Ne Değildir? Michel Foucault’nun Modern Bilim Eleştirisi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253960926</t>
+          <t>9786253961398</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Yıllarında Türkiye'de Siyaset ve Bürokrasi</t>
+          <t>Gençler ve Siyaset (Gençlerin Siyasete İlgi ve Katılım Biçimleri)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253960896</t>
+          <t>9786253961374</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mitten Metne Rus Edebiyatında Kırım 1 - XII.-XIX. Yüzyıl Metinlerinden Örneklerle</t>
+          <t>Sefinei Nuhi ve Mecmuai Ruhi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253960803</t>
+          <t>9786253961381</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı ve Millî Mücadele Döneminde Konyalı Şehit ve Gazilerimiz</t>
+          <t>Hanefi Mezhebi Bağlamında Mezhep İçi İhtilaf</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253960964</t>
+          <t>9786253961367</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Civanperçemi</t>
+          <t>Taşın İçindeki Adam Psikiyatri Üzerine Felsefi Denemeler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253960995</t>
+          <t>9786253961329</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Din Öğretiminde 5E Modeli ve Bilgi Transferine Etkisi</t>
+          <t>Üstbilişsel Okuma</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>320</v>
+        <v>92</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253960810</t>
+          <t>9786253961343</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası'nda Katolik - Katar Çatışması -</t>
+          <t>Stratejik İletişim ve Gastrodiplomasi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253960872</t>
+          <t>9786253961312</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Salgını ve Toplumsal Değişme - Doğa, Minopticon, Thanatos</t>
+          <t>Yezbül Dağında Durulmuş Bir Geyik</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253960797</t>
+          <t>9786253961206</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada İyilik Meselesi</t>
+          <t>Bedreka-i Muallimin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253960711</t>
+          <t>9786055022129</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Sisteminin Küresel Mimarisi (Şer'i Yönetişimin Kurumsal Yönü)</t>
+          <t>Yeni Dünya Düzeni ve Avrupa</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253960643</t>
+          <t>9786253961275</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mefhumlar ve Yüzler</t>
+          <t>Anadolu ve Hint Masallarında Dört Element (Toprak, Hava, Ateş ve Su)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253960698</t>
+          <t>9786253961152</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sistem</t>
+          <t>Usul-i Tedris ve Tederrüs: Osmanlı'da Eğitim - Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253960735</t>
+          <t>9786253961220</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İngiltere İdaresinde Irak'ta Politik Gelişmeler 1922 - 1925 - Hükümetler ve Sınır Problemleri</t>
+          <t>Yurttaşlığın Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253960674</t>
+          <t>9786253961107</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geldi - Uzaktan Eğitim Yapay Zekaya Hazır mı?</t>
+          <t>Türk Toplumunun Tüketim Anlayışı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253960773</t>
+          <t>9786253961121</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler - Selected Poems</t>
+          <t>İslami Finans Yönetiminde Şer’i Etkinlik</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253960766</t>
+          <t>9786253961145</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatı'nda Divan Grubu</t>
+          <t>Arzu ve Kapitalizm İlişkisi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253960827</t>
+          <t>9786253961114</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Vaka Örnekleriyle Çocuklarda Anadili Edinimi</t>
+          <t>Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253960780</t>
+          <t>9786253961237</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Pratik Felsefe - Ahlâk ve Siyaset Tartışmaları</t>
+          <t>Afet ve Tükenmişlik (Yurt Personeli Üzerine Bir İnceleme)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253960421</t>
+          <t>9786253961183</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Jacques Rancière'de Hiyerarşilerin Yıkımından Eşitliğin İnşasına</t>
+          <t>Kanser Sosyolojisi Bağlamında Hastalık Deneyimi ve Hasta Yakın İlişkisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253960636</t>
+          <t>9786253960988</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sosyal Hizmet</t>
+          <t>Dünya Sinemasında Peygamber - Tasavvur, Temsil, Meşruiyet</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253960650</t>
+          <t>9786253961077</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Kötülük Felsefesi</t>
+          <t>Çocuklarla Felsefe Pratikleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253960667</t>
+          <t>9786253961084</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün İzlenimci Böceği</t>
+          <t>Türkiye’de Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253960728</t>
+          <t>9786253961053</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Çadırdan Saraya Türk Protokolü - Türkiye Selçuklularında Teşrifat</t>
+          <t>Kurmaca Erkek(lik)ler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253960537</t>
+          <t>9786253960889</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İrade Kuramları</t>
+          <t>Kuzey Azerbaycan Hanlıkları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253960582</t>
+          <t>9786253961022</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Elazığ</t>
+          <t>Popülizmin Politik Psikolojisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253960551</t>
+          <t>9786253960933</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Nietzsche Arasında Bir Yol</t>
+          <t>Ortaçağ Düşünürü Duns Scotus</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253960445</t>
+          <t>9786253960957</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Özne: 38. Kitap - Cumhuriyetin Felsefesi</t>
+          <t>Doğu Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253960360</t>
+          <t>9786253960902</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Çermik Kazası - Nüfus Defterleri - 2659-2660-2668 Nolu Defterler</t>
+          <t>Demokrasiyi Arayan Cumhuriyet 1945-1950 Yılları Arasında Türkiye</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253960438</t>
+          <t>9786253960926</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Antalya'nın Sosyal ve Kültürel Kurumları Hakkında Araştırmalar</t>
+          <t>Soğuk Savaş Yıllarında Türkiye'de Siyaset ve Bürokrasi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>380</v>
+        <v>185</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253960377</t>
+          <t>9786253960896</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çermik Kazası - Kefalet Defteri</t>
+          <t>Mitten Metne Rus Edebiyatında Kırım 1 - XII.-XIX. Yüzyıl Metinlerinden Örneklerle</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253960520</t>
+          <t>9786253960803</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>1930 - 1938 Döneminde Türk İnkılabı'nı Teorileştirme ve Yorumlama Denemeleri</t>
+          <t>1. Dünya Savaşı ve Millî Mücadele Döneminde Konyalı Şehit ve Gazilerimiz</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253960452</t>
+          <t>9786253960964</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kafatası Filozofu - XIX. Yüzyıl Rus Edebiyat Eleştirisinde Hamlet</t>
+          <t>Civanperçemi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253960506</t>
+          <t>9786253960995</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Arasında</t>
+          <t>Din Öğretiminde 5E Modeli ve Bilgi Transferine Etkisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253960490</t>
+          <t>9786253960810</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Evde Bakım Hizmetinden Yararlanan Engelli Babalar</t>
+          <t>Orta Çağ Avrupası'nda Katolik - Katar Çatışması -</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>168</v>
+        <v>240</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253960285</t>
+          <t>9786253960872</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Sebahattin Bayram Armağanı - Eskiçağ Tarihi Yazıları</t>
+          <t>Koronavirüs Salgını ve Toplumsal Değişme - Doğa, Minopticon, Thanatos</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>920</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253960414</t>
+          <t>9786253960797</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihinde Kendini Bilmek</t>
+          <t>Modern Dünyada İyilik Meselesi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786253960315</t>
+          <t>9786253960711</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kim Beni Nerden Bilecek</t>
+          <t>İslami Finans Sisteminin Küresel Mimarisi (Şer'i Yönetişimin Kurumsal Yönü)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253960391</t>
+          <t>9786253960643</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Anatomisi</t>
+          <t>Mefhumlar ve Yüzler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253960384</t>
+          <t>9786253960698</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Dili Bir İhlaller Dünyası</t>
+          <t>Sistem</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253960353</t>
+          <t>9786253960735</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim Araştırmaları</t>
+          <t>İngiltere İdaresinde Irak'ta Politik Gelişmeler 1922 - 1925 - Hükümetler ve Sınır Problemleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253960308</t>
+          <t>9786253960674</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Meclis-i Ali-i Hazain (Teşkilat Yapısı ve Faaliyetleri 1860-1866)</t>
+          <t>Gelecek Geldi - Uzaktan Eğitim Yapay Zekaya Hazır mı?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>4440000002762</t>
+          <t>9786253960773</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Okul</t>
+          <t>Seçme Şiirler - Selected Poems</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253960209</t>
+          <t>9786253960766</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddete Karşı 6284 - Yeterlilik ve Kapsam</t>
+          <t>Modern Arap Edebiyatı'nda Divan Grubu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051969688</t>
+          <t>9786253960827</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinin Yaşamsal Kaynağı Örgüt İçi İletişim</t>
+          <t>Vaka Örnekleriyle Çocuklarda Anadili Edinimi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051968230</t>
+          <t>9786253960780</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Yolları 1956-1980 (Kalkış, Yükseliş, Türbülans)</t>
+          <t>Pratik Felsefe - Ahlâk ve Siyaset Tartışmaları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051966816</t>
+          <t>9786253960421</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Mutluluk Üzerine</t>
+          <t>Jacques Rancière'de Hiyerarşilerin Yıkımından Eşitliğin İnşasına</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051966342</t>
+          <t>9786253960636</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sorun (u) mu?</t>
+          <t>Çocuklarla Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051966069</t>
+          <t>9786253960650</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocuk Hizmetleri</t>
+          <t>Kant ve Kötülük Felsefesi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051966021</t>
+          <t>9786253960667</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Perspektifinden Üstün Yetenekliler</t>
+          <t>Gökyüzünün İzlenimci Böceği</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786253960292</t>
+          <t>9786253960728</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şifa Arayışı ve Değişim - Şırnak Kırsalında Geleneksel Tıbbın Kullanım Alanları ve Nedenleri</t>
+          <t>Çadırdan Saraya Türk Protokolü - Türkiye Selçuklularında Teşrifat</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253960339</t>
+          <t>9786253960537</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Din ve İlim Hayatına Taşradan Islahçı Bir Bakış Saçaklızade Muhammed El Maraşi ve Fikirleri</t>
+          <t>İrade Kuramları</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253960278</t>
+          <t>9786253960582</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Okul Reddi - Okul Reddini Anlamak ve Anksiyete Duyarlılık Arasındaki İlişkinin Araştırılması</t>
+          <t>Milli Mücadele Döneminde Elazığ</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253960247</t>
+          <t>9786253960551</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mitokritiğe Giriş - Gaston Bachelard ve MİT Analizinin İmgesel Boyutu</t>
+          <t>Kant ve Nietzsche Arasında Bir Yol</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786253960216</t>
+          <t>9786253960445</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Darbe Yolunda Üç Yıl 1957-1960 Süreç, Tartışmalar, İddialar</t>
+          <t>Özne: 38. Kitap - Cumhuriyetin Felsefesi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253960193</t>
+          <t>9786253960360</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yerli ve Millî Bir Osmanlı Burjuvası Ermenekli Mehmet Nuri Bey</t>
+          <t>Çermik Kazası - Nüfus Defterleri - 2659-2660-2668 Nolu Defterler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253960230</t>
+          <t>9786253960438</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Türk İslamcılığı</t>
+          <t>Antalya'nın Sosyal ve Kültürel Kurumları Hakkında Araştırmalar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786253960254</t>
+          <t>9786253960377</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Epistemik ve Ampirik Bağlamda Dış Dünya Problemi</t>
+          <t>Çermik Kazası - Kefalet Defteri</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253960155</t>
+          <t>9786253960520</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Görünce Sevdiğim Komşum-Hikayeler</t>
+          <t>1930 - 1938 Döneminde Türk İnkılabı'nı Teorileştirme ve Yorumlama Denemeleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051969992</t>
+          <t>9786253960452</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin İnkılabı - 100. Yılında Cumhuriyet'i ve Romanı Erkek(lik) Üzerinden Okumak 1923-1938</t>
+          <t>Kafatası Filozofu - XIX. Yüzyıl Rus Edebiyat Eleştirisinde Hamlet</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253960001</t>
+          <t>9786253960506</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Marka Aktivizmi - Eleştirel Bir Bakış</t>
+          <t>Hanımlar Arasında</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786253960070</t>
+          <t>9786253960490</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Fenn-i Menahic (Metodoloji)</t>
+          <t>Evde Bakım Hizmetinden Yararlanan Engelli Babalar</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786253960018</t>
+          <t>9786253960285</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yeninin Gözüyle Eskiye Bakmak - Yeni Türk Şiirinde Şeyh Galib Esintisi</t>
+          <t>Prof. Dr. Sebahattin Bayram Armağanı - Eskiçağ Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>450</v>
+        <v>920</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786253960100</t>
+          <t>9786253960414</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Reklam Çevirileri ve Çeviri Stratejileri</t>
+          <t>Felsefe Tarihinde Kendini Bilmek</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253960117</t>
+          <t>9786253960315</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Neosentimentalizm</t>
+          <t>Kim Beni Nerden Bilecek</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051969961</t>
+          <t>9786253960391</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Tiyatrosunda Geleneksel Unsurlar</t>
+          <t>Sosyal Devletin Anatomisi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253960049</t>
+          <t>9786253960384</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Kentsel Politika</t>
+          <t>Karikatür Dili Bir İhlaller Dünyası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253960063</t>
+          <t>9786253960353</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>IV. Murad ve İsmail Çelebi Hikâyesi Üzerine Bir İnceleme</t>
+          <t>Toplumdilbilim Araştırmaları</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051969855</t>
+          <t>9786253960308</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Konya Masalları</t>
+          <t>Meclis-i Ali-i Hazain (Teşkilat Yapısı ve Faaliyetleri 1860-1866)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051969978</t>
+          <t>4440000002762</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken'in Edebî Dünyası</t>
+          <t>Erdemli Okul</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051969848</t>
+          <t>9786253960209</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>The Effect of the Turkish Defence İndustry on Turkish Foreign Policy</t>
+          <t>Kadına Yönelik Şiddete Karşı 6284 - Yeterlilik ve Kapsam</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051969909</t>
+          <t>9786051969688</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Gençler, Sosyal Medya, Seçimler - Sosyal Medyanın Gençlerin Siyasi Tercihlerine Etkisi</t>
+          <t>Eğitim Örgütlerinin Yaşamsal Kaynağı Örgüt İçi İletişim</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051969954</t>
+          <t>9786051968230</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tiyatro ve Antroposen - Caryl Churchill'den İzler</t>
+          <t>Türk Hava Yolları 1956-1980 (Kalkış, Yükseliş, Türbülans)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051969947</t>
+          <t>9786051966816</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Doğu Rönesansının Peşinde - Hilmi Ziya Ülken'in Tiyatroları Üzerine</t>
+          <t>Ahlak ve Mutluluk Üzerine</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051969879</t>
+          <t>9786051966342</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgelerine Göre Çayırbağı Suyunun Konya'ya Getirilişi</t>
+          <t>Eğitim Sorun (u) mu?</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051969893</t>
+          <t>9786051966069</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Akabi Hikayesi</t>
+          <t>Türkiye’de Çocuk Hizmetleri</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051969923</t>
+          <t>9786051966021</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağının Seçimi</t>
+          <t>Sosyal Hizmet Perspektifinden Üstün Yetenekliler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051969817</t>
+          <t>9786253960292</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi Ekonomi Politikaları ve Milli Burjuvazi</t>
+          <t>Şifa Arayışı ve Değişim - Şırnak Kırsalında Geleneksel Tıbbın Kullanım Alanları ve Nedenleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051969824</t>
+          <t>9786253960339</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dönemde Lüks Tüketim Olgusu ve Muhafazakâr Kadının Değişen İmajı</t>
+          <t>Osmanlı Din ve İlim Hayatına Taşradan Islahçı Bir Bakış Saçaklızade Muhammed El Maraşi ve Fikirleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051969800</t>
+          <t>9786253960278</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Stoacılardan Seçme Fragmanlar</t>
+          <t>Okul Reddi - Okul Reddini Anlamak ve Anksiyete Duyarlılık Arasındaki İlişkinin Araştırılması</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051969831</t>
+          <t>9786253960247</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>XVIII. Yüzyıl Bursa Vakfiyeleri ve Vakıf Kültürü - Şer'iyye Sicillerine Göre</t>
+          <t>Mitokritiğe Giriş - Gaston Bachelard ve MİT Analizinin İmgesel Boyutu</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051969756</t>
+          <t>9786253960216</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Mukavele-i İctimaiyye - Toplum Sözleşmesi</t>
+          <t>Darbe Yolunda Üç Yıl 1957-1960 Süreç, Tartışmalar, İddialar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051969787</t>
+          <t>9786253960193</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Parça Yazı Çözümlemesine Giriş</t>
+          <t>Yerli ve Millî Bir Osmanlı Burjuvası Ermenekli Mehmet Nuri Bey</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051969770</t>
+          <t>9786253960230</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Roland Barthes - Parça Yazı</t>
+          <t>Türk İslamcılığı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051969749</t>
+          <t>9786253960254</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Babanın İzinde - Heinrich Böll'ün "Palyaço" Adlı Yapıtında Geçmişle Hesaplaşma</t>
+          <t>Epistemik ve Ampirik Bağlamda Dış Dünya Problemi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051969732</t>
+          <t>9786253960155</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kadına Ait Bir Yazı - Dişil Yazının Çıkışları</t>
+          <t>Görünce Sevdiğim Komşum-Hikayeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051969725</t>
+          <t>9786051969992</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Romanında Sorun Odaklı Tavır</t>
+          <t>Erkeğin İnkılabı - 100. Yılında Cumhuriyet'i ve Romanı Erkek(lik) Üzerinden Okumak 1923-1938</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051969701</t>
+          <t>9786253960001</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Konulu Ninniler ve Pozitif Psikoloji</t>
+          <t>Marka Aktivizmi - Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051969695</t>
+          <t>9786253960070</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Honneth'in Tanınma Teorisinde Sevgi ve Bakım Alanında Emeğin Tanınması Sorunu</t>
+          <t>Fenn-i Menahic (Metodoloji)</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051969251</t>
+          <t>9786253960018</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kimlerdensin? Sorusuyla Belirginleşen Zihinsel Haritalar ve Farklı Etnik Gruplar Arası Etno-Aşiretsel İlişkiler</t>
+          <t>Yeninin Gözüyle Eskiye Bakmak - Yeni Türk Şiirinde Şeyh Galib Esintisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051969657</t>
+          <t>9786253960100</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dili</t>
+          <t>Reklam Çevirileri ve Çeviri Stratejileri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051969671</t>
+          <t>9786253960117</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Politik Tiyatro Kuramı</t>
+          <t>Rus Edebiyatında Neosentimentalizm</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051969664</t>
+          <t>9786051969961</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Osman Nizami Paşa</t>
+          <t>Tanzimat Tiyatrosunda Geleneksel Unsurlar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051969329</t>
+          <t>9786253960049</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi Bağlamında Tüketim Kültürü ve Reklam</t>
+          <t>Pandemi ve Kentsel Politika</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051969633</t>
+          <t>9786253960063</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Rodosçuk - Tekirdağ’da Gayrimüslimler 1640-1648</t>
+          <t>IV. Murad ve İsmail Çelebi Hikâyesi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051969374</t>
+          <t>9786051969855</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çeviri Geleneğinde Ermeni Çevirmenler ve Çeviri Sorunları</t>
+          <t>Bir Varmış Bir Yokmuş - Konya Masalları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051969640</t>
+          <t>9786051969978</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’ın Unutulan Coğrafyası</t>
+          <t>Hilmi Ziya Ülken'in Edebî Dünyası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051969572</t>
+          <t>9786051969848</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı</t>
+          <t>The Effect of the Turkish Defence İndustry on Turkish Foreign Policy</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>168</v>
+        <v>200</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051969596</t>
+          <t>9786051969909</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
+          <t>Gençler, Sosyal Medya, Seçimler - Sosyal Medyanın Gençlerin Siyasi Tercihlerine Etkisi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051969626</t>
+          <t>9786051969954</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yetkinlik Sevgisi</t>
+          <t>Ekolojik Tiyatro ve Antroposen - Caryl Churchill'den İzler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051969565</t>
+          <t>9786051969947</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği, Sürdürülebilirlik ve Dirençli Kentler</t>
+          <t>Doğu Rönesansının Peşinde - Hilmi Ziya Ülken'in Tiyatroları Üzerine</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051969510</t>
+          <t>9786051969879</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Tanrı Algısı</t>
+          <t>Arşiv Belgelerine Göre Çayırbağı Suyunun Konya'ya Getirilişi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051969558</t>
+          <t>9786051969893</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Etnisite ve Sınıf Tartışmaları</t>
+          <t>Akabi Hikayesi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051969497</t>
+          <t>9786051969923</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Elif Şafak’ın Yazı Evreni</t>
+          <t>Z Kuşağının Seçimi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051969527</t>
+          <t>9786051969817</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Edward Said - Oryantalist Söylem Analizinin Metodolojik Temelleri</t>
+          <t>Tek Parti Dönemi Ekonomi Politikaları ve Milli Burjuvazi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051969619</t>
+          <t>9786051969824</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Türlerde Anlatıcı</t>
+          <t>Postmodern Dönemde Lüks Tüketim Olgusu ve Muhafazakâr Kadının Değişen İmajı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051969541</t>
+          <t>9786051969800</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları - II</t>
+          <t>Erken Dönem Stoacılardan Seçme Fragmanlar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051969244</t>
+          <t>9786051969831</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Norbert Elias ve Sosyolojisi</t>
+          <t>XVIII. Yüzyıl Bursa Vakfiyeleri ve Vakıf Kültürü - Şer'iyye Sicillerine Göre</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051969145</t>
+          <t>9786051969756</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Göç, Kente Uyum, Kimlik ve Din - Zeytinburnu Afganistan Özbekleri</t>
+          <t>Mukavele-i İctimaiyye - Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051969237</t>
+          <t>9786051969787</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Romanı - Cumhuriyet Dönemi Türk Romanında Sanat ve Sanatçı</t>
+          <t>Parça Yazı Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051969336</t>
+          <t>9786051969770</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Same World Different Voices - Children and Childhood in British and American Fiction</t>
+          <t>Roland Barthes - Parça Yazı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051969381</t>
+          <t>9786051969749</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Özne 37. Kitap - Arendt</t>
+          <t>Kayıp Babanın İzinde - Heinrich Böll'ün "Palyaço" Adlı Yapıtında Geçmişle Hesaplaşma</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051969367</t>
+          <t>9786051969732</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 3</t>
+          <t>Kadına Ait Bir Yazı - Dişil Yazının Çıkışları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051969282</t>
+          <t>9786051969725</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kindi, Razi ve Farabi'nin Zihin Felsefeleri</t>
+          <t>Günümüz Türk Romanında Sorun Odaklı Tavır</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051969312</t>
+          <t>9786051969701</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sumer Tapınak Ekonomisi - Anadolu ve Yunan Ana Karasına Kültürel Geçişin İzleri</t>
+          <t>Sevgi Konulu Ninniler ve Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051969152</t>
+          <t>9786051969695</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kent ve Uyum - Yükseköğrenimde Göçmenler</t>
+          <t>Honneth'in Tanınma Teorisinde Sevgi ve Bakım Alanında Emeğin Tanınması Sorunu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051969169</t>
+          <t>9786051969251</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Göç, Aidiyet ve Siyaset - Toplumsallığın Göçebe Halleri</t>
+          <t>Kimlerdensin? Sorusuyla Belirginleşen Zihinsel Haritalar ve Farklı Etnik Gruplar Arası Etno-Aşiretsel İlişkiler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051969213</t>
+          <t>9786051969657</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Türkiye'nin Toplumsal Yapısı</t>
+          <t>Reklam Dili</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051969206</t>
+          <t>9786051969671</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Macit Gökberk Aydınlanmanın Sesi</t>
+          <t>Politik Tiyatro Kuramı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051968995</t>
+          <t>9786051969664</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Kendimi Kendimde Tanıma Yolunda Ben'den Yansıyan Düşünceler</t>
+          <t>Osman Nizami Paşa</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051969176</t>
+          <t>9786051969329</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu'da Türkmen Hâkimiyeti - Kara Koyunlu ve Ak Koyunlu Dönemi 1365-1501 (Siyaset, İktisat, Kültür ve Sanat)</t>
+          <t>Türk Modernleşmesi Bağlamında Tüketim Kültürü ve Reklam</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051969190</t>
+          <t>9786051969633</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda İskan ve İhtida</t>
+          <t>Rodosçuk - Tekirdağ’da Gayrimüslimler 1640-1648</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051969060</t>
+          <t>9786051969374</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Barışın İmkansızlığı Üzerine (Johan Galtung vs Chantal Mouffe)</t>
+          <t>Osmanlı Çeviri Geleneğinde Ermeni Çevirmenler ve Çeviri Sorunları</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051969053</t>
+          <t>9786051969640</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tersine Çevrilmiş Bir Teoloji - Ahmet Hamdi Tanpınar Yazıları</t>
+          <t>Orta Çağ’ın Unutulan Coğrafyası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051969039</t>
+          <t>9786051969572</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Board Misyonerlerinin Antep'teki Faaliyetleri</t>
+          <t>Nuh Tufanı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>240</v>
+        <v>168</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051969022</t>
+          <t>9786051969596</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kent Ekonomisi ve Esnaf - Sanatkarlar</t>
+          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051969107</t>
+          <t>9786051969626</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Şükrü Metin Baba (Hayatı ve Eserleri)</t>
+          <t>İnsanın Yetkinlik Sevgisi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051968643</t>
+          <t>9786051969565</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Ve Anadolu'nun Kavşağında Bir Kent Siverek (Tarih – Toplum – Kültür)</t>
+          <t>İklim Değişikliği, Sürdürülebilirlik ve Dirençli Kentler</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>920</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051968650</t>
+          <t>9786051969510</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Kavşağında Bir Kent Siverek (Dil – Din – Edebiyat)</t>
+          <t>Gençlerde Tanrı Algısı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>1100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051968988</t>
+          <t>9786051969558</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Düşman</t>
+          <t>Osmanlı’dan Günümüze Etnisite ve Sınıf Tartışmaları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051968957</t>
+          <t>9786051969497</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>UFO Mitleri - UFO'lar, Uzaylılar, UFO Dini Akımları ve Medya Sektörü Üzerine Halk Bilimsel Bir İnceleme</t>
+          <t>Elif Şafak’ın Yazı Evreni</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051968971</t>
+          <t>9786051969527</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Göstergebilimine Giriş - Anlambilimsel Varyant</t>
+          <t>Edward Said - Oryantalist Söylem Analizinin Metodolojik Temelleri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051968889</t>
+          <t>9786051969619</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Romanında Otizmin Temsili</t>
+          <t>Dramatik Türlerde Anlatıcı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051968964</t>
+          <t>9786051969541</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Miras ve Kadın</t>
+          <t>Batman Kent Araştırmaları - II</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051968940</t>
+          <t>9786051969244</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Asrın Felaketi - Srebrenitsa Soykırımı</t>
+          <t>Norbert Elias ve Sosyolojisi</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051968919</t>
+          <t>9786051969145</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Fragmanlar</t>
+          <t>Sürekli Göç, Kente Uyum, Kimlik ve Din - Zeytinburnu Afganistan Özbekleri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051968926</t>
+          <t>9786051969237</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Lives Between the Lines</t>
+          <t>Sanatçının Romanı - Cumhuriyet Dönemi Türk Romanında Sanat ve Sanatçı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051968773</t>
+          <t>9786051969336</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi</t>
+          <t>Same World Different Voices - Children and Childhood in British and American Fiction</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051968872</t>
+          <t>9786051969381</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Haber Ajanslarının Yeni Medyadaki Yapısı</t>
+          <t>Özne 37. Kitap - Arendt</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051968834</t>
+          <t>9786051969367</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin ve Herbert Spencer Düşüncesinde Evrim, Ahlak, Toplum</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 3</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051968896</t>
+          <t>9786051969282</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İktidar</t>
+          <t>Kindi, Razi ve Farabi'nin Zihin Felsefeleri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051967585</t>
+          <t>9786051969312</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'dan Günümüze Rumkale ve Halfeti</t>
+          <t>Sumer Tapınak Ekonomisi - Anadolu ve Yunan Ana Karasına Kültürel Geçişin İzleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051968711</t>
+          <t>9786051969152</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Tekn(oloj)ik Hinterlant ve Din</t>
+          <t>Göç, Kent ve Uyum - Yükseköğrenimde Göçmenler</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051968841</t>
+          <t>9786051969169</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Siyaset Bilimi</t>
+          <t>Göç, Aidiyet ve Siyaset - Toplumsallığın Göçebe Halleri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051968902</t>
+          <t>9786051969213</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tarih İdrakinden Kanun İnşasına Osmanlı Hukuk Düşüncesi</t>
+          <t>Cumhuriyet'in 100. Yılında Türkiye'nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051968810</t>
+          <t>9786051969206</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Karakoç'un Balkonu</t>
+          <t>Macit Gökberk Aydınlanmanın Sesi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051968742</t>
+          <t>9786051968995</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İpsalalı Ahmed Paşa</t>
+          <t>Hayatım ve Kendimi Kendimde Tanıma Yolunda Ben'den Yansıyan Düşünceler</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051968728</t>
+          <t>9786051969176</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Haklar'da Kültürel Hayat</t>
+          <t>Doğu Anadolu'da Türkmen Hâkimiyeti - Kara Koyunlu ve Ak Koyunlu Dönemi 1365-1501 (Siyaset, İktisat, Kültür ve Sanat)</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051968612</t>
+          <t>9786051969190</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimleri ve Dilbilimsel Yazın Çalışmaları</t>
+          <t>Balkanlarda İskan ve İhtida</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051968797</t>
+          <t>9786051969060</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Dengbejlik Geleneği ve Dönüşümler (Ciltli)</t>
+          <t>Adil Bir Barışın İmkansızlığı Üzerine (Johan Galtung vs Chantal Mouffe)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051968759</t>
+          <t>9786051969053</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Süreci</t>
+          <t>Tersine Çevrilmiş Bir Teoloji - Ahmet Hamdi Tanpınar Yazıları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051968735</t>
+          <t>9786051969039</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Haberdeki Çerçeve - Uygulama Örnekleriyle Çerçeveleme Kuramı ve Yöntemi</t>
+          <t>Amerikan Board Misyonerlerinin Antep'teki Faaliyetleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051968681</t>
+          <t>9786051969022</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Biliminde Geçmişten Günümüze Temel Kavram ve Tartışmalar</t>
+          <t>Kent Ekonomisi ve Esnaf - Sanatkarlar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051968704</t>
+          <t>9786051969107</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyal Politika Güncel Tartışmaları</t>
+          <t>Mustafa Şükrü Metin Baba (Hayatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051968698</t>
+          <t>9786051968643</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Türk Düşüncesinde İlimler Tasnifi</t>
+          <t>Mezopotamya Ve Anadolu'nun Kavşağında Bir Kent Siverek (Tarih – Toplum – Kültür)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>540</v>
+        <v>920</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051968629</t>
+          <t>9786051968650</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Keşifler</t>
+          <t>Medeniyetler Kavşağında Bir Kent Siverek (Dil – Din – Edebiyat)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>380</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051968568</t>
+          <t>9786051968988</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Modern Batı Düşüncesinin Felsefi Temelleri - Din ve İnsan Algısı Üzerine Bir Değerlendirme</t>
+          <t>İçimizdeki Düşman</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051968599</t>
+          <t>9786051968957</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Aidiyet - Mekân Sosyolojisine Yeni Bir Bakış</t>
+          <t>UFO Mitleri - UFO'lar, Uzaylılar, UFO Dini Akımları ve Medya Sektörü Üzerine Halk Bilimsel Bir İnceleme</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051968605</t>
+          <t>9786051968971</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi - Teorik ve Güncel</t>
+          <t>Edebiyat Göstergebilimine Giriş - Anlambilimsel Varyant</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051968506</t>
+          <t>9786051968889</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Sine-Roman ve Novelizasyon</t>
+          <t>Çağdaş İngiliz Romanında Otizmin Temsili</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051968469</t>
+          <t>9786051968964</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Nedir?</t>
+          <t>Osmanlı'da Miras ve Kadın</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051968520</t>
+          <t>9786051968940</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey ve Emirliği</t>
+          <t>Asrın Felaketi - Srebrenitsa Soykırımı</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051968421</t>
+          <t>9786051968919</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Yazı</t>
+          <t>Postmodern Fragmanlar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051968483</t>
+          <t>9786051968926</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa 1744-1822</t>
+          <t>Lives Between the Lines</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051968490</t>
+          <t>9786051968773</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim Felsefesine Aristotelesçi Bir Çerçeve</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051968452</t>
+          <t>9786051968872</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Varoluş: Demir Özlü</t>
+          <t>Haber Ajanslarının Yeni Medyadaki Yapısı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051968476</t>
+          <t>9786051968834</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkleri Üzerine Düşünceler</t>
+          <t>Charles Darwin ve Herbert Spencer Düşüncesinde Evrim, Ahlak, Toplum</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051968407</t>
+          <t>9786051968896</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kanun ve Şeyh Osmanlı Toplumunda Sufîlerin İdare ve Mahkemeyle İmtihanı</t>
+          <t>Edebiyat ve İktidar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051968391</t>
+          <t>9786051967585</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>İklimkurgu - İklim Değişikliği, Antroposen'in Poetikası ve Ekoeleştirel İzler</t>
+          <t>Ortaçağ'dan Günümüze Rumkale ve Halfeti</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051968315</t>
+          <t>9786051968711</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Uzman Gazetecilik 1</t>
+          <t>Tekn(oloj)ik Hinterlant ve Din</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051968322</t>
+          <t>9786051968841</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Uzman Gazetecilik 2</t>
+          <t>Pandemi ve Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051968414</t>
+          <t>9786051968902</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Das Bıld Der Frauen Im Islam İslam'da Kadın İmajı</t>
+          <t>Tarih İdrakinden Kanun İnşasına Osmanlı Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051968339</t>
+          <t>9786051968810</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Erkeklik (Evlilikte Uyum ve Çatışma Arasında Eril Kimlikler)</t>
+          <t>Karakoç'un Balkonu</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051968285</t>
+          <t>9786051968742</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Nadir Şah Döneminde Osmanlı-İran Siyasi İlişkileri 1720 - 1747</t>
+          <t>İpsalalı Ahmed Paşa</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051968292</t>
+          <t>9786051968728</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Metafor Metaforda Toplum</t>
+          <t>Ehl-i Haklar'da Kültürel Hayat</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051968193</t>
+          <t>9786051968612</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid ve Mülahazat-ı Felsefiyesi</t>
+          <t>Dil Bilimleri ve Dilbilimsel Yazın Çalışmaları</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051968247</t>
+          <t>9786051968797</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Süregiden Felsefe (Antik Çağdan Günümüze Filozoflarla Konuşmalar)</t>
+          <t>Dengbejlik Geleneği ve Dönüşümler (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051968254</t>
+          <t>9786051968759</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles'te Ruhun Yetilerinden Biri Olarak Algı</t>
+          <t>Türklerin İslamlaşma Süreci</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051968162</t>
+          <t>9786051968735</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Sosyolojisi (Kültür, Kimlik, Medya)</t>
+          <t>Haberdeki Çerçeve - Uygulama Örnekleriyle Çerçeveleme Kuramı ve Yöntemi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051968131</t>
+          <t>9786051968681</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kim Yönetiyor</t>
+          <t>Karşılaştırmalı Edebiyat Biliminde Geçmişten Günümüze Temel Kavram ve Tartışmalar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051968186</t>
+          <t>9786051968704</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kent - Türkiye'de Kentsel Hizmetlerin Sunumuna İlişkin Bir Model Önerisi</t>
+          <t>Kadın ve Sosyal Politika Güncel Tartışmaları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051968179</t>
+          <t>9786051968698</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tealim-i Mu'tezile</t>
+          <t>Tanzimat Sonrası Türk Düşüncesinde İlimler Tasnifi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>125</v>
+        <v>540</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051968148</t>
+          <t>9786051968629</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Tiyatro Oyunları</t>
+          <t>Keşifler</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051968216</t>
+          <t>9786051968568</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Dilbilimin Felsefi Temelleri</t>
+          <t>Modern Batı Düşüncesinin Felsefi Temelleri - Din ve İnsan Algısı Üzerine Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051968025</t>
+          <t>9786051968599</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Politik İnceleme - Demokrasi Nedir?</t>
+          <t>Mekansal Aidiyet - Mekân Sosyolojisine Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051968087</t>
+          <t>9786051968605</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mapping Identity in D.H. Lawrence's Short Stories - A Discursive Analysis</t>
+          <t>Demokrasi - Teorik ve Güncel</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051968100</t>
+          <t>9786051968506</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kimlik İnşası</t>
+          <t>Sine-Roman ve Novelizasyon</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051968094</t>
+          <t>9786051968469</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Öteki</t>
+          <t>İnsan Hakları Nedir?</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>385</v>
+        <v>140</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051968018</t>
+          <t>9786051968520</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Sanat</t>
+          <t>Çaka Bey ve Emirliği</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051968070</t>
+          <t>9786051968421</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Theodor Adorno ve Walter Benjamin'de Sanat Eserinin Doğası</t>
+          <t>Eskimeyen Yazı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051967998</t>
+          <t>9786051968483</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticarette Güncel Tartışmalar</t>
+          <t>Tepedelenli Ali Paşa 1744-1822</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051968056</t>
+          <t>9786051968490</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Mücadelesi</t>
+          <t>Sanat ve Eğitim Felsefesine Aristotelesçi Bir Çerçeve</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>580</v>
+        <v>185</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051967981</t>
+          <t>9786051968452</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Mesajın İnşası Kiralık Akıl</t>
+          <t>Sürgün Varoluş: Demir Özlü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>310</v>
+        <v>650</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051968001</t>
+          <t>9786051968476</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyaset Düşüncesinin Dini Teorisi</t>
+          <t>Avrupa Türkleri Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>580</v>
+        <v>185</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051967974</t>
+          <t>9786051968407</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Dijitale İçeriğin Üretimi ve Dönüşümü</t>
+          <t>Kanun ve Şeyh Osmanlı Toplumunda Sufîlerin İdare ve Mahkemeyle İmtihanı</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051967936</t>
+          <t>9786051968391</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Salt Akılcı Olmayan Liberalizm - Hume ve Kant</t>
+          <t>İklimkurgu - İklim Değişikliği, Antroposen'in Poetikası ve Ekoeleştirel İzler</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051967943</t>
+          <t>9786051968315</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinde Feminizm ve Politika İlişkisi</t>
+          <t>Dijital Çağda Uzman Gazetecilik 1</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051967950</t>
+          <t>9786051968322</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Felsefesi</t>
+          <t>Dijital Çağda Uzman Gazetecilik 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051967875</t>
+          <t>9786051968414</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Türk'le Savaşı</t>
+          <t>Das Bıld Der Frauen Im Islam İslam'da Kadın İmajı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051967882</t>
+          <t>9786051968339</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Mustafa 1450 - 1474</t>
+          <t>Evdeki Erkeklik (Evlilikte Uyum ve Çatışma Arasında Eril Kimlikler)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051967646</t>
+          <t>9786051968285</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve Nurettin Topçu</t>
+          <t>Nadir Şah Döneminde Osmanlı-İran Siyasi İlişkileri 1720 - 1747</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051967707</t>
+          <t>9786051968292</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>#kesinbilgi - Yeni Medyada Bilgi ve Haberin Durumu</t>
+          <t>Sosyolojide Metafor Metaforda Toplum</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051967554</t>
+          <t>9786051968193</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı'nın Poetikası ve Edebi Dünyası</t>
+          <t>Abdülhak Hamid ve Mülahazat-ı Felsefiyesi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051967806</t>
+          <t>9786051968247</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bridging Cultures - Representation of Minorities in English and American Literature</t>
+          <t>Süregiden Felsefe (Antik Çağdan Günümüze Filozoflarla Konuşmalar)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051967455</t>
+          <t>9786051968254</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlara Sevgiler</t>
+          <t>Aristoteles'te Ruhun Yetilerinden Biri Olarak Algı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051967691</t>
+          <t>9786051968162</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>I. Dünya Savaşı'nda Osmanlı Ordusuna Etki Etmiş Yahudiler</t>
+          <t>Tüketim Sosyolojisi (Kültür, Kimlik, Medya)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051967745</t>
+          <t>9786051968131</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka'nın "Babaya Mektup" Adlı Eserinde Ödipus Kompleksi</t>
+          <t>Kim Yönetiyor</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051967677</t>
+          <t>9786051968186</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dijital Sis</t>
+          <t>Akıllı Kent - Türkiye'de Kentsel Hizmetlerin Sunumuna İlişkin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051967684</t>
+          <t>9786051968179</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumunda Halkla İlişkiler ve Alışveriş Merkezleri</t>
+          <t>Tealim-i Mu'tezile</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051967622</t>
+          <t>9786051968148</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Online Gençler Çevrimdışı Yetişkinler</t>
+          <t>Küçüklere Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051967387</t>
+          <t>9786051968216</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şiire Felsefeyle Yönelmek</t>
+          <t>Dilbilimin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051967363</t>
+          <t>9786051968025</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Çıkmazlarında Ahmet Muhip Dıranas Tiyatrosu</t>
+          <t>Politik İnceleme - Demokrasi Nedir?</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051967394</t>
+          <t>9786051968087</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Folklor Söylemi</t>
+          <t>Mapping Identity in D.H. Lawrence's Short Stories - A Discursive Analysis</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051967400</t>
+          <t>9786051968100</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Metinlerde Değer Çözümlemesine Giriş</t>
+          <t>Toplumsal Kimlik İnşası</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051967424</t>
+          <t>9786051968094</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Felsefesi</t>
+          <t>Klasik Türk Edebiyatında Öteki</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051967370</t>
+          <t>9786051968018</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>M.ö. 2. Bin Anadolu Tasvir Sanatında İnsan - Hayvan Karışımı Varlıklar</t>
+          <t>Yaşamak İçin Sanat</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059108867</t>
+          <t>9786051968070</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Matematiği</t>
+          <t>Theodor Adorno ve Walter Benjamin'de Sanat Eserinin Doğası</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786054451074</t>
+          <t>9786051967998</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kebetos Pinaks - İnsan Yaşamının Tablosu</t>
+          <t>Dış Ticarette Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786055999471</t>
+          <t>9786051968056</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Karaman Şehir Coğrafyası</t>
+          <t>Zihniyet Mücadelesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786055999279</t>
+          <t>9786051967981</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Japon İşletmeciliği ve Japonya Pazarına Yönelik Bir Uygulama</t>
+          <t>Mesajın İnşası Kiralık Akıl</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051964997</t>
+          <t>9786051968001</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasinin Kimyası</t>
+          <t>Türk Siyaset Düşüncesinin Dini Teorisi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051968353</t>
+          <t>9786051967974</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Özne 36. Kitap- Sartre</t>
+          <t>Gelenekselden Dijitale İçeriğin Üretimi ve Dönüşümü</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051968360</t>
+          <t>9786051967936</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Şehir</t>
+          <t>Salt Akılcı Olmayan Liberalizm - Hume ve Kant</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051968308</t>
+          <t>9786051967943</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>XII - XIII. Yüzyıllarda Güney Kafkasya'da Kıpçaklar</t>
+          <t>Batı Felsefesinde Feminizm ve Politika İlişkisi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051968438</t>
+          <t>9786051967950</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Çevre Eğitimi</t>
+          <t>Gölgenin Felsefesi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051968261</t>
+          <t>9786051967875</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Ulaşım ve Basına Yansıyanlar 1860 - 1876</t>
+          <t>Türk'ün Türk'le Savaşı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051968223</t>
+          <t>9786051967882</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kentsel Ailenin Manevi Boyutları</t>
+          <t>Şehzade Mustafa 1450 - 1474</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051968278</t>
+          <t>9786051967646</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Din, Statü ve İtibar (Dini Temsil ve Tipolojiler Üzerine Hac Eksenli Bir İnceleme)</t>
+          <t>Türk Modernleşmesi ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051967929</t>
+          <t>9786051967707</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Döneminde Alanya</t>
+          <t>#kesinbilgi - Yeni Medyada Bilgi ve Haberin Durumu</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051967905</t>
+          <t>9786051967554</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Şeyh Safi - Musul Buyruğu</t>
+          <t>Cahit Sıtkı Tarancı'nın Poetikası ve Edebi Dünyası</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051967899</t>
+          <t>9786051967806</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim ve Pazarlama Teknolojilerinde 100 Temel Kavram</t>
+          <t>Bridging Cultures - Representation of Minorities in English and American Literature</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051967912</t>
+          <t>9786051967455</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Öteki, Irkçılık ve Fransız Edebiyatı</t>
+          <t>Kahramanlara Sevgiler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051967820</t>
+          <t>9786051967691</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Çalışmalarında Bilimsel Araştırma Yöntemleri</t>
+          <t>I. Dünya Savaşı'nda Osmanlı Ordusuna Etki Etmiş Yahudiler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051967851</t>
+          <t>9786051967745</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Anaksagoras</t>
+          <t>Franz Kafka'nın "Babaya Mektup" Adlı Eserinde Ödipus Kompleksi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051967813</t>
+          <t>9786051967677</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Fantazya Edebiyatı</t>
+          <t>Dijital Sis</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051967301</t>
+          <t>9786051967684</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sergileme Tasarımı</t>
+          <t>Tüketim Toplumunda Halkla İlişkiler ve Alışveriş Merkezleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051967752</t>
+          <t>9786051967622</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Türk Hikayeciliğinde Rasim Özdenören</t>
+          <t>Online Gençler Çevrimdışı Yetişkinler</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>580</v>
+        <v>225</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051967615</t>
+          <t>9786051967387</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kırsal Kalkınma Yönetimi</t>
+          <t>Şiire Felsefeyle Yönelmek</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051967769</t>
+          <t>9786051967363</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Hayatın Çıkmazlarında Ahmet Muhip Dıranas Tiyatrosu</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051967714</t>
+          <t>9786051967394</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Politikacıların Suriyelilere Bakışı</t>
+          <t>Folklor Söylemi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051967516</t>
+          <t>9786051967400</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hikemiyat</t>
+          <t>Yazınsal Metinlerde Değer Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051967592</t>
+          <t>9786051967424</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Nazi Kırımı</t>
+          <t>Kurmacanın Felsefesi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051967608</t>
+          <t>9786051967370</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Tekniklerine Giriş</t>
+          <t>M.ö. 2. Bin Anadolu Tasvir Sanatında İnsan - Hayvan Karışımı Varlıklar</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051967660</t>
+          <t>9786059108867</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Çeviri ve Disiplinlerarasılık</t>
+          <t>Ticaret Matematiği</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051967639</t>
+          <t>9786054451074</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Denizli (Ladik) İnançoğulları Beyliği</t>
+          <t>Kebetos Pinaks - İnsan Yaşamının Tablosu</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051967578</t>
+          <t>9786055999471</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İki Yüzü</t>
+          <t>Karaman Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051967530</t>
+          <t>9786055999279</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ahvali’r-Ruh</t>
+          <t>Japon İşletmeciliği ve Japonya Pazarına Yönelik Bir Uygulama</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051967523</t>
+          <t>9786051964997</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk ve Roman</t>
+          <t>Bürokrasinin Kimyası</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051967547</t>
+          <t>9786051968353</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Anlamsızlık Yaşantıları ve Din</t>
+          <t>Özne 36. Kitap- Sartre</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051967479</t>
+          <t>9786051968360</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Din</t>
+          <t>Kendini Arayan Şehir</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051967509</t>
+          <t>9786051968308</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Dijital Okuryazarlık - Kavramlar Modeller ve Ölçüm</t>
+          <t>XII - XIII. Yüzyıllarda Güney Kafkasya'da Kıpçaklar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051967486</t>
+          <t>9786051968438</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Fizikten Metafiziğe</t>
+          <t>Sosyal Bilgilerde Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051967493</t>
+          <t>9786051968261</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Teknolojik ve Psikolojik Boyutlarıyla Dijital Kimlik</t>
+          <t>Dersaadet'te Ulaşım ve Basına Yansıyanlar 1860 - 1876</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051967448</t>
+          <t>9786051968223</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kimlik ve İzlenim Yönetimi</t>
+          <t>Yeni Kentsel Ailenin Manevi Boyutları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051967462</t>
+          <t>9786051968278</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Kültürel ve İktisadi Yönleriyle Göçebelik - Koçeri</t>
+          <t>Din, Statü ve İtibar (Dini Temsil ve Tipolojiler Üzerine Hac Eksenli Bir İnceleme)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051967417</t>
+          <t>9786051967929</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Auswirkungen der fortschreitenden Digitalisierung auf die Privatheit</t>
+          <t>Selçuklular Döneminde Alanya</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786051967158</t>
+          <t>9786051967905</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İlanat-ı Fenni</t>
+          <t>Menakıb-ı Şeyh Safi - Musul Buyruğu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051967042</t>
+          <t>9786051967899</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilasına Dini Muhalefet</t>
+          <t>Dijital İletişim ve Pazarlama Teknolojilerinde 100 Temel Kavram</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051966878</t>
+          <t>9786051967912</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Geceye Düştü Gölge</t>
+          <t>Öteki, Irkçılık ve Fransız Edebiyatı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051967073</t>
+          <t>9786051967820</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Büyü ve Ayin</t>
+          <t>Edebiyat Çalışmalarında Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051967325</t>
+          <t>9786051967851</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Dini Gruplar ve Cemaatlerin Sosyolojisi</t>
+          <t>Anaksagoras</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051967103</t>
+          <t>9786051967813</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kutsal ve Sanat</t>
+          <t>Fantazya Edebiyatı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051966946</t>
+          <t>9786051967301</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Tabi'at (Ciltli)</t>
+          <t>Sergileme Tasarımı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051966960</t>
+          <t>9786051967752</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Niza'-ı İlm Ü Din - İslam Ve Ulüm (Ciltli)</t>
+          <t>Türk Hikayeciliğinde Rasim Özdenören</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>1250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051967295</t>
+          <t>9786051967615</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ekolojisi</t>
+          <t>Türkiye'de Kırsal Kalkınma Yönetimi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051967240</t>
+          <t>9786051967769</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Çeviri ve Disiplinlerarasılık</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051967288</t>
+          <t>9786051967714</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire Şiirinin Anatomisi</t>
+          <t>Politikacıların Suriyelilere Bakışı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051967202</t>
+          <t>9786051967516</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Yeni İlm-i Kelam</t>
+          <t>Hikemiyat</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>520</v>
+        <v>720</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051967226</t>
+          <t>9786051967592</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Özne 35. Kitap - Sanatı Felsefeyle Düşünmek</t>
+          <t>Nazi Kırımı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>620</v>
+        <v>285</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051967080</t>
+          <t>9786051967608</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Akıldışının Aynasında</t>
+          <t>Anlatı Tekniklerine Giriş</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051967134</t>
+          <t>9786051967660</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta ve Dilde Pandemi</t>
+          <t>Çeviri ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051967196</t>
+          <t>9786051967639</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kimlik İnşası</t>
+          <t>Denizli (Ladik) İnançoğulları Beyliği</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051967127</t>
+          <t>9786051967578</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Medya Kriz İletişimi ve Sosyal Ağlar</t>
+          <t>Aynanın İki Yüzü</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051967028</t>
+          <t>9786051967530</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Reklam Araştırmaları</t>
+          <t>İlm-i Ahvali’r-Ruh</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051967035</t>
+          <t>9786051967523</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve Sosyal Değişim: Disiplinlerarası İncelemeler</t>
+          <t>Çocukluk ve Roman</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051966991</t>
+          <t>9786051967547</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Leylak Saati</t>
+          <t>Gençlik Anlamsızlık Yaşantıları ve Din</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051967059</t>
+          <t>9786051967479</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı ile Yaşlanmak</t>
+          <t>Felsefe-i Din</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051967011</t>
+          <t>9786051967509</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Yanlılık</t>
+          <t>Dijital Okuryazarlık - Kavramlar Modeller ve Ölçüm</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051966953</t>
+          <t>9786051967486</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Fedai Dergisi'nde Millilik ve İslam</t>
+          <t>Fizikten Metafiziğe</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051966939</t>
+          <t>9786051967493</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sanayi'-i Nefise Istılahatı Mecmu'ası</t>
+          <t>Sosyal, Teknolojik ve Psikolojik Boyutlarıyla Dijital Kimlik</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051966977</t>
+          <t>9786051967448</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Aydınlık Yüzü Bedia Akarsu</t>
+          <t>Dijital Kimlik ve İzlenim Yönetimi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051966922</t>
+          <t>9786051967462</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Din Dersleri - Muhtasar İlmihal</t>
+          <t>Sosyal, Kültürel ve İktisadi Yönleriyle Göçebelik - Koçeri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051966809</t>
+          <t>9786051967417</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında - Çüngüş 1</t>
+          <t>Auswirkungen der fortschreitenden Digitalisierung auf die Privatheit</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051966830</t>
+          <t>9786051967158</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Çüngüş 2</t>
+          <t>İlanat-ı Fenni</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051966823</t>
+          <t>9786051967042</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Çüngüş 3</t>
+          <t>Moğol İstilasına Dini Muhalefet</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051966847</t>
+          <t>9786051966878</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim Anlama Yolculuk</t>
+          <t>Geceye Düştü Gölge</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051966861</t>
+          <t>9786051967073</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Dr. Nevzat Gündağ'a Vefa</t>
+          <t>Hititlerde Büyü ve Ayin</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>780</v>
+        <v>320</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051966694</t>
+          <t>9786051967325</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri ve Siyasal Hayata Katılım</t>
+          <t>Dini Gruplar ve Cemaatlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051966793</t>
+          <t>9786051967103</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname Sosyolojisi</t>
+          <t>Kutsal ve Sanat</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051966779</t>
+          <t>9786051966946</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Commonwealth'i Anlamak</t>
+          <t>Beşer ve Tabi'at (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051966731</t>
+          <t>9786051966960</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>The Critique of Neoliberalism in David Hare’s Plays</t>
+          <t>Niza'-ı İlm Ü Din - İslam Ve Ulüm (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051966786</t>
+          <t>9786051967295</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Tarih Yapıcı Rolü</t>
+          <t>Sosyal Medya Ekolojisi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051966748</t>
+          <t>9786051967240</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Samuel Alexander Belirimciliğinde Mekan - Zaman ve Tanrı</t>
+          <t>Çeviri ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051966649</t>
+          <t>9786051967288</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Evcil İnsan</t>
+          <t>Baudelaire Şiirinin Anatomisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051966724</t>
+          <t>9786051967202</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Demokrasi Promosyonu</t>
+          <t>Yeni İlm-i Kelam</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051966038</t>
+          <t>9786051967226</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Millet-i İsrailiye</t>
+          <t>Özne 35. Kitap - Sanatı Felsefeyle Düşünmek</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051966755</t>
+          <t>9786051967080</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İran Moğollarının Atası Hülegü Han</t>
+          <t>Akıldışının Aynasında</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051966656</t>
+          <t>9786051967134</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Krallığı’ndan İnsan Krallığı’na</t>
+          <t>Edebiyatta ve Dilde Pandemi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051966618</t>
+          <t>9786051967196</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Zaferleri - Hakkın Zaferleri</t>
+          <t>Kimlik İnşası</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051966632</t>
+          <t>9786051967127</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Temsil ve Gerçeklik</t>
+          <t>Medya Kriz İletişimi ve Sosyal Ağlar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051966687</t>
+          <t>9786051967028</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Tarih - İdeoloji - Kurmaca Bağlamında Şeyh Bedreddin</t>
+          <t>Reklam Araştırmaları</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051966557</t>
+          <t>9786051967035</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Müdahale</t>
+          <t>Popüler Kültür ve Sosyal Değişim: Disiplinlerarası İncelemeler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051966588</t>
+          <t>9786051966991</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kalbin Leylak Saati</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051966595</t>
+          <t>9786051967059</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Manyas Kuş Cenneti Milli Parkı (Kültürel, Tarihi ve Politik Ekoloji)</t>
+          <t>Yaşlı ile Yaşlanmak</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>540</v>
+        <v>185</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051966571</t>
+          <t>9786051967011</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanından Örneklerle Edebiyat ve Kıskançlık</t>
+          <t>Edebiyatta Yanlılık</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051966540</t>
+          <t>9786051966953</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hitit Kült Envanteri Kil Kitapları</t>
+          <t>Fedai Dergisi'nde Millilik ve İslam</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051966502</t>
+          <t>9786051966939</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim, Kültür ve Medya 2</t>
+          <t>Sanayi'-i Nefise Istılahatı Mecmu'ası</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051966519</t>
+          <t>9786051966977</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim, Kültür ve Medya 1</t>
+          <t>Felsefenin Aydınlık Yüzü Bedia Akarsu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051966564</t>
+          <t>9786051966922</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Çeviri Eğitimi</t>
+          <t>Din Dersleri - Muhtasar İlmihal</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051966410</t>
+          <t>9786051966809</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Siverek</t>
+          <t>Arşiv Belgeleri Işığında - Çüngüş 1</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051966526</t>
+          <t>9786051966830</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Farabi Felsefesinde Adalet</t>
+          <t>Çüngüş 2</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051966472</t>
+          <t>9786051966823</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Saltanat Hattı Bağdat Demiryolu</t>
+          <t>Çüngüş 3</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051966489</t>
+          <t>9786051966847</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Fransızlara Nazaran Suriye ve Kilikya Muharebeleri</t>
+          <t>Göstergebilim Anlama Yolculuk</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051966533</t>
+          <t>9786051966861</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bursa Emir Sultan Külliyesi 15. - 17. Yüzyıllar</t>
+          <t>Dr. Nevzat Gündağ'a Vefa</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>400</v>
+        <v>780</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051966267</t>
+          <t>9786051966694</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Özne 34. Kitap - Hilmi Ziya Ülken</t>
+          <t>Bulgaristan Türkleri ve Siyasal Hayata Katılım</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>1150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051966441</t>
+          <t>9786051966793</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Islahat'tan 1. Meşrutiyet'e Erzurum</t>
+          <t>Seyahatname Sosyolojisi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786051966458</t>
+          <t>9786051966779</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Toni Morrison'ın Romanlarında Psikolojik Zaman ve Bellek</t>
+          <t>Commonwealth'i Anlamak</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051966434</t>
+          <t>9786051966731</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İbn Acurrum ve El-Acurrumiyye Literatürü</t>
+          <t>The Critique of Neoliberalism in David Hare’s Plays</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051966335</t>
+          <t>9786051966786</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yurt Dışındaki Türk Gençliği</t>
+          <t>İslam Düşüncesinin Tarih Yapıcı Rolü</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051966403</t>
+          <t>9786051966748</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Bilincin Dinsel Referansları</t>
+          <t>Samuel Alexander Belirimciliğinde Mekan - Zaman ve Tanrı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051966359</t>
+          <t>9786051966649</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Stoa Etiğinden Seçme Metinler</t>
+          <t>Evcil İnsan</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051966380</t>
+          <t>9786051966724</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Hierokles'ten Kalanlar</t>
+          <t>Uluslararası İlişkilerde Demokrasi Promosyonu</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>115</v>
+        <v>280</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051966373</t>
+          <t>9786051966038</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Musonius Rufus'tan Kalanlar</t>
+          <t>Millet-i İsrailiye</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051966366</t>
+          <t>9786051966755</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Panaitios - Fragmanlar</t>
+          <t>İran Moğollarının Atası Hülegü Han</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051966328</t>
+          <t>9786051966656</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Dışa Bağımlılık</t>
+          <t>Tanrı Krallığı’ndan İnsan Krallığı’na</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051966243</t>
+          <t>9786051966618</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Osmanlı Tarihi Araştırmaları</t>
+          <t>Tasavvufun Zaferleri - Hakkın Zaferleri</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051966274</t>
+          <t>9786051966632</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıta Otuz Üç Ülke</t>
+          <t>Sinemada Temsil ve Gerçeklik</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051966298</t>
+          <t>9786051966687</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İktidar - Muhalefet İlişkileri</t>
+          <t>Tarih - İdeoloji - Kurmaca Bağlamında Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786051966281</t>
+          <t>9786051966557</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İlk Kim Değişti</t>
+          <t>Felsefi Müdahale</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051966229</t>
+          <t>9786051966588</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Edebi Babanın Peşinde</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786051966090</t>
+          <t>9786051966595</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler için Yas ve Travma Yaşantılarında Yardımcı Hikayeler</t>
+          <t>Manyas Kuş Cenneti Milli Parkı (Kültürel, Tarihi ve Politik Ekoloji)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051966212</t>
+          <t>9786051966571</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Spinoza: Düşüncenin Hızları</t>
+          <t>Türk Romanından Örneklerle Edebiyat ve Kıskançlık</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051966205</t>
+          <t>9786051966540</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 2</t>
+          <t>Hitit Kült Envanteri Kil Kitapları</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051966106</t>
+          <t>9786051966502</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Aşiret</t>
+          <t>Dijital Çağda İletişim, Kültür ve Medya 2</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051966182</t>
+          <t>9786051966519</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da Göçmen Olmak</t>
+          <t>Dijital Çağda İletişim, Kültür ve Medya 1</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786051966199</t>
+          <t>9786051966564</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Yeni Güç Mücadelesi</t>
+          <t>Kuramdan Uygulamaya Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051966076</t>
+          <t>9786051966410</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mesafe Döneminde Din</t>
+          <t>Siverek</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051966175</t>
+          <t>9786051966526</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Medyaları</t>
+          <t>Farabi Felsefesinde Adalet</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051966113</t>
+          <t>9786051966472</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kavala Kazası 1830-1845</t>
+          <t>Saltanat Hattı Bağdat Demiryolu</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051966045</t>
+          <t>9786051966489</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Abdulla Kahhar'ın Hikayeciliği</t>
+          <t>Fransızlara Nazaran Suriye ve Kilikya Muharebeleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051966168</t>
+          <t>9786051966533</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Geleceğe Erişilebilirlik</t>
+          <t>Bursa Emir Sultan Külliyesi 15. - 17. Yüzyıllar</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051966052</t>
+          <t>9786051966267</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Yine Orada</t>
+          <t>Özne 34. Kitap - Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>320</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051965697</t>
+          <t>9786051966441</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Felsefe</t>
+          <t>Islahat'tan 1. Meşrutiyet'e Erzurum</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786051966083</t>
+          <t>9786051966458</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Özkurgusal Evrenin Yazınsal Çözümlemesi</t>
+          <t>Toni Morrison'ın Romanlarında Psikolojik Zaman ve Bellek</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051966007</t>
+          <t>9786051966434</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda'nın Ulu Hükümdarı Toktamış Han</t>
+          <t>İbn Acurrum ve El-Acurrumiyye Literatürü</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051965994</t>
+          <t>9786051966335</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İbn Bacce Mantığı ve Farabi Bağlantıları</t>
+          <t>Yurt Dışındaki Türk Gençliği</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051965925</t>
+          <t>9786051966403</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Güvenlik Politikasında İngiltere</t>
+          <t>Kolektif Bilincin Dinsel Referansları</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051966014</t>
+          <t>9786051966359</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Milli Mücadele Döneminde Mardin</t>
+          <t>Erken Dönem Stoa Etiğinden Seçme Metinler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786051965963</t>
+          <t>9786051966380</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Risaletü't Teselsül</t>
+          <t>Hierokles'ten Kalanlar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786051965987</t>
+          <t>9786051966373</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Alman Edebiyatı</t>
+          <t>Musonius Rufus'tan Kalanlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786051965093</t>
+          <t>9786051966366</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kolonyalizm</t>
+          <t>Panaitios - Fragmanlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051965956</t>
+          <t>9786051966328</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Din Anlatımı</t>
+          <t>Enerjide Dışa Bağımlılık</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051965932</t>
+          <t>9786051966243</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Sinemanın Fenomenolojisi</t>
+          <t>Yakın Dönem Osmanlı Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>385</v>
+        <v>550</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051965895</t>
+          <t>9786051966274</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Haber Metinlerinde Alternatifi Aramak</t>
+          <t>Üç Kıta Otuz Üç Ülke</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051965918</t>
+          <t>9786051966298</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Hocazade Muallim Fikri Bey'in Urfa Kurtuluş Savaşı Hatıraları</t>
+          <t>İktidar - Muhalefet İlişkileri</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786051965949</t>
+          <t>9786051966281</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur Dönemi Bilginleri</t>
+          <t>İlk Kim Değişti</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051965857</t>
+          <t>9786051966229</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Zuhd and Patrimonialism</t>
+          <t>Edebi Babanın Peşinde</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051965888</t>
+          <t>9786051966090</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>İmgelem Çözümlemesine Giriş</t>
+          <t>Çocuklar ve Ergenler için Yas ve Travma Yaşantılarında Yardımcı Hikayeler</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051965901</t>
+          <t>9786051966212</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Pazara</t>
+          <t>Spinoza: Düşüncenin Hızları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>172</v>
+        <v>140</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051965833</t>
+          <t>9786051966205</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Fragmanları</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 2</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051965840</t>
+          <t>9786051966106</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Jean-Luc Nancy ve Tekil Çoğul Ontoloji</t>
+          <t>Aşiret</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051965871</t>
+          <t>9786051966182</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Politics of Ethnicity, Identity and Religion</t>
+          <t>Fransa'da Göçmen Olmak</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786051965734</t>
+          <t>9786051966199</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Diaspora Türkleri</t>
+          <t>Doğu Akdeniz'de Yeni Güç Mücadelesi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786051965864</t>
+          <t>9786051966076</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Tartışmaları</t>
+          <t>Sosyal Mesafe Döneminde Din</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786051965826</t>
+          <t>9786051966175</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Tarih-i Fergana 1560-1860</t>
+          <t>Edebiyatın Medyaları</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051965789</t>
+          <t>9786051966113</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze'ün Sanatçı-Filozofu</t>
+          <t>Kavala Kazası 1830-1845</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051965819</t>
+          <t>9786051966045</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Batı Edebiyatı</t>
+          <t>Abdulla Kahhar'ın Hikayeciliği</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786051965727</t>
+          <t>9786051966168</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Sosyal Kuram</t>
+          <t>Gelenekselden Geleceğe Erişilebilirlik</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786051965741</t>
+          <t>9786051966052</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dayanışmanın Antropolojisi</t>
+          <t>Yine Orada</t>
         </is>
       </c>
       <c r="C783" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051965758</t>
+          <t>9786051965697</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Nano ve Gen Teknolojileri</t>
+          <t>Tarih-i Felsefe</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786051965215</t>
+          <t>9786051966083</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Fedon</t>
+          <t>Özkurgusal Evrenin Yazınsal Çözümlemesi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786051965765</t>
+          <t>9786051966007</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Fal ve Kehanet</t>
+          <t>Altın Orda'nın Ulu Hükümdarı Toktamış Han</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>168</v>
+        <v>300</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786051962634</t>
+          <t>9786051965994</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Nitel İçerik Analizi</t>
+          <t>İbn Bacce Mantığı ve Farabi Bağlantıları</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786051960777</t>
+          <t>9786051965925</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Yabancı Dil Öğrenimi</t>
+          <t>Türk Dış Güvenlik Politikasında İngiltere</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786051961866</t>
+          <t>9786051966014</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Ne İçin Eğitim?</t>
+          <t>Birinci Dünya Savaşı ve Milli Mücadele Döneminde Mardin</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786051960159</t>
+          <t>9786051965963</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Erasmus'un İzinde</t>
+          <t>Risaletü't Teselsül</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786051962078</t>
+          <t>9786051965987</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Öğreneceğini Bilen Yeterince Biliyordur</t>
+          <t>Savaş Sonrası Alman Edebiyatı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786051963068</t>
+          <t>9786051965093</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Unterrichtsmaterialien Zum Sprechen</t>
+          <t>Dijital Kolonyalizm</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786051965710</t>
+          <t>9786051965956</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 Bakışıyla Üretim Yönetimi</t>
+          <t>Televizyonda Din Anlatımı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786051965703</t>
+          <t>9786051965932</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>19.Yüzyılda Çukurova'da Doğal Afetler ve Salgın Hastalıklar</t>
+          <t>Gerçekçi Sinemanın Fenomenolojisi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>500</v>
+        <v>385</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786051965642</t>
+          <t>9786051965895</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>İran'da Medya ve Siyaset (Dünü - Bugünü)</t>
+          <t>Haber Metinlerinde Alternatifi Aramak</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786051965673</t>
+          <t>9786051965918</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Büyüsü</t>
+          <t>Hocazade Muallim Fikri Bey'in Urfa Kurtuluş Savaşı Hatıraları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786051965680</t>
+          <t>9786051965949</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kadınhanı Atlantı - Bir Bozulus Türkmen Köyü</t>
+          <t>Emir Timur Dönemi Bilginleri</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786051965581</t>
+          <t>9786051965857</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Modern İslami Siyasal Düşüncede Devlet</t>
+          <t>Zuhd and Patrimonialism</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786051965635</t>
+          <t>9786051965888</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>İmgelem Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051965659</t>
+          <t>9786051965901</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Müslüman Edebiyatında İslam ve Batı</t>
+          <t>Tarladan Pazara</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>380</v>
+        <v>172</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786051965628</t>
+          <t>9786051965833</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mülteciler Meselesi 1849-1851</t>
+          <t>Kimlik Fragmanları</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786051965666</t>
+          <t>9786051965840</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sağlık İşletmelerinde Müşteri Memnuniyeti</t>
+          <t>Jean-Luc Nancy ve Tekil Çoğul Ontoloji</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786051965574</t>
+          <t>9786051965871</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Malatya Sancaktar Mezarlığı'ndaki Osmanlı Dönemi Mezar Taşları</t>
+          <t>Politics of Ethnicity, Identity and Religion</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>620</v>
+        <v>380</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786051965536</t>
+          <t>9786051965734</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Religious Education of Children in Mixed-Marriage Families</t>
+          <t>Diaspora Türkleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786051965550</t>
+          <t>9786051965864</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Değişim ve Modernleşme Yazıları 3</t>
+          <t>Amsterdam Tartışmaları</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786051964966</t>
+          <t>9786051965826</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yeni Felsefe Mecmuası (Ciltli)</t>
+          <t>Mükemmel Tarih-i Fergana 1560-1860</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>950</v>
+        <v>165</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786051965413</t>
+          <t>9786051965789</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Özne 33. Kitap - Bilim ve Toplum Çalışmaları</t>
+          <t>Gilles Deleuze'ün Sanatçı-Filozofu</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786051965529</t>
+          <t>9786051965819</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Öznesi</t>
+          <t>İslamofobi ve Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786051965420</t>
+          <t>9786051965727</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yalvaç</t>
+          <t>Siyasal ve Sosyal Kuram</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>480</v>
+        <v>285</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786051965345</t>
+          <t>9786051965741</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Ekonomide Genç Girişimciler</t>
+          <t>Toplumsal Dayanışmanın Antropolojisi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786051965352</t>
+          <t>9786051965758</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan, Kürdistan ve Pontus (İngiliz Belgeleri ve Amerikan Kayıtlarına Göre)</t>
+          <t>Nano ve Gen Teknolojileri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786051965369</t>
+          <t>9786051965215</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Avrupa (Şehirler ve İnsanlar)</t>
+          <t>Fedon</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051965406</t>
+          <t>9786051965765</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Etkileşim Bağlamında Dil ve Edebiyat - Prof. Dr. Neşe Onural'a Armağan</t>
+          <t>Hititlerde Fal ve Kehanet</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>168</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051961743</t>
+          <t>9786051962634</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilikten Posthümanist Eleştiriye Edebiyat Kuramları</t>
+          <t>Klasik ve Nitel İçerik Analizi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786051965338</t>
+          <t>9786051960777</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Şairane Barınmak (Klasik Şiirimizin Kökleri ve İzleri)</t>
+          <t>Farklı Yönleriyle Yabancı Dil Öğrenimi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786051965512</t>
+          <t>9786051961866</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Tarikat, Toplum ve Siyaset  (Baba İlyas'tan Elvan Çelebi'ye Bir Süfi Ailenin İzinde)</t>
+          <t>Ne İçin Eğitim?</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051965253</t>
+          <t>9786051960159</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitolojisi</t>
+          <t>Erasmus'un İzinde</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051965260</t>
+          <t>9786051962078</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Küresel Yönetişim Kapsamında Uluslararası Göç</t>
+          <t>Nasıl Öğreneceğini Bilen Yeterince Biliyordur</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051965246</t>
+          <t>9786051963068</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Çevrim İçi Sosyallik</t>
+          <t>Unterrichtsmaterialien Zum Sprechen</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051965307</t>
+          <t>9786051965710</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İdeolojiler ve Kamu Bürokrasisi</t>
+          <t>Endüstri 4.0 Bakışıyla Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786051965239</t>
+          <t>9786051965703</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İçimde Yokluk Var</t>
+          <t>19.Yüzyılda Çukurova'da Doğal Afetler ve Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786051965161</t>
+          <t>9786051965642</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Van</t>
+          <t>İran'da Medya ve Siyaset (Dünü - Bugünü)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786051965130</t>
+          <t>9786051965673</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuğa Yönelik Cinsel İstismar</t>
+          <t>Ormanın Büyüsü</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786051965277</t>
+          <t>9786051965680</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Literatürü</t>
+          <t>Kadınhanı Atlantı - Bir Bozulus Türkmen Köyü</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051965291</t>
+          <t>9786051965581</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Transformation Of Political Elite in Azerbaijan</t>
+          <t>Modern İslami Siyasal Düşüncede Devlet</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786051965222</t>
+          <t>9786051965635</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşama Pratiği</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051965178</t>
+          <t>9786051965659</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kuvvacı Tevfik Bilge Hoca</t>
+          <t>Göçmen Müslüman Edebiyatında İslam ve Batı</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786051965154</t>
+          <t>9786051965628</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yerel, Ulusal ve Küresel Boyutlarıyla Göç ve Mülteci Sorunu</t>
+          <t>Türkiye'de Mülteciler Meselesi 1849-1851</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786051965208</t>
+          <t>9786051965666</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Selçuk</t>
+          <t>Kamu ve Özel Sağlık İşletmelerinde Müşteri Memnuniyeti</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786051965147</t>
+          <t>9786051965574</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Urfa</t>
+          <t>Malatya Sancaktar Mezarlığı'ndaki Osmanlı Dönemi Mezar Taşları</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786051965185</t>
+          <t>9786051965536</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Filozof Uluğ Nutku</t>
+          <t>Religious Education of Children in Mixed-Marriage Families</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786051965123</t>
+          <t>9786051965550</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Alman Subayların Hatıralarında Çanakkale</t>
+          <t>Yönetim Değişim ve Modernleşme Yazıları 3</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051965079</t>
+          <t>9786051964966</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yeni İlm-i Kelam Tartışmaları</t>
+          <t>Yeni Felsefe Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>135</v>
+        <v>950</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051965116</t>
+          <t>9786051965413</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Sosyal Hizmetler</t>
+          <t>Özne 33. Kitap - Bilim ve Toplum Çalışmaları</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051965109</t>
+          <t>9786051965529</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İkinci Yarısında Osmanlı-Fas İlişkileri</t>
+          <t>Ölümün Öznesi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051965086</t>
+          <t>9786051965420</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Öteki Türkiye</t>
+          <t>Yalvaç</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051965000</t>
+          <t>9786051965345</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>John Desmond Bernal'in Bilim Felsefesi</t>
+          <t>Üretim ve Ekonomide Genç Girişimciler</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786051964935</t>
+          <t>9786051965352</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları</t>
+          <t>Ermenistan, Kürdistan ve Pontus (İngiliz Belgeleri ve Amerikan Kayıtlarına Göre)</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786051965024</t>
+          <t>9786051965369</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Kimlik</t>
+          <t>Modern Türk Şiirinde Avrupa (Şehirler ve İnsanlar)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786051965031</t>
+          <t>9786051965406</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Selenge'den Tuna'ya Türk Kültür Tarihine Dair Notlar</t>
+          <t>Kültürlerarası Etkileşim Bağlamında Dil ve Edebiyat - Prof. Dr. Neşe Onural'a Armağan</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786051965017</t>
+          <t>9786051961743</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Afet Sosyolojisi</t>
+          <t>Yeni Tarihselcilikten Posthümanist Eleştiriye Edebiyat Kuramları</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051964973</t>
+          <t>9786051965338</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Evlilik İlişkileri ve Aile Yapısı</t>
+          <t>Şairane Barınmak (Klasik Şiirimizin Kökleri ve İzleri)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786051964980</t>
+          <t>9786051965512</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğe Karşı Milliyetçilik</t>
+          <t>Tarikat, Toplum ve Siyaset  (Baba İlyas'tan Elvan Çelebi'ye Bir Süfi Ailenin İzinde)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786051964249</t>
+          <t>9786051965253</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Ergen ve Yetişkinlerde Duygusal Yapılaşmalar</t>
+          <t>Hint Mitolojisi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051964898</t>
+          <t>9786051965260</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Şırnak'ta Siyaset ve Seçmen Davranışları</t>
+          <t>Küresel Yönetişim Kapsamında Uluslararası Göç</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786051964904</t>
+          <t>9786051965246</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Hip Hop Kültürü</t>
+          <t>Özel Eğitim ve Çevrim İçi Sosyallik</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786051964911</t>
+          <t>9786051965307</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak ve Etik</t>
+          <t>Siyasal İdeolojiler ve Kamu Bürokrasisi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786051964836</t>
+          <t>9786051965239</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski Olmak</t>
+          <t>İçimde Yokluk Var</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786051964867</t>
+          <t>9786051965161</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Antik Felsefe</t>
+          <t>Van</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786051964874</t>
+          <t>9786051965130</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Konyalı Bir Osmanlı Sadrazamı Topal Osman Paşa</t>
+          <t>Türkiye'de Çocuğa Yönelik Cinsel İstismar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786051964829</t>
+          <t>9786051965277</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bulanık - Kop</t>
+          <t>Arap Dili Literatürü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786051964805</t>
+          <t>9786051965291</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler ve Örgütsel Bağlılık</t>
+          <t>Transformation Of Political Elite in Azerbaijan</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051964843</t>
+          <t>9786051965222</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Designing A Concept - Based Reading Curriculum For Language Learners</t>
+          <t>Birlikte Yaşama Pratiği</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786051964850</t>
+          <t>9786051965178</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Computer - Assisted Vocabulary Instruction</t>
+          <t>Kuvvacı Tevfik Bilge Hoca</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786051964812</t>
+          <t>9786051965154</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Ölçek Geliştirme Kılavuzu</t>
+          <t>Yerel, Ulusal ve Küresel Boyutlarıyla Göç ve Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051964355</t>
+          <t>9786051965208</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç, Göçebelik ve Kentte Tutunma Tarzları</t>
+          <t>Selçuk</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051964782</t>
+          <t>9786051965147</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Deha ile Sahte Bir Put Tartışmaları Arasında Abdülhak Hamid Tarhan</t>
+          <t>Milli Mücadele'de Urfa</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786051964768</t>
+          <t>9786051965185</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Üslup ve Stilistik İnceleme</t>
+          <t>Gezgin Filozof Uluğ Nutku</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786051964737</t>
+          <t>9786051965123</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Hayvan İmgesi</t>
+          <t>Alman Subayların Hatıralarında Çanakkale</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786051964744</t>
+          <t>9786051965079</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Platon'da Analoji</t>
+          <t>Yeni İlm-i Kelam Tartışmaları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786051964713</t>
+          <t>9786051965116</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Şerafettin Yaltkaya - Osmanlıdan Cumhuriyet'e Etnosentrik Bir Din Adamı</t>
+          <t>Yerel Yönetimler ve Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786051964720</t>
+          <t>9786051965109</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Stoa Fiziği</t>
+          <t>18. Yüzyılın İkinci Yarısında Osmanlı-Fas İlişkileri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786051964706</t>
+          <t>9786051965086</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Sinema Dijital Perde ve Ekran Deneyimleri</t>
+          <t>Öteki Türkiye</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786051964676</t>
+          <t>9786051965000</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Flanör ve Flanöz</t>
+          <t>John Desmond Bernal'in Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786051964645</t>
+          <t>9786051964935</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i İlmiyye</t>
+          <t>Batman Kent Araştırmaları</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786051964683</t>
+          <t>9786051965024</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Ahlakiyye</t>
+          <t>Ten ve Kimlik</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786051964669</t>
+          <t>9786051965031</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Vatandaşlık</t>
+          <t>Selenge'den Tuna'ya Türk Kültür Tarihine Dair Notlar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051964621</t>
+          <t>9786051965017</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Epistemolojik Bir Tartışma Pozitivist Olmak ya da Olmamak</t>
+          <t>Afet Sosyolojisi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786051964690</t>
+          <t>9786051964973</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri</t>
+          <t>Değişen Türkiye'de Evlilik İlişkileri ve Aile Yapısı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786051964652</t>
+          <t>9786051964980</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Varlık Düşüncesine Sistem Merkezli Algoritmik Bir Yol Önerisi</t>
+          <t>Milliyetçiliğe Karşı Milliyetçilik</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786051964584</t>
+          <t>9786051964249</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>1831 Tarihli Devrek Kazası Nüfus Defteri</t>
+          <t>Değişen Türkiye'de Ergen ve Yetişkinlerde Duygusal Yapılaşmalar</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786051964294</t>
+          <t>9786051964898</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Uyuşmazlığa Sadakat</t>
+          <t>Şırnak'ta Siyaset ve Seçmen Davranışları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>172</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786051964577</t>
+          <t>9786051964904</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferlerinde Av ve Avcı</t>
+          <t>Hip Hop Kültürü</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786051964614</t>
+          <t>9786051964911</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Paris'te 30.000 Budi</t>
+          <t>Eğitimde Ahlak ve Etik</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786051964560</t>
+          <t>9786051964836</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Özne 32. Kitap - Anarşizm</t>
+          <t>Tarkovski Olmak</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>740</v>
+        <v>265</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786051964522</t>
+          <t>9786051964867</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Tanrı-Evren İlişkisi ve Şehristani'nin Eleştirileri</t>
+          <t>Deleuze ve Antik Felsefe</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786051964492</t>
+          <t>9786051964874</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Hitit Duaları Kil Kitapları</t>
+          <t>Konyalı Bir Osmanlı Sadrazamı Topal Osman Paşa</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786051964515</t>
+          <t>9786051964829</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Moğollarda Din ve Siyaset</t>
+          <t>Bulanık - Kop</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786051964485</t>
+          <t>9786051964805</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Amerikan Yahudiliği</t>
+          <t>Kurum İçi Halkla İlişkiler ve Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786051964454</t>
+          <t>9786051964843</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Camileri Medreseleri ve Kütüphaneleri</t>
+          <t>Designing A Concept - Based Reading Curriculum For Language Learners</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786051964430</t>
+          <t>9786051964850</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde İyi Yönetim Anlayış ve İlkeleri</t>
+          <t>Computer - Assisted Vocabulary Instruction</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786051964447</t>
+          <t>9786051964812</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Bilinç Problemi</t>
+          <t>Sosyal Bilimlerde Ölçek Geliştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786051964416</t>
+          <t>9786051964355</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terkinin Karanlık Yüzü</t>
+          <t>Zorunlu Göç, Göçebelik ve Kentte Tutunma Tarzları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786051964423</t>
+          <t>9786051964782</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yaşlılara Yönelik Toplumsal Algılar ve Politikalardaki Değişim</t>
+          <t>Deha ile Sahte Bir Put Tartışmaları Arasında Abdülhak Hamid Tarhan</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>165</v>
+        <v>620</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786051963297</t>
+          <t>9786051964768</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Muş Sanayi Modeli</t>
+          <t>Üslup ve Stilistik İnceleme</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789944272124</t>
+          <t>9786051964737</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Paul Karl Feyerabend'in Bilim Felsefesi</t>
+          <t>Sinemada Hayvan İmgesi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786051964362</t>
+          <t>9786051964744</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Toplumsal Azınlıklar</t>
+          <t>Aristoteles ve Platon'da Analoji</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>168</v>
+        <v>180</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786051964386</t>
+          <t>9786051964713</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Nitel Çağı</t>
+          <t>Mehmet Şerafettin Yaltkaya - Osmanlıdan Cumhuriyet'e Etnosentrik Bir Din Adamı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786051961712</t>
+          <t>9786051964720</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kuzey İrlanda Şiirinde Politik Şiddetin Postmodern Anlatımı</t>
+          <t>Stoa Fiziği</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786051964287</t>
+          <t>9786051964706</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Statü Kaybetme Korkusu</t>
+          <t>Sinema Dijital Perde ve Ekran Deneyimleri</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786051964317</t>
+          <t>9786051964676</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi'nin Hayatı</t>
+          <t>Flanör ve Flanöz</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786051964379</t>
+          <t>9786051964645</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Okuma ve Yazma</t>
+          <t>Felsefe-i İlmiyye</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786051964331</t>
+          <t>9786051964683</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Mali ve Sosyal Yönleriyle Bütçe Üzerine Yazılar</t>
+          <t>Felsefe-i Ahlakiyye</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051964324</t>
+          <t>9786051964669</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyada Araştırma Yöntemlerine Giriş</t>
+          <t>Duygusal Zeka ve Vatandaşlık</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786051964348</t>
+          <t>9786051964621</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Farklılık Yönetimi ve Kurumsal İletişim</t>
+          <t>Epistemolojik Bir Tartışma Pozitivist Olmak ya da Olmamak</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786051961316</t>
+          <t>9786051964690</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal İletişim</t>
+          <t>Tarih Sohbetleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786051964300</t>
+          <t>9786051964652</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi</t>
+          <t>Varlık Düşüncesine Sistem Merkezli Algoritmik Bir Yol Önerisi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786051964256</t>
+          <t>9786051964584</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Petrol Göç ve Değişim</t>
+          <t>1831 Tarihli Devrek Kazası Nüfus Defteri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786051964263</t>
+          <t>9786051964294</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Halk Kültürü Araştırmaları</t>
+          <t>Uyuşmazlığa Sadakat</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>220</v>
+        <v>172</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786051964270</t>
+          <t>9786051964577</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Tez Seferberlik</t>
+          <t>Haçlı Seferlerinde Av ve Avcı</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051964232</t>
+          <t>9786051964614</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Twitter'da Maç Var</t>
+          <t>Paris'te 30.000 Budi</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051964201</t>
+          <t>9786051964560</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Kültürel Hayat</t>
+          <t>Özne 32. Kitap - Anarşizm</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>380</v>
+        <v>740</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051964058</t>
+          <t>9786051964522</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kava’idu’t-Tahavvülat fi Harekati’z-Zerrat</t>
+          <t>İbn Sina'da Tanrı-Evren İlişkisi ve Şehristani'nin Eleştirileri</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051964218</t>
+          <t>9786051964492</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Musiki</t>
+          <t>Hitit Duaları Kil Kitapları</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051961248</t>
+          <t>9786051964515</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Gerçek-Gerçeğe Giden Yol (3 Kitap Takım)</t>
+          <t>Moğollarda Din ve Siyaset</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>2700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786051964188</t>
+          <t>9786051964485</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Tehafüt'te Tekfir Tartışmaları</t>
+          <t>Ana Hatlarıyla Amerikan Yahudiliği</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786051964157</t>
+          <t>9786051964454</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Moda ve Metinlerarasılık</t>
+          <t>Erzurum Camileri Medreseleri ve Kütüphaneleri</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786051964195</t>
+          <t>9786051964430</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam'ın İmgeleri</t>
+          <t>Devlet Yönetiminde İyi Yönetim Anlayış ve İlkeleri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786051964164</t>
+          <t>9786051964447</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Betona Yenik Düşen Topraklar - Parsana</t>
+          <t>Yapay Zeka ve Bilinç Problemi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051964072</t>
+          <t>9786051964416</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Göstergelerarası Çeviride Yenidenyazma ve Yenidenyaratma Kavramları</t>
+          <t>Çocuk Terkinin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051964140</t>
+          <t>9786051964423</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Mutluluk</t>
+          <t>Türkiye'de Yaşlılara Yönelik Toplumsal Algılar ve Politikalardaki Değişim</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051964089</t>
+          <t>9786051963297</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Horasan Valileri</t>
+          <t>Muş Sanayi Modeli</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786051964126</t>
+          <t>9789944272124</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Cadılarıma Türküler</t>
+          <t>Paul Karl Feyerabend'in Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786051964133</t>
+          <t>9786051964362</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Mevleviliğin Sosyolojisi</t>
+          <t>Türkiyede Toplumsal Azınlıklar</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>420</v>
+        <v>168</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786051963815</t>
+          <t>9786051964386</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz Hakkında Tetebbu'at-ı Felsefiyye</t>
+          <t>Pazarlamanın Nitel Çağı</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786051964119</t>
+          <t>9786051961712</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Sinema</t>
+          <t>Kuzey İrlanda Şiirinde Politik Şiddetin Postmodern Anlatımı</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786051964096</t>
+          <t>9786051964287</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Horasan’da Hakimiyet Mücadelesi 821-1005</t>
+          <t>Statü Kaybetme Korkusu</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786051964102</t>
+          <t>9786051964317</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Helal Gıda ve Tüketici Davranışları</t>
+          <t>İslam Peygamberi'nin Hayatı</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786051964041</t>
+          <t>9786051964379</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Uzak Koku</t>
+          <t>Felsefi Okuma ve Yazma</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786051964065</t>
+          <t>9786051964331</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Kültürü Ekseninde Türk Romanında Mirasyedi Tipinin Gelişimi (1875 - 1928)</t>
+          <t>Mali ve Sosyal Yönleriyle Bütçe Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786051964003</t>
+          <t>9786051964324</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Sapma</t>
+          <t>Coğrafyada Araştırma Yöntemlerine Giriş</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786051963389</t>
+          <t>9786051964348</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Değer Eğitimi Modeli Adem</t>
+          <t>Farklılık Yönetimi ve Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786051961156</t>
+          <t>9786051961316</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası Işığında Stefan Zweig’ın Hayatı</t>
+          <t>Yazınsal İletişim</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786051964027</t>
+          <t>9786051964300</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Anadolu’da Tasavvufi Zümreler</t>
+          <t>Çocukluk Sosyolojisi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051964034</t>
+          <t>9786051964256</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Giriş 2</t>
+          <t>Petrol Göç ve Değişim</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051963280</t>
+          <t>9786051964263</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Mülahhas İlm-i Tevhid</t>
+          <t>Halk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786051963730</t>
+          <t>9786051964270</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sistem Bağlamında Din Eğitimi</t>
+          <t>Tez Seferberlik</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786051963822</t>
+          <t>9786051964232</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Lüzumu</t>
+          <t>Twitter'da Maç Var</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786051963914</t>
+          <t>9786051964201</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Konya'da Kültürel Hayat</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786051963853</t>
+          <t>9786051964058</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Girişimcilik</t>
+          <t>Kava’idu’t-Tahavvülat fi Harekati’z-Zerrat</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786051963792</t>
+          <t>9786051964218</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Temel Afet Bilinci</t>
+          <t>Felsefe-i Musiki</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786051963839</t>
+          <t>9786051961248</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Kalemle Resmedilen Alevilik</t>
+          <t>Gerçek-Gerçeğe Giden Yol (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>380</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786051963907</t>
+          <t>9786051964188</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıların Coğrafya Kitaplarında Kürtler ve Kürdistan</t>
+          <t>Tehafüt'te Tekfir Tartışmaları</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786051963846</t>
+          <t>9786051964157</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Harf İnkılabı ve Açıksöz Gazetesi</t>
+          <t>Moda ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786051963778</t>
+          <t>9786051964195</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramları</t>
+          <t>Yeşilçam'ın İmgeleri</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786051963785</t>
+          <t>9786051964164</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Kıbrıs ve AB Çıkmazı</t>
+          <t>Betona Yenik Düşen Topraklar - Parsana</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786051963891</t>
+          <t>9786051964072</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Dönem</t>
+          <t>Göstergelerarası Çeviride Yenidenyazma ve Yenidenyaratma Kavramları</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786051963877</t>
+          <t>9786051964140</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Roma’dan Doğu Roma’ya Değişim ve Dönüşüm</t>
+          <t>İslam Felsefesinde Mutluluk</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786051963372</t>
+          <t>9786051964089</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Alman İmparatorluğu ve Türkistan 1910-1920</t>
+          <t>İlk Dönem Horasan Valileri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786051963723</t>
+          <t>9786051964126</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Dionizyak Coşkunun İhtişam ve Sefaleti</t>
+          <t>Cadılarıma Türküler</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786051963754</t>
+          <t>9786051964133</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Yazıları</t>
+          <t>Mevleviliğin Sosyolojisi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786051963716</t>
+          <t>9786051963815</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>David Hare'in Oyunlarında Post-Truth Söylem</t>
+          <t>Gülşen-i Raz Hakkında Tetebbu'at-ı Felsefiyye</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786051963747</t>
+          <t>9786051964119</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Nesil Savaş</t>
+          <t>Toplumsal Bellek ve Sinema</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786051963693</t>
+          <t>9786051964096</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Hayat</t>
+          <t>Horasan’da Hakimiyet Mücadelesi 821-1005</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786051963709</t>
+          <t>9786051964102</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Nedir? ve Kime Gülüyoruz?</t>
+          <t>Helal Gıda ve Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786051963303</t>
+          <t>9786051964041</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Efkar</t>
+          <t>Uzak Koku</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786051963686</t>
+          <t>9786051964065</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Doç. Dr. Samira Kortantamer Armağanı</t>
+          <t>Tüketim Kültürü Ekseninde Türk Romanında Mirasyedi Tipinin Gelişimi (1875 - 1928)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786051963679</t>
+          <t>9786051964003</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Değişim ve Modernleşme Yazıları 2</t>
+          <t>İktidar ve Sapma</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786051963655</t>
+          <t>9786051963389</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Sosyal Kimlik</t>
+          <t>Ahilik ve Değer Eğitimi Modeli Adem</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786051963662</t>
+          <t>9786051961156</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kaos Rant Savaş</t>
+          <t>Dünün Dünyası Işığında Stefan Zweig’ın Hayatı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786051963631</t>
+          <t>9786051964027</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yıllarında Zeytinciliğin Serüveni</t>
+          <t>Selçuklular Zamanında Anadolu’da Tasavvufi Zümreler</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786051963594</t>
+          <t>9786051964034</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinin Günümüz Yönelimleri</t>
+          <t>Uluslararası Hukuka Giriş 2</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786051963617</t>
+          <t>9786051963280</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Şiirinde Mito Poetik İsyan</t>
+          <t>Mülahhas İlm-i Tevhid</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786051963556</t>
+          <t>9786051963730</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Özne 31. Kitap - Nietzsche</t>
+          <t>Sistem Bağlamında Din Eğitimi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>920</v>
+        <v>350</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786051963587</t>
+          <t>9786051963822</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Hitit Tarihi ve İdari Kil Kitaplar</t>
+          <t>Tarihin Lüzumu</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786051961392</t>
+          <t>9786051963914</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitimci Olarak Nasreddin Hoca</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>600</v>
+        <v>520</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786051963525</t>
+          <t>9786051963853</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Siyaset</t>
+          <t>Kuram ve Uygulamada Girişimcilik</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786051963549</t>
+          <t>9786051963792</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Asur ile Urartu Arasında Tampon Bir Bölge Subria Ülkesi</t>
+          <t>Temel Afet Bilinci</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786051963501</t>
+          <t>9786051963839</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İdari ve Mali Yönleriyle Yerel Yönetimler</t>
+          <t>Kalemle Resmedilen Alevilik</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786051963532</t>
+          <t>9786051963907</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sürecinde Sosyal Destek</t>
+          <t>Osmanlıların Coğrafya Kitaplarında Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786051963358</t>
+          <t>9786051963846</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Uluslararasılaşma ve Kültürlerarası İletişim</t>
+          <t>Harf İnkılabı ve Açıksöz Gazetesi</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786051963495</t>
+          <t>9786051963778</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bireysel Emeklilik Sistemi</t>
+          <t>Edebiyat Kuramları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786051963471</t>
+          <t>9786051963785</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumuna Farklı Bakışlar</t>
+          <t>Türk Dış Politikasında Kıbrıs ve AB Çıkmazı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786051963365</t>
+          <t>9786051963891</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ahlakı</t>
+          <t>Pazarlamada Yeni Dönem</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786051963341</t>
+          <t>9786051963877</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ötesine Bakmak / Yazarın Sineması</t>
+          <t>Roma’dan Doğu Roma’ya Değişim ve Dönüşüm</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9771309155111</t>
+          <t>9786051963372</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Etütleri Cilt: 11 Sayı 1 Haziran 2019</t>
+          <t>Alman İmparatorluğu ve Türkistan 1910-1920</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786051963211</t>
+          <t>9786051963723</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Roman İncelemesi</t>
+          <t>Dionizyak Coşkunun İhtişam ve Sefaleti</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786051963327</t>
+          <t>9786051963754</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve John Locke'un Ahlak Felsefeleri</t>
+          <t>Çeviribilim Yazıları</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789944272117</t>
+          <t>9786051963716</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Trabzon Tarihi</t>
+          <t>David Hare'in Oyunlarında Post-Truth Söylem</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789944272100</t>
+          <t>9786051963747</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumunu Yeniden Düşünmek</t>
+          <t>Dördüncü Nesil Savaş</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786051963198</t>
+          <t>9786051963693</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devlet Adamı Hace-i Cihan Geçmişten Günümüze Hocacihan Yöresi</t>
+          <t>Felsefe-i Hayat</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789944272131</t>
+          <t>9786051963709</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji İktidar Medya Söylem</t>
+          <t>Gülmek Nedir? ve Kime Gülüyoruz?</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786051963310</t>
+          <t>9786051963303</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Tabakalaşma ve Spor</t>
+          <t>Tarih-i Efkar</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789944272148</t>
+          <t>9786051963686</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek Hoşumuza Sevgiyi Sunmak Zorumuza Gidiyor</t>
+          <t>Doç. Dr. Samira Kortantamer Armağanı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786051963334</t>
+          <t>9786051963679</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi</t>
+          <t>Yönetim Değişim ve Modernleşme Yazıları 2</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786051963242</t>
+          <t>9786051963655</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Mekanikleşen Hayatta İnsan ve Özgürlük Sorunu</t>
+          <t>Gençlik ve Sosyal Kimlik</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786051963099</t>
+          <t>9786051963662</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatın Toplumsal İnşası</t>
+          <t>Küresel Kaos Rant Savaş</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786051963204</t>
+          <t>9786051963631</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Adalet Kuramında Güncel Tartışmalar</t>
+          <t>Cumhuriyet'in İlk Yıllarında Zeytinciliğin Serüveni</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786051963181</t>
+          <t>9786051963594</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Kur'an</t>
+          <t>Türk Sosyolojisinin Günümüz Yönelimleri</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786051963228</t>
+          <t>9786051963617</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Felsefesi</t>
+          <t>Modern Arap Şiirinde Mito Poetik İsyan</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786051963075</t>
+          <t>9786051963556</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Haberleşme</t>
+          <t>Özne 31. Kitap - Nietzsche</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>168</v>
+        <v>920</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786051963143</t>
+          <t>9786051963587</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Afganistan'da Hakimiyet Mücadelesi</t>
+          <t>Hitit Tarihi ve İdari Kil Kitaplar</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786051963105</t>
+          <t>9786051961392</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Online İtibar Yönetimi - Destinasyon Deneyimi ve Değerlendirmeleri</t>
+          <t>Bir Eğitimci Olarak Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786051963129</t>
+          <t>9786051963525</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Toplumunda Ölüm Techiz ve Defin</t>
+          <t>Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786051963082</t>
+          <t>9786051963549</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi ve İletişim</t>
+          <t>Asur ile Urartu Arasında Tampon Bir Bölge Subria Ülkesi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786051963112</t>
+          <t>9786051963501</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kaçıklığın Anatomisi</t>
+          <t>Siyasi İdari ve Mali Yönleriyle Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786051963051</t>
+          <t>9786051963532</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Bauman ve Postmodernite</t>
+          <t>Boşanma Sürecinde Sosyal Destek</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051963044</t>
+          <t>9786051963358</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>16 ve 17. Yüzyıl Osmanlı Şair Tezkirelerinde Anekdot-Zihniyet İlişkisi</t>
+          <t>Yükseköğretimde Uluslararasılaşma ve Kültürlerarası İletişim</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051963037</t>
+          <t>9786051963495</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Şamanizmden Kızılbaşlığa</t>
+          <t>Türkiye'de Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051962498</t>
+          <t>9786051963471</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Ah Mine'l-Mevt</t>
+          <t>Aile Kurumuna Farklı Bakışlar</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>680</v>
+        <v>380</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786051963020</t>
+          <t>9786051963365</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Basınında Kürtler</t>
+          <t>Yönetim Ahlakı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051963006</t>
+          <t>9786051963341</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Doğal Olanın Yitimi ve İnsanın Düşüşü Hakkında Felsefi Bir İnceleme</t>
+          <t>Perdenin Ötesine Bakmak / Yazarın Sineması</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051962993</t>
+          <t>9771309155111</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim</t>
+          <t>Ortadoğu Etütleri Cilt: 11 Sayı 1 Haziran 2019</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051962986</t>
+          <t>9786051963211</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Özne 30. Kitap - Uygarlık Medeniyet Tasavvurları</t>
+          <t>Roman İncelemesi</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786051962696</t>
+          <t>9786051963327</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Tarihöncesi Toplumlarda İnsan-Hayvan İlişkisi ve Orta Anadolu Çanak Çömleksiz Neolitik Dönem Faunası</t>
+          <t>Farabi ve John Locke'un Ahlak Felsefeleri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786051962962</t>
+          <t>9789944272117</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Edebiyatın Kuramsal Seyri</t>
+          <t>Sorularla Trabzon Tarihi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786051962948</t>
+          <t>9789944272100</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kesiminin Büyüklüğü ve Performansının Analizi</t>
+          <t>Aile Kurumunu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786051962979</t>
+          <t>9786051963198</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Theodor W. Adorno'da Kültürün Metalaşması</t>
+          <t>Türkiye Selçuklu Devlet Adamı Hace-i Cihan Geçmişten Günümüze Hocacihan Yöresi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786051962184</t>
+          <t>9789944272131</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplumdan Siyasi Partilere Alevi Kurumsallaşması</t>
+          <t>İdeoloji İktidar Medya Söylem</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786051962627</t>
+          <t>9786051963310</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Beynin Öğrenme Gücü</t>
+          <t>Sosyal Tabakalaşma ve Spor</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786051962528</t>
+          <t>9789944272148</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Beden Sağlığının Korunması</t>
+          <t>Sevilmek Hoşumuza Sevgiyi Sunmak Zorumuza Gidiyor</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786051962801</t>
+          <t>9786051963334</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Osmanlı Tarihi Öğretimi</t>
+          <t>İslam Tıp Tarihi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786051962917</t>
+          <t>9786051963242</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İtalyan Edebiyatı</t>
+          <t>Mekanikleşen Hayatta İnsan ve Özgürlük Sorunu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786051962726</t>
+          <t>9786051963099</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Evhadü'd-Din Hamid El-Kirmani ve Evhadiyye Hareketi</t>
+          <t>Çağdaş Sanatın Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051962771</t>
+          <t>9786051963204</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Millet Sistemi mi?</t>
+          <t>Sosyal Adalet Kuramında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051962764</t>
+          <t>9786051963181</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ermeni Patrikliği</t>
+          <t>Tarih-i Kur'an</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786051962894</t>
+          <t>9786051963228</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Sıyamı Divanı</t>
+          <t>İnsan Hakları Felsefesi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051962702</t>
+          <t>9786051963075</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Afro-Türkler</t>
+          <t>Hititlerde Haberleşme</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>190</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051962863</t>
+          <t>9786051963143</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Gelenek ve Eğlence - Deve Güreşleri</t>
+          <t>Afganistan'da Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051962856</t>
+          <t>9786051963105</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Yahud İlm-i Ruh</t>
+          <t>Online İtibar Yönetimi - Destinasyon Deneyimi ve Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051962870</t>
+          <t>9786051963129</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İktisat</t>
+          <t>İlk Dönem İslam Toplumunda Ölüm Techiz ve Defin</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786051962719</t>
+          <t>9786051963082</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kolombiya-Farc Barış Süreci</t>
+          <t>Bilgi Sosyolojisi ve İletişim</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051962887</t>
+          <t>9786051963112</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağı Sektörünün Ekonomik Analizi</t>
+          <t>Kaçıklığın Anatomisi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051962740</t>
+          <t>9786051963051</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Çocuk ve İletişim</t>
+          <t>Bauman ve Postmodernite</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051962849</t>
+          <t>9786051963044</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapıda Öncü Çalışmalar</t>
+          <t>16 ve 17. Yüzyıl Osmanlı Şair Tezkirelerinde Anekdot-Zihniyet İlişkisi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786051962757</t>
+          <t>9786051963037</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Postkolonyal Feminizm ve Toplumsal Cinsiyet</t>
+          <t>Şamanizmden Kızılbaşlığa</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786051962832</t>
+          <t>9786051962498</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Sulama Politikalarının Ekonomiye Etkileri</t>
+          <t>Ah Mine'l-Mevt</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786051962795</t>
+          <t>9786051963020</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Dünya Haritası ve Coğrafya Risalesi</t>
+          <t>Osmanlı Basınında Kürtler</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051962818</t>
+          <t>9786051963006</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Arzu Üretimi</t>
+          <t>Doğal Olanın Yitimi ve İnsanın Düşüşü Hakkında Felsefi Bir İnceleme</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051962733</t>
+          <t>9786051962993</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Medyada Çocuk ve İletişim</t>
+          <t>Toplumdilbilim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051962580</t>
+          <t>9786051962986</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültürel Dokusuyla Koğak</t>
+          <t>Özne 30. Kitap - Uygarlık Medeniyet Tasavvurları</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051962689</t>
+          <t>9786051962696</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Tarihöncesi Toplumlarda İnsan-Hayvan İlişkisi ve Orta Anadolu Çanak Çömleksiz Neolitik Dönem Faunası</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051962665</t>
+          <t>9786051962962</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Coetzee Romanı - Kadın İtirafcılar</t>
+          <t>Çağdaş Edebiyatın Kuramsal Seyri</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051962672</t>
+          <t>9786051962948</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'de Metafizik Fark</t>
+          <t>Kamu Kesiminin Büyüklüğü ve Performansının Analizi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051962641</t>
+          <t>9786051962979</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük ve Toplumsal Güvenlik</t>
+          <t>Theodor W. Adorno'da Kültürün Metalaşması</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051962658</t>
+          <t>9786051962184</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
+          <t>Sivil Toplumdan Siyasi Partilere Alevi Kurumsallaşması</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051962603</t>
+          <t>9786051962627</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmud'un Din Politikası</t>
+          <t>Beynin Öğrenme Gücü</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051962610</t>
+          <t>9786051962528</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Basından Medyaya Değişim Dönüşüm ve Modernleşme</t>
+          <t>Beden Sağlığının Korunması</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051962597</t>
+          <t>9786051962801</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Seramiğin Kimyası</t>
+          <t>Hikayelerle Osmanlı Tarihi Öğretimi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051961842</t>
+          <t>9786051962917</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Uluslararası Öğrenci Olmak</t>
+          <t>Ortaçağ İtalyan Edebiyatı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051961989</t>
+          <t>9786051962726</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Mekk'de Bir Osmanlı Kadısı Pirizade</t>
+          <t>Şeyh Evhadü'd-Din Hamid El-Kirmani ve Evhadiyye Hareketi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051962573</t>
+          <t>9786051962771</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı İcat Etmek</t>
+          <t>Millet Sistemi mi?</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051962542</t>
+          <t>9786051962764</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Konak Yahut Şeyh Şamil'in Kafkasya Muharebelerinden Bir Garip Hikaye</t>
+          <t>İstanbul Ermeni Patrikliği</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051962535</t>
+          <t>9786051962894</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Menteşe'deki Muğla</t>
+          <t>Sıyamı Divanı</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051962566</t>
+          <t>9786051962702</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Gemibaş Figürleri</t>
+          <t>Afro-Türkler</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>620</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051962481</t>
+          <t>9786051962863</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Ceditçileri</t>
+          <t>Kültür, Gelenek ve Eğlence - Deve Güreşleri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051960821</t>
+          <t>9786051962856</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisi Nereye?</t>
+          <t>Psikoloji Yahud İlm-i Ruh</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051962320</t>
+          <t>9786051962870</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l Ala El- Ma'arri Şi'rlerinden Hulasalar Risaletu'l Gufran (İlahi Komedya)</t>
+          <t>Kadın ve İktisat</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051962511</t>
+          <t>9786051962719</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Felek'in Felsefesi</t>
+          <t>Kolombiya-Farc Barış Süreci</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051962474</t>
+          <t>9786051962887</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Başkentleri</t>
+          <t>Zeytinyağı Sektörünün Ekonomik Analizi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051962504</t>
+          <t>9786051962740</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Anız Yolunda</t>
+          <t>Yeni Medyada Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786051962412</t>
+          <t>9786051962849</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Söze Dil</t>
+          <t>Toplumsal Yapıda Öncü Çalışmalar</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051962405</t>
+          <t>9786051962757</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Turgay Nar Tiyatrosu</t>
+          <t>Feminizm Postkolonyal Feminizm ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051962375</t>
+          <t>9786051962832</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Romanı'nda Antimimesis</t>
+          <t>Tarımsal Sulama Politikalarının Ekonomiye Etkileri</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051962214</t>
+          <t>9786051962795</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yaratılışla Başlardı</t>
+          <t>Dünya Haritası ve Coğrafya Risalesi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051962238</t>
+          <t>9786051962818</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yörük Kültürü ve Zanaatları</t>
+          <t>Arzu Üretimi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051962337</t>
+          <t>9786051962733</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütler - Küresel İlişkiler Çağında</t>
+          <t>Geleneksel Medyada Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>680</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051962313</t>
+          <t>9786051962580</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Senayi'nin Manzum Süleymaniyye'si</t>
+          <t>Tarihi ve Kültürel Dokusuyla Koğak</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051962221</t>
+          <t>9786051962689</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Uzunyayla Çerkesleri</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051962207</t>
+          <t>9786051962665</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kırım - Kırım Kırım Kırılan</t>
+          <t>Coetzee Romanı - Kadın İtirafcılar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051962115</t>
+          <t>9786051962672</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültür Varlıklarıyla Aydın Güzelhisarı</t>
+          <t>Martin Heidegger'de Metafizik Fark</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051962153</t>
+          <t>9786051962641</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Zeki Oğuz'la Baş Başa</t>
+          <t>Çokkültürlülük ve Toplumsal Güvenlik</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786051962146</t>
+          <t>9786051962658</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Giritli Göçmenler</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>168</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786051962092</t>
+          <t>9786051962603</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik, Arzu ve Göçebelik Üzerine</t>
+          <t>Gazneli Mahmud'un Din Politikası</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051962139</t>
+          <t>9786051962610</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Arasında Ahlak</t>
+          <t>Türkiye'de Basından Medyaya Değişim Dönüşüm ve Modernleşme</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051962108</t>
+          <t>9786051962597</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Joy Harjo - Şiirinde Kültürel Nostalji</t>
+          <t>Seramiğin Kimyası</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051962061</t>
+          <t>9786051961842</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönem Hindistan Tarihi ve Kültürü</t>
+          <t>Türkiye'de Uluslararası Öğrenci Olmak</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051962030</t>
+          <t>9786051961989</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Romanya Müslümanları</t>
+          <t>Mekk'de Bir Osmanlı Kadısı Pirizade</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786051961798</t>
+          <t>9786051962573</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler Piyasası İle Forex Piyasası İşlemleri ve Uygulanacak Vergi Politikaları</t>
+          <t>Tanrı'yı İcat Etmek</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786051961965</t>
+          <t>9786051962542</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Konya'nın Gülleri</t>
+          <t>Konak Yahut Şeyh Şamil'in Kafkasya Muharebelerinden Bir Garip Hikaye</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786051961811</t>
+          <t>9786051962535</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Az Gezdim Çok Gördüm</t>
+          <t>Menteşe'deki Muğla</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786051961910</t>
+          <t>9786051962566</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Maksud-ı Nasihat</t>
+          <t>Gemibaş Figürleri</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>540</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786051961972</t>
+          <t>9786051962481</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Batılı Aydın, Doğulu Alim</t>
+          <t>Türkistan Ceditçileri</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786051961958</t>
+          <t>9786051960821</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yayınları ve Dışa Açılım</t>
+          <t>Dünya Ekonomisi Nereye?</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786051961941</t>
+          <t>9786051962320</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Dilin Satır Arası</t>
+          <t>Ebu'l Ala El- Ma'arri Şi'rlerinden Hulasalar Risaletu'l Gufran (İlahi Komedya)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051961934</t>
+          <t>9786051962511</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>İkna Teknolojileri</t>
+          <t>Felek'in Felsefesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786059427494</t>
+          <t>9786051962474</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Hitit At Eğitimi Kil Kitabı</t>
+          <t>Türkiye Selçuklu Başkentleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786051961835</t>
+          <t>9786051962504</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Anız Yolunda</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786051961804</t>
+          <t>9786051962412</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Ötekilik</t>
+          <t>Düşünceden Söze Dil</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786051961750</t>
+          <t>9786051962405</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>İletişim Yazıları</t>
+          <t>Turgay Nar Tiyatrosu</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786051960623</t>
+          <t>9786051962375</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Berdyaev'de Din, Felsefe, Özgürlük</t>
+          <t>İngiliz Romanı'nda Antimimesis</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786051961736</t>
+          <t>9786051962214</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gelimi</t>
+          <t>Tarih Yaratılışla Başlardı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786051961354</t>
+          <t>9786051962238</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası 2</t>
+          <t>Yörük Kültürü ve Zanaatları</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786051961767</t>
+          <t>9786051962337</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Felsefeye Giriş</t>
+          <t>Uluslararası Örgütler - Küresel İlişkiler Çağında</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>520</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786051961774</t>
+          <t>9786051962313</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Önermeler Mantığı ve Aristoteles Temelleri</t>
+          <t>Senayi'nin Manzum Süleymaniyye'si</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786051961781</t>
+          <t>9786051962221</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetim Bilişim Sistemleri</t>
+          <t>Uzunyayla Çerkesleri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051961194</t>
+          <t>9786051962207</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Sisin Ötesinde Bir Ben Var</t>
+          <t>Kırım - Kırım Kırım Kırılan</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786051961637</t>
+          <t>9786051962115</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nı Değiştirme Çabaları ve Milli Şair'de Dirilmek</t>
+          <t>Tarihi ve Kültür Varlıklarıyla Aydın Güzelhisarı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786051961644</t>
+          <t>9786051962153</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Retoriğin İkna Gücü</t>
+          <t>Zeki Oğuz'la Baş Başa</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786051961705</t>
+          <t>9786051962146</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Süreç Felsefesinde Ahlak</t>
+          <t>Giritli Göçmenler</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789758867752</t>
+          <t>9786051962092</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Descartes ve Kartezyenler</t>
+          <t>Gerçeklik, Arzu ve Göçebelik Üzerine</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786051960579</t>
+          <t>9786051962139</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Süreçler ve Seçim Kampanyaları</t>
+          <t>Doğu Batı Arasında Ahlak</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786051961682</t>
+          <t>9786051962108</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültüründe Mumyalama</t>
+          <t>Joy Harjo - Şiirinde Kültürel Nostalji</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786051961699</t>
+          <t>9786051962061</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Yaklaşımla İnanç-Eylem Tutarlılığı</t>
+          <t>Antik Dönem Hindistan Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786051961576</t>
+          <t>9786051962030</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Metinlerarasılık</t>
+          <t>Romanya Müslümanları</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786051961675</t>
+          <t>9786051961798</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Çat'tan Çağlayan'a</t>
+          <t>Türev Ürünler Piyasası İle Forex Piyasası İşlemleri ve Uygulanacak Vergi Politikaları</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786051961590</t>
+          <t>9786051961965</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Kitablar</t>
+          <t>Konya'nın Gülleri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786051961651</t>
+          <t>9786051961811</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Özne 28. Kitap - 200. Doğum Yılında Marx</t>
+          <t>Az Gezdim Çok Gördüm</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786051961620</t>
+          <t>9786051961910</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Emil Michel Cioran: Bir Alacakaranlık Düşünürü</t>
+          <t>Maksud-ı Nasihat</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786051960517</t>
+          <t>9786051961972</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Arketipal Topografyaların Sinematografik Düzlemde İncelenmesi</t>
+          <t>Batılı Aydın, Doğulu Alim</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>500</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786051961460</t>
+          <t>9786051961958</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Hırvatistan Devleti'nin Kuruluşu ve Türkiye ile Münasebetleri</t>
+          <t>Çocuk Yayınları ve Dışa Açılım</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786051961613</t>
+          <t>9786051961941</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Şölen</t>
+          <t>Siyasal Dilin Satır Arası</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786051961347</t>
+          <t>9786051961934</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Öteki Konya</t>
+          <t>İkna Teknolojileri</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786051961514</t>
+          <t>9786059427494</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Metin ve Anlam Üzerine Düşünceler</t>
+          <t>Hitit At Eğitimi Kil Kitabı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786051961422</t>
+          <t>9786051961835</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Alaş'ın Azaplı Yolu</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786051961507</t>
+          <t>9786051961804</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Beklentilerimiz</t>
+          <t>Doğu, Batı ve Ötekilik</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786051961477</t>
+          <t>9786051961750</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Toplum Yapısı ve Radikal Sorunlarımız</t>
+          <t>İletişim Yazıları</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786051961521</t>
+          <t>9786051960623</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Taşra: Kentin Ötekisi</t>
+          <t>Berdyaev'de Din, Felsefe, Özgürlük</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051961149</t>
+          <t>9786051961736</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı İnkar Mümkün Müdür? -  Yahud Huzur-ı Fende Mesalik-i Küfür (Çevriyazı ve Sadeleştirme)</t>
+          <t>Sözün Gelimi</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786051961330</t>
+          <t>9786051961354</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Güncel ve Eleştirisel Bir Bakış Açısıyla İktisadi Düşünce Tarihi</t>
+          <t>Sorularla İktisat Politikası 2</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051961484</t>
+          <t>9786051961767</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Erzurum Tarihi</t>
+          <t>Metinlerle Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786051960715</t>
+          <t>9786051961774</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Çarşı Pazar</t>
+          <t>İbn Rüşd'ün Önermeler Mantığı ve Aristoteles Temelleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786059427111</t>
+          <t>9786051961781</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Kamp Kimlik ve Biyosiyaset</t>
+          <t>Sağlık Yönetim Bilişim Sistemleri</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786051961408</t>
+          <t>9786051961194</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Doris Lessing - Marksizmden Sufizme Bir Yaşam Felsefesi</t>
+          <t>Sisin Ötesinde Bir Ben Var</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786051961446</t>
+          <t>9786051961637</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>1877-1878 Osmanlı - Rus Harbinde Yıldız'ın Hataları</t>
+          <t>İstiklal Marşı'nı Değiştirme Çabaları ve Milli Şair'de Dirilmek</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786051961385</t>
+          <t>9786051961644</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Retoriğin İkna Gücü</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786051961439</t>
+          <t>9786051961705</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yıllarında Gaziantep Vilayeti'nin Sıhhi ve İctimai Coğrafyası</t>
+          <t>Süreç Felsefesinde Ahlak</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786051961453</t>
+          <t>9789758867752</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Nereye Gidiyor?</t>
+          <t>Descartes ve Kartezyenler</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786051961323</t>
+          <t>9786051960579</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Fil Olayı'nın Mahiyeti ve Fil Suresi</t>
+          <t>Siyasal Süreçler ve Seçim Kampanyaları</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786051961293</t>
+          <t>9786051961682</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi'nde İhmal Faciaları</t>
+          <t>Anadolu Türk Kültüründe Mumyalama</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786051961279</t>
+          <t>9786051961699</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Takkeli Dağ</t>
+          <t>Disiplinlerarası Bir Yaklaşımla İnanç-Eylem Tutarlılığı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786051961286</t>
+          <t>9786051961576</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>İstibşar</t>
+          <t>Sinema ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786051961170</t>
+          <t>9786051961675</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Arenasında Bir Sosyal Bilimci</t>
+          <t>Çat'tan Çağlayan'a</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786051961262</t>
+          <t>9786051961590</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşüncede Faiz</t>
+          <t>Hayat ve Kitablar</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786051961163</t>
+          <t>9786051961651</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Vali İngiliz Sait Paşa'nın Konya Günleri</t>
+          <t>Özne 28. Kitap - 200. Doğum Yılında Marx</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786051961224</t>
+          <t>9786051961620</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batan Güneş Osmanlı</t>
+          <t>Emil Michel Cioran: Bir Alacakaranlık Düşünürü</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786051961255</t>
+          <t>9786051960517</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devlet Adamları</t>
+          <t>Arketipal Topografyaların Sinematografik Düzlemde İncelenmesi</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786051961118</t>
+          <t>9786051961460</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>İslam Mütefekkirleri ile Garp Mütefekkirleri Arasında Mukayese</t>
+          <t>Hırvatistan Devleti'nin Kuruluşu ve Türkiye ile Münasebetleri</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786051961088</t>
+          <t>9786051961613</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş</t>
+          <t>Edebiyat ve Şölen</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051961217</t>
+          <t>9786051961347</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Bir Motif Olarak İğrenilen Kimlikler</t>
+          <t>Öteki Konya</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786051961132</t>
+          <t>9786051961514</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Kır Sosyolojisi</t>
+          <t>Metin ve Anlam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786051961101</t>
+          <t>9786051961422</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Hitit Yasaları</t>
+          <t>Alaş'ın Azaplı Yolu</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786051960838</t>
+          <t>9786051961507</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomik Göstergelerin Analizi</t>
+          <t>Toplumsal Beklentilerimiz</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786051961064</t>
+          <t>9786051961477</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Peşinde Üç Portre</t>
+          <t>Günümüz Toplum Yapısı ve Radikal Sorunlarımız</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786051960791</t>
+          <t>9786051961521</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>El-Lüzumiyyat</t>
+          <t>Taşra: Kentin Ötekisi</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786051961057</t>
+          <t>9786051961149</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Urfa</t>
+          <t>Allah'ı İnkar Mümkün Müdür? -  Yahud Huzur-ı Fende Mesalik-i Küfür (Çevriyazı ve Sadeleştirme)</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786051961026</t>
+          <t>9786051961330</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Safevilerde Hükümdar Unvanları ve Hakimiyet  Anlayışı</t>
+          <t>Güncel ve Eleştirisel Bir Bakış Açısıyla İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786051960883</t>
+          <t>9786051961484</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Yönetim, Değişim ve Modernleşme Yazıları</t>
+          <t>Sorularla Erzurum Tarihi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786051960890</t>
+          <t>9786051960715</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Platon</t>
+          <t>Erzurum Çarşı Pazar</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786051960968</t>
+          <t>9786059427111</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>İletişime Giriş</t>
+          <t>Kamp Kimlik ve Biyosiyaset</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786051960852</t>
+          <t>9786051961408</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ayarlı Kaos</t>
+          <t>Doris Lessing - Marksizmden Sufizme Bir Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786051960845</t>
+          <t>9786051961446</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Tekkedeki İktidar</t>
+          <t>1877-1878 Osmanlı - Rus Harbinde Yıldız'ın Hataları</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786051960807</t>
+          <t>9786051961385</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Edebiyat-ı Osmaniyye</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786051960401</t>
+          <t>9786051961439</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Para Politikalarında Dönüşüm ve Taylor Kuralının Türkiye Ekonomisi İçin Sınanması</t>
+          <t>Cumhuriyetin İlk Yıllarında Gaziantep Vilayeti'nin Sıhhi ve İctimai Coğrafyası</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786051960814</t>
+          <t>9786051961453</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokrasi Sürecinde Sivil Toplumun Gelişimi</t>
+          <t>Uluslararası Hukuk Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786051960784</t>
+          <t>9786051961323</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Özne 27. Kitap - Hegel</t>
+          <t>Fil Olayı'nın Mahiyeti ve Fil Suresi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786051960685</t>
+          <t>9786051961293</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı İzale-i Şukuk</t>
+          <t>Balkan Harbi'nde İhmal Faciaları</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051960708</t>
+          <t>9786051961279</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Oszkar Wellmann</t>
+          <t>Takkeli Dağ</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786051960746</t>
+          <t>9786051961286</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Şairlerinden Mencek Paşa ve Şiirleri</t>
+          <t>İstibşar</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786051960760</t>
+          <t>9786051961170</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Anşa Bacılı Ocağı</t>
+          <t>Günümüz Arenasında Bir Sosyal Bilimci</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786051960739</t>
+          <t>9786051961262</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyet Merkez Bankası İstatistikleri Ne Diyor?</t>
+          <t>İktisadi Düşüncede Faiz</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786051960753</t>
+          <t>9786051961163</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum</t>
+          <t>Vali İngiliz Sait Paşa'nın Konya Günleri</t>
         </is>
       </c>
       <c r="C1142" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786051960722</t>
+          <t>9786051961224</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Etik İlkeler ve Etik Eğitimi</t>
+          <t>Doğudan Batan Güneş Osmanlı</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786051960609</t>
+          <t>9786051961255</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Güncelliği</t>
+          <t>Türkiye Selçuklu Devlet Adamları</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786051960630</t>
+          <t>9786051961118</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bilim Merkezi</t>
+          <t>İslam Mütefekkirleri ile Garp Mütefekkirleri Arasında Mukayese</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786051960654</t>
+          <t>9786051961088</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Denemeleri 2</t>
+          <t>Soğuk Savaş</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786051960647</t>
+          <t>9786051961217</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Denemeleri 1</t>
+          <t>Edebiyatta Bir Motif Olarak İğrenilen Kimlikler</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786051960678</t>
+          <t>9786051961132</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Mobbing ve Siber Zorbalık</t>
+          <t>Kır Sosyolojisi</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051960661</t>
+          <t>9786051961101</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Katherine Mansfield'in Kısa Öykülerinde Kadın İmgesi ve Karakter Betimlemeleri</t>
+          <t>Hitit Yasaları</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786051960555</t>
+          <t>9786051960838</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Biçemler ve Uygulamalı Öğretimi</t>
+          <t>Makroekonomik Göstergelerin Analizi</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786051960586</t>
+          <t>9786051961064</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketler Yol Ayrımında</t>
+          <t>Hikmetin Peşinde Üç Portre</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>172</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786051960562</t>
+          <t>9786051960791</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Medya Çağında İletişim</t>
+          <t>El-Lüzumiyyat</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>680</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786051960593</t>
+          <t>9786051961057</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında MTTB</t>
+          <t>Ezelden Urfa</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786051960456</t>
+          <t>9786051961026</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Mustafa Sabri Efendi</t>
+          <t>Safevilerde Hükümdar Unvanları ve Hakimiyet  Anlayışı</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786051960463</t>
+          <t>9786051960883</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Türk Kelamcıları</t>
+          <t>Yönetim, Değişim ve Modernleşme Yazıları</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786051960470</t>
+          <t>9786051960890</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sosyal Hizmetler: Hz. Peygamber Dönemi</t>
+          <t>Yaşayan Platon</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786051960449</t>
+          <t>9786051960968</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Teoriler ve Spor</t>
+          <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786051960432</t>
+          <t>9786051960852</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Özne 26. Kitap - Türkiye'de Felsefenin Yüzyılı</t>
+          <t>Zaman Ayarlı Kaos</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786051960418</t>
+          <t>9786051960845</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Değer Bilinçlendirme Yaklaşımı</t>
+          <t>Tekkedeki İktidar</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786051960371</t>
+          <t>9786051960807</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Liderlik</t>
+          <t>Tarih-i Edebiyat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786051960340</t>
+          <t>9786051960401</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Şairlerinden İbrahim Es-Sefercelani ve Şiirleri</t>
+          <t>Para Politikalarında Dönüşüm ve Taylor Kuralının Türkiye Ekonomisi İçin Sınanması</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786054451692</t>
+          <t>9786051960814</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Kırsaldan Kente Göç Sürecinde Mekansal Değişim</t>
+          <t>Türkiye’de Demokrasi Sürecinde Sivil Toplumun Gelişimi</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786051960364</t>
+          <t>9786051960784</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Metinlerarasılık</t>
+          <t>Özne 27. Kitap - Hegel</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786051960388</t>
+          <t>9786051960685</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ulusal Tasarrufların Seyri ve Ekonometrik Analizi (2000-2014)</t>
+          <t>Kitab-ı İzale-i Şukuk</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786051960296</t>
+          <t>9786051960708</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hanımları: Kira Hatun ve Raziye Devlet Hatun</t>
+          <t>Oszkar Wellmann</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>148</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786051960302</t>
+          <t>9786051960746</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Gazali'de Bilgi Sistemi ve Şüphe</t>
+          <t>Osmanlı Dönemi Arap Şairlerinden Mencek Paşa ve Şiirleri</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786051960289</t>
+          <t>9786051960760</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Bedeni Kurgulamak</t>
+          <t>Anşa Bacılı Ocağı</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786051960265</t>
+          <t>9786051960739</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Derin Sularında...</t>
+          <t>Türkiye Cumhuriyet Merkez Bankası İstatistikleri Ne Diyor?</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786051960241</t>
+          <t>9786051960753</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesinde Nedensellik Sorunsalı</t>
+          <t>Sivil Toplum</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786051960166</t>
+          <t>9786051960722</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Harput'ta Dini Mimari</t>
+          <t>Etik İlkeler ve Etik Eğitimi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>185</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786051960180</t>
+          <t>9786051960609</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Seyfüddevle ve Bizans'la Mücadele</t>
+          <t>Güzelin Güncelliği</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786051960258</t>
+          <t>9786051960630</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bölgesi Erzurum ve Çevresinde Sosyal Değişmeler</t>
+          <t>Her Yönüyle Bilim Merkezi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786051960067</t>
+          <t>9786051960654</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Metin Çalışmalarında Usul</t>
+          <t>İslam Hukuku Denemeleri 2</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786051960128</t>
+          <t>9786051960647</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşı ve Konyalılar</t>
+          <t>İslam Hukuku Denemeleri 1</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786051960098</t>
+          <t>9786051960678</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıkta Tevhit'ten Teslis'e</t>
+          <t>Örgütlerde Mobbing ve Siber Zorbalık</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786051960074</t>
+          <t>9786051960661</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Name-i Kudsi (Kutsal Kitap) - Menakıbu'l - Kudsiyye(kutsal Menkabeler)</t>
+          <t>Katherine Mansfield'in Kısa Öykülerinde Kadın İmgesi ve Karakter Betimlemeleri</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786051960029</t>
+          <t>9786051960555</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Viral Reklamcılık</t>
+          <t>Biçemler ve Uygulamalı Öğretimi</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786051960050</t>
+          <t>9786051960586</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Yazıları</t>
+          <t>İslami Hareketler Yol Ayrımında</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>800</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786051960043</t>
+          <t>9786051960562</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihinin Kaynakları ve Kürdoloji Çalışmaları</t>
+          <t>Medya Çağında İletişim</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>350</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786051960081</t>
+          <t>9786051960593</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>İnsani Diplomasi</t>
+          <t>100. Yılında MTTB</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786051960036</t>
+          <t>9786051960456</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Ayın Öteki Yüzü</t>
+          <t>Şeyhülislam Mustafa Sabri Efendi</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786059427951</t>
+          <t>9786051960463</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Kara Günler</t>
+          <t>Türk Kelamcıları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786059427944</t>
+          <t>9786051960470</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Karın Doyursun</t>
+          <t>İslam'da Sosyal Hizmetler: Hz. Peygamber Dönemi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786059427876</t>
+          <t>9786051960449</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Mahallemiler ve Ebruli Kültürün Ağırbaşlılığı</t>
+          <t>Sosyolojik Teoriler ve Spor</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786059427647</t>
+          <t>9786051960432</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kurumsal Yapısı</t>
+          <t>Özne 26. Kitap - Türkiye'de Felsefenin Yüzyılı</t>
         </is>
       </c>
       <c r="C1185" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786059427814</t>
+          <t>9786051960418</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Hikmet-i Edebiyye</t>
+          <t>Değer Bilinçlendirme Yaklaşımı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786059427845</t>
+          <t>9786051960371</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Ontolojiyi Hatırlamak</t>
+          <t>Dış Politikada Liderlik</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>168</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786059427623</t>
+          <t>9786051960340</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Koyun Baba ve Menakıbı</t>
+          <t>Osmanlı Dönemi Arap Şairlerinden İbrahim Es-Sefercelani ve Şiirleri</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786059427852</t>
+          <t>9786054451692</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Birliktelik Kimliği</t>
+          <t>Kırsaldan Kente Göç Sürecinde Mekansal Değişim</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786059427784</t>
+          <t>9786051960364</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Sosyo - Kültürel Bölge Araştırmaları</t>
+          <t>Müzik ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786059427746</t>
+          <t>9786051960388</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Gazetesi 1948 - 2012</t>
+          <t>Türkiye'de Ulusal Tasarrufların Seyri ve Ekonometrik Analizi (2000-2014)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786059427326</t>
+          <t>9786051960296</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gerçekçilik</t>
+          <t>Selçuklu Hanımları: Kira Hatun ve Raziye Devlet Hatun</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>230</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786059427807</t>
+          <t>9786051960302</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Tarihi, Sosyal, Siyasi ve Dini Açıdan Tasavvuf ve Tarikat Anlayışı</t>
+          <t>Gazali'de Bilgi Sistemi ve Şüphe</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786059427777</t>
+          <t>9786051960289</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kök Paradigmalarımız</t>
+          <t>Bedeni Kurgulamak</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786059427753</t>
+          <t>9786051960265</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Nihayet Garbiyeli</t>
+          <t>İletişimin Derin Sularında...</t>
         </is>
       </c>
       <c r="C1195" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786059427791</t>
+          <t>9786051960241</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Düşünceye Gelmeyen</t>
+          <t>Tarih Felsefesinde Nedensellik Sorunsalı</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786059427760</t>
+          <t>9786051960166</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Modern Suriye Hikayesinin Konuları 1946-1967</t>
+          <t>Harput'ta Dini Mimari</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786059427661</t>
+          <t>9786051960180</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Özne 25. Kitap - Kierkegaard</t>
+          <t>Seyfüddevle ve Bizans'la Mücadele</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786059427630</t>
+          <t>9786051960258</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulus-Devlet İnşa Sürecinde Urfa 1923-1950</t>
+          <t>Doğu Bölgesi Erzurum ve Çevresinde Sosyal Değişmeler</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786059427616</t>
+          <t>9786051960067</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Darü’l Fünun Tarih-i Felsefe Dersleri</t>
+          <t>Tarihi Metin Çalışmalarında Usul</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786059427579</t>
+          <t>9786051960128</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonominin Analizi ve Geleceği</t>
+          <t>Kore Savaşı ve Konyalılar</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786059427678</t>
+          <t>9786051960098</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Taşra Halleri</t>
+          <t>Hıristiyanlıkta Tevhit'ten Teslis'e</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786059427609</t>
+          <t>9786051960074</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Beyaz Kitap)</t>
+          <t>Name-i Kudsi (Kutsal Kitap) - Menakıbu'l - Kudsiyye(kutsal Menkabeler)</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786059427562</t>
+          <t>9786051960029</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası</t>
+          <t>Viral Reklamcılık</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786059427500</t>
+          <t>9786051960050</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Siyaset Geleneğinde Sasani-Fars Tesiri</t>
+          <t>Sanat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786059427524</t>
+          <t>9786051960043</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Priştine</t>
+          <t>Kürt Tarihinin Kaynakları ve Kürdoloji Çalışmaları</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786059706971</t>
+          <t>9786051960081</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sistemi ve Yapısal Sorunları</t>
+          <t>İnsani Diplomasi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059427517</t>
+          <t>9786051960036</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Tarikat</t>
+          <t>Ayın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786055022716</t>
+          <t>9786059427951</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Hitit Mitolojisi</t>
+          <t>Kara Günler</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786059427470</t>
+          <t>9786059427944</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Üzerine Okumalar</t>
+          <t>Hayallerin Karın Doyursun</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786059427456</t>
+          <t>9786059427876</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Günlerin İçinden</t>
+          <t>Mahallemiler ve Ebruli Kültürün Ağırbaşlılığı</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786059706636</t>
+          <t>9786059427647</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Yolu ve İngilizler</t>
+          <t>Türk Toplumunun Kurumsal Yapısı</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786059427432</t>
+          <t>9786059427814</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Şu Philip Roth Ne İster?</t>
+          <t>Hikmet-i Edebiyye</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059427401</t>
+          <t>9786059427845</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Yurt Tutuştan Trianon'a Macaristan</t>
+          <t>Ontolojiyi Hatırlamak</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>650</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786059427289</t>
+          <t>9786059427623</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Amitav Ghosh ile Elif Şafak’ın Romanlarında Öteki/leştirme</t>
+          <t>Koyun Baba ve Menakıbı</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786059427265</t>
+          <t>9786059427852</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Şiddet Sonrası Güneydoğu</t>
+          <t>Türk Toplumunun Birliktelik Kimliği</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059427142</t>
+          <t>9786059427784</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Ankara</t>
+          <t>Sosyo - Kültürel Bölge Araştırmaları</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059427159</t>
+          <t>9786059427746</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Olgu ile Algı Arasında İtaat</t>
+          <t>Hürriyet Gazetesi 1948 - 2012</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786059427098</t>
+          <t>9786059427326</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Suriye Mektupları</t>
+          <t>Büyülü Gerçekçilik</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786059706551</t>
+          <t>9786059427807</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Diyarbakır</t>
+          <t>Tarihi, Sosyal, Siyasi ve Dini Açıdan Tasavvuf ve Tarikat Anlayışı</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786059427128</t>
+          <t>9786059427777</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Özne Aristoteles Özel Sayı</t>
+          <t>Toplumsal Kök Paradigmalarımız</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786059427357</t>
+          <t>9786059427753</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Lamarckizm</t>
+          <t>Nihayet Garbiyeli</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786059427364</t>
+          <t>9786059427791</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Düşünceye Gelmeyen</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786059427371</t>
+          <t>9786059427760</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Oynadıkça</t>
+          <t>Modern Suriye Hikayesinin Konuları 1946-1967</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786059427104</t>
+          <t>9786059427661</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Mecmuası (Ciltli)</t>
+          <t>Özne 25. Kitap - Kierkegaard</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786059427333</t>
+          <t>9786059427630</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Resimsel Alıntı</t>
+          <t>Türkiye’de Ulus-Devlet İnşa Sürecinde Urfa 1923-1950</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>380</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786059427234</t>
+          <t>9786059427616</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Kaynana Paylaşımları</t>
+          <t>Darü’l Fünun Tarih-i Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786059706759</t>
+          <t>9786059427579</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Aliya Okumaları</t>
+          <t>Küresel Ekonominin Analizi ve Geleceği</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786059706827</t>
+          <t>9786059427678</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetteki Tasavvuf ve Tarikat Hakkında Gerçek Bilgiler</t>
+          <t>Taşra Halleri</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786059706469</t>
+          <t>9786059427609</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İmam Hatipli Olmak</t>
+          <t>Değerler Bilançosu (Beyaz Kitap)</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786059427036</t>
+          <t>9786059427562</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Teceddüd-i İlmi ve Edebi</t>
+          <t>Sorularla İktisat Politikası</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786059427043</t>
+          <t>9786059427500</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Hukema-yı Yunan</t>
+          <t>Abbasi Siyaset Geleneğinde Sasani-Fars Tesiri</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786059427029</t>
+          <t>9786059427524</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Darü'l-Fünun Dersleri: Tarih-i Hikmet</t>
+          <t>Osmanlı İdaresinde Priştine</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>640</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786059427050</t>
+          <t>9786059706971</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Hangi Meslek-i Felsefeyi Kabul Etmeliyiz?</t>
+          <t>Türk Toplum Sistemi ve Yapısal Sorunları</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786059706988</t>
+          <t>9786059427517</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Almanca Tümce Yapıları ve Karşılaşılan Güçlükler</t>
+          <t>Devlet ve Tarikat</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786059706964</t>
+          <t>9786055022716</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Sağlık-Hastalık Sistemi</t>
+          <t>Hitit Mitolojisi</t>
         </is>
       </c>
       <c r="C1236" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786059706810</t>
+          <t>9786059427470</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Fenomeni Tanrısal &amp; Kozmik Enformasyonel Yayın</t>
+          <t>Uluslararası İlişkiler Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786059706902</t>
+          <t>9786059427456</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Robert Walser</t>
+          <t>Günlerin İçinden</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786059706896</t>
+          <t>9786059706636</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Hölderlin</t>
+          <t>Hindistan Yolu ve İngilizler</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786059706889</t>
+          <t>9786059427432</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları Tarihi ve Şehitleri</t>
+          <t>Şu Philip Roth Ne İster?</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786059706865</t>
+          <t>9786059427401</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakımız ve İşçi Kültürünün Yükselişi</t>
+          <t>Yurt Tutuştan Trianon'a Macaristan</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786059706704</t>
+          <t>9786059427289</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Döviz Kuru Geçişkenliğinin İhracat ve İthalat Fiyatları Üzerindeki Etkisi</t>
+          <t>Amitav Ghosh ile Elif Şafak’ın Romanlarında Öteki/leştirme</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786059706728</t>
+          <t>9786059427265</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Hace Nasirü'd-din-i Tusi'nin İntihalciliği ve Ahi Evren Hace Nasirü'd-din ile İlgisi</t>
+          <t>Terör ve Şiddet Sonrası Güneydoğu</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786054639342</t>
+          <t>9786059427142</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Mesleğinin Standartlaşma Süreci</t>
+          <t>Ankara</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786055022389</t>
+          <t>9786059427159</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Felsefe: Kurun-i Ula</t>
+          <t>Olgu ile Algı Arasında İtaat</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786054639328</t>
+          <t>9786059427098</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Özne 17. Kitap - Rousseau</t>
+          <t>Suriye Mektupları</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786054639908</t>
+          <t>9786059706551</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türkiye Cumhuriyet Tarih Araştırmaları 1</t>
+          <t>Milli Mücadele Döneminde Diyarbakır</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059108409</t>
+          <t>9786059427128</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Siyasi Tarihinde Cami Baykurt Bey</t>
+          <t>Özne Aristoteles Özel Sayı</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786059706698</t>
+          <t>9786059427357</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Karamanlar ve Hazar Türkleri</t>
+          <t>Lamarckizm</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786059706735</t>
+          <t>9786059427364</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan ve Siyasal Katılma Mecrası Olarak Sosyal Medya</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786059706742</t>
+          <t>9786059427371</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Felsefesine Giriş</t>
+          <t>Oynadıkça</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786059706674</t>
+          <t>9786059427104</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Tarihsel Kimliği ve Günümüz Sorunları</t>
+          <t>Felsefe Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786059706681</t>
+          <t>9786059427333</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Turgutoğulları ve Konya'daki Eserleri</t>
+          <t>Resimsel Alıntı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786059706650</t>
+          <t>9786059427234</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Yeni Trendler</t>
+          <t>Kaynana Paylaşımları</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786059706667</t>
+          <t>9786059706759</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Hakim Abay</t>
+          <t>Aliya Okumaları</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786059706452</t>
+          <t>9786059706827</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Vadi-i Meram</t>
+          <t>İslamiyetteki Tasavvuf ve Tarikat Hakkında Gerçek Bilgiler</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786059706643</t>
+          <t>9786059706469</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Özne 24. Kitap - Platon</t>
+          <t>Türkiye’de İmam Hatipli Olmak</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059706605</t>
+          <t>9786059427036</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Tarsuslu Osmanlılar</t>
+          <t>Teceddüd-i İlmi ve Edebi</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786059706612</t>
+          <t>9786059427043</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Karasuları ve Kıta Sahanlığı Sorunları</t>
+          <t>Tarih-i Hukema-yı Yunan</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786059706131</t>
+          <t>9786059427029</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>İslam Değerler Sistemi ve Max Weber</t>
+          <t>Darü'l-Fünun Dersleri: Tarih-i Hikmet</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>280</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786059706179</t>
+          <t>9786059427050</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Musa'nın Derinlerine Düşen Yutkunuş : Korku ve Dehşet Üçlemesi</t>
+          <t>Hangi Meslek-i Felsefeyi Kabul Etmeliyiz?</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786059706124</t>
+          <t>9786059706988</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Almanca Tümce Yapıları ve Karşılaşılan Güçlükler</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786059706186</t>
+          <t>9786059706964</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Özne 23. Kitap - Tarihe Felsefeyle Bakmak</t>
+          <t>Toplumsal Yapı ve Sağlık-Hastalık Sistemi</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786059706155</t>
+          <t>9786059706810</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Simar Yol - İkinci Kitap</t>
+          <t>Vahiy Fenomeni Tanrısal &amp; Kozmik Enformasyonel Yayın</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786059706162</t>
+          <t>9786059706902</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Simar Masal - Birinci Kitap</t>
+          <t>Robert Walser</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786059706070</t>
+          <t>9786059706896</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Mavi Kitap)</t>
+          <t>Hölderlin</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786059706087</t>
+          <t>9786059706889</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tezahür-i Hakikat</t>
+          <t>Çanakkale Savaşları Tarihi ve Şehitleri</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786059706148</t>
+          <t>9786059706865</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Hataylı Osmanlılar</t>
+          <t>İş Ahlakımız ve İşçi Kültürünün Yükselişi</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786055022198</t>
+          <t>9786059706704</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Vahdet- i Mevcud Bir Tabi'at Aliminin Dini</t>
+          <t>Türkiyede Döviz Kuru Geçişkenliğinin İhracat ve İthalat Fiyatları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786059108997</t>
+          <t>9786059706728</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışı Nörolojisi</t>
+          <t>Hace Nasirü'd-din-i Tusi'nin İntihalciliği ve Ahi Evren Hace Nasirü'd-din ile İlgisi</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786055022488</t>
+          <t>9786054639342</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Aile Hukuku</t>
+          <t>Muhasebe Mesleğinin Standartlaşma Süreci</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786059706100</t>
+          <t>9786055022389</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Arap Ülkeleri Sosyo-Kültürel Yapısı</t>
+          <t>Tarih-i Felsefe: Kurun-i Ula</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786059706049</t>
+          <t>9786054639328</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Şeyhler ve Şahlar</t>
+          <t>Özne 17. Kitap - Rousseau</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786059706018</t>
+          <t>9786054639908</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kültürel Dinamikleri</t>
+          <t>Atatürk ve Türkiye Cumhuriyet Tarih Araştırmaları 1</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>625</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786059706193</t>
+          <t>9786059108409</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Kazası Vakıfları</t>
+          <t>Yakın Dönem Türk Siyasi Tarihinde Cami Baykurt Bey</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786059706063</t>
+          <t>9786059706698</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Filistin Ekonomisi</t>
+          <t>Günümüzde Karamanlar ve Hazar Türkleri</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786059108980</t>
+          <t>9786059706735</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri ve İkinci Meşrutiyet</t>
+          <t>Kamusal Alan ve Siyasal Katılma Mecrası Olarak Sosyal Medya</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786059706001</t>
+          <t>9786059706742</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketlerin Sosyolojisi</t>
+          <t>İslam Ahlak Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786059706056</t>
+          <t>9786059706674</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Protestan Misyonerlerin Konya'da Açtıkları Kurumlar ve Faaliyetleri</t>
+          <t>Türk Toplumunun Tarihsel Kimliği ve Günümüz Sorunları</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>185</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786059706025</t>
+          <t>9786059706681</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanayi Toplumu</t>
+          <t>Turgutoğulları ve Konya'daki Eserleri</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>740</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786059108935</t>
+          <t>9786059706650</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu ve İnsan</t>
+          <t>Bölgesel Kalkınmada Yeni Trendler</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786059108881</t>
+          <t>9786059706667</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Ötüken'de Elli Beş Gün</t>
+          <t>Hakim Abay</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786059108775</t>
+          <t>9786059706452</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Avrupa - 21. Yüzyıl Avrupası'nda İslam Algısı</t>
+          <t>Vadi-i Meram</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786059108492</t>
+          <t>9786059706643</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi</t>
+          <t>Özne 24. Kitap - Platon</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786059108812</t>
+          <t>9786059706605</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Binyıl Kalkınma Hedefleri - 2015 Türkiye</t>
+          <t>Tarsuslu Osmanlılar</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786059108485</t>
+          <t>9786059706612</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Romanlar ve Sosyal Dışlanma</t>
+          <t>Ege Denizi Karasuları ve Kıta Sahanlığı Sorunları</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786059108515</t>
+          <t>9786059706131</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dilinde Renk Anlatımları</t>
+          <t>İslam Değerler Sistemi ve Max Weber</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786059108669</t>
+          <t>9786059706179</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Hasret ve Azap</t>
+          <t>Musa'nın Derinlerine Düşen Yutkunuş : Korku ve Dehşet Üçlemesi</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786059108768</t>
+          <t>9786059706124</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Bozahmetli Yörük Aşireti</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786059108720</t>
+          <t>9786059706186</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Belviran Kazası - Tarihçesi ve Sosyokültürel Yapısı</t>
+          <t>Özne 23. Kitap - Tarihe Felsefeyle Bakmak</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786059108959</t>
+          <t>9786059706155</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Öğrenme Psikolojisi</t>
+          <t>Simar Yol - İkinci Kitap</t>
         </is>
       </c>
       <c r="C1291" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786059108744</t>
+          <t>9786059706162</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Beş Harfliler</t>
+          <t>Simar Masal - Birinci Kitap</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786059108713</t>
+          <t>9786059706070</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Trajik Şairi Necip Fazıl</t>
+          <t>Değerler Bilançosu (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786059108676</t>
+          <t>9786059706087</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Bir Batı Masalı Shakespeare</t>
+          <t>Tezahür-i Hakikat</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786059108928</t>
+          <t>9786059706148</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Hataylı Osmanlılar</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786059108751</t>
+          <t>9786055022198</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Çocuğunun Hatıraları</t>
+          <t>Vahdet- i Mevcud Bir Tabi'at Aliminin Dini</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786059108607</t>
+          <t>9786059108997</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Özne 22. Kitap - Nermi Uygur</t>
+          <t>Tüketici Davranışı Nörolojisi</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786059108966</t>
+          <t>9786055022488</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça'da Türkçe'den Geçen Kelimeler Sözlüğü</t>
+          <t>Eskiçağ Aile Hukuku</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786059108683</t>
+          <t>9786059706100</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Seydişehirli Hacı Abdullah Efendi (1807-1903)</t>
+          <t>Arap Ülkeleri Sosyo-Kültürel Yapısı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786059108645</t>
+          <t>9786059706049</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Konuşmalıyız; Lütfen, Mümkünse Hemen!</t>
+          <t>Şeyhler ve Şahlar</t>
         </is>
       </c>
       <c r="C1300" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786059108690</t>
+          <t>9786059706018</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp ve Sosyolojik Düşünce Sistemi</t>
+          <t>Türk Toplumunun Kültürel Dinamikleri</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>400</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786059108638</t>
+          <t>9786059706193</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Mekanlarımız</t>
+          <t>Bozkır Kazası Vakıfları</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786059108577</t>
+          <t>9786059706063</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Türk İktisat Politikalarının Tarihi Temelleri</t>
+          <t>Filistin Ekonomisi</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786059108324</t>
+          <t>9786059108980</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Etkinlik için Ergonomi</t>
+          <t>Osmanlı Ermenileri ve İkinci Meşrutiyet</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786059108539</t>
+          <t>9786059706001</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Zazalar ve Kürtler</t>
+          <t>Sosyal Hareketlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>740</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786059108546</t>
+          <t>9786059706056</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Katılım ve Kültür</t>
+          <t>Belgelerle Protestan Misyonerlerin Konya'da Açtıkları Kurumlar ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786059108478</t>
+          <t>9786059706025</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimine Giriş</t>
+          <t>Türk Sanayi Toplumu</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>300</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786059108461</t>
+          <t>9786059108935</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Mayın ve Kaçakçı</t>
+          <t>Gecekondu ve İnsan</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>185</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786059108560</t>
+          <t>9786059108881</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Sistem ve Sosyo-Kültürel Yapısı</t>
+          <t>Ötüken'de Elli Beş Gün</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786059108393</t>
+          <t>9786059108775</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Memluklarda Ticaret</t>
+          <t>İslam ve Avrupa - 21. Yüzyıl Avrupası'nda İslam Algısı</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786059108430</t>
+          <t>9786059108492</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Ve Ejderha Şehre Taşınır</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786059108416</t>
+          <t>9786059108812</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Lawrence Durrell'ın Eserleri, Kişiliği ve Türkler</t>
+          <t>Birleşmiş Milletler Binyıl Kalkınma Hedefleri - 2015 Türkiye</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786055022921</t>
+          <t>9786059108485</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Faik Sabri'den Günümüze Coğrafi Yansımalar</t>
+          <t>Romanlar ve Sosyal Dışlanma</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786059108447</t>
+          <t>9786059108515</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Müdafaa-i Hukuk Cemiyeti ve Mümtaz Bahri Koru</t>
+          <t>Şiir Dilinde Renk Anlatımları</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786059108256</t>
+          <t>9786059108669</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Alem-i Nisvan</t>
+          <t>Hasret ve Azap</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786059108270</t>
+          <t>9786059108768</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>İslam Feylesofu İbn Rüşd</t>
+          <t>Bozahmetli Yörük Aşireti</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786059108287</t>
+          <t>9786059108720</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Alzire</t>
+          <t>Belviran Kazası - Tarihçesi ve Sosyokültürel Yapısı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786059108263</t>
+          <t>9786059108959</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Menşe'i Nesl-i Beşer</t>
+          <t>Gelişim ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786059108355</t>
+          <t>9786059108744</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Yerel Kamu Politikası Yaklaşımları</t>
+          <t>Beş Harfliler</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786059108386</t>
+          <t>9786059108713</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Elmas</t>
+          <t>Metafiziğin Trajik Şairi Necip Fazıl</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786059108348</t>
+          <t>9786059108676</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Alman Romantizmi ve Dehanın Yalnızlığı</t>
+          <t>Bir Batı Masalı Shakespeare</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786059108331</t>
+          <t>9786059108928</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilise Merkezi Ecmiatzin</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786059108423</t>
+          <t>9786059108751</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Vesaik-i Bektaşiyan</t>
+          <t>Bir Yörük Çocuğunun Hatıraları</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786059108454</t>
+          <t>9786059108607</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Dayanışma Ağları</t>
+          <t>Özne 22. Kitap - Nermi Uygur</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786059108218</t>
+          <t>9786059108966</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Ayran Çiğnemez</t>
+          <t>Boşnakça'da Türkçe'den Geçen Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786059108300</t>
+          <t>9786059108683</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yatırım Devleti</t>
+          <t>Seydişehirli Hacı Abdullah Efendi (1807-1903)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786059108249</t>
+          <t>9786059108645</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Türk Diasporası'nın Avrupa Siyasal Sistemine Katılımı</t>
+          <t>Tanrım Konuşmalıyız; Lütfen, Mümkünse Hemen!</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786059108126</t>
+          <t>9786059108690</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türk Toplum Yapısı</t>
+          <t>Ziya Gökalp ve Sosyolojik Düşünce Sistemi</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>880</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786059108171</t>
+          <t>9786059108638</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Aydınlıktakiler Karanlıktakiler</t>
+          <t>Çocukluk Mekanlarımız</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786059108034</t>
+          <t>9786059108577</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Lugatçe-i Felsefe (Ciltli)</t>
+          <t>Türk İktisat Politikalarının Tarihi Temelleri</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786059108072</t>
+          <t>9786059108324</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumları ve Kalkınma Ajanslarında İç Kontrol Sistemi ve Akreditasyon</t>
+          <t>Örgütsel Etkinlik için Ergonomi</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786059108089</t>
+          <t>9786059108539</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları - 2</t>
+          <t>Türk Toplumunda Zazalar ve Kürtler</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>285</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786059108096</t>
+          <t>9786059108546</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>19.Yüzyıl Ortalarında Kayseri Vakıflarının Arazi Gelirleri</t>
+          <t>Yerel Yönetimlerde Katılım ve Kültür</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786059108058</t>
+          <t>9786059108478</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Özne 21. Kitap - Felsefi Bir Sorun Olarak İnanma</t>
+          <t>Edebiyat Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786059108188</t>
+          <t>9786059108461</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Hastalarla İletişim</t>
+          <t>Mayın ve Kaçakçı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786054451913</t>
+          <t>9786059108560</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’nün Fark Felsefesi</t>
+          <t>Kemalist Sistem ve Sosyo-Kültürel Yapısı</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786051960272</t>
+          <t>9786059108393</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Siyah Öfke</t>
+          <t>Memluklarda Ticaret</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786055999063</t>
+          <t>9786059108430</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Seçme Kısa Öyküler ve Karşılaştırmalı Öykü Çözümlemeleri</t>
+          <t>Ve Ejderha Şehre Taşınır</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786054639748</t>
+          <t>9786059108416</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer’in Hikmet-i Cedidesi</t>
+          <t>Lawrence Durrell'ın Eserleri, Kişiliği ve Türkler</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789758867196</t>
+          <t>9786055022921</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sayfa Düzeni Kuramsal Temeller ve Uygulama İlkeleriyle</t>
+          <t>Faik Sabri'den Günümüze Coğrafi Yansımalar</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786055999698</t>
+          <t>9786059108447</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kane’in Postdramatik Tiyatrosunda Şiddet</t>
+          <t>Konya'da Müdafaa-i Hukuk Cemiyeti ve Mümtaz Bahri Koru</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786059427982</t>
+          <t>9786059108256</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Feminizm Alem-i Nisvan</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786059108225</t>
+          <t>9786059108270</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Wallerstein Perspektifinde Arap Baharı Tunus Örneği</t>
+          <t>İslam Feylesofu İbn Rüşd</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>168</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786054639878</t>
+          <t>9786059108287</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Son Müderris Musa Kazım Efendi</t>
+          <t>Alzire</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786059108164</t>
+          <t>9786059108263</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bağlamında Japon Masalları</t>
+          <t>İnsanın Menşe'i Nesl-i Beşer</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786059108294</t>
+          <t>9786059108355</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Söylemi ve Çözümleme Yöntemi</t>
+          <t>Yerel Yönetimlerde Yerel Kamu Politikası Yaklaşımları</t>
         </is>
       </c>
       <c r="C1346" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786059108010</t>
+          <t>9786059108386</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak : Türkiye'de Sosyo-Kültürel Antropoloji ve Disiplinlerarası Yaklaşımlar</t>
+          <t>Elmas</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786054639540</t>
+          <t>9786059108348</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Güzelyurt İlçesi'nin (Aksaray) Beşeri ve Ekonomik Coğrafyası</t>
+          <t>Alman Romantizmi ve Dehanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786055022945</t>
+          <t>9786059108331</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Dilmesti-i Mevlana ve Gazali'de Ma'rifetullah, Ruba'iyyat-ı Gazali, Orfi'de Şi'r ve İrfan</t>
+          <t>Ermeni Kilise Merkezi Ecmiatzin</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786055022952</t>
+          <t>9786059108423</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Edebiyat ve Şa'ir Celis</t>
+          <t>Vesaik-i Bektaşiyan</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786055022969</t>
+          <t>9786059108454</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Gayetü'l-Beyan Fi Hakikati'l-İnsan Yahud 'İlm-i Ahval-i Ruh</t>
+          <t>Yoksulluk ve Dayanışma Ağları</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786055022976</t>
+          <t>9786059108218</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Felsefe</t>
+          <t>Ayran Çiğnemez</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786055022679</t>
+          <t>9786059108300</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Üstadın Duası: Türkistan Ereni Halife Kızılayak</t>
+          <t>Sosyal Yatırım Devleti</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786055022501</t>
+          <t>9786059108249</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesinde Edatlar</t>
+          <t>Türk Diasporası'nın Avrupa Siyasal Sistemine Katılımı</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786055022846</t>
+          <t>9786059108126</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Gücü</t>
+          <t>Osmanlı'dan Günümüze Türk Toplum Yapısı</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>165</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786055022860</t>
+          <t>9786059108171</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Mektuplar</t>
+          <t>Günümüzde Aydınlıktakiler Karanlıktakiler</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>165</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786055022327</t>
+          <t>9786059108034</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>İsmet Kür</t>
+          <t>Lugatçe-i Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786055022457</t>
+          <t>9786059108072</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Hüseyin Nasr'a Göre Gelenek ve Modernlik</t>
+          <t>Kamu Kurumları ve Kalkınma Ajanslarında İç Kontrol Sistemi ve Akreditasyon</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786055022495</t>
+          <t>9786059108089</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Japon Mizahı</t>
+          <t>Sosyal Medya Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786055022792</t>
+          <t>9786059108096</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yezidiler Bibliyografyası</t>
+          <t>19.Yüzyıl Ortalarında Kayseri Vakıflarının Arazi Gelirleri</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786055022884</t>
+          <t>9786059108058</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Kentin Yeni Misafirleri Suriyeliler</t>
+          <t>Özne 21. Kitap - Felsefi Bir Sorun Olarak İnanma</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>220</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786055022310</t>
+          <t>9786059108188</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Giriş 1</t>
+          <t>Hastalarla İletişim</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786059706261</t>
+          <t>9786054451913</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Kafkamakine</t>
+          <t>Gilles Deleuze’nün Fark Felsefesi</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786059706308</t>
+          <t>9786051960272</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Edebiyata Kendini Nasıl Eklemler?</t>
+          <t>Siyah Öfke</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786059706292</t>
+          <t>9786055999063</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Alman Edebiyatında Dışkı Kültü</t>
+          <t>Seçme Kısa Öyküler ve Karşılaştırmalı Öykü Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786059706391</t>
+          <t>9786054639748</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Türk Köy Sosyolojisi ve Sorunlarımız</t>
+          <t>Schopenhauer’in Hikmet-i Cedidesi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786055999520</t>
+          <t>9789758867196</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Fünun ve Felsefe ve Felsefe Sanihaları</t>
+          <t>Sayfa Düzeni Kuramsal Temeller ve Uygulama İlkeleriyle</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786054639571</t>
+          <t>9786055999698</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Metinlerarasılık</t>
+          <t>Sarah Kane’in Postdramatik Tiyatrosunda Şiddet</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786055022822</t>
+          <t>9786059427982</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Yönetime Çağdaş Yaklaşımlar</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786055022839</t>
+          <t>9786059108225</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>1+1 Stüdyo Yaşamlar</t>
+          <t>Immanuel Wallerstein Perspektifinde Arap Baharı Tunus Örneği</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>250</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786059108065</t>
+          <t>9786054639878</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Türkiye ve İran'ın İşbirliği İmkanları</t>
+          <t>Son Müderris Musa Kazım Efendi</t>
         </is>
       </c>
       <c r="C1371" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786055022815</t>
+          <t>9786059108164</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kültür - Değişme ve Toplumsal Çözülme</t>
+          <t>Kültür Bağlamında Japon Masalları</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786055022754</t>
+          <t>9786059108294</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Rus Felsefesi Tarihi</t>
+          <t>Şiirin Söylemi ve Çözümleme Yöntemi</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786055022808</t>
+          <t>9786059108010</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Tarih Öğretimi</t>
+          <t>Sınırları Aşmak : Türkiye'de Sosyo-Kültürel Antropoloji ve Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786059706254</t>
+          <t>9786054639540</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>İçsel Büyüme Teorileri</t>
+          <t>Güzelyurt İlçesi'nin (Aksaray) Beşeri ve Ekonomik Coğrafyası</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786055022778</t>
+          <t>9786055022945</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Dilmesti-i Mevlana ve Gazali'de Ma'rifetullah, Ruba'iyyat-ı Gazali, Orfi'de Şi'r ve İrfan</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786055999643</t>
+          <t>9786055022952</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak Bölgesi Arkeoloji Eskiçağ Tarihi ve Coğrafya Araştırmaları</t>
+          <t>Felsefe-i Edebiyat ve Şa'ir Celis</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>3990000015997</t>
+          <t>9786055022969</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Odaklı Yerel Yönetim</t>
+          <t>Gayetü'l-Beyan Fi Hakikati'l-İnsan Yahud 'İlm-i Ahval-i Ruh</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786054451494</t>
+          <t>9786055022976</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Bilim Bağlamında Doğa-Kur’an Eşdeğerliliği</t>
+          <t>Muhtasar Felsefe</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786054639533</t>
+          <t>9786055022679</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim</t>
+          <t>Üstadın Duası: Türkistan Ereni Halife Kızılayak</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786054639441</t>
+          <t>9786055022501</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim</t>
+          <t>Çağatay Türkçesinde Edatlar</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789758867240</t>
+          <t>9786055022846</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Toplum Birey ve Kimlik Modernite ve Gelenek</t>
+          <t>Sosyal Medyanın Gücü</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786054451265</t>
+          <t>9786055022860</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler</t>
+          <t>Dostoyevski Mektuplar</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786054451722</t>
+          <t>9786055022327</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Yenibahçeli Şükrü Bey’in Hatıraları</t>
+          <t>İsmet Kür</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786055999315</t>
+          <t>9786055022457</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Türler</t>
+          <t>Seyyid Hüseyin Nasr'a Göre Gelenek ve Modernlik</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786054451272</t>
+          <t>9786055022495</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Yazın Eğitimi ile Dil Eğitimi</t>
+          <t>Geleneksel Japon Mizahı</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789758677474</t>
+          <t>9786055022792</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Yenilik Bağlamında Girişimcilik ve Kobiler</t>
+          <t>Türkiye Yezidiler Bibliyografyası</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786054639212</t>
+          <t>9786055022884</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Dildeki Gerçeği</t>
+          <t>Kentin Yeni Misafirleri Suriyeliler</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786055999544</t>
+          <t>9786055022310</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Leibniz</t>
+          <t>Uluslararası Hukuka Giriş 1</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786054639724</t>
+          <t>9786059706261</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Kafkamakine</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786054451098</t>
+          <t>9786059706308</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Felsefe Edebiyata Kendini Nasıl Eklemler?</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789758867653</t>
+          <t>9786059706292</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Vakti Geldi</t>
+          <t>Alman Edebiyatında Dışkı Kültü</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786054451050</t>
+          <t>9786059706391</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Vak’anüvis Mehmed Emin Edib Divanı</t>
+          <t>Türk Köy Sosyolojisi ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>265</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786054451470</t>
+          <t>9786055999520</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Kent Ekonomisi</t>
+          <t>Fünun ve Felsefe ve Felsefe Sanihaları</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786051961231</t>
+          <t>9786054639571</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Usul Hakkında Nutuk</t>
+          <t>Folklor ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786054451937</t>
+          <t>9786055022822</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Urum Türkçesi</t>
+          <t>Yönetime Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786054639137</t>
+          <t>9786055022839</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Devlet</t>
+          <t>1+1 Stüdyo Yaşamlar</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786055999391</t>
+          <t>9786059108065</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Sıhhi-i İctimai Coğrafyası Konya Vilayeti</t>
+          <t>Ortadoğu'da Türkiye ve İran'ın İşbirliği İmkanları</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786054639458</t>
+          <t>9786055022815</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Etnik Yapısı</t>
+          <t>Kültür - Değişme ve Toplumsal Çözülme</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786055999506</t>
+          <t>9786055022754</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Borçlarının Gelişimi ve Sürdürülebilirliği</t>
+          <t>Rus Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786054639649</t>
+          <t>9786055022808</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - AB Müzakere Süreci</t>
+          <t>Sosyal Bilimler ve Tarih Öğretimi</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789758156962</t>
+          <t>9786059706254</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dil Bilgisi ve Kompozisyon Bilgileri</t>
+          <t>İçsel Büyüme Teorileri</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786054639632</t>
+          <t>9786055022778</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulus - Devlet Kimliği</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786054451562</t>
+          <t>9786055999643</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını</t>
+          <t>Zonguldak Bölgesi Arkeoloji Eskiçağ Tarihi ve Coğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786055999209</t>
+          <t>3990000015997</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Nazım ve Nesir</t>
+          <t>Yurttaş Odaklı Yerel Yönetim</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786054451944</t>
+          <t>9786054451494</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Cumhurbaşkanlığı</t>
+          <t>Yöntem Bilim Bağlamında Doğa-Kur’an Eşdeğerliliği</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786055999667</t>
+          <t>9786054639533</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Türk Aleviliği Araştırmaları</t>
+          <t>Yönetişim</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786054639397</t>
+          <t>9786054639441</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Tuğ, Nevbet, Mehter Türklerde Askeri Müzik Geleneği</t>
+          <t>Yönetişim</t>
         </is>
       </c>
       <c r="C1408" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789758867547</t>
+          <t>9789758867240</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Toprak ve Gelenek</t>
+          <t>Yorgun Toplum Birey ve Kimlik Modernite ve Gelenek</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786054451623</t>
+          <t>9786054451265</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Toplumsallaşma Sözlüğü</t>
+          <t>Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789758867844</t>
+          <t>9786054451722</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Teracim-i Ahval-i Felasife (Filozofların Biyografileri)</t>
+          <t>Yenibahçeli Şükrü Bey’in Hatıraları</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786055999469</t>
+          <t>9786055999315</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Teori ve İlişkileri ile Global Ekonomik Kriz</t>
+          <t>Yazınsal Türler</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786054451371</t>
+          <t>9786054451272</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Tenha Şiirler</t>
+          <t>Yazın Eğitimi ile Dil Eğitimi</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786054451432</t>
+          <t>9789758677474</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Televizyonla Yetişmek</t>
+          <t>Yaratıcılık ve Yenilik Bağlamında Girişimcilik ve Kobiler</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786055999513</t>
+          <t>9786054639212</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Tedkik-i Ecsam</t>
+          <t>Yalanın Dildeki Gerçeği</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789758867554</t>
+          <t>9786055999544</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Taşra ve Gezgin</t>
+          <t>Wilhelm Leibniz</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786054451364</t>
+          <t>9786054639724</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Başladığı Yer Gülağaç</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786054451081</t>
+          <t>9786054451098</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Tekvin Yahud Hilkat</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>3990000013882</t>
+          <t>9789758867653</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Şehirleşme ve Din</t>
+          <t>Vakti Geldi</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786054451180</t>
+          <t>9786054451050</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Günümüze Eğitim</t>
+          <t>Vak’anüvis Mehmed Emin Edib Divanı</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786054451807</t>
+          <t>9786054451470</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de Liberalleşme Hareketleri ve Sivil Toplum Örgütleri</t>
+          <t>Üniversiteler ve Kent Ekonomisi</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789758867039</t>
+          <t>9786051961231</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Spor Yaralanmalarından Korunma ve Rehabilitasyon İlkeleri</t>
+          <t>Usul Hakkında Nutuk</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786054639663</t>
+          <t>9786054451937</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Sözümün Canı Var</t>
+          <t>Urum Türkçesi</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786055999964</t>
+          <t>9786054639137</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zaman ve Din</t>
+          <t>Uluslararası İlişkilerde Devlet</t>
         </is>
       </c>
       <c r="C1424" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786055999421</t>
+          <t>9786055999391</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye Yönetimi</t>
+          <t>Türkiye’nin Sıhhi-i İctimai Coğrafyası Konya Vilayeti</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786054451708</t>
+          <t>9786054639458</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güven</t>
+          <t>Türkiye’nin Etnik Yapısı</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786054639229</t>
+          <t>9786055999506</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
+          <t>Türkiye’de Kamu Borçlarının Gelişimi ve Sürdürülebilirliği</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786054451067</t>
+          <t>9786054639649</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Siyaset-Yönetim Ekseninde Yurttaşsız Demokrasi</t>
+          <t>Türkiye - AB Müzakere Süreci</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786054639465</t>
+          <t>9789758156962</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Siyasallığın Toplumsal İnşası</t>
+          <t>Türkçe Dil Bilgisi ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789758156498</t>
+          <t>9786054639632</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılma ve Yerel Demokrasi</t>
+          <t>Türk Ulus - Devlet Kimliği</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786054451500</t>
+          <t>9786054451562</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılımın Sosyolojik Analizi</t>
+          <t>Türk Kadını</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786055999308</t>
+          <t>9786055999209</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Sille</t>
+          <t>Türk Edebiyatında Nazım ve Nesir</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786054451838</t>
+          <t>9786054451944</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Silahşorname</t>
+          <t>Türk Anayasa Hukukunda Cumhurbaşkanlığı</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786054451609</t>
+          <t>9786055999667</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Sınav Sınav Dediğin...</t>
+          <t>Türk Aleviliği Araştırmaları</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786054639786</t>
+          <t>9786054639397</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Seydişehir</t>
+          <t>Tuğ, Nevbet, Mehter Türklerde Askeri Müzik Geleneği</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786051963266</t>
+          <t>9789758867547</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Anne ve Babacığım Lütfen Bu Kitabı Okur Musunuz!..</t>
+          <t>Toprak ve Gelenek</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786055999087</t>
+          <t>9786054451623</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Seni Beklerken</t>
+          <t>Toplumsallaşma Sözlüğü</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789758867936</t>
+          <t>9789758867844</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Evlilik</t>
+          <t>Teracim-i Ahval-i Felasife (Filozofların Biyografileri)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786054639403</t>
+          <t>9786055999469</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Seçmen Siyasal Kampanyadan Ne Bekler</t>
+          <t>Teori ve İlişkileri ile Global Ekonomik Kriz</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786054451678</t>
+          <t>9786054451371</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Seçme Oyunlar</t>
+          <t>Tenha Şiirler</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789758867066</t>
+          <t>9786054451432</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Eğitim Sağlıklı Toplum</t>
+          <t>Televizyonla Yetişmek</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786055999452</t>
+          <t>9786055999513</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında İstanbul</t>
+          <t>Tedkik-i Ecsam</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786054451296</t>
+          <t>9789758867554</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Sermaye Yatırımları</t>
+          <t>Taşra ve Gezgin</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786055999926</t>
+          <t>9786054451364</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır ve Çevresinin Müslümanlaşma Süreci</t>
+          <t>Tarihin Başladığı Yer Gülağaç</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789758867714</t>
+          <t>9786054451081</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri</t>
+          <t>Tarih-i Tekvin Yahud Hilkat</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786054639113</t>
+          <t>3990000013882</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Dindarların Para ile İmtihanı</t>
+          <t>Şehirleşme ve Din</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786055999896</t>
+          <t>9786054451180</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Din Süreçlerinde Gerileme</t>
+          <t>Sümerlerden Günümüze Eğitim</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789758867288</t>
+          <t>9786054451807</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Poliarşi ve Demarşi</t>
+          <t>Suriye’de Liberalleşme Hareketleri ve Sivil Toplum Örgütleri</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786055999605</t>
+          <t>9789758867039</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Arayışında Kent</t>
+          <t>Spor Yaralanmalarından Korunma ve Rehabilitasyon İlkeleri</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789758867837</t>
+          <t>9786054639663</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Çokuluslu Şirketler Global Sermaye ve Global Yatırımlar</t>
+          <t>Sözümün Canı Var</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786054639557</t>
+          <t>9786055999964</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Vatandaşlık</t>
+          <t>Sosyal Zaman ve Din</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9736054451753</t>
+          <t>9786055999421</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Çok Partili Dönemin Başlarında CHP’nin Laiklik Politikası</t>
+          <t>Sosyal Sermaye Yönetimi</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786054639267</t>
+          <t>9786054451708</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Çatışma</t>
+          <t>Sosyal Güven</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789758156528</t>
+          <t>9786054639229</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Şiirinde Tarihi Şahsiyetler ve Eserler</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786054451487</t>
+          <t>9786054451067</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Sonrası Konya’daki Milli Şirketler ve Bankaların Faaliyetleri</t>
+          <t>Siyaset-Yönetim Ekseninde Yurttaşsız Demokrasi</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786054451463</t>
+          <t>9786054639465</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Teknoparklar</t>
+          <t>Siyasallığın Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786055999261</t>
+          <t>9789758156498</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Bozkır’da Ayışığı</t>
+          <t>Siyasal Katılma ve Yerel Demokrasi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786055999155</t>
+          <t>9786054451500</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Armutlu</t>
+          <t>Siyasal Katılımın Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786054451715</t>
+          <t>9786055999308</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Bosna - Hersek Devleti (1991 - 2011)</t>
+          <t>Sille</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786054639304</t>
+          <t>9786054451838</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Bohçadaki Kanaviçe</t>
+          <t>Silahşorname</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789758156504</t>
+          <t>9786054451609</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devletinin Siyasi Antlaşma Metinleri Boğazköy ve Ugarit Çivi Yazılı Belgelerine Göre</t>
+          <t>Sınav Sınav Dediğin...</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789758156689</t>
+          <t>9786054639786</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Bir Söyleşidir Yaşamak</t>
+          <t>Seydişehir</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786054639311</t>
+          <t>9786051963266</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Dilbilim Açısından Duyguların Dili</t>
+          <t>Sevgili Anne ve Babacığım Lütfen Bu Kitabı Okur Musunuz!..</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786054639762</t>
+          <t>9786055999087</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Değer Siyaset - Siyaset Akademileri</t>
+          <t>Seni Beklerken</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789758867929</t>
+          <t>9789758867936</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Beyşehir ve Civarı Heykeltraşlık Eserleri</t>
+          <t>Sen Neymişsin Evlilik</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786054639021</t>
+          <t>9786054639403</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Seçmen Siyasal Kampanyadan Ne Bekler</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786054639694</t>
+          <t>9786054451678</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Belirsizliğe Tutum Almak</t>
+          <t>Seçme Oyunlar</t>
         </is>
       </c>
       <c r="C1467" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786055999797</t>
+          <t>9789758867066</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Banaz İlçesinin Coğrafyası</t>
+          <t>Sağlıklı Eğitim Sağlıklı Toplum</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786054451012</t>
+          <t>9786055999452</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Balkan Muhacirlerinin Konya Vilayetine İskanı</t>
+          <t>Rus Edebiyatında İstanbul</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786055999933</t>
+          <t>9786054451296</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Türk İmajı</t>
+          <t>Doğrudan Yabancı Sermaye Yatırımları</t>
         </is>
       </c>
       <c r="C1470" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786054451777</t>
+          <t>9786055999926</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam ve Müslümanlar</t>
+          <t>Diyarbakır ve Çevresinin Müslümanlaşma Süreci</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786054639489</t>
+          <t>9789758867714</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam</t>
+          <t>Divan Şiiri</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786054451289</t>
+          <t>9786054639113</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağda Karaman (Laranda) ve Yakın Çevresi</t>
+          <t>Dindarların Para ile İmtihanı</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786054639380</t>
+          <t>9786055999896</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Antalya’nın Kara Günleri</t>
+          <t>Din Süreçlerinde Gerileme</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786055999223</t>
+          <t>9789758867288</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar Hayat Tek Gösterimlik Bir Oyundur</t>
+          <t>Demokrasi Poliarşi ve Demarşi</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786054451654</t>
+          <t>9786055999605</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Galatlar ve Galatya Tarihi</t>
+          <t>Demokrasi Arayışında Kent</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786055999186</t>
+          <t>9789758867837</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Amisus</t>
+          <t>Çokuluslu Şirketler Global Sermaye ve Global Yatırımlar</t>
         </is>
       </c>
       <c r="C1477" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786055999810</t>
+          <t>9786054639557</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Amasya Şehri</t>
+          <t>Çokkültürlü Vatandaşlık</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789758156788</t>
+          <t>9736054451753</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Alain Robbe-Grillet ve Yeni Roman</t>
+          <t>Çok Partili Dönemin Başlarında CHP’nin Laiklik Politikası</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786055999995</t>
+          <t>9786054639267</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Afganistanlı Türkmen Şairleri Antolojisi</t>
+          <t>Çatışma</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>3990000025957</t>
+          <t>9789758156528</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı Yazarlarından Uwe Timm ve Toplumsal Eleştiri</t>
+          <t>Çağdaş Türk Şiirinde Tarihi Şahsiyetler ve Eserler</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>168</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789758867134</t>
+          <t>9786054451487</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>2000’li Yıllarda Strateji ve Planlama</t>
+          <t>Cumhuriyet Sonrası Konya’daki Milli Şirketler ve Bankaların Faaliyetleri</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786051962177</t>
+          <t>9786054451463</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Amerikan Coğrafyasının Gelişimi</t>
+          <t>Bölgesel Kalkınmada Teknoparklar</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786054451005</t>
+          <t>9786055999261</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Başlarında Türkiye’de Yükseköğretim</t>
+          <t>Bozkır’da Ayışığı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786054639977</t>
+          <t>9786055999155</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>İktisat Teorisinin Sorunları ve Türkiye'nin Kriz Dönemleri Üzerine Uygulamalı Bir Yaklaşım</t>
+          <t>Bozkır Armutlu</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786059706278</t>
+          <t>9786054451715</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kriz ve Yenilik</t>
+          <t>Bosna - Hersek Devleti (1991 - 2011)</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786055022648</t>
+          <t>9786054639304</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Öteki Adı: Handut</t>
+          <t>Bohçadaki Kanaviçe</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786055022594</t>
+          <t>9789758156504</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Taşra Hukuk Mektepler</t>
+          <t>Hitit Devletinin Siyasi Antlaşma Metinleri Boğazköy ve Ugarit Çivi Yazılı Belgelerine Göre</t>
         </is>
       </c>
       <c r="C1488" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786055022525</t>
+          <t>9789758156689</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Konya Doğa Eğitimi</t>
+          <t>Bir Söyleşidir Yaşamak</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786055022617</t>
+          <t>9786054639311</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyalıktan Ayanlığa: Kırcaalili Emin Ağa</t>
+          <t>Bilişsel Dilbilim Açısından Duyguların Dili</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786055022440</t>
+          <t>9786054639762</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Sistem Açısından Kur'an'da Kalp</t>
+          <t>Bilgi Değer Siyaset - Siyaset Akademileri</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786055022464</t>
+          <t>9789758867929</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Konya Darülkurraları</t>
+          <t>Beyşehir ve Civarı Heykeltraşlık Eserleri</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786055022204</t>
+          <t>9786054639021</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Bergson ve Felsefesi</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786055022549</t>
+          <t>9786054639694</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Şia</t>
+          <t>Belirsizliğe Tutum Almak</t>
         </is>
       </c>
       <c r="C1494" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786055022563</t>
+          <t>9786055999797</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Nefreti Edebiyat Yazıları</t>
+          <t>Banaz İlçesinin Coğrafyası</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786055022600</t>
+          <t>9786054451012</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Demokratikleşmesi</t>
+          <t>Balkan Muhacirlerinin Konya Vilayetine İskanı</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786055022532</t>
+          <t>9786055999933</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Sistem Bağlamında Kalp Eğitimi</t>
+          <t>Avrupa’da Türk İmajı</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786054451227</t>
+          <t>9786054451777</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Farsça İlişkileri</t>
+          <t>Avrupa’da İslam ve Müslümanlar</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786055022570</t>
+          <t>9786054639489</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyaya Seyahat Suriye- Ürdün- Mısır</t>
+          <t>Avrupa’da İslam</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786055022372</t>
+          <t>9786054451289</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
+          <t>Antik Çağda Karaman (Laranda) ve Yakın Çevresi</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786055022631</t>
+          <t>9786054639380</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Lafcadio Hearn'den Japon Halk Hikayeleri</t>
+          <t>Antalya’nın Kara Günleri</t>
         </is>
       </c>
       <c r="C1501" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786055022693</t>
+          <t>9786055999223</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ahval-i Ruh ve Usul-i Tefekkür</t>
+          <t>Anne Babalar Hayat Tek Gösterimlik Bir Oyundur</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786055999636</t>
+          <t>9786054451654</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağda Zonguldak Bölgesi ve Çevresi</t>
+          <t>Anadolu’da Galatlar ve Galatya Tarihi</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786055022624</t>
+          <t>9786055999186</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Fudoki - Antik Çağ Japon Söylenceleri</t>
+          <t>Amisus</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786055022655</t>
+          <t>9786055999810</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Modernleşme ve İslam</t>
+          <t>Amasya Şehri</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786055022686</t>
+          <t>9789758156788</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Red ve İsbat</t>
+          <t>Alain Robbe-Grillet ve Yeni Roman</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786055022709</t>
+          <t>9786055999995</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Saçaklızade ve Osmanlı Dönemi Maraşlı Alimler</t>
+          <t>Afganistanlı Türkmen Şairleri Antolojisi</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786055022747</t>
+          <t>3990000025957</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Yazın, Sinema ve Aşkın Kavşağında Marguerite Duras</t>
+          <t>68 Kuşağı Yazarlarından Uwe Timm ve Toplumsal Eleştiri</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786055022938</t>
+          <t>9789758867134</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Melek İmgesi</t>
+          <t>2000’li Yıllarda Strateji ve Planlama</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>780</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786059108157</t>
+          <t>9786051962177</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öyküde Yöntem</t>
+          <t>20. Yüzyılda Amerikan Coğrafyasının Gelişimi</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786059706230</t>
+          <t>9786054451005</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Okumak ve Eleştirmek</t>
+          <t>20. Yüzyıl Başlarında Türkiye’de Yükseköğretim</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786059706223</t>
+          <t>9786054639977</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Çevrebilim (Ekoloji) Sözlüğü</t>
+          <t>İktisat Teorisinin Sorunları ve Türkiye'nin Kriz Dönemleri Üzerine Uygulamalı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786059706209</t>
+          <t>9786059706278</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sosyolojisi ve Sorunları</t>
+          <t>İktisat Kriz ve Yenilik</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786055022105</t>
+          <t>9786055022648</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>İnanç Turizmi</t>
+          <t>Özgürlüğün Öteki Adı: Handut</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786055022914</t>
+          <t>9786055022594</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Kadın ve Savaş</t>
+          <t>Osmanlı Devletinin Taşra Hukuk Mektepler</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789758156344</t>
+          <t>9786055022525</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bilimi ve Hayali Kimlikler</t>
+          <t>Konya Doğa Eğitimi</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786054451784</t>
+          <t>9786055022617</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Dini Hayat</t>
+          <t>Eşkıyalıktan Ayanlığa: Kırcaalili Emin Ağa</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786054451333</t>
+          <t>9786055022440</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Hasır İzi</t>
+          <t>Sistem Açısından Kur'an'da Kalp</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786055999759</t>
+          <t>9786055022464</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Halifelik Tarihine Giriş</t>
+          <t>Konya Darülkurraları</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786059108195</t>
+          <t>9786055022204</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi'nde Sakramentler</t>
+          <t>Bergson ve Felsefesi</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786059108119</t>
+          <t>9786055022549</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Festschrift für Prof. Dr. Yılmaz Özbek Armağan Kitabı</t>
+          <t>Osmanlı Devleti'nde Şia</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786059108102</t>
+          <t>9786055022563</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın O Kadim Unsurları</t>
+          <t>Edebiyat Nefreti Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786059706322</t>
+          <t>9786055022600</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Topçu Mülazım-ı Evvel Mustafa Hulusi Efendi'nin İstiklal Harbi Hatıraları</t>
+          <t>Türkiyenin Demokratikleşmesi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786059706247</t>
+          <t>9786055022532</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Toplumsal Şiddet ve Türkiye Gerçeği</t>
+          <t>Sistem Bağlamında Kalp Eğitimi</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>640</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786059706315</t>
+          <t>9786054451227</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaşi Veli</t>
+          <t>Türkçe Farsça İlişkileri</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786055022662</t>
+          <t>9786055022570</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Notları</t>
+          <t>Eski Dünyaya Seyahat Suriye- Ürdün- Mısır</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>172</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786051962382</t>
+          <t>9786055022372</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Özne 16. Kitap - Heidegger</t>
+          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789758156993</t>
+          <t>9786055022631</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Bildirgeleri</t>
+          <t>Lafcadio Hearn'den Japon Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789758156849</t>
+          <t>9786055022693</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Yerel ve Kentsel Politikalar</t>
+          <t>İlm-i Ahval-i Ruh ve Usul-i Tefekkür</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786054639816</t>
+          <t>9786055999636</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Vilayetinde Ermeniler ve Ermeni Olayları (1878-1920)</t>
+          <t>Eskiçağda Zonguldak Bölgesi ve Çevresi</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786054639847</t>
+          <t>9786055022624</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Babek Bir Direnişci</t>
+          <t>Fudoki - Antik Çağ Japon Söylenceleri</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786054639939</t>
+          <t>9786055022655</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Yönetime Yeni Bakışlar</t>
+          <t>Milli Kültür Modernleşme ve İslam</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786054639885</t>
+          <t>9786055022686</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Tuna Boyunda bir Osmanlı Kenti Vidin</t>
+          <t>Red ve İsbat</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786054639946</t>
+          <t>9786055022709</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Die Deutschsprachige Kurzgeschichte Als Kommunikative Textsorte</t>
+          <t>Saçaklızade ve Osmanlı Dönemi Maraşlı Alimler</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786055022433</t>
+          <t>9786055022747</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme</t>
+          <t>Yazın, Sinema ve Aşkın Kavşağında Marguerite Duras</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786055022402</t>
+          <t>9786055022938</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetin Toplumsal Rol'deki Yeri</t>
+          <t>Melek İmgesi</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>180</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786055022419</t>
+          <t>9786059108157</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya Açısından Çin</t>
+          <t>Kısa Öyküde Yöntem</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786055022471</t>
+          <t>9786059706230</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Macera Turizmi Pazarlaması</t>
+          <t>Yazmak Okumak ve Eleştirmek</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786055022426</t>
+          <t>9786059706223</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji Sözlüğü</t>
+          <t>Çevrebilim (Ekoloji) Sözlüğü</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786055022396</t>
+          <t>9786059706209</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Yaban Gülü</t>
+          <t>Çağdaş Türk Sosyolojisi ve Sorunları</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786055022365</t>
+          <t>9786055022105</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Almanların Konya ve Çevresindeki Faaliyetleri</t>
+          <t>İnanç Turizmi</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786055022235</t>
+          <t>9786055022914</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Reybilik, Bedbinlik, La- İlahilik Nedir?</t>
+          <t>Türk Tarihinde Kadın ve Savaş</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786055022174</t>
+          <t>9789758156344</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Sağ Omuz Meleğimin Omzundaki Sağ Omuz Meleği</t>
+          <t>Hayalet Bilimi ve Hayali Kimlikler</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786059108591</t>
+          <t>9786054451784</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Araştırmaları</t>
+          <t>Hastanede Dini Hayat</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786055999858</t>
+          <t>9786054451333</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Mithat’tan Naci’ye Naci’den Mithat’a Muhaberat ve Muhaverat</t>
+          <t>Hasır İzi</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786055022167</t>
+          <t>9786055999759</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Ve Asma Yaprakları Gibi Titreyen El</t>
+          <t>Halifelik Tarihine Giriş</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786055022334</t>
+          <t>9786059108195</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Bencillik Ne Güzel Şey</t>
+          <t>Ermeni Kilisesi'nde Sakramentler</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786055022303</t>
+          <t>9786059108119</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Koyver Gitsin (Ciltli)</t>
+          <t>Festschrift für Prof. Dr. Yılmaz Özbek Armağan Kitabı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786055022136</t>
+          <t>9786059108102</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım 73 Adımda Şırnak'ta Yatırım</t>
+          <t>Kurmacanın O Kadim Unsurları</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786055022228</t>
+          <t>9786059706322</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Felsefe Istılahatı Mecmu'ası</t>
+          <t>Topçu Mülazım-ı Evvel Mustafa Hulusi Efendi'nin İstiklal Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786055022358</t>
+          <t>9786059706247</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Karaman Tarihi (18.Yüzyıl)</t>
+          <t>Günümüzde Toplumsal Şiddet ve Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>500</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786055022211</t>
+          <t>9786059706315</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l-Ala El-Ma'arri</t>
+          <t>Hacı Bektaşi Veli</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786055022242</t>
+          <t>9786055022662</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Mevt</t>
+          <t>Seyahat Notları</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>120</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786055022297</t>
+          <t>9786051962382</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Psikanalitik Yöntem Işığında Iris Murdoch'un Romanları</t>
+          <t>Özne 16. Kitap - Heidegger</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786055022006</t>
+          <t>9789758156993</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>El Aşı El Kuşu</t>
+          <t>Özgürlük Bildirgeleri</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786055022020</t>
+          <t>9789758156849</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Metafor Yazıları</t>
+          <t>Yerel ve Kentsel Politikalar</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786055022112</t>
+          <t>9786054639816</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Tarihi</t>
+          <t>Diyarbakır Vilayetinde Ermeniler ve Ermeni Olayları (1878-1920)</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786055022082</t>
+          <t>9786054639847</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Alevilik</t>
+          <t>Babek Bir Direnişci</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786055022280</t>
+          <t>9786054639939</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Toplum Yapısı ve Sorunlarımız</t>
+          <t>Yönetime Yeni Bakışlar</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>640</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786055022099</t>
+          <t>9786054639885</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Batı'da Devlet ve Çocuk</t>
+          <t>Tuna Boyunda bir Osmanlı Kenti Vidin</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786055022037</t>
+          <t>9786054639946</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Marşlar ve Kimlikler</t>
+          <t>Die Deutschsprachige Kurzgeschichte Als Kommunikative Textsorte</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786055022266</t>
+          <t>9786055022433</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Aile Sosyolojisi</t>
+          <t>Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786055022051</t>
+          <t>9786055022402</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları -1</t>
+          <t>Cinsiyetin Toplumsal Rol'deki Yeri</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786054639984</t>
+          <t>9786055022419</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşın'nda Türk Zayiatı 1950-1953</t>
+          <t>Siyasi Coğrafya Açısından Çin</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786054639991</t>
+          <t>9786055022471</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Pratik Açıdan Medya Ekonomisine Bakış</t>
+          <t>Macera Turizmi Pazarlaması</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786054639915</t>
+          <t>9786055022426</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Toplumunda Doğu-Güneydoğu ve Kabile- Aşiret Yapısı</t>
+          <t>Jeomorfoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786055022273</t>
+          <t>9786055022396</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aleviler</t>
+          <t>Yaban Gülü</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786054639373</t>
+          <t>9786055022365</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Kuşatan Şehirler</t>
+          <t>Almanların Konya ve Çevresindeki Faaliyetleri</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786055999841</t>
+          <t>9786055022235</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kapıları</t>
+          <t>Reybilik, Bedbinlik, La- İlahilik Nedir?</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786055999834</t>
+          <t>9786055022174</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Romana Doğru</t>
+          <t>Sağ Omuz Meleğimin Omzundaki Sağ Omuz Meleği</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786054639953</t>
+          <t>9786059108591</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Reklam Fotoğrafçılığı</t>
+          <t>Türk Tasavvuf Araştırmaları</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>480</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9799758156541</t>
+          <t>9786055999858</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik</t>
+          <t>Mithat’tan Naci’ye Naci’den Mithat’a Muhaberat ve Muhaverat</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786054639595</t>
+          <t>9786055022167</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Alımlama Estetiği</t>
+          <t>Ve Asma Yaprakları Gibi Titreyen El</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789758156801</t>
+          <t>9786055022334</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Canik Sancağı’nda Pontosçu Faaliyetler (1918-1922)</t>
+          <t>Bencillik Ne Güzel Şey</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789758867318</t>
+          <t>9786055022303</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti ve Oryantalist Söylem</t>
+          <t>Koyver Gitsin (Ciltli)</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789758867004</t>
+          <t>9786055022136</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Özgür Sözler</t>
+          <t>Adım Adım 73 Adımda Şırnak'ta Yatırım</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786054639717</t>
+          <t>9786055022228</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Özerk Dil Dizgesinden Lacan’ın Simgesel Düzenine</t>
+          <t>Kamus-ı Felsefe Istılahatı Mecmu'ası</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786054451203</t>
+          <t>9786055022358</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Özel Hastanelerin Hekim İstihdam Stratejileri ve Uygulamaları</t>
+          <t>Karaman Tarihi (18.Yüzyıl)</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789758867639</t>
+          <t>9786055022211</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi El Kitabı</t>
+          <t>Ebu'l-Ala El-Ma'arri</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9799758156367</t>
+          <t>9786055022242</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Yüzyılı</t>
+          <t>Hayat ve Mevt</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786054639427</t>
+          <t>9786055022297</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e 10 Temmuz Hürriyet Bayramı</t>
+          <t>Lacancı Psikanalitik Yöntem Işığında Iris Murdoch'un Romanları</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786055999902</t>
+          <t>9786055022006</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Kıreli Kazası</t>
+          <t>El Aşı El Kuşu</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789758867332</t>
+          <t>9786055022020</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolunun Güney Kesimi Arkeolojik ve Filolojik Belgeler Işığında M.Ö. 2. Binde</t>
+          <t>Metafor Yazıları</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786054451210</t>
+          <t>9786055022112</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Türkiye'de İktisat Tarihi</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786054639670</t>
+          <t>9786055022082</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Online Alevi Topluluklar</t>
+          <t>Dile Gelen Alevilik</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786055999339</t>
+          <t>9786055022280</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Niksar Şehir Coğrafyası</t>
+          <t>Günümüz Toplum Yapısı ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>220</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786054639731</t>
+          <t>9786055022099</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Hayatı ve Felsefesi</t>
+          <t>Batı'da Devlet ve Çocuk</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789758156870</t>
+          <t>9786055022037</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Modernite’den Postmodernite’ye Değişim</t>
+          <t>Ulusal Marşlar ve Kimlikler</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>420</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786054639144</t>
+          <t>9786055022266</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yıllarında Bir Yasak Denemesi</t>
+          <t>Sistematik Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786054451661</t>
+          <t>9786055022051</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Metin ve İletişim</t>
+          <t>Sosyal Medya Araştırmaları -1</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786054451517</t>
+          <t>9786054639984</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Konya’da Kurulan Milli Şirketler ve Milli Bakanlar</t>
+          <t>Kore Savaşın'nda Türk Zayiatı 1950-1953</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786055999438</t>
+          <t>9786054639991</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Medyada Gerçekliğin İnşası</t>
+          <t>Teorik ve Pratik Açıdan Medya Ekonomisine Bakış</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786054639120</t>
+          <t>9786054639915</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Politik Tercih</t>
+          <t>Günümüz Türk Toplumunda Doğu-Güneydoğu ve Kabile- Aşiret Yapısı</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786054639151</t>
+          <t>9786055022273</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Maraş Şehri</t>
+          <t>Türkmen Aleviler</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786054639038</t>
+          <t>9786054639373</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Kuvvet</t>
+          <t>Ruhumu Kuşatan Şehirler</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786055999285</t>
+          <t>9786055999841</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>M. Akif Ersoy Hayatı Safahat’tan Seçmeler Hatıralar</t>
+          <t>Romanın Kapıları</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789758867325</t>
+          <t>9786055999834</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Lykaonia Bölgesi Kaya Mezarları</t>
+          <t>Romana Doğru</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786055999148</t>
+          <t>9786054639953</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Litterature Et Cinema</t>
+          <t>Reklam Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786055999773</t>
+          <t>9799758156541</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme: Pratiksel ve Teoriksel Yaklaşım</t>
+          <t>Rehberlik</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786055999377</t>
+          <t>9786054639595</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çağda Din ve Terör</t>
+          <t>Postmodernizm ve Alımlama Estetiği</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786054451197</t>
+          <t>9789758156801</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bilgi Teknolojileri ve Toplumsal Değerler</t>
+          <t>Milli Mücadele’de Canik Sancağı’nda Pontosçu Faaliyetler (1918-1922)</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9799758867690</t>
+          <t>9789758867318</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası İletişim Bağlamında Kültür Kuramı</t>
+          <t>Pierre Loti ve Oryantalist Söylem</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786054451630</t>
+          <t>9789758867004</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsan Öyküleri</t>
+          <t>Özgür Sözler</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789758867868</t>
+          <t>9786054639717</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Atasözleri ve Deyimleri</t>
+          <t>Özerk Dil Dizgesinden Lacan’ın Simgesel Düzenine</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>480</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786055999001</t>
+          <t>9786054451203</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Kronolojisiz Tarih</t>
+          <t>Özel Hastanelerin Hekim İstihdam Stratejileri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786055999827</t>
+          <t>9789758867639</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Konya’da Modern Eğitim Kurumları</t>
+          <t>Özbek Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786054451616</t>
+          <t>9799758156367</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Konya Şer’iye Sicili 148 Numaralı Defter</t>
+          <t>Osmanlı’nın Son Yüzyılı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786054451548</t>
+          <t>9786054639427</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Konya Atatürk Evi Mustafa kemal Atatürk'ün Hatırası</t>
+          <t>Osmanlı’dan Cumhuriyet’e 10 Temmuz Hürriyet Bayramı</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786054639199</t>
+          <t>9786055999902</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kısa Sinema Yazıları</t>
+          <t>Osmanlı Döneminde Kıreli Kazası</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786054639069</t>
+          <t>9789758867332</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Kısa Anlatı Türleri ve Öğretimi</t>
+          <t>Orta Anadolunun Güney Kesimi Arkeolojik ve Filolojik Belgeler Işığında M.Ö. 2. Binde</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786054451029</t>
+          <t>9786054451210</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Yaşamda Kadın ve Din</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786054451968</t>
+          <t>9786054639670</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yamalı Bohça</t>
+          <t>Online Alevi Topluluklar</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786054451821</t>
+          <t>9786055999339</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Eskiçağı ve Jeopolitiği</t>
+          <t>Niksar Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786054451166</t>
+          <t>9786054639731</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Kentli Hakları ve Türkiye</t>
+          <t>Nietzsche Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786051968636</t>
+          <t>9789758156870</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Kamu Yönetimi - Teori ve Türkiye</t>
+          <t>Modernite’den Postmodernite’ye Değişim</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786054451685</t>
+          <t>9786054639144</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yolu</t>
+          <t>Milli Mücadele Yıllarında Bir Yasak Denemesi</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786055999384</t>
+          <t>9786054451661</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Kararlı Adım</t>
+          <t>Metin ve İletişim</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>600</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786054639007</t>
+          <t>9786054451517</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Karaman (Laranda) Çevresindeki Kaya Yerleşimleri</t>
+          <t>Meşrutiyetten Cumhuriyete Konya’da Kurulan Milli Şirketler ve Milli Bakanlar</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786055999971</t>
+          <t>9786055999438</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Performans</t>
+          <t>Medyada Gerçekliğin İnşası</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786054451357</t>
+          <t>9786054639120</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmeti</t>
+          <t>Medya ve Politik Tercih</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786054451852</t>
+          <t>9786054639151</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Kadirbeyzade Zeki Bey</t>
+          <t>Maraş Şehri</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786055999780</t>
+          <t>9786054639038</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Jose Ortega Y Gasset’de İnsan Ve Tarih Felsefesi</t>
+          <t>Madde ve Kuvvet</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789758156863</t>
+          <t>9786055999285</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yazıları</t>
+          <t>M. Akif Ersoy Hayatı Safahat’tan Seçmeler Hatıralar</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786055999254</t>
+          <t>9789758867325</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>İzcilerin Dünyası</t>
+          <t>Lykaonia Bölgesi Kaya Mezarları</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789758156269</t>
+          <t>9786055999148</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>İşletmeciler ve İktisatçılar İçin Matematik</t>
+          <t>Litterature Et Cinema</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786054451739</t>
+          <t>9786055999773</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet’ten Önce Türklerde Kültür ve Müzik</t>
+          <t>Küreselleşme: Pratiksel ve Teoriksel Yaklaşım</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789758867363</t>
+          <t>9786055999377</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>İsim Kültürü ve Din</t>
+          <t>Küresel Çağda Din ve Terör</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786055999575</t>
+          <t>9786054451197</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>İnci Aral Ve Barbara Frischmuth’un Romanlarında Kadın Coğrafyası</t>
+          <t>Küresel Bilgi Teknolojileri ve Toplumsal Değerler</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786059427975</t>
+          <t>9799758867690</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>İmgesel İletişim</t>
+          <t>Kültürlerarası İletişim Bağlamında Kültür Kuramı</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786054451586</t>
+          <t>9786054451630</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>İlmi Metodoloji Açısından Kur’an’da Gayb</t>
+          <t>Küçük İnsan Öyküleri</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786054639045</t>
+          <t>9789758867868</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>İlim ve İrade</t>
+          <t>Kumuk Atasözleri ve Deyimleri</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>185</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789758867660</t>
+          <t>9786055999001</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>İktisat Metinleri</t>
+          <t>Kronolojisiz Tarih</t>
         </is>
       </c>
       <c r="C1632" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786054451999</t>
+          <t>9786055999827</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>İhanet Panayırı</t>
+          <t>Konya’da Modern Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786054639052</t>
+          <t>9786054451616</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>İbtal-i Mezheb-i Maddiyyun</t>
+          <t>Konya Şer’iye Sicili 148 Numaralı Defter</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786055999414</t>
+          <t>9786054451548</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Isauria Bölgesi Kaya Mezarları ve Ölü Gömme Gelenekleri</t>
+          <t>Konya Atatürk Evi Mustafa kemal Atatürk'ün Hatırası</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>850</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786054451395</t>
+          <t>9786054639199</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Iris Murdoch: Bir Ahlak Filozofu Olarak Sanatçının Portresi</t>
+          <t>Kısa Kısa Sinema Yazıları</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786055999674</t>
+          <t>9786054639069</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Neslinin İsyanları</t>
+          <t>Kısa Anlatı Türleri ve Öğretimi</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786054639014</t>
+          <t>9786054451029</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
+          <t>Kırsal Yaşamda Kadın ve Din</t>
         </is>
       </c>
       <c r="C1638" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786054451449</t>
+          <t>9786054451968</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Toplum Siyaset Üzerine Söyleşiler</t>
+          <t>Kırk Yamalı Bohça</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786055999353</t>
+          <t>9786054451821</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Hispanya</t>
+          <t>Kıbrıs Eskiçağı ve Jeopolitiği</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786054639755</t>
+          <t>9786054451166</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Hikmet-i Tarih</t>
+          <t>Kentli Hakları ve Türkiye</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786054451319</t>
+          <t>9786051968636</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Sokağın Şiirleri</t>
+          <t>Karşılaştırmalı Kamu Yönetimi - Teori ve Türkiye</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786054639588</t>
+          <t>9786054451685</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gibidir Geçmiş</t>
+          <t>Kariyer Yolu</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786054639359</t>
+          <t>9786055999384</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Göçi-yi Kebir Kazası Vakıf Eserleri</t>
+          <t>Kararlı Adım</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786054451760</t>
+          <t>9786054639007</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Din</t>
+          <t>Karaman (Laranda) Çevresindeki Kaya Yerleşimleri</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786051963235</t>
+          <t>9786055999971</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Gençler Bu Kitap Sizin İçin</t>
+          <t>Kamu Yönetiminde Performans</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786055999919</t>
+          <t>9786054451357</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Coğrafya Makaleleri Bibliyografyası</t>
+          <t>Kamu Hizmeti</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786054451340</t>
+          <t>9786054451852</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Öyküleri</t>
+          <t>Kadirbeyzade Zeki Bey</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786054639250</t>
+          <t>9786055999780</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kriz Üzerine</t>
+          <t>Jose Ortega Y Gasset’de İnsan Ve Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786055999360</t>
+          <t>9789758156863</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Finans, Dış Ticaret ve Büyüme İlişkisi: Türkiye Analizi</t>
+          <t>Özgürlük Yazıları</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786055999599</t>
+          <t>9786055999254</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Filistin Hukuk Sistemi</t>
+          <t>İzcilerin Dünyası</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786054451524</t>
+          <t>9789758156269</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Felsefi, Psikolojik ve Eğitim Boyutlarıyla Karakter</t>
+          <t>İşletmeciler ve İktisatçılar İçin Matematik</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9789944960069</t>
+          <t>9786054451739</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Fabl ile Eğitim</t>
+          <t>İslamiyet’ten Önce Türklerde Kültür ve Müzik</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786054639243</t>
+          <t>9789758867363</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Modern Ekonominin Gölge Aktörü - Esnaf</t>
+          <t>İsim Kültürü ve Din</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786054451425</t>
+          <t>9786055999575</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir Şehrengizi</t>
+          <t>İnci Aral Ve Barbara Frischmuth’un Romanlarında Kadın Coğrafyası</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786054639298</t>
+          <t>9786059427975</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Eskil - Karapınar Kazası Vakıf Eserleri</t>
+          <t>İmgesel İletişim</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9789758867851</t>
+          <t>9786054451586</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağda Göksu (Kalykadnos) Havzası</t>
+          <t>İlmi Metodoloji Açısından Kur’an’da Gayb</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9789758867158</t>
+          <t>9786054639045</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Kaleleri</t>
+          <t>İlim ve İrade</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789758156238</t>
+          <t>9789758867660</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tarihinde Doğu-Batı Mücadelesi</t>
+          <t>İktisat Metinleri</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786054451876</t>
+          <t>9786054451999</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Ermenek Kazası ve Köyleri Vakıf Eserleri</t>
+          <t>İhanet Panayırı</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786054639236</t>
+          <t>9786054639052</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Öncesi - Sonrası Türk Toplumunda Yeni Oluşumlar</t>
+          <t>İbtal-i Mezheb-i Maddiyyun</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789758867806</t>
+          <t>9786055999414</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>En Az Devlet En İyi Devlet Devletin Başarısızlığının Anatomisi</t>
+          <t>Isauria Bölgesi Kaya Mezarları ve Ölü Gömme Gelenekleri</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786054639205</t>
+          <t>9786054451395</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde ve Türkçe Öğretiminde Edebi Sanatlar</t>
+          <t>Iris Murdoch: Bir Ahlak Filozofu Olarak Sanatçının Portresi</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9789758156658</t>
+          <t>9786055999674</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Hz. Ali Neslinin İsyanları</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786054451036</t>
+          <t>9786054639014</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Düş Toplumu - Tüketim İlişkisi</t>
+          <t>Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786059706537</t>
+          <t>9786054451449</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Kalbe İndirilmesi</t>
+          <t>Hukuk Toplum Siyaset Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786059706582</t>
+          <t>9786055999353</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Tepekent</t>
+          <t>Hispanya</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786059706544</t>
+          <t>9786054639755</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Suç Korkusu</t>
+          <t>Hikmet-i Tarih</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786059706117</t>
+          <t>9786054451319</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Konya Bozkırlarında Bir Gezgin</t>
+          <t>Gölgeli Sokağın Şiirleri</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786059706599</t>
+          <t>9786054639588</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Gözünden Başkanlık Sistemi</t>
+          <t>Gölge Gibidir Geçmiş</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786059706506</t>
+          <t>9786054639359</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Güneydoğu Sorunlar ve Çözüm Yolları</t>
+          <t>Göçi-yi Kebir Kazası Vakıf Eserleri</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786059706483</t>
+          <t>9786054451760</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Duygusal Bakış</t>
+          <t>Göç ve Din</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>185</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786059706285</t>
+          <t>9786051963235</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve Konya</t>
+          <t>Gençler Bu Kitap Sizin İçin</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786059706421</t>
+          <t>9786055999919</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Sarı Kitap)</t>
+          <t>Geçmişten Günümüze Coğrafya Makaleleri Bibliyografyası</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786059706445</t>
+          <t>9786054451340</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasının Eksenleri</t>
+          <t>Gece Yarısı Öyküleri</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786059706490</t>
+          <t>9786054639250</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Edebileşmesi</t>
+          <t>Finansal Kriz Üzerine</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786059706407</t>
+          <t>9786055999360</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Kavgalı Adam</t>
+          <t>Finans, Dış Ticaret ve Büyüme İlişkisi: Türkiye Analizi</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786059706384</t>
+          <t>9786055999599</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>L'lnvitation de Claude Simon et la Narration Fragmentaire</t>
+          <t>Filistin Hukuk Sistemi</t>
         </is>
       </c>
       <c r="C1678" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786059706360</t>
+          <t>9786054451524</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Bu Eller Utandırmaz Adamı</t>
+          <t>Felsefi, Psikolojik ve Eğitim Boyutlarıyla Karakter</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786059706377</t>
+          <t>9789944960069</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Türk Edebiyatında İnsan</t>
+          <t>Fabl ile Eğitim</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786059706520</t>
+          <t>9786054639243</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Yerel Hizmetlerde Vatandaş Karnesi</t>
+          <t>Modern Ekonominin Gölge Aktörü - Esnaf</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786055022143</t>
+          <t>9786054451425</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışmanlık</t>
+          <t>Eskişehir Şehrengizi</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786059706629</t>
+          <t>9786054639298</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Sırbistan'da Bir Aile Trajedisi</t>
+          <t>Eskil - Karapınar Kazası Vakıf Eserleri</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786059706575</t>
+          <t>9789758867851</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları 3</t>
+          <t>Eskiçağda Göksu (Kalykadnos) Havzası</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789758156696</t>
+          <t>9789758867158</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Necip Mahfuz Toplumsal Gerçekçi Romanları</t>
+          <t>Eskiçağ Kaleleri</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786055999292</t>
+          <t>9789758156238</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Müze Yönetimi ve Pazarlaması</t>
+          <t>Eski Çağ Tarihinde Doğu-Batı Mücadelesi</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789758156818</t>
+          <t>9786054451876</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Musul Meselesi Tarihi</t>
+          <t>Ermenek Kazası ve Köyleri Vakıf Eserleri</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786054639823</t>
+          <t>9786054639236</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Adem’in Emerjans’ı</t>
+          <t>Ergenekon Öncesi - Sonrası Türk Toplumunda Yeni Oluşumlar</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
+          <t>9789758867806</t>
+        </is>
+      </c>
+      <c r="B1689" s="1" t="inlineStr">
+        <is>
+          <t>En Az Devlet En İyi Devlet Devletin Başarısızlığının Anatomisi</t>
+        </is>
+      </c>
+      <c r="C1689" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" s="1" t="inlineStr">
+        <is>
+          <t>9786054639205</t>
+        </is>
+      </c>
+      <c r="B1690" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde ve Türkçe Öğretiminde Edebi Sanatlar</t>
+        </is>
+      </c>
+      <c r="C1690" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" s="1" t="inlineStr">
+        <is>
+          <t>9789758156658</t>
+        </is>
+      </c>
+      <c r="B1691" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1691" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" s="1" t="inlineStr">
+        <is>
+          <t>9786054451036</t>
+        </is>
+      </c>
+      <c r="B1692" s="1" t="inlineStr">
+        <is>
+          <t>Düş Toplumu - Tüketim İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1692" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" s="1" t="inlineStr">
+        <is>
+          <t>9786059706537</t>
+        </is>
+      </c>
+      <c r="B1693" s="1" t="inlineStr">
+        <is>
+          <t>Ayetlerin Kalbe İndirilmesi</t>
+        </is>
+      </c>
+      <c r="C1693" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" s="1" t="inlineStr">
+        <is>
+          <t>9786059706582</t>
+        </is>
+      </c>
+      <c r="B1694" s="1" t="inlineStr">
+        <is>
+          <t>Tepekent</t>
+        </is>
+      </c>
+      <c r="C1694" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" s="1" t="inlineStr">
+        <is>
+          <t>9786059706544</t>
+        </is>
+      </c>
+      <c r="B1695" s="1" t="inlineStr">
+        <is>
+          <t>Suç Korkusu</t>
+        </is>
+      </c>
+      <c r="C1695" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" s="1" t="inlineStr">
+        <is>
+          <t>9786059706117</t>
+        </is>
+      </c>
+      <c r="B1696" s="1" t="inlineStr">
+        <is>
+          <t>Konya Bozkırlarında Bir Gezgin</t>
+        </is>
+      </c>
+      <c r="C1696" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" s="1" t="inlineStr">
+        <is>
+          <t>9786059706599</t>
+        </is>
+      </c>
+      <c r="B1697" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaş Gözünden Başkanlık Sistemi</t>
+        </is>
+      </c>
+      <c r="C1697" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" s="1" t="inlineStr">
+        <is>
+          <t>9786059706506</t>
+        </is>
+      </c>
+      <c r="B1698" s="1" t="inlineStr">
+        <is>
+          <t>Doğu-Güneydoğu Sorunlar ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C1698" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" s="1" t="inlineStr">
+        <is>
+          <t>9786059706483</t>
+        </is>
+      </c>
+      <c r="B1699" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilere Duygusal Bakış</t>
+        </is>
+      </c>
+      <c r="C1699" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" s="1" t="inlineStr">
+        <is>
+          <t>9786059706285</t>
+        </is>
+      </c>
+      <c r="B1700" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklular ve Konya</t>
+        </is>
+      </c>
+      <c r="C1700" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" s="1" t="inlineStr">
+        <is>
+          <t>9786059706421</t>
+        </is>
+      </c>
+      <c r="B1701" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Bilançosu (Sarı Kitap)</t>
+        </is>
+      </c>
+      <c r="C1701" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" s="1" t="inlineStr">
+        <is>
+          <t>9786059706445</t>
+        </is>
+      </c>
+      <c r="B1702" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikasının Eksenleri</t>
+        </is>
+      </c>
+      <c r="C1702" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" s="1" t="inlineStr">
+        <is>
+          <t>9786059706490</t>
+        </is>
+      </c>
+      <c r="B1703" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojinin Edebileşmesi</t>
+        </is>
+      </c>
+      <c r="C1703" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" s="1" t="inlineStr">
+        <is>
+          <t>9786059706407</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'yla Kavgalı Adam</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786059706384</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>L'lnvitation de Claude Simon et la Narration Fragmentaire</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786059706360</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>Bu Eller Utandırmaz Adamı</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786059706377</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>Dini-Tasavvufi Türk Edebiyatında İnsan</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786059706520</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Hizmetlerde Vatandaş Karnesi</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786055022143</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Rehberlik ve Psikolojik Danışmanlık</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786059706629</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Sırbistan'da Bir Aile Trajedisi</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786059706575</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Araştırmaları 3</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9789758156696</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Necip Mahfuz Toplumsal Gerçekçi Romanları</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786055999292</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Müze Yönetimi ve Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9789758156818</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>Musul Meselesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786054639823</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Biyolojik Adem’in Emerjans’ı</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
           <t>9786054639960</t>
         </is>
       </c>
-      <c r="B1689" s="1" t="inlineStr">
+      <c r="B1716" s="1" t="inlineStr">
         <is>
           <t>Rekabet Çağında Pazarlamatik Yönetişim</t>
         </is>
       </c>
-      <c r="C1689" s="1">
+      <c r="C1716" s="1">
         <v>145</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>