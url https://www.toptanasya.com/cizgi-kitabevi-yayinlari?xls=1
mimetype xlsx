--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,25765 +85,26725 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253966690</t>
+          <t>9786253968229</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zarfın İçindeki Hakikat</t>
+          <t>Zamanın Harabelerinde İnsan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253966430</t>
+          <t>9786253968304</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ardındakiler</t>
+          <t>Yapay Zeka Doğal Aile</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253966805</t>
+          <t>9786253967703</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Düşünce - Mekan Diyalektiğinde Antik Roma Kentleri</t>
+          <t>Shakespeare Metamorfozlarında Omurgasızlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253966799</t>
+          <t>9786253968144</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Obata Yūkichi ve Türkiye</t>
+          <t>Osmanlı Bilim Düşüncesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253966713</t>
+          <t>9786253968083</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Felsefesinde Yaşamın Estetik Yorumu</t>
+          <t>Hiksoslar Dönemi’nde Eski Mısır’ın Unutulmuş Peygamberi Hz. İsrail</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>485</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253966751</t>
+          <t>9786253967826</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Tasarım ve Sanal Gerçeklik Kullanımı</t>
+          <t>İletişim ve İlişki Sorunları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253966720</t>
+          <t>9786253968205</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğu Uygarlığının Bir Mensubu Olarak İran Toplumu</t>
+          <t>Anlatılarda Yüce Figürlerinin Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253966607</t>
+          <t>9786253968212</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Meslekte 40. Yılı İçin Öğrencilerinden Prof. Dr. İbrahim Şahin’e Armağan</t>
+          <t>Anlatının Poetikası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253966324</t>
+          <t>9786253967895</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3B Modellemede Yaratıcı Süreçler</t>
+          <t>Kitsch: Zevk mi, Zevksizlik mi?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253966676</t>
+          <t>9786253968342</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Kötülük ve Başkaldırı</t>
+          <t>Konya Müzesi Geç Roma Sikkeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253966645</t>
+          <t>9786253968090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kodların Çevirisi</t>
+          <t>Bağdat'ta Kölemen Hakimiyeti 1749-1831</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253966669</t>
+          <t>9786253967147</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>1. e4 Güçlü Açılış</t>
+          <t>Felsefi Antropolojinin Ufku Takiyettin Mengüşoğlu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253966355</t>
+          <t>9786253968151</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Toplum</t>
+          <t>Sosyolog Nihat Nirun’un Gözünden 1970’li Yılların Türkiye’si</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253966652</t>
+          <t>9786253968236</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültürel Dönüşümü</t>
+          <t>Sosyal Bilgiler Öğretim Programları ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253966591</t>
+          <t>9786253968175</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Borsa’da Sıfırdan Zirveye</t>
+          <t>Özalist Diplomacy</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253966706</t>
+          <t>9786253968021</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Liderlerin Dilsel Retorik Stratejileri</t>
+          <t>Meddah Yusuf Dilinden Kız Destanı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253966485</t>
+          <t>9786253967758</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Neurodiversity In Autobiography and Novel</t>
+          <t>Artificial Intelligence in Context: Applications, Ethics and Governance</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253966614</t>
+          <t>9786253968168</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tang Hanedanlığı Çin Şiirinin Altın Çağı</t>
+          <t>Sosyokültürel Engellilik Kuramı Bağlamında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253966454</t>
+          <t>9786253968199</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Politik Patronaj</t>
+          <t>Taekwondoda Müsabaka ve Performans Analizi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253966447</t>
+          <t>9786253968113</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Acemi Öğretmenin Dönüşümü</t>
+          <t>Bireysel Gelişimden Toplumsal Gelişime Yolculuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253966508</t>
+          <t>9786253967727</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler, Krallar ve Beyler Diyarı Eğil</t>
+          <t>Devşirme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>740</v>
+        <v>480</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253966492</t>
+          <t>9786253967666</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eğil - Kutsal Mekanlar ve Toplumsal Bellek</t>
+          <t>Dilde Tasfiye ve Türkçe İbadet Meselesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253966379</t>
+          <t>9786253967697</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tarihi Araştırmaları - I</t>
+          <t>Gazali'de Estetik ve Estetik Delil</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>740</v>
+        <v>265</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253966584</t>
+          <t>9786253967451</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fırat İle Dicle Arasında Çermik’in Tarihi Yolculuğu</t>
+          <t>Dijital Medya ve Popüler Kültür</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253966577</t>
+          <t>9786253967659</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yönetenler Üretenler Yaşayanlar</t>
+          <t>İki Lider İki Miras</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>720</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253966560</t>
+          <t>9786253967635</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Taşların Sırrı Suyun Şifası</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>580</v>
+        <v>780</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253966553</t>
+          <t>9786253967574</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mektebin Işığı Kalemin İzi</t>
+          <t>Din Eğitiminin Kültürel Bağlamı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253966201</t>
+          <t>9786253966768</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Memlük Devleti’nde Elçilik Teatisi (1250 – 1382)</t>
+          <t>Toplumsal Dirençlilik ve İyileşme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253966171</t>
+          <t>9786253967710</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dediği Sultan Yurdu Beykonak (Tekke) 1831-1845</t>
+          <t>Dijital Dünyada Reklam ve Görsel İletişim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253966423</t>
+          <t>9786253967291</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Apukurya (Apokries)/Tatavla Karnavalı Rum Kimliği Üzerinden Bir Dayanışma Pratiği mi?</t>
+          <t>Dev Kentlerin Sessiz Krizi Atıklar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>950</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253966317</t>
+          <t>9786253967192</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sınırın Ritmi</t>
+          <t>Özne 43. Kitap - Roman ve Felsefe</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253966300</t>
+          <t>9786253967390</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Teori ve Uygulamada Yönetişim</t>
+          <t>Marx Paris’te</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>480</v>
+        <v>920</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253966461</t>
+          <t>9786253967499</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Öteki</t>
+          <t>Bilim Merkezleri ve Turizm</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253966331</t>
+          <t>9786253966812</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Acı(n)mak İçin Değil Anlamak İçin Down Sendromu Tarihi</t>
+          <t>Beyaz Perdede Kan Lekesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253966393</t>
+          <t>9786253967178</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sustainability On Education</t>
+          <t>İslamcılık Düşüncesinde Medeniyet Tartışmaları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253966386</t>
+          <t>9786253967123</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar için Türkçe Hikayeler</t>
+          <t>Türkiye’den Almanya’ya İşçi Göçü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253966416</t>
+          <t>9786253967994</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mümtaz Faik Fenik’in Hikayeciliği</t>
+          <t>Doksan Altı Tez</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253966362</t>
+          <t>9786253967222</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmrenler (Balkanda)</t>
+          <t>İbn Kayyim El Cevziyye’nin Tasavvufa Yaklaşımı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>625</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253966195</t>
+          <t>9786253966980</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Epizodik Dürtünün Öyküsü</t>
+          <t>Zonguldak Basın Tarihi (1923-2015)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>285</v>
+        <v>700</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253966348</t>
+          <t>9786253967567</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve İnsan Hakları</t>
+          <t>A Tinted View</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253966294</t>
+          <t>9786253966966</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığının Yayıncılık Tecrübesi</t>
+          <t>Gastro Pazarlama</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055022907</t>
+          <t>9786253967161</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretmenliği İçin Siyaset Bilimine Giriş</t>
+          <t>Çağdaş Felsefe Tartışmaları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>680</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253965815</t>
+          <t>9786253967086</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zifiri</t>
+          <t>Din ve Jeopolitik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253966256</t>
+          <t>9786253967314</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Romanın Aynasında Dönüşüm Sancıları</t>
+          <t>Değişen Aile Dinamikleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253966218</t>
+          <t>9786253966867</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Dönemi Arap Şiirinde Toplumsal Eleştiri</t>
+          <t>Boşanma</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253965549</t>
+          <t>9786253967406</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İktisat Düşüncesi</t>
+          <t>Ashabu’l-hadis Literatüründe Aklın Epistemik Değeri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253965129</t>
+          <t>9786253967017</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Araştırmaları - 2</t>
+          <t>Algoritma Tahakkümü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253966072</t>
+          <t>9786253967413</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gözden Gönüle Prof. Dr. Nazmi Zengin</t>
+          <t>Taltif ile Tahdid Arasında II. Abdülhamid Dönemi Takvim Sansürleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253965716</t>
+          <t>9786259466699</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve Ermeniler</t>
+          <t>Fedakar Bir Baba Çoban Mehmet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253966188</t>
+          <t>9786253966904</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Döşemealtı Nahiyesi</t>
+          <t>Yapay Zeka, Pazarlama Zekası ve Dijital İletişimde 100 Temel Kavram</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253966164</t>
+          <t>9786253967208</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Tarihinden Portreler</t>
+          <t>Urfa Günlükleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253966140</t>
+          <t>9786253967130</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Alkali Bileşiklerden Sentetik Alkalilere</t>
+          <t>Şırnak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253966102</t>
+          <t>9786253966737</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşmenin Ötesi</t>
+          <t>Pazarören'den Maziye Akmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253966027</t>
+          <t>9786253966683</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Dönemi'nde Osmanlı Kadınları</t>
+          <t>Öğretmenin Türkçesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253966133</t>
+          <t>9786253967215</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşan Osmanlı Eğitimi Üzerine Seçilmiş Yazılar</t>
+          <t>Kerrami Zühd Hareketi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253966010</t>
+          <t>9786253967116</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çeviri Sorunları ve Çözümleri</t>
+          <t>Hatib Zakiri Hasan Efendi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253966157</t>
+          <t>9786253967338</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Orta Afrika’da Siyaset ve Diplomasi</t>
+          <t>Değişen İnanç Haritaları</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253965648</t>
+          <t>9786253966935</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Sanat</t>
+          <t>Osmanlı Sıhhiye Teşkilatı 1838-1920</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>580</v>
+        <v>700</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253966089</t>
+          <t>9786253966881</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Rusça-Türkçe Açıklamalı Çeviribilim Terimleri Sözlüğü</t>
+          <t>Şiir ve Otorite</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253966003</t>
+          <t>9786253966959</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ege’de Bir Akşamüstü</t>
+          <t>Demokrat Parti Döneminde Olaylı Siyasi Seyahatler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253966034</t>
+          <t>9786253965266</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kahramanmaraş Depremi Memoratları</t>
+          <t>Management Information Systems in Food Based Franchising Sector</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253965730</t>
+          <t>9786253966874</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Seküler Metafiziğin İmkanı Theodor W. Adorno</t>
+          <t>Filozoflarla Etik Problemler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253966041</t>
+          <t>9786253966898</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Kürd Raporları</t>
+          <t>Eleştirel Yönetim Çalışmaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>680</v>
+        <v>580</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259466613</t>
+          <t>9786253966058</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Moria</t>
+          <t>Aruz İlmi Öğretiminde Manzum Eser Geleneği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051962016</t>
+          <t>9786253966690</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İtil Bulgarları</t>
+          <t>Zarfın İçindeki Hakikat</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758867141</t>
+          <t>9786253966430</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra Söyleşiler</t>
+          <t>Perdenin Ardındakiler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055999650</t>
+          <t>9786253966805</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Routinen im Alltaglichen Leben</t>
+          <t>Düşünce - Mekan Diyalektiğinde Antik Roma Kentleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944272025</t>
+          <t>9786253966799</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Meclisi-i Mebusanında Parlamenter Denetim (1908-1920)</t>
+          <t>Obata Yūkichi ve Türkiye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054451746</t>
+          <t>9786253966713</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İnsan Hakları ve Eşitlik</t>
+          <t>Nietzsche Felsefesinde Yaşamın Estetik Yorumu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055999629</t>
+          <t>9786253966751</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Din Siyaset Seçmen</t>
+          <t>Üç Boyutlu Tasarım ve Sanal Gerçeklik Kullanımı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054451388</t>
+          <t>9786253966720</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Devrek ve Çevresi Tarihi</t>
+          <t>Doğu Uygarlığının Bir Mensubu Olarak İran Toplumu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051965284</t>
+          <t>9786253966607</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Non-Governmental Organizations and Democratization in Post-Soviet Kyrgystan</t>
+          <t>Meslekte 40. Yılı İçin Öğrencilerinden Prof. Dr. İbrahim Şahin’e Armağan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055022730</t>
+          <t>9786253966324</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Referans Sisteminde Din Olgusu</t>
+          <t>3B Modellemede Yaratıcı Süreçler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253966126</t>
+          <t>9786253966676</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Etkin Yurttaşlık</t>
+          <t>Tanrı, Kötülük ve Başkaldırı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253965990</t>
+          <t>9786253966645</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tek Kitaplı Şair Emir İlhan’ın Şiirinde Vahdaniyet</t>
+          <t>Kültürel Kodların Çevirisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051966984</t>
+          <t>9786253966669</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösteren Şehir: Yalvaç</t>
+          <t>1. e4 Güçlü Açılış</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051962900</t>
+          <t>9786253966355</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Vilayet Hususi İdareleri ve Bütçeleri</t>
+          <t>Dijitalleşme ve Toplum</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758867578</t>
+          <t>9786253966652</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ermenek ve Yakın Çevresindeki Antik Yerleşim Birimleri</t>
+          <t>Anadolu’nun Kültürel Dönüşümü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253965778</t>
+          <t>9786253966591</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zorlayıcı Gündelik Hayat</t>
+          <t>Borsa’da Sıfırdan Zirveye</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253965877</t>
+          <t>9786253966706</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Deterritorialized Lives</t>
+          <t>Siyasal İletişimde Liderlerin Dilsel Retorik Stratejileri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253965907</t>
+          <t>9786253966485</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim Uygulamaları 1</t>
+          <t>Neurodiversity In Autobiography and Novel</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253965822</t>
+          <t>9786253966614</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Chemtrails ve Dünya’da İklim Savaşları</t>
+          <t>Tang Hanedanlığı Çin Şiirinin Altın Çağı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253965761</t>
+          <t>9786253966454</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyada Evrimleşen Robotlar</t>
+          <t>Edebiyatta Politik Patronaj</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253965808</t>
+          <t>9786253966447</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İksîrü’l-Muhabbe</t>
+          <t>Acemi Öğretmenin Dönüşümü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253965839</t>
+          <t>9786253966508</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Midhat Efendi’nin Tarih-i Ulum’una Dair İzah, Şerh ve Mütalaalar</t>
+          <t>Peygamberler, Krallar ve Beyler Diyarı Eğil</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>740</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253965600</t>
+          <t>9786253966492</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık ve Hoşgörü İlişkisi</t>
+          <t>Eğil - Kutsal Mekanlar ve Toplumsal Bellek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253965754</t>
+          <t>9786253966379</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Derviş Zaim Sinemasında Şamanın Yolculuğu</t>
+          <t>Eski Çağ Tarihi Araştırmaları - I</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253965723</t>
+          <t>9786253966584</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eşgüdümlü İki Alan Eğitim Öğretim ve Modernleşme</t>
+          <t>Fırat İle Dicle Arasında Çermik’in Tarihi Yolculuğu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253965693</t>
+          <t>9786253966577</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Yeniden Düşünmek</t>
+          <t>Yönetenler Üretenler Yaşayanlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>720</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253965686</t>
+          <t>9786253966560</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İlahi Beş Mertebe ve Kamil İnsan</t>
+          <t>Taşların Sırrı Suyun Şifası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253965532</t>
+          <t>9786253966553</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Teşkilat Düşüncesi</t>
+          <t>Mektebin Işığı Kalemin İzi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253965785</t>
+          <t>9786253966201</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Çapakçur'da (Bingöl) Görev Yapan Kaymakamlar 1882-1935</t>
+          <t>Memlük Devleti’nde Elçilik Teatisi (1250 – 1382)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253965747</t>
+          <t>9786253966171</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kimya Sanayinin Ekonomik Komplekslik Bağlamında Analizi</t>
+          <t>Dediği Sultan Yurdu Beykonak (Tekke) 1831-1845</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>166</v>
+        <v>360</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253965709</t>
+          <t>9786253966423</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Three-Child Policy</t>
+          <t>Apukurya (Apokries)/Tatavla Karnavalı Rum Kimliği Üzerinden Bir Dayanışma Pratiği mi?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253965631</t>
+          <t>9786253966317</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Öğretmeni Namık Ayas’ın Gözüyle Konya</t>
+          <t>Sınırın Ritmi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253965792</t>
+          <t>9786253966300</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hataylı Aşık Hafız Hoca</t>
+          <t>Güncel Gelişmeler Işığında Teori ve Uygulamada Yönetişim</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059108829</t>
+          <t>9786253966461</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Genç Dindarlığı ve Din Eğitimi</t>
+          <t>İçimdeki Öteki</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054451579</t>
+          <t>9786253966331</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitimin Aydınlanmadaki Yeri</t>
+          <t>Acı(n)mak İçin Değil Anlamak İçin Down Sendromu Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054451258</t>
+          <t>9786253966393</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İletişim Eyleminin Anatomisi</t>
+          <t>Sustainability On Education</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253965556</t>
+          <t>9786253966386</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hitit İmparatorluk Çağı’nda Eski Mısır’da İki Muvahhid Hz. Yusuf ve Hz. Musa</t>
+          <t>Yabancılar için Türkçe Hikayeler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253965617</t>
+          <t>9786253966416</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gen-Etik İnsan Genom Projesi Üzerine Bir Etik Sorunlaştırma</t>
+          <t>Mümtaz Faik Fenik’in Hikayeciliği</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253965624</t>
+          <t>9786253966362</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırı Etiğinin İki Yüzü Albert Camus ve Nurettin Topçu</t>
+          <t>İmrenler (Balkanda)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253965563</t>
+          <t>9786253966195</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Anlatılarda Ayrıntı Çözümlemesine Giriş</t>
+          <t>Epizodik Dürtünün Öyküsü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253965679</t>
+          <t>9786253966348</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde İnsan Kaynağının Etkin Yönetimi</t>
+          <t>Felsefe ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253965570</t>
+          <t>9786253966294</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öykü İncelemesine Giriş</t>
+          <t>Diyanet İşleri Başkanlığının Yayıncılık Tecrübesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253965655</t>
+          <t>9786055022907</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Öykülerde Aramak</t>
+          <t>Sosyal Bilgiler Öğretmenliği İçin Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253965587</t>
+          <t>9786253965815</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Devrimler ve Uluslararası Siyaset</t>
+          <t>Zifiri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786251962306</t>
+          <t>9786253966256</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Özne 29. Kitap - Stoa Felsefesi</t>
+          <t>Romanın Aynasında Dönüşüm Sancıları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253965518</t>
+          <t>9786253966218</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Petrus</t>
+          <t>Cahiliye Dönemi Arap Şiirinde Toplumsal Eleştiri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253965440</t>
+          <t>9786253965549</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Özne 42. Kitap - Şiir ve Felsefe</t>
+          <t>Osmanlı İktisat Düşüncesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253965594</t>
+          <t>9786253965129</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekayı Kant’la Düşünmek</t>
+          <t>Türk Tasavvuf Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253965501</t>
+          <t>9786253966072</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık ve Güven</t>
+          <t>Gözden Gönüle Prof. Dr. Nazmi Zengin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>168</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253965433</t>
+          <t>9786253965716</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Darbeler ve Darbeciler</t>
+          <t>Kürtler ve Ermeniler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253965495</t>
+          <t>9786253966188</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ağ Dindarlığı</t>
+          <t>Cumhuriyet Döneminde Döşemealtı Nahiyesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253965426</t>
+          <t>9786253966164</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Peygamber Methiyeleri</t>
+          <t>Doğu Türkistan Tarihinden Portreler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253965488</t>
+          <t>9786253966140</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Kelimeler</t>
+          <t>Alkali Bileşiklerden Sentetik Alkalilere</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253965457</t>
+          <t>9786253966102</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Hamalları</t>
+          <t>Sekülerleşmenin Ötesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253965471</t>
+          <t>9786253966027</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Spectacle, Performance and New Femininities in the Plays of Edwardian Suffrage Playwrights</t>
+          <t>Sultan II. Abdülhamid Dönemi'nde Osmanlı Kadınları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253965464</t>
+          <t>9786253966133</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Labirent</t>
+          <t>Çağdaşlaşan Osmanlı Eğitimi Üzerine Seçilmiş Yazılar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253965396</t>
+          <t>9786253966010</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Tiyatro Eserlerinde Halk Dramları</t>
+          <t>Çağdaş Çeviri Sorunları ve Çözümleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253965327</t>
+          <t>9786253966157</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Vergi Adaleti ve İslam</t>
+          <t>Orta Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253965082</t>
+          <t>9786253965648</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ustanın Öğrencisi</t>
+          <t>İslam Düşüncesinde Sanat</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253965402</t>
+          <t>9786253966089</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tekirdağ Kentleşmesi ve Kimliği</t>
+          <t>Rusça-Türkçe Açıklamalı Çeviribilim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253965341</t>
+          <t>9786253966003</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras ve Sürdürülebilir Kalkınma</t>
+          <t>Ege’de Bir Akşamüstü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253965211</t>
+          <t>9786253966034</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk-Macar İlişkilerinin Dünü, Bugünü ve Geleceği Uluslararası Sempozyumu</t>
+          <t>Kahramanmaraş Depremi Memoratları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>880</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253965013</t>
+          <t>9786253965730</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Müzesi’nde Bulunan Mevlevi Giysilerinin Ve Mevlana’ya Atfedilen Giysilerin Giyim Sanat Dalı Açısından İncelenmesi</t>
+          <t>Seküler Metafiziğin İmkanı Theodor W. Adorno</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253965389</t>
+          <t>9786253966041</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dil, Cinsiyet ve İnanç</t>
+          <t>Osmanlı Dönemi Kürd Raporları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>680</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253965365</t>
+          <t>9786259466613</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Dostu Kentler</t>
+          <t>Moria</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253962050</t>
+          <t>9786051962016</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çirkinin Estetiği</t>
+          <t>İtil Bulgarları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253965334</t>
+          <t>9789758867141</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Siber Uzayda Egemenlik İnşası</t>
+          <t>Tarık Buğra Söyleşiler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253964726</t>
+          <t>9786055999650</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Toplum Ekseninde Devecilik Kültürü ve Deve Güreşleri</t>
+          <t>Routinen im Alltaglichen Leben</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253962876</t>
+          <t>9789944272025</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğüne Sahip Çocuklarda Yabancı Dil Eğitimi (İngilizce Öğretmenlerine Uygulanan Bilgilendirme Programının İncelenmesi)</t>
+          <t>Osmanlı Meclisi-i Mebusanında Parlamenter Denetim (1908-1920)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253962883</t>
+          <t>9786054451746</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğü (Rehberlik ve Araştırma Merkezlerinde Tanı, Değerlendirme ve İzleme Süreçleri)</t>
+          <t>İslam Hukukunda İnsan Hakları ve Eşitlik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253962821</t>
+          <t>9786055999629</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomik Bunalımının İzmir’deki Tüketim Kültürüne Etkisi (İzmir Basını Gözüyle)</t>
+          <t>Din Siyaset Seçmen</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758156467</t>
+          <t>9786054451388</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi Strateji, Rekabet, Küreselleşme</t>
+          <t>Devrek ve Çevresi Tarihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253965259</t>
+          <t>9786051965284</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Bilim Tarihinin İzinde Türk Dünyasında Macarlar</t>
+          <t>Non-Governmental Organizations and Democratization in Post-Soviet Kyrgystan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253965273</t>
+          <t>9786055022730</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çerkeşizade Mehmed Tevfik Efendi’nin Kelami Görüşleri</t>
+          <t>İnsanoğlu Referans Sisteminde Din Olgusu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253965235</t>
+          <t>9786253966126</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin Mesaisi Olmaz</t>
+          <t>Demokrasi ve Etkin Yurttaşlık</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253965280</t>
+          <t>9786253965990</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Girdeci Ali el-Konevi / el-Mevlevi ve Hikayeleri</t>
+          <t>Tek Kitaplı Şair Emir İlhan’ın Şiirinde Vahdaniyet</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253965297</t>
+          <t>9786051966984</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Konya’nın Fi Tarihinde Mazlumlar, Hainler ve Garipler</t>
+          <t>Yol Gösteren Şehir: Yalvaç</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253965204</t>
+          <t>9786051962900</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Leylan</t>
+          <t>Osmanlı Devleti'nde Vilayet Hususi İdareleri ve Bütçeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253964993</t>
+          <t>9789758867578</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Anarşizm</t>
+          <t>Ermenek ve Yakın Çevresindeki Antik Yerleşim Birimleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253965242</t>
+          <t>9786253965778</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ile Ölüm Arasında Felsefe</t>
+          <t>Zorlayıcı Gündelik Hayat</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253965075</t>
+          <t>9786253965877</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli ve Etkin İş Yapma Sanatı</t>
+          <t>Deterritorialized Lives</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253965198</t>
+          <t>9786253965907</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Alfred Jules Ayer’in Duygucu Etik Teorisi</t>
+          <t>Anlatıbilim Uygulamaları 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253965112</t>
+          <t>9786253965822</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Balkanlı ve Ahıskalı Göçmenler</t>
+          <t>Chemtrails ve Dünya’da İklim Savaşları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>285</v>
+        <v>480</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253965167</t>
+          <t>9786253965761</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Academic Encounters 2025</t>
+          <t>Yeni Dünyada Evrimleşen Robotlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253964450</t>
+          <t>9786253965808</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Disiplinlerarası Okumalar - Uygulamalar</t>
+          <t>İksîrü’l-Muhabbe</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253964702</t>
+          <t>9786253965839</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Cezayir’in İlyada’sı Mufdi Zekeriyya ve Devrimin Poetikası</t>
+          <t>Ahmed Midhat Efendi’nin Tarih-i Ulum’una Dair İzah, Şerh ve Mütalaalar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000016013</t>
+          <t>9786253965600</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bay B.’nin Başına Gelenler</t>
+          <t>Dindarlık ve Hoşgörü İlişkisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253965174</t>
+          <t>9786253965754</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Çermik</t>
+          <t>Derviş Zaim Sinemasında Şamanın Yolculuğu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253965136</t>
+          <t>9786253965723</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eugene O'Neill ve Haldun Taner Oyunlarında Modern Bir Rahatsızlık</t>
+          <t>Eşgüdümlü İki Alan Eğitim Öğretim ve Modernleşme</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253965143</t>
+          <t>9786253965693</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Haberleşme ve Propaganda</t>
+          <t>Okumayı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253965105</t>
+          <t>9786253965686</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ötesinde Türk Romanında Bilinçli Varlıklar Olarak Hayvanlar</t>
+          <t>İlahi Beş Mertebe ve Kamil İnsan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253965150</t>
+          <t>9786253965532</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Tarlakuşu Carol Ann Duffy Şiirinde Üstopya Mekanları</t>
+          <t>Osmanlı Teşkilat Düşüncesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253964689</t>
+          <t>9786253965785</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Optimal Para Alanları Çerçevesinde Avrupa Parasal Birliğinin İçerisinde Bulunduğu Çıkmazlar</t>
+          <t>Osmanlı'dan Cumhuriyet'e Çapakçur'da (Bingöl) Görev Yapan Kaymakamlar 1882-1935</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253965006</t>
+          <t>9786253965747</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Premodern’den Geç Modern’e Şiddetin Değişen Veçheleri &amp; Byung-Chul Han Bağlamında Olumluluğun Şiddeti</t>
+          <t>Türkiye’de Kimya Sanayinin Ekonomik Komplekslik Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>166</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253965099</t>
+          <t>9786253965709</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresinden -Lykaonia Bölgesi- Sunaklar</t>
+          <t>Three-Child Policy</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253965020</t>
+          <t>9786253965631</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Almanca Dil Bilgisi Ve Alıştırma Kitabı/ Deutsch Für Dich Grammatik und Übungsbuch</t>
+          <t>Bir Cumhuriyet Öğretmeni Namık Ayas’ın Gözüyle Konya</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253964955</t>
+          <t>9786253965792</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sanata Felsefeyle Yönelmek</t>
+          <t>Hataylı Aşık Hafız Hoca</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253965068</t>
+          <t>9786059108829</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Meymar/ Ömer b. Abdülaziz ve Pozitif Özgürlük</t>
+          <t>Genç Dindarlığı ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253965044</t>
+          <t>9786054451579</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Zor Problemine Alternatif Bir Bakış/ Kozmopsişizm</t>
+          <t>Milli Eğitimin Aydınlanmadaki Yeri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253963811</t>
+          <t>9786054451258</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Müstekbir ve Müstaz‘af Kavramlarına Sosyolojik Bir Yaklaşım</t>
+          <t>İletişim Eyleminin Anatomisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253964443</t>
+          <t>9786253965556</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mossyna’dan Çala/ İlk Devirlerden Osmanlılara Kadar Çal Yöresi</t>
+          <t>Hitit İmparatorluk Çağı’nda Eski Mısır’da İki Muvahhid Hz. Yusuf ve Hz. Musa</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253964948</t>
+          <t>9786253965617</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji değil Sosyolojiler/ Sosyoloji Tasarımları Üzerine Bir Çalışma</t>
+          <t>Gen-Etik İnsan Genom Projesi Üzerine Bir Etik Sorunlaştırma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253965051</t>
+          <t>9786253965624</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Oruç ve Sağlık Beden, Zihin ve Ruh Dengesi</t>
+          <t>Başkaldırı Etiğinin İki Yüzü Albert Camus ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253964962</t>
+          <t>9786253965563</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Anlatılarda Ayrıntı Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253964917</t>
+          <t>9786253965679</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Estetiği Bağlamında Nabi Divan’ında Kanaat Kavramı</t>
+          <t>Yerel Yönetimlerde İnsan Kaynağının Etkin Yönetimi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253964733</t>
+          <t>9786253965570</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Çatışma Alanı Olarak Süveyş Kanalı ve Büyük Güçler 1869-1882</t>
+          <t>Kısa Öykü İncelemesine Giriş</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253963965</t>
+          <t>9786253965655</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Din</t>
+          <t>Felsefeyi Öykülerde Aramak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253964924</t>
+          <t>9786253965587</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Ahlak ve Siyaset Felsefelerinin İmkanı ve Kaynakları</t>
+          <t>Devrimler ve Uluslararası Siyaset</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253964931</t>
+          <t>9786251962306</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Doğal İlahiyat | Yani Yaradıcı’nın Varlığına Mahlukattan İspatlar</t>
+          <t>Özne 29. Kitap - Stoa Felsefesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253962951</t>
+          <t>9786253965518</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Teorileri ve Postmodern Durum</t>
+          <t>Petrus</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253964641</t>
+          <t>9786253965440</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kadının Öyküsü | Gelenekten Moderniteye Bir Yolculuk</t>
+          <t>Özne 42. Kitap - Şiir ve Felsefe</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>740</v>
+        <v>750</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253963606</t>
+          <t>9786253965594</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Göç Kimlik ve Müzik | İsveç Alevileri</t>
+          <t>Yapay Zekayı Kant’la Düşünmek</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253964887</t>
+          <t>9786253965501</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika’da Siyaset ve Diplomasi</t>
+          <t>Dindarlık ve Güven</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>560</v>
+        <v>168</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253964399</t>
+          <t>9786253965433</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya Çalışmaları - l</t>
+          <t>Türkiye’de Darbeler ve Darbeciler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253964313</t>
+          <t>9786253965495</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları – 3</t>
+          <t>Ağ Dindarlığı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253962142</t>
+          <t>9786253965426</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Arnold Van Gennep ve Folklor</t>
+          <t>Arap Edebiyatında Peygamber Methiyeleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253964078</t>
+          <t>9786253965488</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cend’den Cihana Selçuklu Sultanları</t>
+          <t>Anahtar Kelimeler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253964719</t>
+          <t>9786253965457</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Yazıları Klasik Ütopyalar Üzerine Araştırmalar</t>
+          <t>Kültürün Hamalları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253964832</t>
+          <t>9786253965471</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Edward Bond’un Akılcı Tiyatrosunda Diyalektik Yaklaşım</t>
+          <t>Spectacle, Performance and New Femininities in the Plays of Edwardian Suffrage Playwrights</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253964740</t>
+          <t>9786253965464</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi Üzerine Bir Münakaşa | “Neden Kaybettik?” Sorusuna Anonim Cevaplar</t>
+          <t>Postmodern Labirent</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054639830</t>
+          <t>9786253965396</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Kimliği</t>
+          <t>Tanzimat Dönemi Tiyatro Eserlerinde Halk Dramları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>680</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253964375</t>
+          <t>9786253965327</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Özne 41. Kitap - Pragmatizm</t>
+          <t>Vergi Adaleti ve İslam</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>720</v>
+        <v>185</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253964368</t>
+          <t>9786253965082</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Modern İktisadın Gelişimi ve Menapirzade Nuri’nin Mebahis-i İlm-i Servet’i</t>
+          <t>Ustanın Öğrencisi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253964115</t>
+          <t>9786253965402</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilik Yolunda 40 Yıllık Bir Ömür - Yunus Misali - Prof. Dr. Saim Savaş Armağanı</t>
+          <t>Tekirdağ Kentleşmesi ve Kimliği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253964504</t>
+          <t>9786253965341</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ursula K. Le Guin Kurgusunda Ataerkillik, Kapitalizm ve Ekofeminizm</t>
+          <t>Kültürel Miras ve Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253964405</t>
+          <t>9786253965211</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük Hareketi’nin Fıkıh Alanındaki Görüşleri / Tanzimat’tan Cumhuriyet’e</t>
+          <t>Türk-Macar İlişkilerinin Dünü, Bugünü ve Geleceği Uluslararası Sempozyumu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>880</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253964344</t>
+          <t>9786253965013</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rumi In Other Words Introduction to Commentaries of Mathnawi</t>
+          <t>Mevlana Müzesi’nde Bulunan Mevlevi Giysilerinin Ve Mevlana’ya Atfedilen Giysilerin Giyim Sanat Dalı Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253964276</t>
+          <t>9786253965389</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Aslına Döndürmek / 17. Yüzyıl Geriye Dönüş Arayışlarının İbn Haldûncu Bir Tetkiki</t>
+          <t>Dil, Cinsiyet ve İnanç</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253964191</t>
+          <t>9786253965365</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Emek, Göç</t>
+          <t>Çocuk Dostu Kentler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253964474</t>
+          <t>9786253962050</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hitit Ritüellerinde Sağaltma ve Arındırma</t>
+          <t>Çirkinin Estetiği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253964382</t>
+          <t>9786253965334</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
+          <t>Siber Uzayda Egemenlik İnşası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253964436</t>
+          <t>9786253964726</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sicill-i Ahval Defterlerine Göre Oltulu Devlet Adamları</t>
+          <t>Tarih Kültür Toplum Ekseninde Devecilik Kültürü ve Deve Güreşleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253964429</t>
+          <t>9786253962876</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Taşra Elitlerinin Yükselişi</t>
+          <t>Özel Öğrenme Güçlüğüne Sahip Çocuklarda Yabancı Dil Eğitimi (İngilizce Öğretmenlerine Uygulanan Bilgilendirme Programının İncelenmesi)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>380</v>
+        <v>175</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253964160</t>
+          <t>9786253962883</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sıffin Savaşı (37/657) İlk Dönem İslam Tarihçilerinin Sıffin Savaşı Anlatımları</t>
+          <t>Özel Öğrenme Güçlüğü (Rehberlik ve Araştırma Merkezlerinde Tanı, Değerlendirme ve İzleme Süreçleri)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253964481</t>
+          <t>9786253962821</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Akademide Bir Ömür Prof. Dr. Sevinç Güçlü Armağanı Sosyal Bilimler Yazıları</t>
+          <t>Dünya Ekonomik Bunalımının İzmir’deki Tüketim Kültürüne Etkisi (İzmir Basını Gözüyle)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253964122</t>
+          <t>9789758156467</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa Diyarbekir'de</t>
+          <t>Yeni Ekonomi Strateji, Rekabet, Küreselleşme</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253963958</t>
+          <t>9786253965259</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hamdullah Suphi Tanrıöver’in Düşünce Dünyası ve Romanya Büyükelçiliği</t>
+          <t>Dünden Bugüne Bilim Tarihinin İzinde Türk Dünyasında Macarlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253964498</t>
+          <t>9786253965273</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarih ile Menakıb Arasında Tasavvuf Geleneğinde Biyografi Yazıcılığı</t>
+          <t>Çerkeşizade Mehmed Tevfik Efendi’nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253963927</t>
+          <t>9786253965235</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’te Yahudi Vezirler 912-1090</t>
+          <t>Gazetecinin Mesaisi Olmaz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253963996</t>
+          <t>9786253965280</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Dilbiliminde Ses-Mana İlişkisi ve Modern Yaklaşımlar</t>
+          <t>Girdeci Ali el-Konevi / el-Mevlevi ve Hikayeleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253964085</t>
+          <t>9786253965297</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Anatomisi / Türk Dünyası Efsanelerinde İhanet</t>
+          <t>Konya’nın Fi Tarihinde Mazlumlar, Hainler ve Garipler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253964283</t>
+          <t>9786253965204</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Nicolaus Cusanus’ta Tanrı ve İnsan</t>
+          <t>Şems-i Leylan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253964054</t>
+          <t>9786253964993</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Çınarı Hilmi Ziya Ülken</t>
+          <t>Uluslararası İlişkiler ve Anarşizm</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253964030</t>
+          <t>9786253965242</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Kamu Yönetimi</t>
+          <t>Yaşam ile Ölüm Arasında Felsefe</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253964146</t>
+          <t>9786253965075</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Edebiyat Esintileri</t>
+          <t>Bilinçli ve Etkin İş Yapma Sanatı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253964023</t>
+          <t>9786253965198</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Körfez Ülkelerine Yönelik Emek Göçü</t>
+          <t>Alfred Jules Ayer’in Duygucu Etik Teorisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253963989</t>
+          <t>9786253965112</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Ömür / Şavşatlı Bir Öğretmenin Hatıraları</t>
+          <t>Balkanlı ve Ahıskalı Göçmenler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253963941</t>
+          <t>9786253965167</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Asr-ı Hazır 2. Cilt</t>
+          <t>Academic Encounters 2025</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253964108</t>
+          <t>9786253964450</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sosyal Medya ve X, Y, Z Kuşakları</t>
+          <t>Edebiyat ve Disiplinlerarası Okumalar - Uygulamalar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253963934</t>
+          <t>9786253964702</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Araştırmalarında Nicel, Nitel ve Karma Yöntemler</t>
+          <t>Cezayir’in İlyada’sı Mufdi Zekeriyya ve Devrimin Poetikası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253963910</t>
+          <t>3990000016013</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Romandan Tiyatroya Dünyaya İkinci Geliş’in Sefalet-i Aşk’a Dönüşümü</t>
+          <t>Bay B.’nin Başına Gelenler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253964092</t>
+          <t>9786253965174</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Politik Retorik</t>
+          <t>Osmanlı İdaresinde Çermik</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253963873</t>
+          <t>9786253965136</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Düşüncesinde Ahlak Felsefeleri</t>
+          <t>Eugene O'Neill ve Haldun Taner Oyunlarında Modern Bir Rahatsızlık</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253963781</t>
+          <t>9786253965143</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kars Zafernamesi / Şadi’nın Kars Zaferi Konulu Muzaffernamesi</t>
+          <t>Milli Mücadele'de Haberleşme ve Propaganda</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253963866</t>
+          <t>9786253965105</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İrlandalı Bir Hayalet James Clarence Mangan</t>
+          <t>İnsanın Ötesinde Türk Romanında Bilinçli Varlıklar Olarak Hayvanlar</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9771309155159</t>
+          <t>9786253965150</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Etütleri Cilt: 11 Sayı: 2 Aralık 2019</t>
+          <t>Çağdaş Bir Tarlakuşu Carol Ann Duffy Şiirinde Üstopya Mekanları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000014073</t>
+          <t>9786253964689</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Roman Biçimleri</t>
+          <t>Optimal Para Alanları Çerçevesinde Avrupa Parasal Birliğinin İçerisinde Bulunduğu Çıkmazlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758867110</t>
+          <t>9786253965006</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Piyasa Ekonomisi ve Ekonomik Özgürlükler</t>
+          <t>Premodern’den Geç Modern’e Şiddetin Değişen Veçheleri &amp; Byung-Chul Han Bağlamında Olumluluğun Şiddeti</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055022518</t>
+          <t>9786253965099</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kojiki Japon Mitolojisine Bir Yolculuk</t>
+          <t>Konya ve Çevresinden -Lykaonia Bölgesi- Sunaklar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789758156559</t>
+          <t>9786253965020</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Canlı Yayın ve Açıköğretim</t>
+          <t>Senin İçin Almanca Dil Bilgisi Ve Alıştırma Kitabı/ Deutsch Für Dich Grammatik und Übungsbuch</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054451869</t>
+          <t>9786253964955</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Şehir</t>
+          <t>Sanata Felsefeyle Yönelmek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051963136</t>
+          <t>9786253965068</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Tahnit ve Tehyietü'l-Hayvanat (Osmanlıca Aslı İle)</t>
+          <t>Meymar/ Ömer b. Abdülaziz ve Pozitif Özgürlük</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253963842</t>
+          <t>9786253965044</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şehri Yeniden Düşünmek</t>
+          <t>Bilincin Zor Problemine Alternatif Bir Bakış/ Kozmopsişizm</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253963675</t>
+          <t>9786253963811</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 3</t>
+          <t>Müstekbir ve Müstaz‘af Kavramlarına Sosyolojik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944272018</t>
+          <t>9786253964443</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Dönemi Siyasi Mücadelesinde Lütfi Fikri’nin Tanzimat’ı</t>
+          <t>Mossyna’dan Çala/ İlk Devirlerden Osmanlılara Kadar Çal Yöresi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253963651</t>
+          <t>9786253964948</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Türk, Arap ve Kürt Milliyetçiliği</t>
+          <t>Sosyoloji değil Sosyolojiler/ Sosyoloji Tasarımları Üzerine Bir Çalışma</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253963699</t>
+          <t>9786253965051</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Descartes Psikolojisi Karşılaştırmalı Bir Analiz</t>
+          <t>Oruç ve Sağlık Beden, Zihin ve Ruh Dengesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253963767</t>
+          <t>9786253964962</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fakihler yahut Fakılar / Osmanlı Kuruluşunun Sessiz, İddiasız, Unutulmuş Hizmetkârları</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253963552</t>
+          <t>9786253964917</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İlkelliğin İhtişamı/Modernlik, Modernizm ve Turgut Uyar'ın Şiirinde Modern Hayatın Eleştirisi</t>
+          <t>Yaşama Estetiği Bağlamında Nabi Divan’ında Kanaat Kavramı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>285</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253963569</t>
+          <t>9786253964733</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dijital Suriye Diasporası</t>
+          <t>Emperyal Çatışma Alanı Olarak Süveyş Kanalı ve Büyük Güçler 1869-1882</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253963545</t>
+          <t>9786253963965</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yıllarından Günümüze Öğretmen Anıları Antolojisi</t>
+          <t>Metaverse ve Din</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253963590</t>
+          <t>9786253964924</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi'l-Hikme</t>
+          <t>Kutadgu Bilig’de Ahlak ve Siyaset Felsefelerinin İmkanı ve Kaynakları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253963583</t>
+          <t>9786253964931</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sultanmahmut Torayğırulı Şiiri Üzerine Bir İnceleme</t>
+          <t>Gençler İçin Doğal İlahiyat | Yani Yaradıcı’nın Varlığına Mahlukattan İspatlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253963576</t>
+          <t>9786253962951</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mircakıp Duvlatulı’nın Hikayeciliği</t>
+          <t>Modernleşme Teorileri ve Postmodern Durum</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253963521</t>
+          <t>9786253964641</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Babamın İzinde / Bir Anlatı Çalışması</t>
+          <t>Kadının Öyküsü | Gelenekten Moderniteye Bir Yolculuk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>280</v>
+        <v>740</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253963507</t>
+          <t>9786253963606</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr.Yakup Karasoy Armağanı</t>
+          <t>Göç Kimlik ve Müzik | İsveç Alevileri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253962401</t>
+          <t>9786253964887</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanının Ekonomi Politiği / Tanzimat’tan 2. Meşrutiyet’e</t>
+          <t>Batı Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253963514</t>
+          <t>9786253964399</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gözetimin Dönüşümü ve Instagram’da Benliğin Sunumu</t>
+          <t>Dijital Medya Çalışmaları - l</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253963620</t>
+          <t>9786253964313</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Nokta Koyduk</t>
+          <t>Batman Kent Araştırmaları – 3</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253963538</t>
+          <t>9786253962142</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Echoes of Uncertainty</t>
+          <t>Arnold Van Gennep ve Folklor</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253963613</t>
+          <t>9786253964078</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ben Boşandım Diyemedim</t>
+          <t>Cend’den Cihana Selçuklu Sultanları</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253962425</t>
+          <t>9786253964719</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İngiliz Tiyatrosundan Örneklerle Tiyatroda Hayvan</t>
+          <t>Felsefe Tarihi Yazıları Klasik Ütopyalar Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055022983</t>
+          <t>9786253964832</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Sosyolojisi</t>
+          <t>Edward Bond’un Akılcı Tiyatrosunda Diyalektik Yaklaşım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789758867073</t>
+          <t>9786253964740</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dünya Görüşü Bilim ve Ekonomi</t>
+          <t>93 Harbi Üzerine Bir Münakaşa | “Neden Kaybettik?” Sorusuna Anonim Cevaplar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253963460</t>
+          <t>9786054639830</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Girişimcilik</t>
+          <t>Alevi-Bektaşi Kimliği</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253963491</t>
+          <t>9786253964375</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Mali Yolsuzluk İddiaları 1950-1960</t>
+          <t>Özne 41. Kitap - Pragmatizm</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253963453</t>
+          <t>9786253964368</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İşgal (1916) ve Kurtuluşta (1918) Erzurum</t>
+          <t>Osmanlı Devleti’nde Modern İktisadın Gelişimi ve Menapirzade Nuri’nin Mebahis-i İlm-i Servet’i</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253963392</t>
+          <t>9786253964115</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay Varoluş ve Birey</t>
+          <t>Tarihçilik Yolunda 40 Yıllık Bir Ömür - Yunus Misali - Prof. Dr. Saim Savaş Armağanı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253963439</t>
+          <t>9786253964504</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Modern Arapça Atasözleri ve Deyimlerin Almancaya Çevirisinde Kültürün Yeri</t>
+          <t>Ursula K. Le Guin Kurgusunda Ataerkillik, Kapitalizm ve Ekofeminizm</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253963477</t>
+          <t>9786253964405</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik ve Din</t>
+          <t>Türkçülük Hareketi’nin Fıkıh Alanındaki Görüşleri / Tanzimat’tan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253962128</t>
+          <t>9786253964344</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Sinema ve İletişim Ne Uzak Ne Dışarıda Her Daim İç İçe</t>
+          <t>Rumi In Other Words Introduction to Commentaries of Mathnawi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253963132</t>
+          <t>9786253964276</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Felsefesinden Kesitler</t>
+          <t>Osmanlı’yı Aslına Döndürmek / 17. Yüzyıl Geriye Dönüş Arayışlarının İbn Haldûncu Bir Tetkiki</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253963408</t>
+          <t>9786253964191</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yeni Pazarlama Trendleri ve Yeni Teknolojiler</t>
+          <t>Kadın, Emek, Göç</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253963354</t>
+          <t>9786253964474</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılın Pedagojisi Beyin Algoritma Sistemi (BAS) ve Programı</t>
+          <t>Hitit Ritüellerinde Sağaltma ve Arındırma</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253963415</t>
+          <t>9786253964382</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Netflix ve Türkiye</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253963286</t>
+          <t>9786253964436</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dönülmez Yolun Yolcuları - Yemen’e Giden Redif Taburları</t>
+          <t>Sicill-i Ahval Defterlerine Göre Oltulu Devlet Adamları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253963347</t>
+          <t>9786253964429</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Sosyal Sermaye</t>
+          <t>Taşra Elitlerinin Yükselişi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253963231</t>
+          <t>9786253964160</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yüzerken Modernleşmek</t>
+          <t>Sıffin Savaşı (37/657) İlk Dönem İslam Tarihçilerinin Sıffin Savaşı Anlatımları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253963293</t>
+          <t>9786253964481</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tez Zamanı – Husserl ile Wittgenstein Arasında</t>
+          <t>Akademide Bir Ömür Prof. Dr. Sevinç Güçlü Armağanı Sosyal Bilimler Yazıları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253963200</t>
+          <t>9786253964122</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arnavutlarının ABD’ye Göçü 1870-1912</t>
+          <t>Sarı Paşa Diyarbekir'de</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253963378</t>
+          <t>9786253963958</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Kadın ve Komşuluk İlişkileri</t>
+          <t>Hamdullah Suphi Tanrıöver’in Düşünce Dünyası ve Romanya Büyükelçiliği</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>148</v>
+        <v>280</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253963330</t>
+          <t>9786253964498</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Beni Bana Sarıyorum</t>
+          <t>Tarih ile Menakıb Arasında Tasavvuf Geleneğinde Biyografi Yazıcılığı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253963309</t>
+          <t>9786253963927</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Demir Çağı’nın “Tek Tanrı” Savunucusu Davud ve Süleyman Krallığı - Kur’an Arkeolojisi Yöntemi ile</t>
+          <t>Endülüs’te Yahudi Vezirler 912-1090</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253963224</t>
+          <t>9786253963996</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mikail Bayram Ardından Ne Söylediler</t>
+          <t>Klasik Arap Dilbiliminde Ses-Mana İlişkisi ve Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253963316</t>
+          <t>9786253964085</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon - Omniptikon Modellerinin Huxley ile Orwell’in Distopyalarında Karşılaştırılması</t>
+          <t>İhanetin Anatomisi / Türk Dünyası Efsanelerinde İhanet</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253963279</t>
+          <t>9786253964283</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Envisioning Second Language Future Selves</t>
+          <t>Nicolaus Cusanus’ta Tanrı ve İnsan</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253963248</t>
+          <t>9786253964054</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Bilimden Önce Standart Mantık</t>
+          <t>Bir Düşünce Çınarı Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253962739</t>
+          <t>9786253964030</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Nüfuz Sağlayan Kişisel Nitelikler</t>
+          <t>Türk Dünyasında Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051963464</t>
+          <t>9786253964146</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>The Teaching Of British Literature and Culture 1</t>
+          <t>Kültür ve Edebiyat Esintileri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253963156</t>
+          <t>9786253964023</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Müslüman Fetihleri</t>
+          <t>Körfez Ülkelerine Yönelik Emek Göçü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253963217</t>
+          <t>9786253963989</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Modern Memurun İlk Yüzyılı (Genç Osmanlı Erken Cumhuriyet Döneminde Memur ve Memur Örgütlenmeleri)</t>
+          <t>Dile Gelen Ömür / Şavşatlı Bir Öğretmenin Hatıraları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253962104</t>
+          <t>9786253963941</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Endülüs - Fransa İlişkileri</t>
+          <t>Tarih-i Asr-ı Hazır 2. Cilt</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253961350</t>
+          <t>9786253964108</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele ve Türkiye Cumhuriyeti İnkılap Tarihi</t>
+          <t>Kültür, Sosyal Medya ve X, Y, Z Kuşakları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>720</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253963194</t>
+          <t>9786253963934</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim Araştırmaları II (Kuramsal ve Uygulamalı Yaklaşımlar)</t>
+          <t>Uluslararası İlişkiler Araştırmalarında Nicel, Nitel ve Karma Yöntemler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253963187</t>
+          <t>9786253963910</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Film Küratörlüğü ve Sanat Sineması Seyirciliği (Pera Film ve İstanbul Modern Sinema Örneği)</t>
+          <t>Romandan Tiyatroya Dünyaya İkinci Geliş’in Sefalet-i Aşk’a Dönüşümü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055022181</t>
+          <t>9786253964092</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Özne 19. Kitap - Albert Camus</t>
+          <t>Politik Retorik</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055022556</t>
+          <t>9786253963873</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Özne 20. Kitap - Sinema ve Felsefe</t>
+          <t>Mevlana Düşüncesinde Ahlak Felsefeleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253963125</t>
+          <t>9786253963781</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerden Güne Düşenler 1966-2010</t>
+          <t>Kars Zafernamesi / Şadi’nın Kars Zaferi Konulu Muzaffernamesi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1350</v>
+        <v>350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253963057</t>
+          <t>9786253963866</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>İrlandalı Bir Hayalet James Clarence Mangan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253960865</t>
+          <t>9771309155159</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Siyon Aşıkları Hareketi 1884-1897</t>
+          <t>Ortadoğu Etütleri Cilt: 11 Sayı: 2 Aralık 2019</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253963163</t>
+          <t>3990000014073</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sözün Dansı – Edebi Sanatlar ve İfade Yöntemleri</t>
+          <t>Roman Biçimleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253963095</t>
+          <t>9789758867110</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Afet - Sorunlu Yayıncılıktan Sorumlu Yayıncılığa</t>
+          <t>Türkiye’de Piyasa Ekonomisi ve Ekonomik Özgürlükler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253963149</t>
+          <t>9786055022518</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Adalet Kuramları</t>
+          <t>Kojiki Japon Mitolojisine Bir Yolculuk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253963071</t>
+          <t>9789758156559</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Sisteminin Tamamlayıcısı Olarak Türkiye’de Hayat Sigortaları ve Bireysel Emeklilik Sistemi</t>
+          <t>Televizyonda Canlı Yayın ve Açıköğretim</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253960704</t>
+          <t>9786054451869</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gerçekler Işığında Sağlıklı Beslenmenin Altın Kuralları</t>
+          <t>Yavaş Şehir</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253963101</t>
+          <t>9786051963136</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İmgelem (Kadın Öznenin İnşası)</t>
+          <t>İlm-i Tahnit ve Tehyietü'l-Hayvanat (Osmanlıca Aslı İle)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253963019</t>
+          <t>9786253963842</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasını Dışişleri Belleteni’nden Okumak 1964 - 2001</t>
+          <t>Şehri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253962166</t>
+          <t>9786253963675</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı</t>
+          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 3</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059706414</t>
+          <t>9789944272018</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik - Öğretmen Adayları İçin</t>
+          <t>İkinci Meşrutiyet Dönemi Siyasi Mücadelesinde Lütfi Fikri’nin Tanzimat’ı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051963273</t>
+          <t>9786253963651</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurmak Aile Olmak</t>
+          <t>Osmanlı’dan Cumhuriyet’e Türk, Arap ve Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051962306</t>
+          <t>9786253963699</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Özne 29. Kitap - Stoa Felsefesi</t>
+          <t>İbn Sina Descartes Psikolojisi Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253963040</t>
+          <t>9786253963767</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Rollo May’ın Birey ve Din Anlayışı</t>
+          <t>Fakihler yahut Fakılar / Osmanlı Kuruluşunun Sessiz, İddiasız, Unutulmuş Hizmetkârları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253962975</t>
+          <t>9786253963552</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Palestinian Security Perspective A Literary Analysis</t>
+          <t>İlkelliğin İhtişamı/Modernlik, Modernizm ve Turgut Uyar'ın Şiirinde Modern Hayatın Eleştirisi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054639656</t>
+          <t>9786253963569</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Özne 18. Kitap - Feminizm ve Felsefe</t>
+          <t>Türkiye'de Dijital Suriye Diasporası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253963002</t>
+          <t>9786253963545</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Zazacanın Fonolojisi</t>
+          <t>Cumhuriyet'in İlk Yıllarından Günümüze Öğretmen Anıları Antolojisi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253962999</t>
+          <t>9786253963590</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Ermenice Bir Manzum Sözlük Kısa Bir Sözlük Kitapçığı</t>
+          <t>Risale Fi'l-Hikme</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253963026</t>
+          <t>9786253963583</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Özne 40. Kitap - İnsan Felsefesi</t>
+          <t>Sultanmahmut Torayğırulı Şiiri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>685</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253963064</t>
+          <t>9786253963576</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Koçaş</t>
+          <t>Mircakıp Duvlatulı’nın Hikayeciliği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253962944</t>
+          <t>9786253963521</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Tarih Perspektifinden Osmanlı ve İspanyol İmparatorlukları 1580-1699</t>
+          <t>Babamın İzinde / Bir Anlatı Çalışması</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253962319</t>
+          <t>9786253963507</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Bursa Yapılarında Malzeme</t>
+          <t>Prof. Dr.Yakup Karasoy Armağanı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>480</v>
+        <v>850</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253962937</t>
+          <t>9786253962401</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İvriz’den Kaliforniya’ya - Son Köy Enstitülünün Romanı (Yitik Kültüre Ağıt: 2)</t>
+          <t>Türk Romanının Ekonomi Politiği / Tanzimat’tan 2. Meşrutiyet’e</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253962708</t>
+          <t>9786253963514</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bir Hastalıktı Dünya</t>
+          <t>Gözetimin Dönüşümü ve Instagram’da Benliğin Sunumu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253962869</t>
+          <t>9786253963620</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Düşünce – Mekan Diyalektiğinde Antik Çin Kentleri</t>
+          <t>Evliliğe Nokta Koyduk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253962845</t>
+          <t>9786253963538</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yıllarında Antalya’da Tüccarlar, Meslekler ve Meslek Erbapları</t>
+          <t>Echoes of Uncertainty</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253962906</t>
+          <t>9786253963613</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Yeşil Abası</t>
+          <t>Ben Boşandım Diyemedim</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253962791</t>
+          <t>9786253962425</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Dönemi Adaleti’nden Dönüştürücü Adalete (Eski Yugoslavya Uluslararası Ceza Mahkemesi ve Ruanda Uluslararası Ceza Mahkemesi'nin Toplumsal Uzlaşıya Katkıları)</t>
+          <t>21. Yüzyıl İngiliz Tiyatrosundan Örneklerle Tiyatroda Hayvan</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051962023</t>
+          <t>9786055022983</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yönetimin İlkeleri</t>
+          <t>Türk Tarihinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>145</v>
+        <v>580</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051962788</t>
+          <t>9789758867073</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kamu Performans Yönetimi</t>
+          <t>Dünya Görüşü Bilim ve Ekonomi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789758867967</t>
+          <t>9786253963460</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sevgili</t>
+          <t>Göç ve Girişimcilik</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758867684</t>
+          <t>9786253963491</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bergson Hakkında</t>
+          <t>Türk Siyasetinde Mali Yolsuzluk İddiaları 1950-1960</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051962924</t>
+          <t>9786253963453</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Oyundur</t>
+          <t>İşgal (1916) ve Kurtuluşta (1918) Erzurum</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253962746</t>
+          <t>9786253963392</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Şifa Peşinde</t>
+          <t>Oğuz Atay Varoluş ve Birey</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253962777</t>
+          <t>9786253963439</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleriyle Konya Hükümet Konağı'nın İnşası</t>
+          <t>Modern Arapça Atasözleri ve Deyimlerin Almancaya Çevirisinde Kültürün Yeri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253962760</t>
+          <t>9786253963477</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bütün Uçurtmalarım Gökyüzünde</t>
+          <t>Erkeklik ve Din</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253962753</t>
+          <t>9786253962128</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Konya'sında Tasavvuf</t>
+          <t>Edebiyat, Sinema ve İletişim Ne Uzak Ne Dışarıda Her Daim İç İçe</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253962623</t>
+          <t>9786253963132</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Kalan (Türk Edebiyatında Anı, Günlük, Otobiyografi)</t>
+          <t>Çağdaş Türk Felsefesinden Kesitler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253962647</t>
+          <t>9786253963408</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Zorunlu Göçü 1915 (Avusturya-Macaristan Diplomatlarının Anlatımlarıyla)</t>
+          <t>Yeni Pazarlama Trendleri ve Yeni Teknolojiler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253962654</t>
+          <t>9786253963354</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Etkisi</t>
+          <t>Yeni Yüzyılın Pedagojisi Beyin Algoritma Sistemi (BAS) ve Programı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>145</v>
+        <v>650</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253962289</t>
+          <t>9786253963415</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kültüre Karşı Sanat Sanata Karşı Kültür</t>
+          <t>Netflix ve Türkiye</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051969763</t>
+          <t>9786253963286</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’ün Seküler Teolojisi Bir İçkinlik Teolojisinin İmkanı</t>
+          <t>Dönülmez Yolun Yolcuları - Yemen’e Giden Redif Taburları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253962265</t>
+          <t>9786253963347</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Caniler ve Ötekiler - Filistin Battaniyesi</t>
+          <t>Göç ve Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051969886</t>
+          <t>9786253963231</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arkeolojisi</t>
+          <t>Yüzerken Modernleşmek</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051967561</t>
+          <t>9786253963293</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi - Temel Kavramlar ve Yaklaşımlar</t>
+          <t>Tez Zamanı – Husserl ile Wittgenstein Arasında</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051968766</t>
+          <t>9786253963200</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yerel Gazetecilik</t>
+          <t>Osmanlı Arnavutlarının ABD’ye Göçü 1870-1912</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051967431</t>
+          <t>9786253963378</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Namus Söylemi ve Cinsiyetlendirilmiş Milliyetçilik</t>
+          <t>Çalışan Kadın ve Komşuluk İlişkileri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>148</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051963808</t>
+          <t>9786253963330</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe</t>
+          <t>Beni Bana Sarıyorum</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051962047</t>
+          <t>9786253963309</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Beşeri Sermaye Kaynağı Olarak Diaspora</t>
+          <t>Demir Çağı’nın “Tek Tanrı” Savunucusu Davud ve Süleyman Krallığı - Kur’an Arkeolojisi Yöntemi ile</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055022761</t>
+          <t>9786253963224</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Transmedya Hikayeciliği</t>
+          <t>Mikail Bayram Ardından Ne Söylediler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055022853</t>
+          <t>9786253963316</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Biyografi</t>
+          <t>Panoptikon - Omniptikon Modellerinin Huxley ile Orwell’in Distopyalarında Karşılaştırılması</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051961071</t>
+          <t>9786253963279</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mimari Eskiz</t>
+          <t>Envisioning Second Language Future Selves</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059108898</t>
+          <t>9786253963248</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>Felsefe ve Bilimden Önce Standart Mantık</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054639922</t>
+          <t>9786253962739</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Güç ve Nüfuz Sağlayan Kişisel Nitelikler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054639274</t>
+          <t>9786051963464</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Çocukları</t>
+          <t>The Teaching Of British Literature and Culture 1</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051961125</t>
+          <t>9786253963156</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sosyolojisi</t>
+          <t>İtalya’da Müslüman Fetihleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>380</v>
+        <v>168</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051966762</t>
+          <t>9786253963217</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallık Dış Politikası</t>
+          <t>Modern Memurun İlk Yüzyılı (Genç Osmanlı Erken Cumhuriyet Döneminde Memur ve Memur Örgütlenmeleri)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051964751</t>
+          <t>9786253962104</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla Tümevarımsal Mantık</t>
+          <t>Endülüs - Fransa İlişkileri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051965383</t>
+          <t>9786253961350</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Britanya Tiyatrosu ve Politika</t>
+          <t>Milli Mücadele ve Türkiye Cumhuriyeti İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>720</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051964799</t>
+          <t>9786253963194</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Muğlak Ekonomi ve Bir Mücadele Hikayesi</t>
+          <t>Toplumdilbilim Araştırmaları II (Kuramsal ve Uygulamalı Yaklaşımlar)</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051964508</t>
+          <t>9786253963187</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mi'yaru'l-Ulüm</t>
+          <t>Türkiye’de Film Küratörlüğü ve Sanat Sineması Seyirciliği (Pera Film ve İstanbul Modern Sinema Örneği)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051963624</t>
+          <t>9786055022181</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Alman Fablları</t>
+          <t>Özne 19. Kitap - Albert Camus</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051963259</t>
+          <t>9786055022556</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Erkek Mezar Taşlarında Serpuş Biçimleri</t>
+          <t>Özne 20. Kitap - Sinema ve Felsefe</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253962722</t>
+          <t>9786253963125</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Üç Farklı Çizgi (Nurettin Topçu, Orhan Türkdoğan, Emre Kongar)</t>
+          <t>Günlüklerden Güne Düşenler 1966-2010</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253962715</t>
+          <t>9786253963057</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Mavera Kapısı - Bir Edebiyat Dergisi Olarak Mavera ve Mavera Topluluğu</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253960346</t>
+          <t>9786253960865</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Meram Kızılören 1833-1845</t>
+          <t>Siyon Aşıkları Hareketi 1884-1897</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253960322</t>
+          <t>9786253963163</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kadınhanı Kolukısa 1831-1845</t>
+          <t>Sözün Dansı – Edebi Sanatlar ve İfade Yöntemleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253962562</t>
+          <t>9786253963095</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Etnik-Eleştiriye Giriş</t>
+          <t>Medya ve Afet - Sorunlu Yayıncılıktan Sorumlu Yayıncılığa</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253962692</t>
+          <t>9786253963149</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Alman Yahudilerinin Amerika’daki Tarihi</t>
+          <t>Adalet Kuramları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253962685</t>
+          <t>9786253963071</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Rus İdealizmi 1. Cilt (Rusya’da Alman İdealizminin Etkileri, Rus Yeni-Kantçılığı)</t>
+          <t>Sosyal Güvenlik Sisteminin Tamamlayıcısı Olarak Türkiye’de Hayat Sigortaları ve Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253962678</t>
+          <t>9786253960704</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Risalei Adab ve Tarikatnamei Fethül Maarif İnceleme-Metin</t>
+          <t>Bilimsel Gerçekler Işığında Sağlıklı Beslenmenin Altın Kuralları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253962500</t>
+          <t>9786253963101</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Orhan Türkdoğan’ın Temel Sosyolojik Fikirleri</t>
+          <t>Kadın ve İmgelem (Kadın Öznenin İnşası)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253962616</t>
+          <t>9786253963019</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kalıplaşmış Söylemler Ortak Yer, Topos, Doksa, Kalıp-Model, Yerleşik Düşünce, Klişe, Stereotip</t>
+          <t>Türk Dış Politikasını Dışişleri Belleteni’nden Okumak 1964 - 2001</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253962579</t>
+          <t>9786253962166</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Scottish Ballads (Supernatural Folk Tales) İskoç Baladları (Doğaüstü Halk Masalları)</t>
+          <t>Arap Edebiyatı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253960759</t>
+          <t>9786059706414</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Öyküsü</t>
+          <t>Rehberlik - Öğretmen Adayları İçin</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253962517</t>
+          <t>9786051963273</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Gelenek ve “Hızırla Kırk Saat” Şiiri</t>
+          <t>Aile Kurmak Aile Olmak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253962593</t>
+          <t>9786051962306</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>The Ordeal Of Female Genius: Aphra Behn Across Centuries</t>
+          <t>Özne 29. Kitap - Stoa Felsefesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253962487</t>
+          <t>9786253963040</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Medya, İletişim ve Toplum</t>
+          <t>Rollo May’ın Birey ve Din Anlayışı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253962432</t>
+          <t>9786253962975</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Fergana Vadisi Şehirleri Tarihi 19-20. YY. Başları</t>
+          <t>Palestinian Security Perspective A Literary Analysis</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>172</v>
+        <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253962296</t>
+          <t>9786054639656</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’nin Eserlerinde Toplumsal Cinsiyet Dışlanan Kadınlık(lar) ve Erkeklik(ler)</t>
+          <t>Özne 18. Kitap - Feminizm ve Felsefe</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253962470</t>
+          <t>9786253963002</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Edebi Çeviri Eleştirisi</t>
+          <t>Zazacanın Fonolojisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253962463</t>
+          <t>9786253962999</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Seyirci Gözünden Bir Zamanlar Göçmen Özbekler</t>
+          <t>Türkçe-Ermenice Bir Manzum Sözlük Kısa Bir Sözlük Kitapçığı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253962302</t>
+          <t>9786253963026</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ'dan Günümüze Medeniyetler Kavşağında Hazro (Tarih-Toplum-Kültür)</t>
+          <t>Özne 40. Kitap - İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253962388</t>
+          <t>9786253963064</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İlhanlı Devleti’nin İktisadi Hayatı</t>
+          <t>Koçaş</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253961596</t>
+          <t>9786253962944</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Arthur Schopenhauer ve Nurettin Topçu’da İrade ve İnsan Problemi</t>
+          <t>Karşılaştırmalı Tarih Perspektifinden Osmanlı ve İspanyol İmparatorlukları 1580-1699</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253962371</t>
+          <t>9786253962319</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Fransız Sineması ve Fransa’da Yeni Dalga Dönemi</t>
+          <t>Osmanlı Dönemi Bursa Yapılarında Malzeme</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253961473</t>
+          <t>9786253962937</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Esarette Devrim Manzaraları</t>
+          <t>İvriz’den Kaliforniya’ya - Son Köy Enstitülünün Romanı (Yitik Kültüre Ağıt: 2)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253961671</t>
+          <t>9786253962708</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Denizli Coğrafya Araştırmaları 1</t>
+          <t>Bir Hastalıktı Dünya</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253960940</t>
+          <t>9786253962869</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tiyatrolar – Lise Öğrencileri İçin</t>
+          <t>Düşünce – Mekan Diyalektiğinde Antik Çin Kentleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253960544</t>
+          <t>9786253962845</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Reklam Kuluçkası - Kültürel Dönüşüm ve Reklamlar</t>
+          <t>Cumhuriyet’in İlk Yıllarında Antalya’da Tüccarlar, Meslekler ve Meslek Erbapları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>480</v>
+        <v>145</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054639854</t>
+          <t>9786253962906</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Perspektifinden Tek Ebeveynli Aileler ve Yalnız Anneler</t>
+          <t>Adaletin Yeşil Abası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051969862</t>
+          <t>9786253962791</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Hacıkaymak</t>
+          <t>Geçiş Dönemi Adaleti’nden Dönüştürücü Adalete (Eski Yugoslavya Uluslararası Ceza Mahkemesi ve Ruanda Uluslararası Ceza Mahkemesi'nin Toplumsal Uzlaşıya Katkıları)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051969077</t>
+          <t>9786051962023</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Cihad - Teo-Politik ve Militarist Bir Yapı Olarak Lübnan Hizbullahı ve Sosyal Hizmet Ağı</t>
+          <t>Bilimsel Yönetimin İlkeleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051962054</t>
+          <t>9786051962788</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluk Göğünde Bir Dolunay</t>
+          <t>Kamu Performans Yönetimi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051962160</t>
+          <t>9789758867967</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evren Hace Nasirü'd-din Mahmud ve Ahi Teşkilatının Kuruluşu</t>
+          <t>Sevgili</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055022785</t>
+          <t>9789758867684</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Edebiyat</t>
+          <t>Bergson Hakkında</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789758156399</t>
+          <t>9786051962924</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim, Lütfen Bu Kitabı Okur Musun!..</t>
+          <t>Hayat Bir Oyundur</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054451111</t>
+          <t>9786253962746</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun’da Felsefe Dersleri</t>
+          <t>Şifa Peşinde</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055999537</t>
+          <t>9786253962777</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun Felsefe Ders Notları</t>
+          <t>Arşiv Belgeleriyle Konya Hükümet Konağı'nın İnşası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051964010</t>
+          <t>9786253962760</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Siyasi Boyutlarıyla Ahi Evren - Mevlana Mücadelesi</t>
+          <t>Bütün Uçurtmalarım Gökyüzünde</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253962340</t>
+          <t>9786253962753</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Olsun - Sağlık Sosyolojisine Bütünsel Bir Yaklaşım</t>
+          <t>19. Yüzyıl Konya'sında Tasavvuf</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253962333</t>
+          <t>9786253962623</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çatışmaları Üzerine Notlar</t>
+          <t>Günlerden Kalan (Türk Edebiyatında Anı, Günlük, Otobiyografi)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253962258</t>
+          <t>9786253962647</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İzmir Vilayetinde Yunan Vahşeti Mayıs 1919’dan Temmuz 1919’a Kadar</t>
+          <t>Ermeni Zorunlu Göçü 1915 (Avusturya-Macaristan Diplomatlarının Anlatımlarıyla)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253962272</t>
+          <t>9786253962654</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İletişim</t>
+          <t>Avrupa Etkisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253962326</t>
+          <t>9786253962289</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yönetimi, Yetenek Yönetimi ve Örgütsel Güven İşgören Performansını Etkiler mi?</t>
+          <t>Kültüre Karşı Sanat Sanata Karşı Kültür</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253961787</t>
+          <t>9786051969763</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirleri</t>
+          <t>Gilles Deleuze’ün Seküler Teolojisi Bir İçkinlik Teolojisinin İmkanı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253962036</t>
+          <t>9786253962265</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekonomi Politikaları Uygulamaları ve Yansımaları</t>
+          <t>Caniler ve Ötekiler - Filistin Battaniyesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253962227</t>
+          <t>9786051969886</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hitit Merasim ve Bayramları Kil Kitapları</t>
+          <t>Kur’an Arkeolojisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253962043</t>
+          <t>9786051967561</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı’da Din ve Toplum</t>
+          <t>Siyaset Sosyolojisi - Temel Kavramlar ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>145</v>
+        <v>370</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253961664</t>
+          <t>9786051968766</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Anlatının Büyülü Dünyası (1980 Sonrası Türk Romanında Büyülü Gerçekçilik)</t>
+          <t>Yerel Gazetecilik</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253962074</t>
+          <t>9786051967431</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Edebiyat Hayatına Katkılarıyla Refi Cevat Ulunay</t>
+          <t>Namus Söylemi ve Cinsiyetlendirilmiş Milliyetçilik</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253961602</t>
+          <t>9786051963808</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Özne 39. Kitap - Bergson</t>
+          <t>Biraz Felsefe</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253961763</t>
+          <t>9786051962047</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>N. V. Gogol’ün “Taras Bulba” ve L. N. Tolstoy’un “Kazaklar” Adlı Eserlerinde Kazaklar</t>
+          <t>Beşeri Sermaye Kaynağı Olarak Diaspora</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253962098</t>
+          <t>9786055022761</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Durkheim ve Weber’de Duygu Sosyolojisi</t>
+          <t>Transmedya Hikayeciliği</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253960841</t>
+          <t>9786055022853</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Deprem ve Toplum - Sosyalbilimsel Projeksiyonlar</t>
+          <t>Dostoyevski Biyografi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253961770</t>
+          <t>9786051961071</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Adam Ferguson’un Düşüncesinde Siyaset ve Ahlak</t>
+          <t>Mimari Eskiz</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253962180</t>
+          <t>9786059108898</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Risk Altındaki Çocuklar ve Eğitimi</t>
+          <t>İslam Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253962173</t>
+          <t>9786054639922</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 2</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253962067</t>
+          <t>9786054639274</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Resulayn Talihin Uğramadığı Şehir</t>
+          <t>Adem’in Çocukları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253961794</t>
+          <t>9786051961125</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfeddin (Piri Sevdin) Ocağı</t>
+          <t>Kültür Sosyolojisi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253961688</t>
+          <t>9786051966762</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Din</t>
+          <t>Birleşik Krallık Dış Politikası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253961701</t>
+          <t>9786051964751</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ni’metullâhiyye Tarıkatının Adab ve Erkânı Tarîka Fi Adabi’s-Süluk</t>
+          <t>Farklı Bakış Açılarıyla Tümevarımsal Mantık</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253961695</t>
+          <t>9786051965383</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gotik ve Edebiyat</t>
+          <t>Çağdaş Britanya Tiyatrosu ve Politika</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253962081</t>
+          <t>9786051964799</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Filipinler-Moro Barışı</t>
+          <t>Muğlak Ekonomi ve Bir Mücadele Hikayesi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253961626</t>
+          <t>9786051964508</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Baba Rahim Meşreb</t>
+          <t>Mi'yaru'l-Ulüm</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253961541</t>
+          <t>9786051963624</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeni Asur Dönemi Yukarı Dicle Bölgesi Eyalet Sistemi ve Tarımsal Kolonicilik</t>
+          <t>Alman Fablları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253961336</t>
+          <t>9786051963259</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler (Selçuklular Dönemi)</t>
+          <t>Osmanlı Erkek Mezar Taşlarında Serpuş Biçimleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253961497</t>
+          <t>9786253962722</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Memlük-Haçlı İlişkileri (1250 – 1291)</t>
+          <t>Türk Sosyolojisinde Üç Farklı Çizgi (Nurettin Topçu, Orhan Türkdoğan, Emre Kongar)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253961633</t>
+          <t>9786253962715</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 4</t>
+          <t>Edebiyatımızda Mavera Kapısı - Bir Edebiyat Dergisi Olarak Mavera ve Mavera Topluluğu</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253961480</t>
+          <t>9786253960346</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Nazilerin Paramiliter Gençlik Teşkilatı Hitler Gençligi</t>
+          <t>Meram Kızılören 1833-1845</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253961466</t>
+          <t>9786253960322</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Bilim, Bilgi ve Yöntem</t>
+          <t>Kadınhanı Kolukısa 1831-1845</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253961459</t>
+          <t>9786253962562</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Serbest Zamanlar Sosyolojisi</t>
+          <t>Etnik-Eleştiriye Giriş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253961428</t>
+          <t>9786253962692</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığı Nusret Hızır</t>
+          <t>Alman Yahudilerinin Amerika’daki Tarihi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253961558</t>
+          <t>9786253962685</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Değildir? Michel Foucault’nun Modern Bilim Eleştirisi</t>
+          <t>Rus İdealizmi 1. Cilt (Rusya’da Alman İdealizminin Etkileri, Rus Yeni-Kantçılığı)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253961398</t>
+          <t>9786253962678</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Siyaset (Gençlerin Siyasete İlgi ve Katılım Biçimleri)</t>
+          <t>Risalei Adab ve Tarikatnamei Fethül Maarif İnceleme-Metin</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253961374</t>
+          <t>9786253962500</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sefinei Nuhi ve Mecmuai Ruhi</t>
+          <t>Orhan Türkdoğan’ın Temel Sosyolojik Fikirleri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253961381</t>
+          <t>9786253962616</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebi Bağlamında Mezhep İçi İhtilaf</t>
+          <t>Kalıplaşmış Söylemler Ortak Yer, Topos, Doksa, Kalıp-Model, Yerleşik Düşünce, Klişe, Stereotip</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253961367</t>
+          <t>9786253962579</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Taşın İçindeki Adam Psikiyatri Üzerine Felsefi Denemeler</t>
+          <t>Scottish Ballads (Supernatural Folk Tales) İskoç Baladları (Doğaüstü Halk Masalları)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253961329</t>
+          <t>9786253960759</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Üstbilişsel Okuma</t>
+          <t>Çiçeklerin Öyküsü</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>92</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253961343</t>
+          <t>9786253962517</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İletişim ve Gastrodiplomasi</t>
+          <t>Sezai Karakoç Gelenek ve “Hızırla Kırk Saat” Şiiri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253961312</t>
+          <t>9786253962593</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yezbül Dağında Durulmuş Bir Geyik</t>
+          <t>The Ordeal Of Female Genius: Aphra Behn Across Centuries</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253961206</t>
+          <t>9786253962487</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bedreka-i Muallimin</t>
+          <t>Medya, İletişim ve Toplum</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055022129</t>
+          <t>9786253962432</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni ve Avrupa</t>
+          <t>Fergana Vadisi Şehirleri Tarihi 19-20. YY. Başları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>172</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253961275</t>
+          <t>9786253962296</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Anadolu ve Hint Masallarında Dört Element (Toprak, Hava, Ateş ve Su)</t>
+          <t>Sabahattin Ali’nin Eserlerinde Toplumsal Cinsiyet Dışlanan Kadınlık(lar) ve Erkeklik(ler)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253961152</t>
+          <t>9786253962470</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Usul-i Tedris ve Tederrüs: Osmanlı'da Eğitim - Öğretim Yöntemleri</t>
+          <t>Rusya’da Edebi Çeviri Eleştirisi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253961220</t>
+          <t>9786253962463</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığın Kuramsal Temelleri</t>
+          <t>Seyirci Gözünden Bir Zamanlar Göçmen Özbekler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253961107</t>
+          <t>9786253962302</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Tüketim Anlayışı</t>
+          <t>Antikçağ'dan Günümüze Medeniyetler Kavşağında Hazro (Tarih-Toplum-Kültür)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253961121</t>
+          <t>9786253962388</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Yönetiminde Şer’i Etkinlik</t>
+          <t>İlhanlı Devleti’nin İktisadi Hayatı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253961145</t>
+          <t>9786253961596</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Kapitalizm İlişkisi</t>
+          <t>Arthur Schopenhauer ve Nurettin Topçu’da İrade ve İnsan Problemi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253961114</t>
+          <t>9786253962371</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Yöntemleri</t>
+          <t>Fransız Sineması ve Fransa’da Yeni Dalga Dönemi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253961237</t>
+          <t>9786253961473</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Afet ve Tükenmişlik (Yurt Personeli Üzerine Bir İnceleme)</t>
+          <t>Esarette Devrim Manzaraları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253961183</t>
+          <t>9786253961671</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kanser Sosyolojisi Bağlamında Hastalık Deneyimi ve Hasta Yakın İlişkisi</t>
+          <t>Denizli Coğrafya Araştırmaları 1</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253960988</t>
+          <t>9786253960940</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Peygamber - Tasavvur, Temsil, Meşruiyet</t>
+          <t>Eğitici Tiyatrolar – Lise Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>420</v>
+        <v>185</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253961077</t>
+          <t>9786253960544</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe Pratikleri</t>
+          <t>Reklam Kuluçkası - Kültürel Dönüşüm ve Reklamlar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>145</v>
+        <v>480</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253961084</t>
+          <t>9786054639854</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kentsel Dönüşüm</t>
+          <t>Sosyal Politika Perspektifinden Tek Ebeveynli Aileler ve Yalnız Anneler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253961053</t>
+          <t>9786051969862</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Erkek(lik)ler</t>
+          <t>Bir Ömür Hacıkaymak</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253960889</t>
+          <t>9786051969077</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Azerbaycan Hanlıkları</t>
+          <t>Sosyal Cihad - Teo-Politik ve Militarist Bir Yapı Olarak Lübnan Hizbullahı ve Sosyal Hizmet Ağı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253961022</t>
+          <t>9786051962054</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Popülizmin Politik Psikolojisi</t>
+          <t>Uykusuzluk Göğünde Bir Dolunay</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253960933</t>
+          <t>9786051962160</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Düşünürü Duns Scotus</t>
+          <t>Ahi Evren Hace Nasirü'd-din Mahmud ve Ahi Teşkilatının Kuruluşu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253960957</t>
+          <t>9786055022785</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Doğu Afrika’da Siyaset ve Diplomasi</t>
+          <t>Felsefe ve Edebiyat</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253960902</t>
+          <t>9789758156399</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiyi Arayan Cumhuriyet 1945-1950 Yılları Arasında Türkiye</t>
+          <t>Öğretmenim, Lütfen Bu Kitabı Okur Musun!..</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>680</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253960926</t>
+          <t>9786054451111</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Yıllarında Türkiye'de Siyaset ve Bürokrasi</t>
+          <t>Darülfünun’da Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253960896</t>
+          <t>9786055999537</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Mitten Metne Rus Edebiyatında Kırım 1 - XII.-XIX. Yüzyıl Metinlerinden Örneklerle</t>
+          <t>Darülfünun Felsefe Ders Notları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253960803</t>
+          <t>9786051964010</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı ve Millî Mücadele Döneminde Konyalı Şehit ve Gazilerimiz</t>
+          <t>Sosyal ve Siyasi Boyutlarıyla Ahi Evren - Mevlana Mücadelesi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253960964</t>
+          <t>9786253962340</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Civanperçemi</t>
+          <t>Sağlık Olsun - Sağlık Sosyolojisine Bütünsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253960995</t>
+          <t>9786253962333</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Din Öğretiminde 5E Modeli ve Bilgi Transferine Etkisi</t>
+          <t>Dünya Çatışmaları Üzerine Notlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253960810</t>
+          <t>9786253962258</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupası'nda Katolik - Katar Çatışması -</t>
+          <t>İzmir Vilayetinde Yunan Vahşeti Mayıs 1919’dan Temmuz 1919’a Kadar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253960872</t>
+          <t>9786253962272</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Salgını ve Toplumsal Değişme - Doğa, Minopticon, Thanatos</t>
+          <t>Yapay Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253960797</t>
+          <t>9786253962326</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada İyilik Meselesi</t>
+          <t>Kariyer Yönetimi, Yetenek Yönetimi ve Örgütsel Güven İşgören Performansını Etkiler mi?</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786253960711</t>
+          <t>9786253961787</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Sisteminin Küresel Mimarisi (Şer'i Yönetişimin Kurumsal Yönü)</t>
+          <t>Halk Şiirleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253960643</t>
+          <t>9786253962036</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Mefhumlar ve Yüzler</t>
+          <t>Türkiye’de Ekonomi Politikaları Uygulamaları ve Yansımaları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253960698</t>
+          <t>9786253962227</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sistem</t>
+          <t>Hitit Merasim ve Bayramları Kil Kitapları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253960735</t>
+          <t>9786253962043</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İngiltere İdaresinde Irak'ta Politik Gelişmeler 1922 - 1925 - Hükümetler ve Sınır Problemleri</t>
+          <t>İsmail Gaspıralı’da Din ve Toplum</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253960674</t>
+          <t>9786253961664</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geldi - Uzaktan Eğitim Yapay Zekaya Hazır mı?</t>
+          <t>Anlatının Büyülü Dünyası (1980 Sonrası Türk Romanında Büyülü Gerçekçilik)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786253960773</t>
+          <t>9786253962074</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler - Selected Poems</t>
+          <t>Kültür ve Edebiyat Hayatına Katkılarıyla Refi Cevat Ulunay</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253960766</t>
+          <t>9786253961602</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatı'nda Divan Grubu</t>
+          <t>Özne 39. Kitap - Bergson</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786253960827</t>
+          <t>9786253961763</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Vaka Örnekleriyle Çocuklarda Anadili Edinimi</t>
+          <t>N. V. Gogol’ün “Taras Bulba” ve L. N. Tolstoy’un “Kazaklar” Adlı Eserlerinde Kazaklar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786253960780</t>
+          <t>9786253962098</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Pratik Felsefe - Ahlâk ve Siyaset Tartışmaları</t>
+          <t>Durkheim ve Weber’de Duygu Sosyolojisi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786253960421</t>
+          <t>9786253960841</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Jacques Rancière'de Hiyerarşilerin Yıkımından Eşitliğin İnşasına</t>
+          <t>Deprem ve Toplum - Sosyalbilimsel Projeksiyonlar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786253960636</t>
+          <t>9786253961770</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sosyal Hizmet</t>
+          <t>Adam Ferguson’un Düşüncesinde Siyaset ve Ahlak</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786253960650</t>
+          <t>9786253962180</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Kötülük Felsefesi</t>
+          <t>Risk Altındaki Çocuklar ve Eğitimi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786253960667</t>
+          <t>9786253962173</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün İzlenimci Böceği</t>
+          <t>Selçuk - Bir Unesco Kentine Disiplinlerarası Bakış 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786253960728</t>
+          <t>9786253962067</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çadırdan Saraya Türk Protokolü - Türkiye Selçuklularında Teşrifat</t>
+          <t>Resulayn Talihin Uğramadığı Şehir</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253960537</t>
+          <t>9786253961794</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İrade Kuramları</t>
+          <t>Seyyid Seyfeddin (Piri Sevdin) Ocağı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253960582</t>
+          <t>9786253961688</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Elazığ</t>
+          <t>Metaverse ve Din</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253960551</t>
+          <t>9786253961701</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Nietzsche Arasında Bir Yol</t>
+          <t>Ni’metullâhiyye Tarıkatının Adab ve Erkânı Tarîka Fi Adabi’s-Süluk</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786253960445</t>
+          <t>9786253961695</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Özne: 38. Kitap - Cumhuriyetin Felsefesi</t>
+          <t>Gotik ve Edebiyat</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>580</v>
+        <v>160</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253960360</t>
+          <t>9786253962081</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çermik Kazası - Nüfus Defterleri - 2659-2660-2668 Nolu Defterler</t>
+          <t>Filipinler-Moro Barışı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253960438</t>
+          <t>9786253961626</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Antalya'nın Sosyal ve Kültürel Kurumları Hakkında Araştırmalar</t>
+          <t>Baba Rahim Meşreb</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786253960377</t>
+          <t>9786253961541</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Çermik Kazası - Kefalet Defteri</t>
+          <t>Yeni Asur Dönemi Yukarı Dicle Bölgesi Eyalet Sistemi ve Tarımsal Kolonicilik</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253960520</t>
+          <t>9786253961336</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>1930 - 1938 Döneminde Türk İnkılabı'nı Teorileştirme ve Yorumlama Denemeleri</t>
+          <t>Tarihi Hakikatler (Selçuklular Dönemi)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786253960452</t>
+          <t>9786253961497</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kafatası Filozofu - XIX. Yüzyıl Rus Edebiyat Eleştirisinde Hamlet</t>
+          <t>Memlük-Haçlı İlişkileri (1250 – 1291)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253960506</t>
+          <t>9786253961633</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Arasında</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 4</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786253960490</t>
+          <t>9786253961480</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Evde Bakım Hizmetinden Yararlanan Engelli Babalar</t>
+          <t>Nazilerin Paramiliter Gençlik Teşkilatı Hitler Gençligi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>168</v>
+        <v>145</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786253960285</t>
+          <t>9786253961466</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Sebahattin Bayram Armağanı - Eskiçağ Tarihi Yazıları</t>
+          <t>Uluslararası İlişkilerde Bilim, Bilgi ve Yöntem</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>920</v>
+        <v>340</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786253960414</t>
+          <t>9786253961459</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihinde Kendini Bilmek</t>
+          <t>Serbest Zamanlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253960315</t>
+          <t>9786253961428</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kim Beni Nerden Bilecek</t>
+          <t>Felsefenin Işığı Nusret Hızır</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786253960391</t>
+          <t>9786253961558</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Anatomisi</t>
+          <t>Bilim Ne Değildir? Michel Foucault’nun Modern Bilim Eleştirisi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253960384</t>
+          <t>9786253961398</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Dili Bir İhlaller Dünyası</t>
+          <t>Gençler ve Siyaset (Gençlerin Siyasete İlgi ve Katılım Biçimleri)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253960353</t>
+          <t>9786253961374</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim Araştırmaları</t>
+          <t>Sefinei Nuhi ve Mecmuai Ruhi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786253960308</t>
+          <t>9786253961381</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Meclis-i Ali-i Hazain (Teşkilat Yapısı ve Faaliyetleri 1860-1866)</t>
+          <t>Hanefi Mezhebi Bağlamında Mezhep İçi İhtilaf</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>185</v>
+        <v>365</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>4440000002762</t>
+          <t>9786253961367</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Okul</t>
+          <t>Taşın İçindeki Adam Psikiyatri Üzerine Felsefi Denemeler</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786253960209</t>
+          <t>9786253961329</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddete Karşı 6284 - Yeterlilik ve Kapsam</t>
+          <t>Üstbilişsel Okuma</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>380</v>
+        <v>92</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051969688</t>
+          <t>9786253961343</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinin Yaşamsal Kaynağı Örgüt İçi İletişim</t>
+          <t>Stratejik İletişim ve Gastrodiplomasi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051968230</t>
+          <t>9786253961312</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Yolları 1956-1980 (Kalkış, Yükseliş, Türbülans)</t>
+          <t>Yezbül Dağında Durulmuş Bir Geyik</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051966816</t>
+          <t>9786253961206</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Mutluluk Üzerine</t>
+          <t>Bedreka-i Muallimin</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051966342</t>
+          <t>9786055022129</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sorun (u) mu?</t>
+          <t>Yeni Dünya Düzeni ve Avrupa</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051966069</t>
+          <t>9786253961275</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocuk Hizmetleri</t>
+          <t>Anadolu ve Hint Masallarında Dört Element (Toprak, Hava, Ateş ve Su)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051966021</t>
+          <t>9786253961152</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Perspektifinden Üstün Yetenekliler</t>
+          <t>Usul-i Tedris ve Tederrüs: Osmanlı'da Eğitim - Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786253960292</t>
+          <t>9786253961220</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Şifa Arayışı ve Değişim - Şırnak Kırsalında Geleneksel Tıbbın Kullanım Alanları ve Nedenleri</t>
+          <t>Yurttaşlığın Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786253960339</t>
+          <t>9786253961107</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Din ve İlim Hayatına Taşradan Islahçı Bir Bakış Saçaklızade Muhammed El Maraşi ve Fikirleri</t>
+          <t>Türk Toplumunun Tüketim Anlayışı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786253960278</t>
+          <t>9786253961121</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Okul Reddi - Okul Reddini Anlamak ve Anksiyete Duyarlılık Arasındaki İlişkinin Araştırılması</t>
+          <t>İslami Finans Yönetiminde Şer’i Etkinlik</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786253960247</t>
+          <t>9786253961145</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Mitokritiğe Giriş - Gaston Bachelard ve MİT Analizinin İmgesel Boyutu</t>
+          <t>Arzu ve Kapitalizm İlişkisi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786253960216</t>
+          <t>9786253961114</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Darbe Yolunda Üç Yıl 1957-1960 Süreç, Tartışmalar, İddialar</t>
+          <t>Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786253960193</t>
+          <t>9786253961237</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Yerli ve Millî Bir Osmanlı Burjuvası Ermenekli Mehmet Nuri Bey</t>
+          <t>Afet ve Tükenmişlik (Yurt Personeli Üzerine Bir İnceleme)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786253960230</t>
+          <t>9786253961183</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Türk İslamcılığı</t>
+          <t>Kanser Sosyolojisi Bağlamında Hastalık Deneyimi ve Hasta Yakın İlişkisi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786253960254</t>
+          <t>9786253960988</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Epistemik ve Ampirik Bağlamda Dış Dünya Problemi</t>
+          <t>Dünya Sinemasında Peygamber - Tasavvur, Temsil, Meşruiyet</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786253960155</t>
+          <t>9786253961077</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Görünce Sevdiğim Komşum-Hikayeler</t>
+          <t>Çocuklarla Felsefe Pratikleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051969992</t>
+          <t>9786253961084</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin İnkılabı - 100. Yılında Cumhuriyet'i ve Romanı Erkek(lik) Üzerinden Okumak 1923-1938</t>
+          <t>Türkiye’de Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786253960001</t>
+          <t>9786253961053</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Marka Aktivizmi - Eleştirel Bir Bakış</t>
+          <t>Kurmaca Erkek(lik)ler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786253960070</t>
+          <t>9786253960889</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Fenn-i Menahic (Metodoloji)</t>
+          <t>Kuzey Azerbaycan Hanlıkları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786253960018</t>
+          <t>9786253961022</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yeninin Gözüyle Eskiye Bakmak - Yeni Türk Şiirinde Şeyh Galib Esintisi</t>
+          <t>Popülizmin Politik Psikolojisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786253960100</t>
+          <t>9786253960933</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Reklam Çevirileri ve Çeviri Stratejileri</t>
+          <t>Ortaçağ Düşünürü Duns Scotus</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786253960117</t>
+          <t>9786253960957</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Neosentimentalizm</t>
+          <t>Doğu Afrika’da Siyaset ve Diplomasi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>165</v>
+        <v>520</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051969961</t>
+          <t>9786253960902</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Tiyatrosunda Geleneksel Unsurlar</t>
+          <t>Demokrasiyi Arayan Cumhuriyet 1945-1950 Yılları Arasında Türkiye</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786253960049</t>
+          <t>9786253960926</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Kentsel Politika</t>
+          <t>Soğuk Savaş Yıllarında Türkiye'de Siyaset ve Bürokrasi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786253960063</t>
+          <t>9786253960896</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>IV. Murad ve İsmail Çelebi Hikâyesi Üzerine Bir İnceleme</t>
+          <t>Mitten Metne Rus Edebiyatında Kırım 1 - XII.-XIX. Yüzyıl Metinlerinden Örneklerle</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051969855</t>
+          <t>9786253960803</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş - Konya Masalları</t>
+          <t>1. Dünya Savaşı ve Millî Mücadele Döneminde Konyalı Şehit ve Gazilerimiz</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051969978</t>
+          <t>9786253960964</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken'in Edebî Dünyası</t>
+          <t>Civanperçemi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051969848</t>
+          <t>9786253960995</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>The Effect of the Turkish Defence İndustry on Turkish Foreign Policy</t>
+          <t>Din Öğretiminde 5E Modeli ve Bilgi Transferine Etkisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051969909</t>
+          <t>9786253960810</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Gençler, Sosyal Medya, Seçimler - Sosyal Medyanın Gençlerin Siyasi Tercihlerine Etkisi</t>
+          <t>Orta Çağ Avrupası'nda Katolik - Katar Çatışması -</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051969954</t>
+          <t>9786253960872</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tiyatro ve Antroposen - Caryl Churchill'den İzler</t>
+          <t>Koronavirüs Salgını ve Toplumsal Değişme - Doğa, Minopticon, Thanatos</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051969947</t>
+          <t>9786253960797</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Doğu Rönesansının Peşinde - Hilmi Ziya Ülken'in Tiyatroları Üzerine</t>
+          <t>Modern Dünyada İyilik Meselesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051969879</t>
+          <t>9786253960711</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgelerine Göre Çayırbağı Suyunun Konya'ya Getirilişi</t>
+          <t>İslami Finans Sisteminin Küresel Mimarisi (Şer'i Yönetişimin Kurumsal Yönü)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051969893</t>
+          <t>9786253960643</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Akabi Hikayesi</t>
+          <t>Mefhumlar ve Yüzler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051969923</t>
+          <t>9786253960698</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağının Seçimi</t>
+          <t>Sistem</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051969817</t>
+          <t>9786253960735</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi Ekonomi Politikaları ve Milli Burjuvazi</t>
+          <t>İngiltere İdaresinde Irak'ta Politik Gelişmeler 1922 - 1925 - Hükümetler ve Sınır Problemleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051969824</t>
+          <t>9786253960674</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dönemde Lüks Tüketim Olgusu ve Muhafazakâr Kadının Değişen İmajı</t>
+          <t>Gelecek Geldi - Uzaktan Eğitim Yapay Zekaya Hazır mı?</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051969800</t>
+          <t>9786253960773</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Stoacılardan Seçme Fragmanlar</t>
+          <t>Seçme Şiirler - Selected Poems</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051969831</t>
+          <t>9786253960766</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>XVIII. Yüzyıl Bursa Vakfiyeleri ve Vakıf Kültürü - Şer'iyye Sicillerine Göre</t>
+          <t>Modern Arap Edebiyatı'nda Divan Grubu</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051969756</t>
+          <t>9786253960827</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Mukavele-i İctimaiyye - Toplum Sözleşmesi</t>
+          <t>Vaka Örnekleriyle Çocuklarda Anadili Edinimi</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051969787</t>
+          <t>9786253960780</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Parça Yazı Çözümlemesine Giriş</t>
+          <t>Pratik Felsefe - Ahlâk ve Siyaset Tartışmaları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051969770</t>
+          <t>9786253960421</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Roland Barthes - Parça Yazı</t>
+          <t>Jacques Rancière'de Hiyerarşilerin Yıkımından Eşitliğin İnşasına</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051969749</t>
+          <t>9786253960636</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Babanın İzinde - Heinrich Böll'ün "Palyaço" Adlı Yapıtında Geçmişle Hesaplaşma</t>
+          <t>Çocuklarla Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051969732</t>
+          <t>9786253960650</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kadına Ait Bir Yazı - Dişil Yazının Çıkışları</t>
+          <t>Kant ve Kötülük Felsefesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051969725</t>
+          <t>9786253960667</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Romanında Sorun Odaklı Tavır</t>
+          <t>Gökyüzünün İzlenimci Böceği</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051969701</t>
+          <t>9786253960728</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Konulu Ninniler ve Pozitif Psikoloji</t>
+          <t>Çadırdan Saraya Türk Protokolü - Türkiye Selçuklularında Teşrifat</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051969695</t>
+          <t>9786253960537</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Honneth'in Tanınma Teorisinde Sevgi ve Bakım Alanında Emeğin Tanınması Sorunu</t>
+          <t>İrade Kuramları</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051969251</t>
+          <t>9786253960582</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kimlerdensin? Sorusuyla Belirginleşen Zihinsel Haritalar ve Farklı Etnik Gruplar Arası Etno-Aşiretsel İlişkiler</t>
+          <t>Milli Mücadele Döneminde Elazığ</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051969657</t>
+          <t>9786253960551</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dili</t>
+          <t>Kant ve Nietzsche Arasında Bir Yol</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051969671</t>
+          <t>9786253960445</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Politik Tiyatro Kuramı</t>
+          <t>Özne: 38. Kitap - Cumhuriyetin Felsefesi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051969664</t>
+          <t>9786253960360</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Osman Nizami Paşa</t>
+          <t>Çermik Kazası - Nüfus Defterleri - 2659-2660-2668 Nolu Defterler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051969329</t>
+          <t>9786253960438</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi Bağlamında Tüketim Kültürü ve Reklam</t>
+          <t>Antalya'nın Sosyal ve Kültürel Kurumları Hakkında Araştırmalar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051969633</t>
+          <t>9786253960377</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Rodosçuk - Tekirdağ’da Gayrimüslimler 1640-1648</t>
+          <t>Çermik Kazası - Kefalet Defteri</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051969374</t>
+          <t>9786253960520</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çeviri Geleneğinde Ermeni Çevirmenler ve Çeviri Sorunları</t>
+          <t>1930 - 1938 Döneminde Türk İnkılabı'nı Teorileştirme ve Yorumlama Denemeleri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051969640</t>
+          <t>9786253960452</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’ın Unutulan Coğrafyası</t>
+          <t>Kafatası Filozofu - XIX. Yüzyıl Rus Edebiyat Eleştirisinde Hamlet</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051969572</t>
+          <t>9786253960506</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Nuh Tufanı</t>
+          <t>Hanımlar Arasında</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051969596</t>
+          <t>9786253960490</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
+          <t>Evde Bakım Hizmetinden Yararlanan Engelli Babalar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051969626</t>
+          <t>9786253960285</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yetkinlik Sevgisi</t>
+          <t>Prof. Dr. Sebahattin Bayram Armağanı - Eskiçağ Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>285</v>
+        <v>920</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051969565</t>
+          <t>9786253960414</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği, Sürdürülebilirlik ve Dirençli Kentler</t>
+          <t>Felsefe Tarihinde Kendini Bilmek</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051969510</t>
+          <t>9786253960315</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Tanrı Algısı</t>
+          <t>Kim Beni Nerden Bilecek</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051969558</t>
+          <t>9786253960391</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Etnisite ve Sınıf Tartışmaları</t>
+          <t>Sosyal Devletin Anatomisi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051969497</t>
+          <t>9786253960384</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Elif Şafak’ın Yazı Evreni</t>
+          <t>Karikatür Dili Bir İhlaller Dünyası</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051969527</t>
+          <t>9786253960353</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Edward Said - Oryantalist Söylem Analizinin Metodolojik Temelleri</t>
+          <t>Toplumdilbilim Araştırmaları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051969619</t>
+          <t>9786253960308</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Türlerde Anlatıcı</t>
+          <t>Meclis-i Ali-i Hazain (Teşkilat Yapısı ve Faaliyetleri 1860-1866)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051969541</t>
+          <t>4440000002762</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları - II</t>
+          <t>Erdemli Okul</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051969244</t>
+          <t>9786253960209</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Norbert Elias ve Sosyolojisi</t>
+          <t>Kadına Yönelik Şiddete Karşı 6284 - Yeterlilik ve Kapsam</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051969145</t>
+          <t>9786051969688</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Göç, Kente Uyum, Kimlik ve Din - Zeytinburnu Afganistan Özbekleri</t>
+          <t>Eğitim Örgütlerinin Yaşamsal Kaynağı Örgüt İçi İletişim</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051969237</t>
+          <t>9786051968230</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Romanı - Cumhuriyet Dönemi Türk Romanında Sanat ve Sanatçı</t>
+          <t>Türk Hava Yolları 1956-1980 (Kalkış, Yükseliş, Türbülans)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051969336</t>
+          <t>9786051966816</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Same World Different Voices - Children and Childhood in British and American Fiction</t>
+          <t>Ahlak ve Mutluluk Üzerine</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051969381</t>
+          <t>9786051966342</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Özne 37. Kitap - Arendt</t>
+          <t>Eğitim Sorun (u) mu?</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051969367</t>
+          <t>9786051966069</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 3</t>
+          <t>Türkiye’de Çocuk Hizmetleri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051969282</t>
+          <t>9786051966021</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kindi, Razi ve Farabi'nin Zihin Felsefeleri</t>
+          <t>Sosyal Hizmet Perspektifinden Üstün Yetenekliler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051969312</t>
+          <t>9786253960292</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sumer Tapınak Ekonomisi - Anadolu ve Yunan Ana Karasına Kültürel Geçişin İzleri</t>
+          <t>Şifa Arayışı ve Değişim - Şırnak Kırsalında Geleneksel Tıbbın Kullanım Alanları ve Nedenleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051969152</t>
+          <t>9786253960339</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kent ve Uyum - Yükseköğrenimde Göçmenler</t>
+          <t>Osmanlı Din ve İlim Hayatına Taşradan Islahçı Bir Bakış Saçaklızade Muhammed El Maraşi ve Fikirleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051969169</t>
+          <t>9786253960278</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Göç, Aidiyet ve Siyaset - Toplumsallığın Göçebe Halleri</t>
+          <t>Okul Reddi - Okul Reddini Anlamak ve Anksiyete Duyarlılık Arasındaki İlişkinin Araştırılması</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051969213</t>
+          <t>9786253960247</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Türkiye'nin Toplumsal Yapısı</t>
+          <t>Mitokritiğe Giriş - Gaston Bachelard ve MİT Analizinin İmgesel Boyutu</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051969206</t>
+          <t>9786253960216</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Macit Gökberk Aydınlanmanın Sesi</t>
+          <t>Darbe Yolunda Üç Yıl 1957-1960 Süreç, Tartışmalar, İddialar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051968995</t>
+          <t>9786253960193</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Kendimi Kendimde Tanıma Yolunda Ben'den Yansıyan Düşünceler</t>
+          <t>Yerli ve Millî Bir Osmanlı Burjuvası Ermenekli Mehmet Nuri Bey</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>480</v>
+        <v>285</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051969176</t>
+          <t>9786253960230</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu'da Türkmen Hâkimiyeti - Kara Koyunlu ve Ak Koyunlu Dönemi 1365-1501 (Siyaset, İktisat, Kültür ve Sanat)</t>
+          <t>Türk İslamcılığı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051969190</t>
+          <t>9786253960254</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda İskan ve İhtida</t>
+          <t>Epistemik ve Ampirik Bağlamda Dış Dünya Problemi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051969060</t>
+          <t>9786253960155</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Barışın İmkansızlığı Üzerine (Johan Galtung vs Chantal Mouffe)</t>
+          <t>Görünce Sevdiğim Komşum-Hikayeler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051969053</t>
+          <t>9786051969992</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tersine Çevrilmiş Bir Teoloji - Ahmet Hamdi Tanpınar Yazıları</t>
+          <t>Erkeğin İnkılabı - 100. Yılında Cumhuriyet'i ve Romanı Erkek(lik) Üzerinden Okumak 1923-1938</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051969039</t>
+          <t>9786253960001</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Board Misyonerlerinin Antep'teki Faaliyetleri</t>
+          <t>Marka Aktivizmi - Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051969022</t>
+          <t>9786253960070</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kent Ekonomisi ve Esnaf - Sanatkarlar</t>
+          <t>Fenn-i Menahic (Metodoloji)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051969107</t>
+          <t>9786253960018</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Şükrü Metin Baba (Hayatı ve Eserleri)</t>
+          <t>Yeninin Gözüyle Eskiye Bakmak - Yeni Türk Şiirinde Şeyh Galib Esintisi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051968643</t>
+          <t>9786253960100</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Ve Anadolu'nun Kavşağında Bir Kent Siverek (Tarih – Toplum – Kültür)</t>
+          <t>Reklam Çevirileri ve Çeviri Stratejileri</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>920</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051968650</t>
+          <t>9786253960117</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Kavşağında Bir Kent Siverek (Dil – Din – Edebiyat)</t>
+          <t>Rus Edebiyatında Neosentimentalizm</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>1100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051968988</t>
+          <t>9786051969961</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Düşman</t>
+          <t>Tanzimat Tiyatrosunda Geleneksel Unsurlar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051968957</t>
+          <t>9786253960049</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>UFO Mitleri - UFO'lar, Uzaylılar, UFO Dini Akımları ve Medya Sektörü Üzerine Halk Bilimsel Bir İnceleme</t>
+          <t>Pandemi ve Kentsel Politika</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051968971</t>
+          <t>9786253960063</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Göstergebilimine Giriş - Anlambilimsel Varyant</t>
+          <t>IV. Murad ve İsmail Çelebi Hikâyesi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051968889</t>
+          <t>9786051969855</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Romanında Otizmin Temsili</t>
+          <t>Bir Varmış Bir Yokmuş - Konya Masalları</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051968964</t>
+          <t>9786051969978</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Miras ve Kadın</t>
+          <t>Hilmi Ziya Ülken'in Edebî Dünyası</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051968940</t>
+          <t>9786051969848</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Asrın Felaketi - Srebrenitsa Soykırımı</t>
+          <t>The Effect of the Turkish Defence İndustry on Turkish Foreign Policy</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051968919</t>
+          <t>9786051969909</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Fragmanlar</t>
+          <t>Gençler, Sosyal Medya, Seçimler - Sosyal Medyanın Gençlerin Siyasi Tercihlerine Etkisi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051968926</t>
+          <t>9786051969954</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Lives Between the Lines</t>
+          <t>Ekolojik Tiyatro ve Antroposen - Caryl Churchill'den İzler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051968773</t>
+          <t>9786051969947</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi</t>
+          <t>Doğu Rönesansının Peşinde - Hilmi Ziya Ülken'in Tiyatroları Üzerine</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051968872</t>
+          <t>9786051969879</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Haber Ajanslarının Yeni Medyadaki Yapısı</t>
+          <t>Arşiv Belgelerine Göre Çayırbağı Suyunun Konya'ya Getirilişi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051968834</t>
+          <t>9786051969893</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin ve Herbert Spencer Düşüncesinde Evrim, Ahlak, Toplum</t>
+          <t>Akabi Hikayesi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051968896</t>
+          <t>9786051969923</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İktidar</t>
+          <t>Z Kuşağının Seçimi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051967585</t>
+          <t>9786051969817</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'dan Günümüze Rumkale ve Halfeti</t>
+          <t>Tek Parti Dönemi Ekonomi Politikaları ve Milli Burjuvazi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051968711</t>
+          <t>9786051969824</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Tekn(oloj)ik Hinterlant ve Din</t>
+          <t>Postmodern Dönemde Lüks Tüketim Olgusu ve Muhafazakâr Kadının Değişen İmajı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051968841</t>
+          <t>9786051969800</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Siyaset Bilimi</t>
+          <t>Erken Dönem Stoacılardan Seçme Fragmanlar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051968902</t>
+          <t>9786051969831</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Tarih İdrakinden Kanun İnşasına Osmanlı Hukuk Düşüncesi</t>
+          <t>XVIII. Yüzyıl Bursa Vakfiyeleri ve Vakıf Kültürü - Şer'iyye Sicillerine Göre</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051968810</t>
+          <t>9786051969756</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Karakoç'un Balkonu</t>
+          <t>Mukavele-i İctimaiyye - Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051968742</t>
+          <t>9786051969787</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>İpsalalı Ahmed Paşa</t>
+          <t>Parça Yazı Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051968728</t>
+          <t>9786051969770</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Haklar'da Kültürel Hayat</t>
+          <t>Roland Barthes - Parça Yazı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051968612</t>
+          <t>9786051969749</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimleri ve Dilbilimsel Yazın Çalışmaları</t>
+          <t>Kayıp Babanın İzinde - Heinrich Böll'ün "Palyaço" Adlı Yapıtında Geçmişle Hesaplaşma</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051968797</t>
+          <t>9786051969732</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Dengbejlik Geleneği ve Dönüşümler (Ciltli)</t>
+          <t>Kadına Ait Bir Yazı - Dişil Yazının Çıkışları</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051968759</t>
+          <t>9786051969725</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Süreci</t>
+          <t>Günümüz Türk Romanında Sorun Odaklı Tavır</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051968735</t>
+          <t>9786051969701</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Haberdeki Çerçeve - Uygulama Örnekleriyle Çerçeveleme Kuramı ve Yöntemi</t>
+          <t>Sevgi Konulu Ninniler ve Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051968681</t>
+          <t>9786051969695</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Biliminde Geçmişten Günümüze Temel Kavram ve Tartışmalar</t>
+          <t>Honneth'in Tanınma Teorisinde Sevgi ve Bakım Alanında Emeğin Tanınması Sorunu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051968704</t>
+          <t>9786051969251</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyal Politika Güncel Tartışmaları</t>
+          <t>Kimlerdensin? Sorusuyla Belirginleşen Zihinsel Haritalar ve Farklı Etnik Gruplar Arası Etno-Aşiretsel İlişkiler</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051968698</t>
+          <t>9786051969657</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Türk Düşüncesinde İlimler Tasnifi</t>
+          <t>Reklam Dili</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051968629</t>
+          <t>9786051969671</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Keşifler</t>
+          <t>Politik Tiyatro Kuramı</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051968568</t>
+          <t>9786051969664</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Modern Batı Düşüncesinin Felsefi Temelleri - Din ve İnsan Algısı Üzerine Bir Değerlendirme</t>
+          <t>Osman Nizami Paşa</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051968599</t>
+          <t>9786051969329</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Aidiyet - Mekân Sosyolojisine Yeni Bir Bakış</t>
+          <t>Türk Modernleşmesi Bağlamında Tüketim Kültürü ve Reklam</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051968605</t>
+          <t>9786051969633</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi - Teorik ve Güncel</t>
+          <t>Rodosçuk - Tekirdağ’da Gayrimüslimler 1640-1648</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051968506</t>
+          <t>9786051969374</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Sine-Roman ve Novelizasyon</t>
+          <t>Osmanlı Çeviri Geleneğinde Ermeni Çevirmenler ve Çeviri Sorunları</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051968469</t>
+          <t>9786051969640</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Nedir?</t>
+          <t>Orta Çağ’ın Unutulan Coğrafyası</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051968520</t>
+          <t>9786051969572</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey ve Emirliği</t>
+          <t>Nuh Tufanı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051968421</t>
+          <t>9786051969596</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Yazı</t>
+          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051968483</t>
+          <t>9786051969626</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa 1744-1822</t>
+          <t>İnsanın Yetkinlik Sevgisi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051968490</t>
+          <t>9786051969565</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim Felsefesine Aristotelesçi Bir Çerçeve</t>
+          <t>İklim Değişikliği, Sürdürülebilirlik ve Dirençli Kentler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051968452</t>
+          <t>9786051969510</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Varoluş: Demir Özlü</t>
+          <t>Gençlerde Tanrı Algısı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051968476</t>
+          <t>9786051969558</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkleri Üzerine Düşünceler</t>
+          <t>Osmanlı’dan Günümüze Etnisite ve Sınıf Tartışmaları</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051968407</t>
+          <t>9786051969497</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kanun ve Şeyh Osmanlı Toplumunda Sufîlerin İdare ve Mahkemeyle İmtihanı</t>
+          <t>Elif Şafak’ın Yazı Evreni</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051968391</t>
+          <t>9786051969527</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>İklimkurgu - İklim Değişikliği, Antroposen'in Poetikası ve Ekoeleştirel İzler</t>
+          <t>Edward Said - Oryantalist Söylem Analizinin Metodolojik Temelleri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051968315</t>
+          <t>9786051969619</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Uzman Gazetecilik 1</t>
+          <t>Dramatik Türlerde Anlatıcı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051968322</t>
+          <t>9786051969541</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Uzman Gazetecilik 2</t>
+          <t>Batman Kent Araştırmaları - II</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051968414</t>
+          <t>9786051969244</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Das Bıld Der Frauen Im Islam İslam'da Kadın İmajı</t>
+          <t>Norbert Elias ve Sosyolojisi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051968339</t>
+          <t>9786051969145</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Erkeklik (Evlilikte Uyum ve Çatışma Arasında Eril Kimlikler)</t>
+          <t>Sürekli Göç, Kente Uyum, Kimlik ve Din - Zeytinburnu Afganistan Özbekleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051968285</t>
+          <t>9786051969237</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Nadir Şah Döneminde Osmanlı-İran Siyasi İlişkileri 1720 - 1747</t>
+          <t>Sanatçının Romanı - Cumhuriyet Dönemi Türk Romanında Sanat ve Sanatçı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051968292</t>
+          <t>9786051969336</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Metafor Metaforda Toplum</t>
+          <t>Same World Different Voices - Children and Childhood in British and American Fiction</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051968193</t>
+          <t>9786051969381</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid ve Mülahazat-ı Felsefiyesi</t>
+          <t>Özne 37. Kitap - Arendt</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051968247</t>
+          <t>9786051969367</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Süregiden Felsefe (Antik Çağdan Günümüze Filozoflarla Konuşmalar)</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 3</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051968254</t>
+          <t>9786051969282</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles'te Ruhun Yetilerinden Biri Olarak Algı</t>
+          <t>Kindi, Razi ve Farabi'nin Zihin Felsefeleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051968162</t>
+          <t>9786051969312</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Sosyolojisi (Kültür, Kimlik, Medya)</t>
+          <t>Sumer Tapınak Ekonomisi - Anadolu ve Yunan Ana Karasına Kültürel Geçişin İzleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051968131</t>
+          <t>9786051969152</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kim Yönetiyor</t>
+          <t>Göç, Kent ve Uyum - Yükseköğrenimde Göçmenler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051968186</t>
+          <t>9786051969169</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kent - Türkiye'de Kentsel Hizmetlerin Sunumuna İlişkin Bir Model Önerisi</t>
+          <t>Göç, Aidiyet ve Siyaset - Toplumsallığın Göçebe Halleri</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051968179</t>
+          <t>9786051969213</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Tealim-i Mu'tezile</t>
+          <t>Cumhuriyet'in 100. Yılında Türkiye'nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051968148</t>
+          <t>9786051969206</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Küçüklere Tiyatro Oyunları</t>
+          <t>Macit Gökberk Aydınlanmanın Sesi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051968216</t>
+          <t>9786051968995</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dilbilimin Felsefi Temelleri</t>
+          <t>Hayatım ve Kendimi Kendimde Tanıma Yolunda Ben'den Yansıyan Düşünceler</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051968025</t>
+          <t>9786051969176</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Politik İnceleme - Demokrasi Nedir?</t>
+          <t>Doğu Anadolu'da Türkmen Hâkimiyeti - Kara Koyunlu ve Ak Koyunlu Dönemi 1365-1501 (Siyaset, İktisat, Kültür ve Sanat)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051968087</t>
+          <t>9786051969190</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Mapping Identity in D.H. Lawrence's Short Stories - A Discursive Analysis</t>
+          <t>Balkanlarda İskan ve İhtida</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051968100</t>
+          <t>9786051969060</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kimlik İnşası</t>
+          <t>Adil Bir Barışın İmkansızlığı Üzerine (Johan Galtung vs Chantal Mouffe)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051968094</t>
+          <t>9786051969053</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Öteki</t>
+          <t>Tersine Çevrilmiş Bir Teoloji - Ahmet Hamdi Tanpınar Yazıları</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051968018</t>
+          <t>9786051969039</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Sanat</t>
+          <t>Amerikan Board Misyonerlerinin Antep'teki Faaliyetleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051968070</t>
+          <t>9786051969022</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Theodor Adorno ve Walter Benjamin'de Sanat Eserinin Doğası</t>
+          <t>Kent Ekonomisi ve Esnaf - Sanatkarlar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051967998</t>
+          <t>9786051969107</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticarette Güncel Tartışmalar</t>
+          <t>Mustafa Şükrü Metin Baba (Hayatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051968056</t>
+          <t>9786051968643</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Mücadelesi</t>
+          <t>Mezopotamya Ve Anadolu'nun Kavşağında Bir Kent Siverek (Tarih – Toplum – Kültür)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>580</v>
+        <v>920</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051967981</t>
+          <t>9786051968650</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Mesajın İnşası Kiralık Akıl</t>
+          <t>Medeniyetler Kavşağında Bir Kent Siverek (Dil – Din – Edebiyat)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>310</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051968001</t>
+          <t>9786051968988</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyaset Düşüncesinin Dini Teorisi</t>
+          <t>İçimizdeki Düşman</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051967974</t>
+          <t>9786051968957</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Dijitale İçeriğin Üretimi ve Dönüşümü</t>
+          <t>UFO Mitleri - UFO'lar, Uzaylılar, UFO Dini Akımları ve Medya Sektörü Üzerine Halk Bilimsel Bir İnceleme</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>380</v>
+        <v>185</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051967936</t>
+          <t>9786051968971</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Salt Akılcı Olmayan Liberalizm - Hume ve Kant</t>
+          <t>Edebiyat Göstergebilimine Giriş - Anlambilimsel Varyant</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051967943</t>
+          <t>9786051968889</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesinde Feminizm ve Politika İlişkisi</t>
+          <t>Çağdaş İngiliz Romanında Otizmin Temsili</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051967950</t>
+          <t>9786051968964</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Felsefesi</t>
+          <t>Osmanlı'da Miras ve Kadın</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051967875</t>
+          <t>9786051968940</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Türk'le Savaşı</t>
+          <t>Asrın Felaketi - Srebrenitsa Soykırımı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051967882</t>
+          <t>9786051968919</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Mustafa 1450 - 1474</t>
+          <t>Postmodern Fragmanlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051967646</t>
+          <t>9786051968926</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve Nurettin Topçu</t>
+          <t>Lives Between the Lines</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051967707</t>
+          <t>9786051968773</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>#kesinbilgi - Yeni Medyada Bilgi ve Haberin Durumu</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051967554</t>
+          <t>9786051968872</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı'nın Poetikası ve Edebi Dünyası</t>
+          <t>Haber Ajanslarının Yeni Medyadaki Yapısı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051967806</t>
+          <t>9786051968834</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bridging Cultures - Representation of Minorities in English and American Literature</t>
+          <t>Charles Darwin ve Herbert Spencer Düşüncesinde Evrim, Ahlak, Toplum</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051967455</t>
+          <t>9786051968896</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlara Sevgiler</t>
+          <t>Edebiyat ve İktidar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051967691</t>
+          <t>9786051967585</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>I. Dünya Savaşı'nda Osmanlı Ordusuna Etki Etmiş Yahudiler</t>
+          <t>Ortaçağ'dan Günümüze Rumkale ve Halfeti</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>260</v>
+        <v>680</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051967745</t>
+          <t>9786051968711</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka'nın "Babaya Mektup" Adlı Eserinde Ödipus Kompleksi</t>
+          <t>Tekn(oloj)ik Hinterlant ve Din</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051967677</t>
+          <t>9786051968841</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Dijital Sis</t>
+          <t>Pandemi ve Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051967684</t>
+          <t>9786051968902</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumunda Halkla İlişkiler ve Alışveriş Merkezleri</t>
+          <t>Tarih İdrakinden Kanun İnşasına Osmanlı Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051967622</t>
+          <t>9786051968810</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Online Gençler Çevrimdışı Yetişkinler</t>
+          <t>Karakoç'un Balkonu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051967387</t>
+          <t>9786051968742</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Şiire Felsefeyle Yönelmek</t>
+          <t>İpsalalı Ahmed Paşa</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051967363</t>
+          <t>9786051968728</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Çıkmazlarında Ahmet Muhip Dıranas Tiyatrosu</t>
+          <t>Ehl-i Haklar'da Kültürel Hayat</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051967394</t>
+          <t>9786051968612</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Folklor Söylemi</t>
+          <t>Dil Bilimleri ve Dilbilimsel Yazın Çalışmaları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051967400</t>
+          <t>9786051968797</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Metinlerde Değer Çözümlemesine Giriş</t>
+          <t>Dengbejlik Geleneği ve Dönüşümler (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051967424</t>
+          <t>9786051968759</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Felsefesi</t>
+          <t>Türklerin İslamlaşma Süreci</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051967370</t>
+          <t>9786051968735</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>M.ö. 2. Bin Anadolu Tasvir Sanatında İnsan - Hayvan Karışımı Varlıklar</t>
+          <t>Haberdeki Çerçeve - Uygulama Örnekleriyle Çerçeveleme Kuramı ve Yöntemi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059108867</t>
+          <t>9786051968681</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Matematiği</t>
+          <t>Karşılaştırmalı Edebiyat Biliminde Geçmişten Günümüze Temel Kavram ve Tartışmalar</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054451074</t>
+          <t>9786051968704</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kebetos Pinaks - İnsan Yaşamının Tablosu</t>
+          <t>Kadın ve Sosyal Politika Güncel Tartışmaları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055999471</t>
+          <t>9786051968698</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Karaman Şehir Coğrafyası</t>
+          <t>Tanzimat Sonrası Türk Düşüncesinde İlimler Tasnifi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055999279</t>
+          <t>9786051968629</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Japon İşletmeciliği ve Japonya Pazarına Yönelik Bir Uygulama</t>
+          <t>Keşifler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051964997</t>
+          <t>9786051968568</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasinin Kimyası</t>
+          <t>Modern Batı Düşüncesinin Felsefi Temelleri - Din ve İnsan Algısı Üzerine Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051968353</t>
+          <t>9786051968599</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Özne 36. Kitap- Sartre</t>
+          <t>Mekansal Aidiyet - Mekân Sosyolojisine Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051968360</t>
+          <t>9786051968605</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Şehir</t>
+          <t>Demokrasi - Teorik ve Güncel</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051968308</t>
+          <t>9786051968506</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>XII - XIII. Yüzyıllarda Güney Kafkasya'da Kıpçaklar</t>
+          <t>Sine-Roman ve Novelizasyon</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051968438</t>
+          <t>9786051968469</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Çevre Eğitimi</t>
+          <t>İnsan Hakları Nedir?</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051968261</t>
+          <t>9786051968520</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Ulaşım ve Basına Yansıyanlar 1860 - 1876</t>
+          <t>Çaka Bey ve Emirliği</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051968223</t>
+          <t>9786051968421</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kentsel Ailenin Manevi Boyutları</t>
+          <t>Eskimeyen Yazı</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051968278</t>
+          <t>9786051968483</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Din, Statü ve İtibar (Dini Temsil ve Tipolojiler Üzerine Hac Eksenli Bir İnceleme)</t>
+          <t>Tepedelenli Ali Paşa 1744-1822</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051967929</t>
+          <t>9786051968490</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Döneminde Alanya</t>
+          <t>Sanat ve Eğitim Felsefesine Aristotelesçi Bir Çerçeve</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786051967905</t>
+          <t>9786051968452</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Şeyh Safi - Musul Buyruğu</t>
+          <t>Sürgün Varoluş: Demir Özlü</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>165</v>
+        <v>650</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051967899</t>
+          <t>9786051968476</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim ve Pazarlama Teknolojilerinde 100 Temel Kavram</t>
+          <t>Avrupa Türkleri Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051967912</t>
+          <t>9786051968407</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Öteki, Irkçılık ve Fransız Edebiyatı</t>
+          <t>Kanun ve Şeyh Osmanlı Toplumunda Sufîlerin İdare ve Mahkemeyle İmtihanı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051967820</t>
+          <t>9786051968391</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Çalışmalarında Bilimsel Araştırma Yöntemleri</t>
+          <t>İklimkurgu - İklim Değişikliği, Antroposen'in Poetikası ve Ekoeleştirel İzler</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051967851</t>
+          <t>9786051968315</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Anaksagoras</t>
+          <t>Dijital Çağda Uzman Gazetecilik 1</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051967813</t>
+          <t>9786051968322</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Fantazya Edebiyatı</t>
+          <t>Dijital Çağda Uzman Gazetecilik 2</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051967301</t>
+          <t>9786051968414</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sergileme Tasarımı</t>
+          <t>Das Bıld Der Frauen Im Islam İslam'da Kadın İmajı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051967752</t>
+          <t>9786051968339</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Türk Hikayeciliğinde Rasim Özdenören</t>
+          <t>Evdeki Erkeklik (Evlilikte Uyum ve Çatışma Arasında Eril Kimlikler)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>580</v>
+        <v>160</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051967615</t>
+          <t>9786051968285</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kırsal Kalkınma Yönetimi</t>
+          <t>Nadir Şah Döneminde Osmanlı-İran Siyasi İlişkileri 1720 - 1747</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051967769</t>
+          <t>9786051968292</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Sosyolojide Metafor Metaforda Toplum</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051967714</t>
+          <t>9786051968193</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Politikacıların Suriyelilere Bakışı</t>
+          <t>Abdülhak Hamid ve Mülahazat-ı Felsefiyesi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051967516</t>
+          <t>9786051968247</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hikemiyat</t>
+          <t>Süregiden Felsefe (Antik Çağdan Günümüze Filozoflarla Konuşmalar)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>720</v>
+        <v>280</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051967592</t>
+          <t>9786051968254</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Nazi Kırımı</t>
+          <t>Aristoteles'te Ruhun Yetilerinden Biri Olarak Algı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051967608</t>
+          <t>9786051968162</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Tekniklerine Giriş</t>
+          <t>Tüketim Sosyolojisi (Kültür, Kimlik, Medya)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051967660</t>
+          <t>9786051968131</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Çeviri ve Disiplinlerarasılık</t>
+          <t>Kim Yönetiyor</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051967639</t>
+          <t>9786051968186</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Denizli (Ladik) İnançoğulları Beyliği</t>
+          <t>Akıllı Kent - Türkiye'de Kentsel Hizmetlerin Sunumuna İlişkin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051967578</t>
+          <t>9786051968179</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İki Yüzü</t>
+          <t>Tealim-i Mu'tezile</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051967530</t>
+          <t>9786051968148</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ahvali’r-Ruh</t>
+          <t>Küçüklere Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051967523</t>
+          <t>9786051968216</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk ve Roman</t>
+          <t>Dilbilimin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051967547</t>
+          <t>9786051968025</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Anlamsızlık Yaşantıları ve Din</t>
+          <t>Politik İnceleme - Demokrasi Nedir?</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051967479</t>
+          <t>9786051968087</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Din</t>
+          <t>Mapping Identity in D.H. Lawrence's Short Stories - A Discursive Analysis</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051967509</t>
+          <t>9786051968100</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Dijital Okuryazarlık - Kavramlar Modeller ve Ölçüm</t>
+          <t>Toplumsal Kimlik İnşası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051967486</t>
+          <t>9786051968094</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Fizikten Metafiziğe</t>
+          <t>Klasik Türk Edebiyatında Öteki</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051967493</t>
+          <t>9786051968018</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Teknolojik ve Psikolojik Boyutlarıyla Dijital Kimlik</t>
+          <t>Yaşamak İçin Sanat</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051967448</t>
+          <t>9786051968070</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kimlik ve İzlenim Yönetimi</t>
+          <t>Theodor Adorno ve Walter Benjamin'de Sanat Eserinin Doğası</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051967462</t>
+          <t>9786051967998</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Kültürel ve İktisadi Yönleriyle Göçebelik - Koçeri</t>
+          <t>Dış Ticarette Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051967417</t>
+          <t>9786051968056</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Auswirkungen der fortschreitenden Digitalisierung auf die Privatheit</t>
+          <t>Zihniyet Mücadelesi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051967158</t>
+          <t>9786051967981</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İlanat-ı Fenni</t>
+          <t>Mesajın İnşası Kiralık Akıl</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051967042</t>
+          <t>9786051968001</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilasına Dini Muhalefet</t>
+          <t>Türk Siyaset Düşüncesinin Dini Teorisi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051966878</t>
+          <t>9786051967974</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Geceye Düştü Gölge</t>
+          <t>Gelenekselden Dijitale İçeriğin Üretimi ve Dönüşümü</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051967073</t>
+          <t>9786051967936</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Büyü ve Ayin</t>
+          <t>Salt Akılcı Olmayan Liberalizm - Hume ve Kant</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051967325</t>
+          <t>9786051967943</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Dini Gruplar ve Cemaatlerin Sosyolojisi</t>
+          <t>Batı Felsefesinde Feminizm ve Politika İlişkisi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051967103</t>
+          <t>9786051967950</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kutsal ve Sanat</t>
+          <t>Gölgenin Felsefesi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051966946</t>
+          <t>9786051967875</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Tabi'at (Ciltli)</t>
+          <t>Türk'ün Türk'le Savaşı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051966960</t>
+          <t>9786051967882</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Niza'-ı İlm Ü Din - İslam Ve Ulüm (Ciltli)</t>
+          <t>Şehzade Mustafa 1450 - 1474</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>1250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051967295</t>
+          <t>9786051967646</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ekolojisi</t>
+          <t>Türk Modernleşmesi ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051967240</t>
+          <t>9786051967707</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Çeviri ve Disiplinlerarasılık</t>
+          <t>#kesinbilgi - Yeni Medyada Bilgi ve Haberin Durumu</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051967288</t>
+          <t>9786051967554</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire Şiirinin Anatomisi</t>
+          <t>Cahit Sıtkı Tarancı'nın Poetikası ve Edebi Dünyası</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051967202</t>
+          <t>9786051967806</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yeni İlm-i Kelam</t>
+          <t>Bridging Cultures - Representation of Minorities in English and American Literature</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051967226</t>
+          <t>9786051967455</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Özne 35. Kitap - Sanatı Felsefeyle Düşünmek</t>
+          <t>Kahramanlara Sevgiler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051967080</t>
+          <t>9786051967691</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Akıldışının Aynasında</t>
+          <t>I. Dünya Savaşı'nda Osmanlı Ordusuna Etki Etmiş Yahudiler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051967134</t>
+          <t>9786051967745</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta ve Dilde Pandemi</t>
+          <t>Franz Kafka'nın "Babaya Mektup" Adlı Eserinde Ödipus Kompleksi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051967196</t>
+          <t>9786051967677</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kimlik İnşası</t>
+          <t>Dijital Sis</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051967127</t>
+          <t>9786051967684</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Medya Kriz İletişimi ve Sosyal Ağlar</t>
+          <t>Tüketim Toplumunda Halkla İlişkiler ve Alışveriş Merkezleri</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051967028</t>
+          <t>9786051967622</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Reklam Araştırmaları</t>
+          <t>Online Gençler Çevrimdışı Yetişkinler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051967035</t>
+          <t>9786051967387</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve Sosyal Değişim: Disiplinlerarası İncelemeler</t>
+          <t>Şiire Felsefeyle Yönelmek</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051966991</t>
+          <t>9786051967363</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Leylak Saati</t>
+          <t>Hayatın Çıkmazlarında Ahmet Muhip Dıranas Tiyatrosu</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051967059</t>
+          <t>9786051967394</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı ile Yaşlanmak</t>
+          <t>Folklor Söylemi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051967011</t>
+          <t>9786051967400</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Yanlılık</t>
+          <t>Yazınsal Metinlerde Değer Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051966953</t>
+          <t>9786051967424</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Fedai Dergisi'nde Millilik ve İslam</t>
+          <t>Kurmacanın Felsefesi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051966939</t>
+          <t>9786051967370</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sanayi'-i Nefise Istılahatı Mecmu'ası</t>
+          <t>M.ö. 2. Bin Anadolu Tasvir Sanatında İnsan - Hayvan Karışımı Varlıklar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051966977</t>
+          <t>9786059108867</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Aydınlık Yüzü Bedia Akarsu</t>
+          <t>Ticaret Matematiği</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051966922</t>
+          <t>9786054451074</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Din Dersleri - Muhtasar İlmihal</t>
+          <t>Kebetos Pinaks - İnsan Yaşamının Tablosu</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051966809</t>
+          <t>9786055999471</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında - Çüngüş 1</t>
+          <t>Karaman Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051966830</t>
+          <t>9786055999279</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Çüngüş 2</t>
+          <t>Japon İşletmeciliği ve Japonya Pazarına Yönelik Bir Uygulama</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051966823</t>
+          <t>9786051964997</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Çüngüş 3</t>
+          <t>Bürokrasinin Kimyası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051966847</t>
+          <t>9786051968353</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim Anlama Yolculuk</t>
+          <t>Özne 36. Kitap- Sartre</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051966861</t>
+          <t>9786051968360</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Dr. Nevzat Gündağ'a Vefa</t>
+          <t>Kendini Arayan Şehir</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>780</v>
+        <v>600</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051966694</t>
+          <t>9786051968308</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri ve Siyasal Hayata Katılım</t>
+          <t>XII - XIII. Yüzyıllarda Güney Kafkasya'da Kıpçaklar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051966793</t>
+          <t>9786051968438</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname Sosyolojisi</t>
+          <t>Sosyal Bilgilerde Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786051966779</t>
+          <t>9786051968261</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Commonwealth'i Anlamak</t>
+          <t>Dersaadet'te Ulaşım ve Basına Yansıyanlar 1860 - 1876</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051966731</t>
+          <t>9786051968223</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>The Critique of Neoliberalism in David Hare’s Plays</t>
+          <t>Yeni Kentsel Ailenin Manevi Boyutları</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051966786</t>
+          <t>9786051968278</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Tarih Yapıcı Rolü</t>
+          <t>Din, Statü ve İtibar (Dini Temsil ve Tipolojiler Üzerine Hac Eksenli Bir İnceleme)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051966748</t>
+          <t>9786051967929</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Samuel Alexander Belirimciliğinde Mekan - Zaman ve Tanrı</t>
+          <t>Selçuklular Döneminde Alanya</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051966649</t>
+          <t>9786051967905</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Evcil İnsan</t>
+          <t>Menakıb-ı Şeyh Safi - Musul Buyruğu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051966724</t>
+          <t>9786051967899</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Demokrasi Promosyonu</t>
+          <t>Dijital İletişim ve Pazarlama Teknolojilerinde 100 Temel Kavram</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051966038</t>
+          <t>9786051967912</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Millet-i İsrailiye</t>
+          <t>Öteki, Irkçılık ve Fransız Edebiyatı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051966755</t>
+          <t>9786051967820</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İran Moğollarının Atası Hülegü Han</t>
+          <t>Edebiyat Çalışmalarında Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051966656</t>
+          <t>9786051967851</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Krallığı’ndan İnsan Krallığı’na</t>
+          <t>Anaksagoras</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051966618</t>
+          <t>9786051967813</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Zaferleri - Hakkın Zaferleri</t>
+          <t>Fantazya Edebiyatı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051966632</t>
+          <t>9786051967301</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Temsil ve Gerçeklik</t>
+          <t>Sergileme Tasarımı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051966687</t>
+          <t>9786051967752</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Tarih - İdeoloji - Kurmaca Bağlamında Şeyh Bedreddin</t>
+          <t>Türk Hikayeciliğinde Rasim Özdenören</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786051966557</t>
+          <t>9786051967615</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Müdahale</t>
+          <t>Türkiye'de Kırsal Kalkınma Yönetimi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051966588</t>
+          <t>9786051967769</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786051966595</t>
+          <t>9786051967714</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Manyas Kuş Cenneti Milli Parkı (Kültürel, Tarihi ve Politik Ekoloji)</t>
+          <t>Politikacıların Suriyelilere Bakışı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051966571</t>
+          <t>9786051967516</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanından Örneklerle Edebiyat ve Kıskançlık</t>
+          <t>Hikemiyat</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>250</v>
+        <v>720</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051966540</t>
+          <t>9786051967592</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hitit Kült Envanteri Kil Kitapları</t>
+          <t>Nazi Kırımı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051966502</t>
+          <t>9786051967608</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim, Kültür ve Medya 2</t>
+          <t>Anlatı Tekniklerine Giriş</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051966519</t>
+          <t>9786051967660</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim, Kültür ve Medya 1</t>
+          <t>Çeviri ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786051966564</t>
+          <t>9786051967639</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Çeviri Eğitimi</t>
+          <t>Denizli (Ladik) İnançoğulları Beyliği</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051966410</t>
+          <t>9786051967578</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Siverek</t>
+          <t>Aynanın İki Yüzü</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>420</v>
+        <v>165</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051966526</t>
+          <t>9786051967530</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Farabi Felsefesinde Adalet</t>
+          <t>İlm-i Ahvali’r-Ruh</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051966472</t>
+          <t>9786051967523</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Saltanat Hattı Bağdat Demiryolu</t>
+          <t>Çocukluk ve Roman</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051966489</t>
+          <t>9786051967547</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Fransızlara Nazaran Suriye ve Kilikya Muharebeleri</t>
+          <t>Gençlik Anlamsızlık Yaşantıları ve Din</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051966533</t>
+          <t>9786051967479</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bursa Emir Sultan Külliyesi 15. - 17. Yüzyıllar</t>
+          <t>Felsefe-i Din</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051966267</t>
+          <t>9786051967509</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Özne 34. Kitap - Hilmi Ziya Ülken</t>
+          <t>Dijital Okuryazarlık - Kavramlar Modeller ve Ölçüm</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>1150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051966441</t>
+          <t>9786051967486</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Islahat'tan 1. Meşrutiyet'e Erzurum</t>
+          <t>Fizikten Metafiziğe</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786051966458</t>
+          <t>9786051967493</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Toni Morrison'ın Romanlarında Psikolojik Zaman ve Bellek</t>
+          <t>Sosyal, Teknolojik ve Psikolojik Boyutlarıyla Dijital Kimlik</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051966434</t>
+          <t>9786051967448</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İbn Acurrum ve El-Acurrumiyye Literatürü</t>
+          <t>Dijital Kimlik ve İzlenim Yönetimi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051966335</t>
+          <t>9786051967462</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Yurt Dışındaki Türk Gençliği</t>
+          <t>Sosyal, Kültürel ve İktisadi Yönleriyle Göçebelik - Koçeri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051966403</t>
+          <t>9786051967417</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Bilincin Dinsel Referansları</t>
+          <t>Auswirkungen der fortschreitenden Digitalisierung auf die Privatheit</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051966359</t>
+          <t>9786051967158</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Stoa Etiğinden Seçme Metinler</t>
+          <t>İlanat-ı Fenni</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786051966380</t>
+          <t>9786051967042</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hierokles'ten Kalanlar</t>
+          <t>Moğol İstilasına Dini Muhalefet</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786051966373</t>
+          <t>9786051966878</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Musonius Rufus'tan Kalanlar</t>
+          <t>Geceye Düştü Gölge</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786051966366</t>
+          <t>9786051967073</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Panaitios - Fragmanlar</t>
+          <t>Hititlerde Büyü ve Ayin</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051966328</t>
+          <t>9786051967325</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Dışa Bağımlılık</t>
+          <t>Dini Gruplar ve Cemaatlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051966243</t>
+          <t>9786051967103</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Osmanlı Tarihi Araştırmaları</t>
+          <t>Kutsal ve Sanat</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051966274</t>
+          <t>9786051966946</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıta Otuz Üç Ülke</t>
+          <t>Beşer ve Tabi'at (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051966298</t>
+          <t>9786051966960</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İktidar - Muhalefet İlişkileri</t>
+          <t>Niza'-ı İlm Ü Din - İslam Ve Ulüm (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>380</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786051966281</t>
+          <t>9786051967295</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İlk Kim Değişti</t>
+          <t>Sosyal Medya Ekolojisi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051966229</t>
+          <t>9786051967240</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Edebi Babanın Peşinde</t>
+          <t>Çeviri ve Disiplinlerarasılık</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051966090</t>
+          <t>9786051967288</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler için Yas ve Travma Yaşantılarında Yardımcı Hikayeler</t>
+          <t>Baudelaire Şiirinin Anatomisi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051966212</t>
+          <t>9786051967202</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Spinoza: Düşüncenin Hızları</t>
+          <t>Yeni İlm-i Kelam</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051966205</t>
+          <t>9786051967226</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 2</t>
+          <t>Özne 35. Kitap - Sanatı Felsefeyle Düşünmek</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051966106</t>
+          <t>9786051967080</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Aşiret</t>
+          <t>Akıldışının Aynasında</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051966182</t>
+          <t>9786051967134</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da Göçmen Olmak</t>
+          <t>Edebiyatta ve Dilde Pandemi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786051966199</t>
+          <t>9786051967196</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Yeni Güç Mücadelesi</t>
+          <t>Kimlik İnşası</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786051966076</t>
+          <t>9786051967127</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mesafe Döneminde Din</t>
+          <t>Medya Kriz İletişimi ve Sosyal Ağlar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786051966175</t>
+          <t>9786051967028</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Medyaları</t>
+          <t>Reklam Araştırmaları</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051966113</t>
+          <t>9786051967035</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kavala Kazası 1830-1845</t>
+          <t>Popüler Kültür ve Sosyal Değişim: Disiplinlerarası İncelemeler</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051966045</t>
+          <t>9786051966991</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Abdulla Kahhar'ın Hikayeciliği</t>
+          <t>Kalbin Leylak Saati</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786051966168</t>
+          <t>9786051967059</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Geleceğe Erişilebilirlik</t>
+          <t>Yaşlı ile Yaşlanmak</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786051966052</t>
+          <t>9786051967011</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Yine Orada</t>
+          <t>Edebiyatta Yanlılık</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051965697</t>
+          <t>9786051966953</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Felsefe</t>
+          <t>Fedai Dergisi'nde Millilik ve İslam</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>720</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786051966083</t>
+          <t>9786051966939</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Özkurgusal Evrenin Yazınsal Çözümlemesi</t>
+          <t>Sanayi'-i Nefise Istılahatı Mecmu'ası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786051966007</t>
+          <t>9786051966977</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda'nın Ulu Hükümdarı Toktamış Han</t>
+          <t>Felsefenin Aydınlık Yüzü Bedia Akarsu</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786051965994</t>
+          <t>9786051966922</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İbn Bacce Mantığı ve Farabi Bağlantıları</t>
+          <t>Din Dersleri - Muhtasar İlmihal</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786051965925</t>
+          <t>9786051966809</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Güvenlik Politikasında İngiltere</t>
+          <t>Arşiv Belgeleri Işığında - Çüngüş 1</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786051966014</t>
+          <t>9786051966830</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Milli Mücadele Döneminde Mardin</t>
+          <t>Çüngüş 2</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786051965963</t>
+          <t>9786051966823</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Risaletü't Teselsül</t>
+          <t>Çüngüş 3</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786051965987</t>
+          <t>9786051966847</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Alman Edebiyatı</t>
+          <t>Göstergebilim Anlama Yolculuk</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786051965093</t>
+          <t>9786051966861</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kolonyalizm</t>
+          <t>Dr. Nevzat Gündağ'a Vefa</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786051965956</t>
+          <t>9786051966694</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Din Anlatımı</t>
+          <t>Bulgaristan Türkleri ve Siyasal Hayata Katılım</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786051965932</t>
+          <t>9786051966793</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Sinemanın Fenomenolojisi</t>
+          <t>Seyahatname Sosyolojisi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>385</v>
+        <v>160</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786051965895</t>
+          <t>9786051966779</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Haber Metinlerinde Alternatifi Aramak</t>
+          <t>Commonwealth'i Anlamak</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786051965918</t>
+          <t>9786051966731</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Hocazade Muallim Fikri Bey'in Urfa Kurtuluş Savaşı Hatıraları</t>
+          <t>The Critique of Neoliberalism in David Hare’s Plays</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786051965949</t>
+          <t>9786051966786</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur Dönemi Bilginleri</t>
+          <t>İslam Düşüncesinin Tarih Yapıcı Rolü</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786051965857</t>
+          <t>9786051966748</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Zuhd and Patrimonialism</t>
+          <t>Samuel Alexander Belirimciliğinde Mekan - Zaman ve Tanrı</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786051965888</t>
+          <t>9786051966649</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İmgelem Çözümlemesine Giriş</t>
+          <t>Evcil İnsan</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051965901</t>
+          <t>9786051966724</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Pazara</t>
+          <t>Uluslararası İlişkilerde Demokrasi Promosyonu</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>172</v>
+        <v>280</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786051965833</t>
+          <t>9786051966038</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Fragmanları</t>
+          <t>Millet-i İsrailiye</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786051965840</t>
+          <t>9786051966755</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Jean-Luc Nancy ve Tekil Çoğul Ontoloji</t>
+          <t>İran Moğollarının Atası Hülegü Han</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786051965871</t>
+          <t>9786051966656</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Politics of Ethnicity, Identity and Religion</t>
+          <t>Tanrı Krallığı’ndan İnsan Krallığı’na</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786051965734</t>
+          <t>9786051966618</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Diaspora Türkleri</t>
+          <t>Tasavvufun Zaferleri - Hakkın Zaferleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786051965864</t>
+          <t>9786051966632</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Tartışmaları</t>
+          <t>Sinemada Temsil ve Gerçeklik</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786051965826</t>
+          <t>9786051966687</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Tarih-i Fergana 1560-1860</t>
+          <t>Tarih - İdeoloji - Kurmaca Bağlamında Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786051965789</t>
+          <t>9786051966557</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze'ün Sanatçı-Filozofu</t>
+          <t>Felsefi Müdahale</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786051965819</t>
+          <t>9786051966588</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Batı Edebiyatı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786051965727</t>
+          <t>9786051966595</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Sosyal Kuram</t>
+          <t>Manyas Kuş Cenneti Milli Parkı (Kültürel, Tarihi ve Politik Ekoloji)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>285</v>
+        <v>540</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786051965741</t>
+          <t>9786051966571</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dayanışmanın Antropolojisi</t>
+          <t>Türk Romanından Örneklerle Edebiyat ve Kıskançlık</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786051965758</t>
+          <t>9786051966540</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Nano ve Gen Teknolojileri</t>
+          <t>Hitit Kült Envanteri Kil Kitapları</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786051965215</t>
+          <t>9786051966502</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Fedon</t>
+          <t>Dijital Çağda İletişim, Kültür ve Medya 2</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051965765</t>
+          <t>9786051966519</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Fal ve Kehanet</t>
+          <t>Dijital Çağda İletişim, Kültür ve Medya 1</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>168</v>
+        <v>250</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051962634</t>
+          <t>9786051966564</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Nitel İçerik Analizi</t>
+          <t>Kuramdan Uygulamaya Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786051960777</t>
+          <t>9786051966410</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Yabancı Dil Öğrenimi</t>
+          <t>Siverek</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786051961866</t>
+          <t>9786051966526</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Ne İçin Eğitim?</t>
+          <t>Farabi Felsefesinde Adalet</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051960159</t>
+          <t>9786051966472</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Erasmus'un İzinde</t>
+          <t>Saltanat Hattı Bağdat Demiryolu</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051962078</t>
+          <t>9786051966489</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Öğreneceğini Bilen Yeterince Biliyordur</t>
+          <t>Fransızlara Nazaran Suriye ve Kilikya Muharebeleri</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051963068</t>
+          <t>9786051966533</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Unterrichtsmaterialien Zum Sprechen</t>
+          <t>Bursa Emir Sultan Külliyesi 15. - 17. Yüzyıllar</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051965710</t>
+          <t>9786051966267</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 Bakışıyla Üretim Yönetimi</t>
+          <t>Özne 34. Kitap - Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>280</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786051965703</t>
+          <t>9786051966441</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>19.Yüzyılda Çukurova'da Doğal Afetler ve Salgın Hastalıklar</t>
+          <t>Islahat'tan 1. Meşrutiyet'e Erzurum</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786051965642</t>
+          <t>9786051966458</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İran'da Medya ve Siyaset (Dünü - Bugünü)</t>
+          <t>Toni Morrison'ın Romanlarında Psikolojik Zaman ve Bellek</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786051965673</t>
+          <t>9786051966434</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Büyüsü</t>
+          <t>İbn Acurrum ve El-Acurrumiyye Literatürü</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786051965680</t>
+          <t>9786051966335</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kadınhanı Atlantı - Bir Bozulus Türkmen Köyü</t>
+          <t>Yurt Dışındaki Türk Gençliği</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051965581</t>
+          <t>9786051966403</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Modern İslami Siyasal Düşüncede Devlet</t>
+          <t>Kolektif Bilincin Dinsel Referansları</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786051965635</t>
+          <t>9786051966359</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>Erken Dönem Stoa Etiğinden Seçme Metinler</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>420</v>
+        <v>145</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051965659</t>
+          <t>9786051966380</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Müslüman Edebiyatında İslam ve Batı</t>
+          <t>Hierokles'ten Kalanlar</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>380</v>
+        <v>115</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786051965628</t>
+          <t>9786051966373</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mülteciler Meselesi 1849-1851</t>
+          <t>Musonius Rufus'tan Kalanlar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786051965666</t>
+          <t>9786051966366</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sağlık İşletmelerinde Müşteri Memnuniyeti</t>
+          <t>Panaitios - Fragmanlar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786051965574</t>
+          <t>9786051966328</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Malatya Sancaktar Mezarlığı'ndaki Osmanlı Dönemi Mezar Taşları</t>
+          <t>Enerjide Dışa Bağımlılık</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786051965536</t>
+          <t>9786051966243</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Religious Education of Children in Mixed-Marriage Families</t>
+          <t>Yakın Dönem Osmanlı Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786051965550</t>
+          <t>9786051966274</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Değişim ve Modernleşme Yazıları 3</t>
+          <t>Üç Kıta Otuz Üç Ülke</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051964966</t>
+          <t>9786051966298</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yeni Felsefe Mecmuası (Ciltli)</t>
+          <t>İktidar - Muhalefet İlişkileri</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>950</v>
+        <v>380</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051965413</t>
+          <t>9786051966281</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Özne 33. Kitap - Bilim ve Toplum Çalışmaları</t>
+          <t>İlk Kim Değişti</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051965529</t>
+          <t>9786051966229</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Öznesi</t>
+          <t>Edebi Babanın Peşinde</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051965420</t>
+          <t>9786051966090</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yalvaç</t>
+          <t>Çocuklar ve Ergenler için Yas ve Travma Yaşantılarında Yardımcı Hikayeler</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051965345</t>
+          <t>9786051966212</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Ekonomide Genç Girişimciler</t>
+          <t>Spinoza: Düşüncenin Hızları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786051965352</t>
+          <t>9786051966205</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan, Kürdistan ve Pontus (İngiliz Belgeleri ve Amerikan Kayıtlarına Göre)</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları 2</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786051965369</t>
+          <t>9786051966106</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Avrupa (Şehirler ve İnsanlar)</t>
+          <t>Aşiret</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786051965406</t>
+          <t>9786051966182</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Etkileşim Bağlamında Dil ve Edebiyat - Prof. Dr. Neşe Onural'a Armağan</t>
+          <t>Fransa'da Göçmen Olmak</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786051961743</t>
+          <t>9786051966199</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilikten Posthümanist Eleştiriye Edebiyat Kuramları</t>
+          <t>Doğu Akdeniz'de Yeni Güç Mücadelesi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051965338</t>
+          <t>9786051966076</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Şairane Barınmak (Klasik Şiirimizin Kökleri ve İzleri)</t>
+          <t>Sosyal Mesafe Döneminde Din</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786051965512</t>
+          <t>9786051966175</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Tarikat, Toplum ve Siyaset  (Baba İlyas'tan Elvan Çelebi'ye Bir Süfi Ailenin İzinde)</t>
+          <t>Edebiyatın Medyaları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786051965253</t>
+          <t>9786051966113</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitolojisi</t>
+          <t>Kavala Kazası 1830-1845</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051965260</t>
+          <t>9786051966045</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Küresel Yönetişim Kapsamında Uluslararası Göç</t>
+          <t>Abdulla Kahhar'ın Hikayeciliği</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786051965246</t>
+          <t>9786051966168</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Çevrim İçi Sosyallik</t>
+          <t>Gelenekselden Geleceğe Erişilebilirlik</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786051965307</t>
+          <t>9786051966052</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İdeolojiler ve Kamu Bürokrasisi</t>
+          <t>Yine Orada</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786051965239</t>
+          <t>9786051965697</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>İçimde Yokluk Var</t>
+          <t>Tarih-i Felsefe</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>220</v>
+        <v>720</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786051965161</t>
+          <t>9786051966083</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Van</t>
+          <t>Özkurgusal Evrenin Yazınsal Çözümlemesi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786051965130</t>
+          <t>9786051966007</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuğa Yönelik Cinsel İstismar</t>
+          <t>Altın Orda'nın Ulu Hükümdarı Toktamış Han</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786051965277</t>
+          <t>9786051965994</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Literatürü</t>
+          <t>İbn Bacce Mantığı ve Farabi Bağlantıları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786051965291</t>
+          <t>9786051965925</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Transformation Of Political Elite in Azerbaijan</t>
+          <t>Türk Dış Güvenlik Politikasında İngiltere</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051965222</t>
+          <t>9786051966014</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşama Pratiği</t>
+          <t>Birinci Dünya Savaşı ve Milli Mücadele Döneminde Mardin</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786051965178</t>
+          <t>9786051965963</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Kuvvacı Tevfik Bilge Hoca</t>
+          <t>Risaletü't Teselsül</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786051965154</t>
+          <t>9786051965987</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Yerel, Ulusal ve Küresel Boyutlarıyla Göç ve Mülteci Sorunu</t>
+          <t>Savaş Sonrası Alman Edebiyatı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051965208</t>
+          <t>9786051965093</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Selçuk</t>
+          <t>Dijital Kolonyalizm</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051965147</t>
+          <t>9786051965956</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Urfa</t>
+          <t>Televizyonda Din Anlatımı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786051965185</t>
+          <t>9786051965932</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Filozof Uluğ Nutku</t>
+          <t>Gerçekçi Sinemanın Fenomenolojisi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786051965123</t>
+          <t>9786051965895</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Alman Subayların Hatıralarında Çanakkale</t>
+          <t>Haber Metinlerinde Alternatifi Aramak</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786051965079</t>
+          <t>9786051965918</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Yeni İlm-i Kelam Tartışmaları</t>
+          <t>Hocazade Muallim Fikri Bey'in Urfa Kurtuluş Savaşı Hatıraları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786051965116</t>
+          <t>9786051965949</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Sosyal Hizmetler</t>
+          <t>Emir Timur Dönemi Bilginleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786051965109</t>
+          <t>9786051965857</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İkinci Yarısında Osmanlı-Fas İlişkileri</t>
+          <t>Zuhd and Patrimonialism</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786051965086</t>
+          <t>9786051965888</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Öteki Türkiye</t>
+          <t>İmgelem Çözümlemesine Giriş</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786051965000</t>
+          <t>9786051965901</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>John Desmond Bernal'in Bilim Felsefesi</t>
+          <t>Tarladan Pazara</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>450</v>
+        <v>172</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786051964935</t>
+          <t>9786051965833</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Batman Kent Araştırmaları</t>
+          <t>Kimlik Fragmanları</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786051965024</t>
+          <t>9786051965840</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Kimlik</t>
+          <t>Jean-Luc Nancy ve Tekil Çoğul Ontoloji</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786051965031</t>
+          <t>9786051965871</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Selenge'den Tuna'ya Türk Kültür Tarihine Dair Notlar</t>
+          <t>Politics of Ethnicity, Identity and Religion</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051965017</t>
+          <t>9786051965734</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Afet Sosyolojisi</t>
+          <t>Diaspora Türkleri</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786051964973</t>
+          <t>9786051965864</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Evlilik İlişkileri ve Aile Yapısı</t>
+          <t>Amsterdam Tartışmaları</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786051964980</t>
+          <t>9786051965826</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğe Karşı Milliyetçilik</t>
+          <t>Mükemmel Tarih-i Fergana 1560-1860</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786051964249</t>
+          <t>9786051965789</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Ergen ve Yetişkinlerde Duygusal Yapılaşmalar</t>
+          <t>Gilles Deleuze'ün Sanatçı-Filozofu</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786051964898</t>
+          <t>9786051965819</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Şırnak'ta Siyaset ve Seçmen Davranışları</t>
+          <t>İslamofobi ve Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786051964904</t>
+          <t>9786051965727</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Hip Hop Kültürü</t>
+          <t>Siyasal ve Sosyal Kuram</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786051964911</t>
+          <t>9786051965741</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak ve Etik</t>
+          <t>Toplumsal Dayanışmanın Antropolojisi</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786051964836</t>
+          <t>9786051965758</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski Olmak</t>
+          <t>Nano ve Gen Teknolojileri</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786051964867</t>
+          <t>9786051965215</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Antik Felsefe</t>
+          <t>Fedon</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786051964874</t>
+          <t>9786051965765</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Konyalı Bir Osmanlı Sadrazamı Topal Osman Paşa</t>
+          <t>Hititlerde Fal ve Kehanet</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786051964829</t>
+          <t>9786051962634</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bulanık - Kop</t>
+          <t>Klasik ve Nitel İçerik Analizi</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786051964805</t>
+          <t>9786051960777</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler ve Örgütsel Bağlılık</t>
+          <t>Farklı Yönleriyle Yabancı Dil Öğrenimi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786051964843</t>
+          <t>9786051961866</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Designing A Concept - Based Reading Curriculum For Language Learners</t>
+          <t>Ne İçin Eğitim?</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786051964850</t>
+          <t>9786051960159</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Computer - Assisted Vocabulary Instruction</t>
+          <t>Erasmus'un İzinde</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786051964812</t>
+          <t>9786051962078</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Ölçek Geliştirme Kılavuzu</t>
+          <t>Nasıl Öğreneceğini Bilen Yeterince Biliyordur</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786051964355</t>
+          <t>9786051963068</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç, Göçebelik ve Kentte Tutunma Tarzları</t>
+          <t>Unterrichtsmaterialien Zum Sprechen</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786051964782</t>
+          <t>9786051965710</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Deha ile Sahte Bir Put Tartışmaları Arasında Abdülhak Hamid Tarhan</t>
+          <t>Endüstri 4.0 Bakışıyla Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>620</v>
+        <v>280</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786051964768</t>
+          <t>9786051965703</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Üslup ve Stilistik İnceleme</t>
+          <t>19.Yüzyılda Çukurova'da Doğal Afetler ve Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786051964737</t>
+          <t>9786051965642</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Hayvan İmgesi</t>
+          <t>İran'da Medya ve Siyaset (Dünü - Bugünü)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786051964744</t>
+          <t>9786051965673</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Platon'da Analoji</t>
+          <t>Ormanın Büyüsü</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786051964713</t>
+          <t>9786051965680</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Şerafettin Yaltkaya - Osmanlıdan Cumhuriyet'e Etnosentrik Bir Din Adamı</t>
+          <t>Kadınhanı Atlantı - Bir Bozulus Türkmen Köyü</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786051964720</t>
+          <t>9786051965581</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Stoa Fiziği</t>
+          <t>Modern İslami Siyasal Düşüncede Devlet</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786051964706</t>
+          <t>9786051965635</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Sinema Dijital Perde ve Ekran Deneyimleri</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786051964676</t>
+          <t>9786051965659</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Flanör ve Flanöz</t>
+          <t>Göçmen Müslüman Edebiyatında İslam ve Batı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786051964645</t>
+          <t>9786051965628</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i İlmiyye</t>
+          <t>Türkiye'de Mülteciler Meselesi 1849-1851</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786051964683</t>
+          <t>9786051965666</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Ahlakiyye</t>
+          <t>Kamu ve Özel Sağlık İşletmelerinde Müşteri Memnuniyeti</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051964669</t>
+          <t>9786051965574</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Vatandaşlık</t>
+          <t>Malatya Sancaktar Mezarlığı'ndaki Osmanlı Dönemi Mezar Taşları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786051964621</t>
+          <t>9786051965536</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Epistemolojik Bir Tartışma Pozitivist Olmak ya da Olmamak</t>
+          <t>Religious Education of Children in Mixed-Marriage Families</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786051964690</t>
+          <t>9786051965550</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri</t>
+          <t>Yönetim Değişim ve Modernleşme Yazıları 3</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786051964652</t>
+          <t>9786051964966</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Varlık Düşüncesine Sistem Merkezli Algoritmik Bir Yol Önerisi</t>
+          <t>Yeni Felsefe Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>520</v>
+        <v>950</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786051964584</t>
+          <t>9786051965413</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>1831 Tarihli Devrek Kazası Nüfus Defteri</t>
+          <t>Özne 33. Kitap - Bilim ve Toplum Çalışmaları</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786051964294</t>
+          <t>9786051965529</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Uyuşmazlığa Sadakat</t>
+          <t>Ölümün Öznesi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>172</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786051964577</t>
+          <t>9786051965420</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferlerinde Av ve Avcı</t>
+          <t>Yalvaç</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051964614</t>
+          <t>9786051965345</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Paris'te 30.000 Budi</t>
+          <t>Üretim ve Ekonomide Genç Girişimciler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051964560</t>
+          <t>9786051965352</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Özne 32. Kitap - Anarşizm</t>
+          <t>Ermenistan, Kürdistan ve Pontus (İngiliz Belgeleri ve Amerikan Kayıtlarına Göre)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>740</v>
+        <v>200</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051964522</t>
+          <t>9786051965369</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Tanrı-Evren İlişkisi ve Şehristani'nin Eleştirileri</t>
+          <t>Modern Türk Şiirinde Avrupa (Şehirler ve İnsanlar)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051964492</t>
+          <t>9786051965406</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Hitit Duaları Kil Kitapları</t>
+          <t>Kültürlerarası Etkileşim Bağlamında Dil ve Edebiyat - Prof. Dr. Neşe Onural'a Armağan</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051964515</t>
+          <t>9786051961743</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Moğollarda Din ve Siyaset</t>
+          <t>Yeni Tarihselcilikten Posthümanist Eleştiriye Edebiyat Kuramları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786051964485</t>
+          <t>9786051965338</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Amerikan Yahudiliği</t>
+          <t>Şairane Barınmak (Klasik Şiirimizin Kökleri ve İzleri)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786051964454</t>
+          <t>9786051965512</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Camileri Medreseleri ve Kütüphaneleri</t>
+          <t>Tarikat, Toplum ve Siyaset  (Baba İlyas'tan Elvan Çelebi'ye Bir Süfi Ailenin İzinde)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786051964430</t>
+          <t>9786051965253</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde İyi Yönetim Anlayış ve İlkeleri</t>
+          <t>Hint Mitolojisi</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786051964447</t>
+          <t>9786051965260</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Bilinç Problemi</t>
+          <t>Küresel Yönetişim Kapsamında Uluslararası Göç</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051964416</t>
+          <t>9786051965246</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terkinin Karanlık Yüzü</t>
+          <t>Özel Eğitim ve Çevrim İçi Sosyallik</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051964423</t>
+          <t>9786051965307</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yaşlılara Yönelik Toplumsal Algılar ve Politikalardaki Değişim</t>
+          <t>Siyasal İdeolojiler ve Kamu Bürokrasisi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051963297</t>
+          <t>9786051965239</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Muş Sanayi Modeli</t>
+          <t>İçimde Yokluk Var</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789944272124</t>
+          <t>9786051965161</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Paul Karl Feyerabend'in Bilim Felsefesi</t>
+          <t>Van</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786051964362</t>
+          <t>9786051965130</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Toplumsal Azınlıklar</t>
+          <t>Türkiye'de Çocuğa Yönelik Cinsel İstismar</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>168</v>
+        <v>240</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786051964386</t>
+          <t>9786051965277</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Nitel Çağı</t>
+          <t>Arap Dili Literatürü</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786051961712</t>
+          <t>9786051965291</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kuzey İrlanda Şiirinde Politik Şiddetin Postmodern Anlatımı</t>
+          <t>Transformation Of Political Elite in Azerbaijan</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786051964287</t>
+          <t>9786051965222</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Statü Kaybetme Korkusu</t>
+          <t>Birlikte Yaşama Pratiği</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786051964317</t>
+          <t>9786051965178</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi'nin Hayatı</t>
+          <t>Kuvvacı Tevfik Bilge Hoca</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786051964379</t>
+          <t>9786051965154</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Okuma ve Yazma</t>
+          <t>Yerel, Ulusal ve Küresel Boyutlarıyla Göç ve Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786051964331</t>
+          <t>9786051965208</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Mali ve Sosyal Yönleriyle Bütçe Üzerine Yazılar</t>
+          <t>Selçuk</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786051964324</t>
+          <t>9786051965147</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyada Araştırma Yöntemlerine Giriş</t>
+          <t>Milli Mücadele'de Urfa</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786051964348</t>
+          <t>9786051965185</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Farklılık Yönetimi ve Kurumsal İletişim</t>
+          <t>Gezgin Filozof Uluğ Nutku</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786051961316</t>
+          <t>9786051965123</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal İletişim</t>
+          <t>Alman Subayların Hatıralarında Çanakkale</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786051964300</t>
+          <t>9786051965079</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi</t>
+          <t>Yeni İlm-i Kelam Tartışmaları</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051964256</t>
+          <t>9786051965116</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Petrol Göç ve Değişim</t>
+          <t>Yerel Yönetimler ve Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051964263</t>
+          <t>9786051965109</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Halk Kültürü Araştırmaları</t>
+          <t>18. Yüzyılın İkinci Yarısında Osmanlı-Fas İlişkileri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786051964270</t>
+          <t>9786051965086</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Tez Seferberlik</t>
+          <t>Öteki Türkiye</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786051964232</t>
+          <t>9786051965000</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Twitter'da Maç Var</t>
+          <t>John Desmond Bernal'in Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786051964201</t>
+          <t>9786051964935</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Kültürel Hayat</t>
+          <t>Batman Kent Araştırmaları</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786051964058</t>
+          <t>9786051965024</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kava’idu’t-Tahavvülat fi Harekati’z-Zerrat</t>
+          <t>Ten ve Kimlik</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786051964218</t>
+          <t>9786051965031</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Musiki</t>
+          <t>Selenge'den Tuna'ya Türk Kültür Tarihine Dair Notlar</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786051961248</t>
+          <t>9786051965017</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Gerçek-Gerçeğe Giden Yol (3 Kitap Takım)</t>
+          <t>Afet Sosyolojisi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>2700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786051964188</t>
+          <t>9786051964973</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Tehafüt'te Tekfir Tartışmaları</t>
+          <t>Değişen Türkiye'de Evlilik İlişkileri ve Aile Yapısı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786051964157</t>
+          <t>9786051964980</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Moda ve Metinlerarasılık</t>
+          <t>Milliyetçiliğe Karşı Milliyetçilik</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786051964195</t>
+          <t>9786051964249</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam'ın İmgeleri</t>
+          <t>Değişen Türkiye'de Ergen ve Yetişkinlerde Duygusal Yapılaşmalar</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786051964164</t>
+          <t>9786051964898</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Betona Yenik Düşen Topraklar - Parsana</t>
+          <t>Şırnak'ta Siyaset ve Seçmen Davranışları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786051964072</t>
+          <t>9786051964904</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Göstergelerarası Çeviride Yenidenyazma ve Yenidenyaratma Kavramları</t>
+          <t>Hip Hop Kültürü</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786051964140</t>
+          <t>9786051964911</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Mutluluk</t>
+          <t>Eğitimde Ahlak ve Etik</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786051964089</t>
+          <t>9786051964836</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Horasan Valileri</t>
+          <t>Tarkovski Olmak</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786051964126</t>
+          <t>9786051964867</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Cadılarıma Türküler</t>
+          <t>Deleuze ve Antik Felsefe</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786051964133</t>
+          <t>9786051964874</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Mevleviliğin Sosyolojisi</t>
+          <t>Konyalı Bir Osmanlı Sadrazamı Topal Osman Paşa</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786051963815</t>
+          <t>9786051964829</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz Hakkında Tetebbu'at-ı Felsefiyye</t>
+          <t>Bulanık - Kop</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786051964119</t>
+          <t>9786051964805</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Sinema</t>
+          <t>Kurum İçi Halkla İlişkiler ve Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786051964096</t>
+          <t>9786051964843</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Horasan’da Hakimiyet Mücadelesi 821-1005</t>
+          <t>Designing A Concept - Based Reading Curriculum For Language Learners</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786051964102</t>
+          <t>9786051964850</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Helal Gıda ve Tüketici Davranışları</t>
+          <t>Computer - Assisted Vocabulary Instruction</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786051964041</t>
+          <t>9786051964812</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Uzak Koku</t>
+          <t>Sosyal Bilimlerde Ölçek Geliştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786051964065</t>
+          <t>9786051964355</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Kültürü Ekseninde Türk Romanında Mirasyedi Tipinin Gelişimi (1875 - 1928)</t>
+          <t>Zorunlu Göç, Göçebelik ve Kentte Tutunma Tarzları</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786051964003</t>
+          <t>9786051964782</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Sapma</t>
+          <t>Deha ile Sahte Bir Put Tartışmaları Arasında Abdülhak Hamid Tarhan</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786051963389</t>
+          <t>9786051964768</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Değer Eğitimi Modeli Adem</t>
+          <t>Üslup ve Stilistik İnceleme</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786051961156</t>
+          <t>9786051964737</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası Işığında Stefan Zweig’ın Hayatı</t>
+          <t>Sinemada Hayvan İmgesi</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786051964027</t>
+          <t>9786051964744</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Anadolu’da Tasavvufi Zümreler</t>
+          <t>Aristoteles ve Platon'da Analoji</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786051964034</t>
+          <t>9786051964713</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Giriş 2</t>
+          <t>Mehmet Şerafettin Yaltkaya - Osmanlıdan Cumhuriyet'e Etnosentrik Bir Din Adamı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786051963280</t>
+          <t>9786051964720</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Mülahhas İlm-i Tevhid</t>
+          <t>Stoa Fiziği</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786051963730</t>
+          <t>9786051964706</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Sistem Bağlamında Din Eğitimi</t>
+          <t>Sinema Dijital Perde ve Ekran Deneyimleri</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786051963822</t>
+          <t>9786051964676</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Lüzumu</t>
+          <t>Flanör ve Flanöz</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786051963914</t>
+          <t>9786051964645</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Felsefe-i İlmiyye</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786051963853</t>
+          <t>9786051964683</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Girişimcilik</t>
+          <t>Felsefe-i Ahlakiyye</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786051963792</t>
+          <t>9786051964669</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Temel Afet Bilinci</t>
+          <t>Duygusal Zeka ve Vatandaşlık</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786051963839</t>
+          <t>9786051964621</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kalemle Resmedilen Alevilik</t>
+          <t>Epistemolojik Bir Tartışma Pozitivist Olmak ya da Olmamak</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786051963907</t>
+          <t>9786051964690</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıların Coğrafya Kitaplarında Kürtler ve Kürdistan</t>
+          <t>Tarih Sohbetleri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786051963846</t>
+          <t>9786051964652</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Harf İnkılabı ve Açıksöz Gazetesi</t>
+          <t>Varlık Düşüncesine Sistem Merkezli Algoritmik Bir Yol Önerisi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786051963778</t>
+          <t>9786051964584</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramları</t>
+          <t>1831 Tarihli Devrek Kazası Nüfus Defteri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786051963785</t>
+          <t>9786051964294</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Kıbrıs ve AB Çıkmazı</t>
+          <t>Uyuşmazlığa Sadakat</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>320</v>
+        <v>172</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786051963891</t>
+          <t>9786051964577</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Dönem</t>
+          <t>Haçlı Seferlerinde Av ve Avcı</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786051963877</t>
+          <t>9786051964614</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Roma’dan Doğu Roma’ya Değişim ve Dönüşüm</t>
+          <t>Paris'te 30.000 Budi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786051963372</t>
+          <t>9786051964560</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Alman İmparatorluğu ve Türkistan 1910-1920</t>
+          <t>Özne 32. Kitap - Anarşizm</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>440</v>
+        <v>740</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786051963723</t>
+          <t>9786051964522</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Dionizyak Coşkunun İhtişam ve Sefaleti</t>
+          <t>İbn Sina'da Tanrı-Evren İlişkisi ve Şehristani'nin Eleştirileri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786051963754</t>
+          <t>9786051964492</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Yazıları</t>
+          <t>Hitit Duaları Kil Kitapları</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786051963716</t>
+          <t>9786051964515</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>David Hare'in Oyunlarında Post-Truth Söylem</t>
+          <t>Moğollarda Din ve Siyaset</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786051963747</t>
+          <t>9786051964485</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Nesil Savaş</t>
+          <t>Ana Hatlarıyla Amerikan Yahudiliği</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786051963693</t>
+          <t>9786051964454</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Hayat</t>
+          <t>Erzurum Camileri Medreseleri ve Kütüphaneleri</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786051963709</t>
+          <t>9786051964430</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Nedir? ve Kime Gülüyoruz?</t>
+          <t>Devlet Yönetiminde İyi Yönetim Anlayış ve İlkeleri</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786051963303</t>
+          <t>9786051964447</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Efkar</t>
+          <t>Yapay Zeka ve Bilinç Problemi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786051963686</t>
+          <t>9786051964416</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Doç. Dr. Samira Kortantamer Armağanı</t>
+          <t>Çocuk Terkinin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786051963679</t>
+          <t>9786051964423</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Değişim ve Modernleşme Yazıları 2</t>
+          <t>Türkiye'de Yaşlılara Yönelik Toplumsal Algılar ve Politikalardaki Değişim</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786051963655</t>
+          <t>9786051963297</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Sosyal Kimlik</t>
+          <t>Muş Sanayi Modeli</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786051963662</t>
+          <t>9789944272124</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kaos Rant Savaş</t>
+          <t>Paul Karl Feyerabend'in Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786051963631</t>
+          <t>9786051964362</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Yıllarında Zeytinciliğin Serüveni</t>
+          <t>Türkiyede Toplumsal Azınlıklar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>145</v>
+        <v>168</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786051963594</t>
+          <t>9786051964386</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinin Günümüz Yönelimleri</t>
+          <t>Pazarlamanın Nitel Çağı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786051963617</t>
+          <t>9786051961712</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Şiirinde Mito Poetik İsyan</t>
+          <t>Kuzey İrlanda Şiirinde Politik Şiddetin Postmodern Anlatımı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786051963556</t>
+          <t>9786051964287</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Özne 31. Kitap - Nietzsche</t>
+          <t>Statü Kaybetme Korkusu</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>920</v>
+        <v>165</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786051963587</t>
+          <t>9786051964317</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Hitit Tarihi ve İdari Kil Kitaplar</t>
+          <t>İslam Peygamberi'nin Hayatı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786051961392</t>
+          <t>9786051964379</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitimci Olarak Nasreddin Hoca</t>
+          <t>Felsefi Okuma ve Yazma</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786051963525</t>
+          <t>9786051964331</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Siyaset</t>
+          <t>Mali ve Sosyal Yönleriyle Bütçe Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786051963549</t>
+          <t>9786051964324</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Asur ile Urartu Arasında Tampon Bir Bölge Subria Ülkesi</t>
+          <t>Coğrafyada Araştırma Yöntemlerine Giriş</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786051963501</t>
+          <t>9786051964348</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İdari ve Mali Yönleriyle Yerel Yönetimler</t>
+          <t>Farklılık Yönetimi ve Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786051963532</t>
+          <t>9786051961316</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sürecinde Sosyal Destek</t>
+          <t>Yazınsal İletişim</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051963358</t>
+          <t>9786051964300</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Uluslararasılaşma ve Kültürlerarası İletişim</t>
+          <t>Çocukluk Sosyolojisi</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051963495</t>
+          <t>9786051964256</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bireysel Emeklilik Sistemi</t>
+          <t>Petrol Göç ve Değişim</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051963471</t>
+          <t>9786051964263</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumuna Farklı Bakışlar</t>
+          <t>Halk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786051963365</t>
+          <t>9786051964270</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ahlakı</t>
+          <t>Tez Seferberlik</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051963341</t>
+          <t>9786051964232</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ötesine Bakmak / Yazarın Sineması</t>
+          <t>Twitter'da Maç Var</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9771309155111</t>
+          <t>9786051964201</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Etütleri Cilt: 11 Sayı 1 Haziran 2019</t>
+          <t>Konya'da Kültürel Hayat</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051963211</t>
+          <t>9786051964058</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Roman İncelemesi</t>
+          <t>Kava’idu’t-Tahavvülat fi Harekati’z-Zerrat</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786051963327</t>
+          <t>9786051964218</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve John Locke'un Ahlak Felsefeleri</t>
+          <t>Felsefe-i Musiki</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789944272117</t>
+          <t>9786051961248</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Trabzon Tarihi</t>
+          <t>Gerçek-Gerçeğe Giden Yol (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>380</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789944272100</t>
+          <t>9786051964188</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumunu Yeniden Düşünmek</t>
+          <t>Tehafüt'te Tekfir Tartışmaları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786051963198</t>
+          <t>9786051964157</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devlet Adamı Hace-i Cihan Geçmişten Günümüze Hocacihan Yöresi</t>
+          <t>Moda ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789944272131</t>
+          <t>9786051964195</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji İktidar Medya Söylem</t>
+          <t>Yeşilçam'ın İmgeleri</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786051963310</t>
+          <t>9786051964164</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Tabakalaşma ve Spor</t>
+          <t>Betona Yenik Düşen Topraklar - Parsana</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789944272148</t>
+          <t>9786051964072</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek Hoşumuza Sevgiyi Sunmak Zorumuza Gidiyor</t>
+          <t>Göstergelerarası Çeviride Yenidenyazma ve Yenidenyaratma Kavramları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786051963334</t>
+          <t>9786051964140</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıp Tarihi</t>
+          <t>İslam Felsefesinde Mutluluk</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786051963242</t>
+          <t>9786051964089</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Mekanikleşen Hayatta İnsan ve Özgürlük Sorunu</t>
+          <t>İlk Dönem Horasan Valileri</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786051963099</t>
+          <t>9786051964126</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatın Toplumsal İnşası</t>
+          <t>Cadılarıma Türküler</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051963204</t>
+          <t>9786051964133</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Adalet Kuramında Güncel Tartışmalar</t>
+          <t>Mevleviliğin Sosyolojisi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051963181</t>
+          <t>9786051963815</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Kur'an</t>
+          <t>Gülşen-i Raz Hakkında Tetebbu'at-ı Felsefiyye</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786051963228</t>
+          <t>9786051964119</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Felsefesi</t>
+          <t>Toplumsal Bellek ve Sinema</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051963075</t>
+          <t>9786051964096</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Haberleşme</t>
+          <t>Horasan’da Hakimiyet Mücadelesi 821-1005</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>168</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051963143</t>
+          <t>9786051964102</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Afganistan'da Hakimiyet Mücadelesi</t>
+          <t>Helal Gıda ve Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051963105</t>
+          <t>9786051964041</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Online İtibar Yönetimi - Destinasyon Deneyimi ve Değerlendirmeleri</t>
+          <t>Uzak Koku</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051963129</t>
+          <t>9786051964065</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Toplumunda Ölüm Techiz ve Defin</t>
+          <t>Tüketim Kültürü Ekseninde Türk Romanında Mirasyedi Tipinin Gelişimi (1875 - 1928)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786051963082</t>
+          <t>9786051964003</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi ve İletişim</t>
+          <t>İktidar ve Sapma</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051963112</t>
+          <t>9786051963389</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Kaçıklığın Anatomisi</t>
+          <t>Ahilik ve Değer Eğitimi Modeli Adem</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051963051</t>
+          <t>9786051961156</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Bauman ve Postmodernite</t>
+          <t>Dünün Dünyası Işığında Stefan Zweig’ın Hayatı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051963044</t>
+          <t>9786051964027</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>16 ve 17. Yüzyıl Osmanlı Şair Tezkirelerinde Anekdot-Zihniyet İlişkisi</t>
+          <t>Selçuklular Zamanında Anadolu’da Tasavvufi Zümreler</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786051963037</t>
+          <t>9786051964034</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Şamanizmden Kızılbaşlığa</t>
+          <t>Uluslararası Hukuka Giriş 2</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786051962498</t>
+          <t>9786051963280</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Ah Mine'l-Mevt</t>
+          <t>Mülahhas İlm-i Tevhid</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>680</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786051963020</t>
+          <t>9786051963730</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Basınında Kürtler</t>
+          <t>Sistem Bağlamında Din Eğitimi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051963006</t>
+          <t>9786051963822</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Doğal Olanın Yitimi ve İnsanın Düşüşü Hakkında Felsefi Bir İnceleme</t>
+          <t>Tarihin Lüzumu</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>280</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051962993</t>
+          <t>9786051963914</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilim</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051962986</t>
+          <t>9786051963853</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Özne 30. Kitap - Uygarlık Medeniyet Tasavvurları</t>
+          <t>Kuram ve Uygulamada Girişimcilik</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051962696</t>
+          <t>9786051963792</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Tarihöncesi Toplumlarda İnsan-Hayvan İlişkisi ve Orta Anadolu Çanak Çömleksiz Neolitik Dönem Faunası</t>
+          <t>Temel Afet Bilinci</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051962962</t>
+          <t>9786051963839</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Edebiyatın Kuramsal Seyri</t>
+          <t>Kalemle Resmedilen Alevilik</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051962948</t>
+          <t>9786051963907</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kesiminin Büyüklüğü ve Performansının Analizi</t>
+          <t>Osmanlıların Coğrafya Kitaplarında Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051962979</t>
+          <t>9786051963846</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Theodor W. Adorno'da Kültürün Metalaşması</t>
+          <t>Harf İnkılabı ve Açıksöz Gazetesi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051962184</t>
+          <t>9786051963778</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplumdan Siyasi Partilere Alevi Kurumsallaşması</t>
+          <t>Edebiyat Kuramları</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051962627</t>
+          <t>9786051963785</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Beynin Öğrenme Gücü</t>
+          <t>Türk Dış Politikasında Kıbrıs ve AB Çıkmazı</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051962528</t>
+          <t>9786051963891</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Beden Sağlığının Korunması</t>
+          <t>Pazarlamada Yeni Dönem</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051962801</t>
+          <t>9786051963877</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Osmanlı Tarihi Öğretimi</t>
+          <t>Roma’dan Doğu Roma’ya Değişim ve Dönüşüm</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051962917</t>
+          <t>9786051963372</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İtalyan Edebiyatı</t>
+          <t>Alman İmparatorluğu ve Türkistan 1910-1920</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051962726</t>
+          <t>9786051963723</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Evhadü'd-Din Hamid El-Kirmani ve Evhadiyye Hareketi</t>
+          <t>Dionizyak Coşkunun İhtişam ve Sefaleti</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051962771</t>
+          <t>9786051963754</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Millet Sistemi mi?</t>
+          <t>Çeviribilim Yazıları</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051962764</t>
+          <t>9786051963716</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ermeni Patrikliği</t>
+          <t>David Hare'in Oyunlarında Post-Truth Söylem</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051962894</t>
+          <t>9786051963747</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Sıyamı Divanı</t>
+          <t>Dördüncü Nesil Savaş</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051962702</t>
+          <t>9786051963693</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Afro-Türkler</t>
+          <t>Felsefe-i Hayat</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051962863</t>
+          <t>9786051963709</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Gelenek ve Eğlence - Deve Güreşleri</t>
+          <t>Gülmek Nedir? ve Kime Gülüyoruz?</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051962856</t>
+          <t>9786051963303</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Yahud İlm-i Ruh</t>
+          <t>Tarih-i Efkar</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051962870</t>
+          <t>9786051963686</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İktisat</t>
+          <t>Doç. Dr. Samira Kortantamer Armağanı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051962719</t>
+          <t>9786051963679</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kolombiya-Farc Barış Süreci</t>
+          <t>Yönetim Değişim ve Modernleşme Yazıları 2</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051962887</t>
+          <t>9786051963655</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağı Sektörünün Ekonomik Analizi</t>
+          <t>Gençlik ve Sosyal Kimlik</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051962740</t>
+          <t>9786051963662</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Çocuk ve İletişim</t>
+          <t>Küresel Kaos Rant Savaş</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786051962849</t>
+          <t>9786051963631</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapıda Öncü Çalışmalar</t>
+          <t>Cumhuriyet'in İlk Yıllarında Zeytinciliğin Serüveni</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>420</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051962757</t>
+          <t>9786051963594</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Postkolonyal Feminizm ve Toplumsal Cinsiyet</t>
+          <t>Türk Sosyolojisinin Günümüz Yönelimleri</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051962832</t>
+          <t>9786051963617</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Sulama Politikalarının Ekonomiye Etkileri</t>
+          <t>Modern Arap Şiirinde Mito Poetik İsyan</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051962795</t>
+          <t>9786051963556</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Dünya Haritası ve Coğrafya Risalesi</t>
+          <t>Özne 31. Kitap - Nietzsche</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>240</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051962818</t>
+          <t>9786051963587</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Arzu Üretimi</t>
+          <t>Hitit Tarihi ve İdari Kil Kitaplar</t>
         </is>
       </c>
       <c r="C1046" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051962733</t>
+          <t>9786051961392</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Medyada Çocuk ve İletişim</t>
+          <t>Bir Eğitimci Olarak Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051962580</t>
+          <t>9786051963525</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültürel Dokusuyla Koğak</t>
+          <t>Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051962689</t>
+          <t>9786051963549</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Asur ile Urartu Arasında Tampon Bir Bölge Subria Ülkesi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051962665</t>
+          <t>9786051963501</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Coetzee Romanı - Kadın İtirafcılar</t>
+          <t>Siyasi İdari ve Mali Yönleriyle Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051962672</t>
+          <t>9786051963532</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'de Metafizik Fark</t>
+          <t>Boşanma Sürecinde Sosyal Destek</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051962641</t>
+          <t>9786051963358</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük ve Toplumsal Güvenlik</t>
+          <t>Yükseköğretimde Uluslararasılaşma ve Kültürlerarası İletişim</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786051962658</t>
+          <t>9786051963495</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
+          <t>Türkiye'de Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786051962603</t>
+          <t>9786051963471</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Mahmud'un Din Politikası</t>
+          <t>Aile Kurumuna Farklı Bakışlar</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051962610</t>
+          <t>9786051963365</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Basından Medyaya Değişim Dönüşüm ve Modernleşme</t>
+          <t>Yönetim Ahlakı</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051962597</t>
+          <t>9786051963341</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Seramiğin Kimyası</t>
+          <t>Perdenin Ötesine Bakmak / Yazarın Sineması</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051961842</t>
+          <t>9771309155111</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Uluslararası Öğrenci Olmak</t>
+          <t>Ortadoğu Etütleri Cilt: 11 Sayı 1 Haziran 2019</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051961989</t>
+          <t>9786051963211</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Mekk'de Bir Osmanlı Kadısı Pirizade</t>
+          <t>Roman İncelemesi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786051962573</t>
+          <t>9786051963327</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı İcat Etmek</t>
+          <t>Farabi ve John Locke'un Ahlak Felsefeleri</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786051962542</t>
+          <t>9789944272117</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Konak Yahut Şeyh Şamil'in Kafkasya Muharebelerinden Bir Garip Hikaye</t>
+          <t>Sorularla Trabzon Tarihi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786051962535</t>
+          <t>9789944272100</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Menteşe'deki Muğla</t>
+          <t>Aile Kurumunu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786051962566</t>
+          <t>9786051963198</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Gemibaş Figürleri</t>
+          <t>Türkiye Selçuklu Devlet Adamı Hace-i Cihan Geçmişten Günümüze Hocacihan Yöresi</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786051962481</t>
+          <t>9789944272131</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Ceditçileri</t>
+          <t>İdeoloji İktidar Medya Söylem</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786051960821</t>
+          <t>9786051963310</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisi Nereye?</t>
+          <t>Sosyal Tabakalaşma ve Spor</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786051962320</t>
+          <t>9789944272148</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l Ala El- Ma'arri Şi'rlerinden Hulasalar Risaletu'l Gufran (İlahi Komedya)</t>
+          <t>Sevilmek Hoşumuza Sevgiyi Sunmak Zorumuza Gidiyor</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051962511</t>
+          <t>9786051963334</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Felek'in Felsefesi</t>
+          <t>İslam Tıp Tarihi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786051962474</t>
+          <t>9786051963242</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Başkentleri</t>
+          <t>Mekanikleşen Hayatta İnsan ve Özgürlük Sorunu</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786051962504</t>
+          <t>9786051963099</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Anız Yolunda</t>
+          <t>Çağdaş Sanatın Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786051962412</t>
+          <t>9786051963204</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Söze Dil</t>
+          <t>Sosyal Adalet Kuramında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786051962405</t>
+          <t>9786051963181</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Turgay Nar Tiyatrosu</t>
+          <t>Tarih-i Kur'an</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786051962375</t>
+          <t>9786051963228</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Romanı'nda Antimimesis</t>
+          <t>İnsan Hakları Felsefesi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786051962214</t>
+          <t>9786051963075</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yaratılışla Başlardı</t>
+          <t>Hititlerde Haberleşme</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>220</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786051962238</t>
+          <t>9786051963143</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Yörük Kültürü ve Zanaatları</t>
+          <t>Afganistan'da Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786051962337</t>
+          <t>9786051963105</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütler - Küresel İlişkiler Çağında</t>
+          <t>Online İtibar Yönetimi - Destinasyon Deneyimi ve Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>680</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786051962313</t>
+          <t>9786051963129</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Senayi'nin Manzum Süleymaniyye'si</t>
+          <t>İlk Dönem İslam Toplumunda Ölüm Techiz ve Defin</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786051962221</t>
+          <t>9786051963082</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Uzunyayla Çerkesleri</t>
+          <t>Bilgi Sosyolojisi ve İletişim</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051962207</t>
+          <t>9786051963112</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Kırım - Kırım Kırım Kırılan</t>
+          <t>Kaçıklığın Anatomisi</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786051962115</t>
+          <t>9786051963051</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Kültür Varlıklarıyla Aydın Güzelhisarı</t>
+          <t>Bauman ve Postmodernite</t>
         </is>
       </c>
       <c r="C1078" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786051962153</t>
+          <t>9786051963044</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Zeki Oğuz'la Baş Başa</t>
+          <t>16 ve 17. Yüzyıl Osmanlı Şair Tezkirelerinde Anekdot-Zihniyet İlişkisi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786051962146</t>
+          <t>9786051963037</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Giritli Göçmenler</t>
+          <t>Şamanizmden Kızılbaşlığa</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>168</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786051962092</t>
+          <t>9786051962498</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik, Arzu ve Göçebelik Üzerine</t>
+          <t>Ah Mine'l-Mevt</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786051962139</t>
+          <t>9786051963020</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Arasında Ahlak</t>
+          <t>Osmanlı Basınında Kürtler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786051962108</t>
+          <t>9786051963006</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Joy Harjo - Şiirinde Kültürel Nostalji</t>
+          <t>Doğal Olanın Yitimi ve İnsanın Düşüşü Hakkında Felsefi Bir İnceleme</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786051962061</t>
+          <t>9786051962993</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönem Hindistan Tarihi ve Kültürü</t>
+          <t>Toplumdilbilim</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786051962030</t>
+          <t>9786051962986</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Romanya Müslümanları</t>
+          <t>Özne 30. Kitap - Uygarlık Medeniyet Tasavvurları</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786051961798</t>
+          <t>9786051962696</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler Piyasası İle Forex Piyasası İşlemleri ve Uygulanacak Vergi Politikaları</t>
+          <t>Tarihöncesi Toplumlarda İnsan-Hayvan İlişkisi ve Orta Anadolu Çanak Çömleksiz Neolitik Dönem Faunası</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786051961965</t>
+          <t>9786051962962</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Konya'nın Gülleri</t>
+          <t>Çağdaş Edebiyatın Kuramsal Seyri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786051961811</t>
+          <t>9786051962948</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Az Gezdim Çok Gördüm</t>
+          <t>Kamu Kesiminin Büyüklüğü ve Performansının Analizi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786051961910</t>
+          <t>9786051962979</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Maksud-ı Nasihat</t>
+          <t>Theodor W. Adorno'da Kültürün Metalaşması</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>540</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786051961972</t>
+          <t>9786051962184</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Batılı Aydın, Doğulu Alim</t>
+          <t>Sivil Toplumdan Siyasi Partilere Alevi Kurumsallaşması</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786051961958</t>
+          <t>9786051962627</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yayınları ve Dışa Açılım</t>
+          <t>Beynin Öğrenme Gücü</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786051961941</t>
+          <t>9786051962528</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Dilin Satır Arası</t>
+          <t>Beden Sağlığının Korunması</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786051961934</t>
+          <t>9786051962801</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>İkna Teknolojileri</t>
+          <t>Hikayelerle Osmanlı Tarihi Öğretimi</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786059427494</t>
+          <t>9786051962917</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Hitit At Eğitimi Kil Kitabı</t>
+          <t>Ortaçağ İtalyan Edebiyatı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786051961835</t>
+          <t>9786051962726</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Şeyh Evhadü'd-Din Hamid El-Kirmani ve Evhadiyye Hareketi</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786051961804</t>
+          <t>9786051962771</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Ötekilik</t>
+          <t>Millet Sistemi mi?</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786051961750</t>
+          <t>9786051962764</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>İletişim Yazıları</t>
+          <t>İstanbul Ermeni Patrikliği</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786051960623</t>
+          <t>9786051962894</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Berdyaev'de Din, Felsefe, Özgürlük</t>
+          <t>Sıyamı Divanı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051961736</t>
+          <t>9786051962702</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gelimi</t>
+          <t>Afro-Türkler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786051961354</t>
+          <t>9786051962863</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası 2</t>
+          <t>Kültür, Gelenek ve Eğlence - Deve Güreşleri</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051961767</t>
+          <t>9786051962856</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Felsefeye Giriş</t>
+          <t>Psikoloji Yahud İlm-i Ruh</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>520</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786051961774</t>
+          <t>9786051962870</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'ün Önermeler Mantığı ve Aristoteles Temelleri</t>
+          <t>Kadın ve İktisat</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786051961781</t>
+          <t>9786051962719</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetim Bilişim Sistemleri</t>
+          <t>Kolombiya-Farc Barış Süreci</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786051961194</t>
+          <t>9786051962887</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Sisin Ötesinde Bir Ben Var</t>
+          <t>Zeytinyağı Sektörünün Ekonomik Analizi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786051961637</t>
+          <t>9786051962740</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nı Değiştirme Çabaları ve Milli Şair'de Dirilmek</t>
+          <t>Yeni Medyada Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786051961644</t>
+          <t>9786051962849</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Retoriğin İkna Gücü</t>
+          <t>Toplumsal Yapıda Öncü Çalışmalar</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786051961705</t>
+          <t>9786051962757</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Süreç Felsefesinde Ahlak</t>
+          <t>Feminizm Postkolonyal Feminizm ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789758867752</t>
+          <t>9786051962832</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Descartes ve Kartezyenler</t>
+          <t>Tarımsal Sulama Politikalarının Ekonomiye Etkileri</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786051960579</t>
+          <t>9786051962795</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Süreçler ve Seçim Kampanyaları</t>
+          <t>Dünya Haritası ve Coğrafya Risalesi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786051961682</t>
+          <t>9786051962818</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültüründe Mumyalama</t>
+          <t>Arzu Üretimi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786051961699</t>
+          <t>9786051962733</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Yaklaşımla İnanç-Eylem Tutarlılığı</t>
+          <t>Geleneksel Medyada Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786051961576</t>
+          <t>9786051962580</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Metinlerarasılık</t>
+          <t>Tarihi ve Kültürel Dokusuyla Koğak</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786051961675</t>
+          <t>9786051962689</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Çat'tan Çağlayan'a</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786051961590</t>
+          <t>9786051962665</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Kitablar</t>
+          <t>Coetzee Romanı - Kadın İtirafcılar</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786051961651</t>
+          <t>9786051962672</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Özne 28. Kitap - 200. Doğum Yılında Marx</t>
+          <t>Martin Heidegger'de Metafizik Fark</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786051961620</t>
+          <t>9786051962641</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Emil Michel Cioran: Bir Alacakaranlık Düşünürü</t>
+          <t>Çokkültürlülük ve Toplumsal Güvenlik</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786051960517</t>
+          <t>9786051962658</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Arketipal Topografyaların Sinematografik Düzlemde İncelenmesi</t>
+          <t>Genel ve Karşılaştırmalı Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786051961460</t>
+          <t>9786051962603</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Hırvatistan Devleti'nin Kuruluşu ve Türkiye ile Münasebetleri</t>
+          <t>Gazneli Mahmud'un Din Politikası</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786051961613</t>
+          <t>9786051962610</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Şölen</t>
+          <t>Türkiye'de Basından Medyaya Değişim Dönüşüm ve Modernleşme</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051961347</t>
+          <t>9786051962597</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Öteki Konya</t>
+          <t>Seramiğin Kimyası</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786051961514</t>
+          <t>9786051961842</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Metin ve Anlam Üzerine Düşünceler</t>
+          <t>Türkiye'de Uluslararası Öğrenci Olmak</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786051961422</t>
+          <t>9786051961989</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Alaş'ın Azaplı Yolu</t>
+          <t>Mekk'de Bir Osmanlı Kadısı Pirizade</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786051961507</t>
+          <t>9786051962573</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Beklentilerimiz</t>
+          <t>Tanrı'yı İcat Etmek</t>
         </is>
       </c>
       <c r="C1123" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786051961477</t>
+          <t>9786051962542</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Toplum Yapısı ve Radikal Sorunlarımız</t>
+          <t>Konak Yahut Şeyh Şamil'in Kafkasya Muharebelerinden Bir Garip Hikaye</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786051961521</t>
+          <t>9786051962535</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Taşra: Kentin Ötekisi</t>
+          <t>Menteşe'deki Muğla</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786051961149</t>
+          <t>9786051962566</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı İnkar Mümkün Müdür? -  Yahud Huzur-ı Fende Mesalik-i Küfür (Çevriyazı ve Sadeleştirme)</t>
+          <t>Gemibaş Figürleri</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786051961330</t>
+          <t>9786051962481</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Güncel ve Eleştirisel Bir Bakış Açısıyla İktisadi Düşünce Tarihi</t>
+          <t>Türkistan Ceditçileri</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786051961484</t>
+          <t>9786051960821</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Erzurum Tarihi</t>
+          <t>Dünya Ekonomisi Nereye?</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786051960715</t>
+          <t>9786051962320</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Çarşı Pazar</t>
+          <t>Ebu'l Ala El- Ma'arri Şi'rlerinden Hulasalar Risaletu'l Gufran (İlahi Komedya)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786059427111</t>
+          <t>9786051962511</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kamp Kimlik ve Biyosiyaset</t>
+          <t>Felek'in Felsefesi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786051961408</t>
+          <t>9786051962474</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Doris Lessing - Marksizmden Sufizme Bir Yaşam Felsefesi</t>
+          <t>Türkiye Selçuklu Başkentleri</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786051961446</t>
+          <t>9786051962504</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>1877-1878 Osmanlı - Rus Harbinde Yıldız'ın Hataları</t>
+          <t>Anız Yolunda</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786051961385</t>
+          <t>9786051962412</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Düşünceden Söze Dil</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786051961439</t>
+          <t>9786051962405</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yıllarında Gaziantep Vilayeti'nin Sıhhi ve İctimai Coğrafyası</t>
+          <t>Turgay Nar Tiyatrosu</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786051961453</t>
+          <t>9786051962375</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Nereye Gidiyor?</t>
+          <t>İngiliz Romanı'nda Antimimesis</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786051961323</t>
+          <t>9786051962214</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Fil Olayı'nın Mahiyeti ve Fil Suresi</t>
+          <t>Tarih Yaratılışla Başlardı</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786051961293</t>
+          <t>9786051962238</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi'nde İhmal Faciaları</t>
+          <t>Yörük Kültürü ve Zanaatları</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051961279</t>
+          <t>9786051962337</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Takkeli Dağ</t>
+          <t>Uluslararası Örgütler - Küresel İlişkiler Çağında</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>350</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786051961286</t>
+          <t>9786051962313</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İstibşar</t>
+          <t>Senayi'nin Manzum Süleymaniyye'si</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786051961170</t>
+          <t>9786051962221</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Arenasında Bir Sosyal Bilimci</t>
+          <t>Uzunyayla Çerkesleri</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786051961262</t>
+          <t>9786051962207</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşüncede Faiz</t>
+          <t>Kırım - Kırım Kırım Kırılan</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786051961163</t>
+          <t>9786051962115</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Vali İngiliz Sait Paşa'nın Konya Günleri</t>
+          <t>Tarihi ve Kültür Varlıklarıyla Aydın Güzelhisarı</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786051961224</t>
+          <t>9786051962153</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batan Güneş Osmanlı</t>
+          <t>Zeki Oğuz'la Baş Başa</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786051961255</t>
+          <t>9786051962146</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devlet Adamları</t>
+          <t>Giritli Göçmenler</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786051961118</t>
+          <t>9786051962092</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>İslam Mütefekkirleri ile Garp Mütefekkirleri Arasında Mukayese</t>
+          <t>Gerçeklik, Arzu ve Göçebelik Üzerine</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786051961088</t>
+          <t>9786051962139</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş</t>
+          <t>Doğu Batı Arasında Ahlak</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786051961217</t>
+          <t>9786051962108</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Bir Motif Olarak İğrenilen Kimlikler</t>
+          <t>Joy Harjo - Şiirinde Kültürel Nostalji</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786051961132</t>
+          <t>9786051962061</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kır Sosyolojisi</t>
+          <t>Antik Dönem Hindistan Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051961101</t>
+          <t>9786051962030</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Hitit Yasaları</t>
+          <t>Romanya Müslümanları</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786051960838</t>
+          <t>9786051961798</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomik Göstergelerin Analizi</t>
+          <t>Türev Ürünler Piyasası İle Forex Piyasası İşlemleri ve Uygulanacak Vergi Politikaları</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786051961064</t>
+          <t>9786051961965</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin Peşinde Üç Portre</t>
+          <t>Konya'nın Gülleri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786051960791</t>
+          <t>9786051961811</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>El-Lüzumiyyat</t>
+          <t>Az Gezdim Çok Gördüm</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786051961057</t>
+          <t>9786051961910</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Urfa</t>
+          <t>Maksud-ı Nasihat</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786051961026</t>
+          <t>9786051961972</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Safevilerde Hükümdar Unvanları ve Hakimiyet  Anlayışı</t>
+          <t>Batılı Aydın, Doğulu Alim</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786051960883</t>
+          <t>9786051961958</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Yönetim, Değişim ve Modernleşme Yazıları</t>
+          <t>Çocuk Yayınları ve Dışa Açılım</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786051960890</t>
+          <t>9786051961941</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Platon</t>
+          <t>Siyasal Dilin Satır Arası</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786051960968</t>
+          <t>9786051961934</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>İletişime Giriş</t>
+          <t>İkna Teknolojileri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786051960852</t>
+          <t>9786059427494</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ayarlı Kaos</t>
+          <t>Hitit At Eğitimi Kil Kitabı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786051960845</t>
+          <t>9786051961835</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Tekkedeki İktidar</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786051960807</t>
+          <t>9786051961804</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Edebiyat-ı Osmaniyye</t>
+          <t>Doğu, Batı ve Ötekilik</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786051960401</t>
+          <t>9786051961750</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Para Politikalarında Dönüşüm ve Taylor Kuralının Türkiye Ekonomisi İçin Sınanması</t>
+          <t>İletişim Yazıları</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786051960814</t>
+          <t>9786051960623</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokrasi Sürecinde Sivil Toplumun Gelişimi</t>
+          <t>Berdyaev'de Din, Felsefe, Özgürlük</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786051960784</t>
+          <t>9786051961736</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Özne 27. Kitap - Hegel</t>
+          <t>Sözün Gelimi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786051960685</t>
+          <t>9786051961354</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı İzale-i Şukuk</t>
+          <t>Sorularla İktisat Politikası 2</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786051960708</t>
+          <t>9786051961767</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Oszkar Wellmann</t>
+          <t>Metinlerle Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786051960746</t>
+          <t>9786051961774</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Şairlerinden Mencek Paşa ve Şiirleri</t>
+          <t>İbn Rüşd'ün Önermeler Mantığı ve Aristoteles Temelleri</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786051960760</t>
+          <t>9786051961781</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Anşa Bacılı Ocağı</t>
+          <t>Sağlık Yönetim Bilişim Sistemleri</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786051960739</t>
+          <t>9786051961194</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyet Merkez Bankası İstatistikleri Ne Diyor?</t>
+          <t>Sisin Ötesinde Bir Ben Var</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786051960753</t>
+          <t>9786051961637</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum</t>
+          <t>İstiklal Marşı'nı Değiştirme Çabaları ve Milli Şair'de Dirilmek</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786051960722</t>
+          <t>9786051961644</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Etik İlkeler ve Etik Eğitimi</t>
+          <t>Retoriğin İkna Gücü</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>168</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786051960609</t>
+          <t>9786051961705</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Güncelliği</t>
+          <t>Süreç Felsefesinde Ahlak</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786051960630</t>
+          <t>9789758867752</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Bilim Merkezi</t>
+          <t>Descartes ve Kartezyenler</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786051960654</t>
+          <t>9786051960579</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Denemeleri 2</t>
+          <t>Siyasal Süreçler ve Seçim Kampanyaları</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786051960647</t>
+          <t>9786051961682</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Denemeleri 1</t>
+          <t>Anadolu Türk Kültüründe Mumyalama</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786051960678</t>
+          <t>9786051961699</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Mobbing ve Siber Zorbalık</t>
+          <t>Disiplinlerarası Bir Yaklaşımla İnanç-Eylem Tutarlılığı</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786051960661</t>
+          <t>9786051961576</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Katherine Mansfield'in Kısa Öykülerinde Kadın İmgesi ve Karakter Betimlemeleri</t>
+          <t>Sinema ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786051960555</t>
+          <t>9786051961675</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Biçemler ve Uygulamalı Öğretimi</t>
+          <t>Çat'tan Çağlayan'a</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786051960586</t>
+          <t>9786051961590</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketler Yol Ayrımında</t>
+          <t>Hayat ve Kitablar</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>172</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786051960562</t>
+          <t>9786051961651</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Medya Çağında İletişim</t>
+          <t>Özne 28. Kitap - 200. Doğum Yılında Marx</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>680</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786051960593</t>
+          <t>9786051961620</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında MTTB</t>
+          <t>Emil Michel Cioran: Bir Alacakaranlık Düşünürü</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786051960456</t>
+          <t>9786051960517</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Mustafa Sabri Efendi</t>
+          <t>Arketipal Topografyaların Sinematografik Düzlemde İncelenmesi</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786051960463</t>
+          <t>9786051961460</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Türk Kelamcıları</t>
+          <t>Hırvatistan Devleti'nin Kuruluşu ve Türkiye ile Münasebetleri</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786051960470</t>
+          <t>9786051961613</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sosyal Hizmetler: Hz. Peygamber Dönemi</t>
+          <t>Edebiyat ve Şölen</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786051960449</t>
+          <t>9786051961347</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Teoriler ve Spor</t>
+          <t>Öteki Konya</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786051960432</t>
+          <t>9786051961514</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Özne 26. Kitap - Türkiye'de Felsefenin Yüzyılı</t>
+          <t>Metin ve Anlam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786051960418</t>
+          <t>9786051961422</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Değer Bilinçlendirme Yaklaşımı</t>
+          <t>Alaş'ın Azaplı Yolu</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786051960371</t>
+          <t>9786051961507</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Liderlik</t>
+          <t>Toplumsal Beklentilerimiz</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786051960340</t>
+          <t>9786051961477</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Şairlerinden İbrahim Es-Sefercelani ve Şiirleri</t>
+          <t>Günümüz Toplum Yapısı ve Radikal Sorunlarımız</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786054451692</t>
+          <t>9786051961521</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Kırsaldan Kente Göç Sürecinde Mekansal Değişim</t>
+          <t>Taşra: Kentin Ötekisi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786051960364</t>
+          <t>9786051961149</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Metinlerarasılık</t>
+          <t>Allah'ı İnkar Mümkün Müdür? -  Yahud Huzur-ı Fende Mesalik-i Küfür (Çevriyazı ve Sadeleştirme)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786051960388</t>
+          <t>9786051961330</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ulusal Tasarrufların Seyri ve Ekonometrik Analizi (2000-2014)</t>
+          <t>Güncel ve Eleştirisel Bir Bakış Açısıyla İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786051960296</t>
+          <t>9786051961484</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hanımları: Kira Hatun ve Raziye Devlet Hatun</t>
+          <t>Sorularla Erzurum Tarihi</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>148</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786051960302</t>
+          <t>9786051960715</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Gazali'de Bilgi Sistemi ve Şüphe</t>
+          <t>Erzurum Çarşı Pazar</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786051960289</t>
+          <t>9786059427111</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Bedeni Kurgulamak</t>
+          <t>Kamp Kimlik ve Biyosiyaset</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786051960265</t>
+          <t>9786051961408</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Derin Sularında...</t>
+          <t>Doris Lessing - Marksizmden Sufizme Bir Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786051960241</t>
+          <t>9786051961446</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesinde Nedensellik Sorunsalı</t>
+          <t>1877-1878 Osmanlı - Rus Harbinde Yıldız'ın Hataları</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786051960166</t>
+          <t>9786051961385</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Harput'ta Dini Mimari</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786051960180</t>
+          <t>9786051961439</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Seyfüddevle ve Bizans'la Mücadele</t>
+          <t>Cumhuriyetin İlk Yıllarında Gaziantep Vilayeti'nin Sıhhi ve İctimai Coğrafyası</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786051960258</t>
+          <t>9786051961453</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bölgesi Erzurum ve Çevresinde Sosyal Değişmeler</t>
+          <t>Uluslararası Hukuk Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786051960067</t>
+          <t>9786051961323</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Metin Çalışmalarında Usul</t>
+          <t>Fil Olayı'nın Mahiyeti ve Fil Suresi</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>520</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786051960128</t>
+          <t>9786051961293</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşı ve Konyalılar</t>
+          <t>Balkan Harbi'nde İhmal Faciaları</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786051960098</t>
+          <t>9786051961279</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıkta Tevhit'ten Teslis'e</t>
+          <t>Takkeli Dağ</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786051960074</t>
+          <t>9786051961286</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Name-i Kudsi (Kutsal Kitap) - Menakıbu'l - Kudsiyye(kutsal Menkabeler)</t>
+          <t>İstibşar</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>520</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786051960029</t>
+          <t>9786051961170</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Viral Reklamcılık</t>
+          <t>Günümüz Arenasında Bir Sosyal Bilimci</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786051960050</t>
+          <t>9786051961262</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Yazıları</t>
+          <t>İktisadi Düşüncede Faiz</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786051960043</t>
+          <t>9786051961163</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihinin Kaynakları ve Kürdoloji Çalışmaları</t>
+          <t>Vali İngiliz Sait Paşa'nın Konya Günleri</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786051960081</t>
+          <t>9786051961224</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>İnsani Diplomasi</t>
+          <t>Doğudan Batan Güneş Osmanlı</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786051960036</t>
+          <t>9786051961255</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Ayın Öteki Yüzü</t>
+          <t>Türkiye Selçuklu Devlet Adamları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786059427951</t>
+          <t>9786051961118</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kara Günler</t>
+          <t>İslam Mütefekkirleri ile Garp Mütefekkirleri Arasında Mukayese</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786059427944</t>
+          <t>9786051961088</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Karın Doyursun</t>
+          <t>Soğuk Savaş</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786059427876</t>
+          <t>9786051961217</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Mahallemiler ve Ebruli Kültürün Ağırbaşlılığı</t>
+          <t>Edebiyatta Bir Motif Olarak İğrenilen Kimlikler</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786059427647</t>
+          <t>9786051961132</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kurumsal Yapısı</t>
+          <t>Kır Sosyolojisi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786059427814</t>
+          <t>9786051961101</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Hikmet-i Edebiyye</t>
+          <t>Hitit Yasaları</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059427845</t>
+          <t>9786051960838</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Ontolojiyi Hatırlamak</t>
+          <t>Makroekonomik Göstergelerin Analizi</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>168</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786059427623</t>
+          <t>9786051961064</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Koyun Baba ve Menakıbı</t>
+          <t>Hikmetin Peşinde Üç Portre</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786059427852</t>
+          <t>9786051960791</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Birliktelik Kimliği</t>
+          <t>El-Lüzumiyyat</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059427784</t>
+          <t>9786051961057</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Sosyo - Kültürel Bölge Araştırmaları</t>
+          <t>Ezelden Urfa</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059427746</t>
+          <t>9786051961026</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Gazetesi 1948 - 2012</t>
+          <t>Safevilerde Hükümdar Unvanları ve Hakimiyet  Anlayışı</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786059427326</t>
+          <t>9786051960883</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gerçekçilik</t>
+          <t>Yönetim, Değişim ve Modernleşme Yazıları</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786059427807</t>
+          <t>9786051960890</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Tarihi, Sosyal, Siyasi ve Dini Açıdan Tasavvuf ve Tarikat Anlayışı</t>
+          <t>Yaşayan Platon</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786059427777</t>
+          <t>9786051960968</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kök Paradigmalarımız</t>
+          <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786059427753</t>
+          <t>9786051960852</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Nihayet Garbiyeli</t>
+          <t>Zaman Ayarlı Kaos</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786059427791</t>
+          <t>9786051960845</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Düşünceye Gelmeyen</t>
+          <t>Tekkedeki İktidar</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786059427760</t>
+          <t>9786051960807</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Modern Suriye Hikayesinin Konuları 1946-1967</t>
+          <t>Tarih-i Edebiyat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786059427661</t>
+          <t>9786051960401</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Özne 25. Kitap - Kierkegaard</t>
+          <t>Para Politikalarında Dönüşüm ve Taylor Kuralının Türkiye Ekonomisi İçin Sınanması</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786059427630</t>
+          <t>9786051960814</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulus-Devlet İnşa Sürecinde Urfa 1923-1950</t>
+          <t>Türkiye’de Demokrasi Sürecinde Sivil Toplumun Gelişimi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786059427616</t>
+          <t>9786051960784</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Darü’l Fünun Tarih-i Felsefe Dersleri</t>
+          <t>Özne 27. Kitap - Hegel</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786059427579</t>
+          <t>9786051960685</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonominin Analizi ve Geleceği</t>
+          <t>Kitab-ı İzale-i Şukuk</t>
         </is>
       </c>
       <c r="C1228" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786059427678</t>
+          <t>9786051960708</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Taşra Halleri</t>
+          <t>Oszkar Wellmann</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786059427609</t>
+          <t>9786051960746</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Beyaz Kitap)</t>
+          <t>Osmanlı Dönemi Arap Şairlerinden Mencek Paşa ve Şiirleri</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786059427562</t>
+          <t>9786051960760</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası</t>
+          <t>Anşa Bacılı Ocağı</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786059427500</t>
+          <t>9786051960739</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Siyaset Geleneğinde Sasani-Fars Tesiri</t>
+          <t>Türkiye Cumhuriyet Merkez Bankası İstatistikleri Ne Diyor?</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786059427524</t>
+          <t>9786051960753</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdaresinde Priştine</t>
+          <t>Sivil Toplum</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786059706971</t>
+          <t>9786051960722</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sistemi ve Yapısal Sorunları</t>
+          <t>Etik İlkeler ve Etik Eğitimi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>950</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786059427517</t>
+          <t>9786051960609</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Tarikat</t>
+          <t>Güzelin Güncelliği</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786055022716</t>
+          <t>9786051960630</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Hitit Mitolojisi</t>
+          <t>Her Yönüyle Bilim Merkezi</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786059427470</t>
+          <t>9786051960654</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Üzerine Okumalar</t>
+          <t>İslam Hukuku Denemeleri 2</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786059427456</t>
+          <t>9786051960647</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Günlerin İçinden</t>
+          <t>İslam Hukuku Denemeleri 1</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786059706636</t>
+          <t>9786051960678</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Yolu ve İngilizler</t>
+          <t>Örgütlerde Mobbing ve Siber Zorbalık</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786059427432</t>
+          <t>9786051960661</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Şu Philip Roth Ne İster?</t>
+          <t>Katherine Mansfield'in Kısa Öykülerinde Kadın İmgesi ve Karakter Betimlemeleri</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786059427401</t>
+          <t>9786051960555</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Yurt Tutuştan Trianon'a Macaristan</t>
+          <t>Biçemler ve Uygulamalı Öğretimi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786059427289</t>
+          <t>9786051960586</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Amitav Ghosh ile Elif Şafak’ın Romanlarında Öteki/leştirme</t>
+          <t>İslami Hareketler Yol Ayrımında</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>165</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786059427265</t>
+          <t>9786051960562</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Şiddet Sonrası Güneydoğu</t>
+          <t>Medya Çağında İletişim</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>350</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786059427142</t>
+          <t>9786051960593</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Ankara</t>
+          <t>100. Yılında MTTB</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786059427159</t>
+          <t>9786051960456</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Olgu ile Algı Arasında İtaat</t>
+          <t>Şeyhülislam Mustafa Sabri Efendi</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786059427098</t>
+          <t>9786051960463</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Suriye Mektupları</t>
+          <t>Türk Kelamcıları</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786059706551</t>
+          <t>9786051960470</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Diyarbakır</t>
+          <t>İslam'da Sosyal Hizmetler: Hz. Peygamber Dönemi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059427128</t>
+          <t>9786051960449</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Özne Aristoteles Özel Sayı</t>
+          <t>Sosyolojik Teoriler ve Spor</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786059427357</t>
+          <t>9786051960432</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Lamarckizm</t>
+          <t>Özne 26. Kitap - Türkiye'de Felsefenin Yüzyılı</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786059427364</t>
+          <t>9786051960418</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Değer Bilinçlendirme Yaklaşımı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786059427371</t>
+          <t>9786051960371</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Oynadıkça</t>
+          <t>Dış Politikada Liderlik</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786059427104</t>
+          <t>9786051960340</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Mecmuası (Ciltli)</t>
+          <t>Osmanlı Dönemi Arap Şairlerinden İbrahim Es-Sefercelani ve Şiirleri</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>900</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786059427333</t>
+          <t>9786054451692</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Resimsel Alıntı</t>
+          <t>Kırsaldan Kente Göç Sürecinde Mekansal Değişim</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786059427234</t>
+          <t>9786051960364</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kaynana Paylaşımları</t>
+          <t>Müzik ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786059706759</t>
+          <t>9786051960388</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Aliya Okumaları</t>
+          <t>Türkiye'de Ulusal Tasarrufların Seyri ve Ekonometrik Analizi (2000-2014)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786059706827</t>
+          <t>9786051960296</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetteki Tasavvuf ve Tarikat Hakkında Gerçek Bilgiler</t>
+          <t>Selçuklu Hanımları: Kira Hatun ve Raziye Devlet Hatun</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>220</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786059706469</t>
+          <t>9786051960302</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İmam Hatipli Olmak</t>
+          <t>Gazali'de Bilgi Sistemi ve Şüphe</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059427036</t>
+          <t>9786051960289</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Teceddüd-i İlmi ve Edebi</t>
+          <t>Bedeni Kurgulamak</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786059427043</t>
+          <t>9786051960265</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Hukema-yı Yunan</t>
+          <t>İletişimin Derin Sularında...</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786059427029</t>
+          <t>9786051960241</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Darü'l-Fünun Dersleri: Tarih-i Hikmet</t>
+          <t>Tarih Felsefesinde Nedensellik Sorunsalı</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786059427050</t>
+          <t>9786051960166</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hangi Meslek-i Felsefeyi Kabul Etmeliyiz?</t>
+          <t>Harput'ta Dini Mimari</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786059706988</t>
+          <t>9786051960180</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Almanca Tümce Yapıları ve Karşılaşılan Güçlükler</t>
+          <t>Seyfüddevle ve Bizans'la Mücadele</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786059706964</t>
+          <t>9786051960258</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Sağlık-Hastalık Sistemi</t>
+          <t>Doğu Bölgesi Erzurum ve Çevresinde Sosyal Değişmeler</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786059706810</t>
+          <t>9786051960067</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Fenomeni Tanrısal &amp; Kozmik Enformasyonel Yayın</t>
+          <t>Tarihi Metin Çalışmalarında Usul</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786059706902</t>
+          <t>9786051960128</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Robert Walser</t>
+          <t>Kore Savaşı ve Konyalılar</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786059706896</t>
+          <t>9786051960098</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Hölderlin</t>
+          <t>Hıristiyanlıkta Tevhit'ten Teslis'e</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786059706889</t>
+          <t>9786051960074</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları Tarihi ve Şehitleri</t>
+          <t>Name-i Kudsi (Kutsal Kitap) - Menakıbu'l - Kudsiyye(kutsal Menkabeler)</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786059706865</t>
+          <t>9786051960029</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakımız ve İşçi Kültürünün Yükselişi</t>
+          <t>Viral Reklamcılık</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786059706704</t>
+          <t>9786051960050</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Döviz Kuru Geçişkenliğinin İhracat ve İthalat Fiyatları Üzerindeki Etkisi</t>
+          <t>Sanat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>185</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786059706728</t>
+          <t>9786051960043</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Hace Nasirü'd-din-i Tusi'nin İntihalciliği ve Ahi Evren Hace Nasirü'd-din ile İlgisi</t>
+          <t>Kürt Tarihinin Kaynakları ve Kürdoloji Çalışmaları</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786054639342</t>
+          <t>9786051960081</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Mesleğinin Standartlaşma Süreci</t>
+          <t>İnsani Diplomasi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786055022389</t>
+          <t>9786051960036</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Felsefe: Kurun-i Ula</t>
+          <t>Ayın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786054639328</t>
+          <t>9786059427951</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Özne 17. Kitap - Rousseau</t>
+          <t>Kara Günler</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786054639908</t>
+          <t>9786059427944</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türkiye Cumhuriyet Tarih Araştırmaları 1</t>
+          <t>Hayallerin Karın Doyursun</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786059108409</t>
+          <t>9786059427876</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Siyasi Tarihinde Cami Baykurt Bey</t>
+          <t>Mahallemiler ve Ebruli Kültürün Ağırbaşlılığı</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786059706698</t>
+          <t>9786059427647</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Karamanlar ve Hazar Türkleri</t>
+          <t>Türk Toplumunun Kurumsal Yapısı</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786059706735</t>
+          <t>9786059427814</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan ve Siyasal Katılma Mecrası Olarak Sosyal Medya</t>
+          <t>Hikmet-i Edebiyye</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786059706742</t>
+          <t>9786059427845</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Felsefesine Giriş</t>
+          <t>Ontolojiyi Hatırlamak</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>250</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786059706674</t>
+          <t>9786059427623</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Tarihsel Kimliği ve Günümüz Sorunları</t>
+          <t>Koyun Baba ve Menakıbı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786059706681</t>
+          <t>9786059427852</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Turgutoğulları ve Konya'daki Eserleri</t>
+          <t>Türk Toplumunun Birliktelik Kimliği</t>
         </is>
       </c>
       <c r="C1280" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786059706650</t>
+          <t>9786059427784</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Yeni Trendler</t>
+          <t>Sosyo - Kültürel Bölge Araştırmaları</t>
         </is>
       </c>
       <c r="C1281" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786059706667</t>
+          <t>9786059427746</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Hakim Abay</t>
+          <t>Hürriyet Gazetesi 1948 - 2012</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786059706452</t>
+          <t>9786059427326</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Vadi-i Meram</t>
+          <t>Büyülü Gerçekçilik</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786059706643</t>
+          <t>9786059427807</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Özne 24. Kitap - Platon</t>
+          <t>Tarihi, Sosyal, Siyasi ve Dini Açıdan Tasavvuf ve Tarikat Anlayışı</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>720</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786059706605</t>
+          <t>9786059427777</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Tarsuslu Osmanlılar</t>
+          <t>Toplumsal Kök Paradigmalarımız</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786059706612</t>
+          <t>9786059427753</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Karasuları ve Kıta Sahanlığı Sorunları</t>
+          <t>Nihayet Garbiyeli</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786059706131</t>
+          <t>9786059427791</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>İslam Değerler Sistemi ve Max Weber</t>
+          <t>Düşünceye Gelmeyen</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786059706179</t>
+          <t>9786059427760</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Musa'nın Derinlerine Düşen Yutkunuş : Korku ve Dehşet Üçlemesi</t>
+          <t>Modern Suriye Hikayesinin Konuları 1946-1967</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786059706124</t>
+          <t>9786059427661</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Özne 25. Kitap - Kierkegaard</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786059706186</t>
+          <t>9786059427630</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Özne 23. Kitap - Tarihe Felsefeyle Bakmak</t>
+          <t>Türkiye’de Ulus-Devlet İnşa Sürecinde Urfa 1923-1950</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>440</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786059706155</t>
+          <t>9786059427616</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Simar Yol - İkinci Kitap</t>
+          <t>Darü’l Fünun Tarih-i Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786059706162</t>
+          <t>9786059427579</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Simar Masal - Birinci Kitap</t>
+          <t>Küresel Ekonominin Analizi ve Geleceği</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786059706070</t>
+          <t>9786059427678</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Mavi Kitap)</t>
+          <t>Taşra Halleri</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786059706087</t>
+          <t>9786059427609</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Tezahür-i Hakikat</t>
+          <t>Değerler Bilançosu (Beyaz Kitap)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786059706148</t>
+          <t>9786059427562</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Hataylı Osmanlılar</t>
+          <t>Sorularla İktisat Politikası</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786055022198</t>
+          <t>9786059427500</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Vahdet- i Mevcud Bir Tabi'at Aliminin Dini</t>
+          <t>Abbasi Siyaset Geleneğinde Sasani-Fars Tesiri</t>
         </is>
       </c>
       <c r="C1296" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786059108997</t>
+          <t>9786059427524</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışı Nörolojisi</t>
+          <t>Osmanlı İdaresinde Priştine</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786055022488</t>
+          <t>9786059706971</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Aile Hukuku</t>
+          <t>Türk Toplum Sistemi ve Yapısal Sorunları</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786059706100</t>
+          <t>9786059427517</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Arap Ülkeleri Sosyo-Kültürel Yapısı</t>
+          <t>Devlet ve Tarikat</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786059706049</t>
+          <t>9786055022716</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Şeyhler ve Şahlar</t>
+          <t>Hitit Mitolojisi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786059706018</t>
+          <t>9786059427470</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Kültürel Dinamikleri</t>
+          <t>Uluslararası İlişkiler Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>625</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786059706193</t>
+          <t>9786059427456</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Kazası Vakıfları</t>
+          <t>Günlerin İçinden</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786059706063</t>
+          <t>9786059706636</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Filistin Ekonomisi</t>
+          <t>Hindistan Yolu ve İngilizler</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786059108980</t>
+          <t>9786059427432</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri ve İkinci Meşrutiyet</t>
+          <t>Şu Philip Roth Ne İster?</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786059706001</t>
+          <t>9786059427401</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketlerin Sosyolojisi</t>
+          <t>Yurt Tutuştan Trianon'a Macaristan</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>525</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786059706056</t>
+          <t>9786059427289</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Protestan Misyonerlerin Konya'da Açtıkları Kurumlar ve Faaliyetleri</t>
+          <t>Amitav Ghosh ile Elif Şafak’ın Romanlarında Öteki/leştirme</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786059706025</t>
+          <t>9786059427265</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanayi Toplumu</t>
+          <t>Terör ve Şiddet Sonrası Güneydoğu</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>740</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786059108935</t>
+          <t>9786059427142</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu ve İnsan</t>
+          <t>Ankara</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>640</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786059108881</t>
+          <t>9786059427159</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Ötüken'de Elli Beş Gün</t>
+          <t>Olgu ile Algı Arasında İtaat</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786059108775</t>
+          <t>9786059427098</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Avrupa - 21. Yüzyıl Avrupası'nda İslam Algısı</t>
+          <t>Suriye Mektupları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786059108492</t>
+          <t>9786059706551</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi</t>
+          <t>Milli Mücadele Döneminde Diyarbakır</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786059108812</t>
+          <t>9786059427128</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Binyıl Kalkınma Hedefleri - 2015 Türkiye</t>
+          <t>Özne Aristoteles Özel Sayı</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786059108485</t>
+          <t>9786059427357</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Romanlar ve Sosyal Dışlanma</t>
+          <t>Lamarckizm</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786059108515</t>
+          <t>9786059427364</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dilinde Renk Anlatımları</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C1314" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786059108669</t>
+          <t>9786059427371</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Hasret ve Azap</t>
+          <t>Oynadıkça</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786059108768</t>
+          <t>9786059427104</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Bozahmetli Yörük Aşireti</t>
+          <t>Felsefe Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786059108720</t>
+          <t>9786059427333</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Belviran Kazası - Tarihçesi ve Sosyokültürel Yapısı</t>
+          <t>Resimsel Alıntı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786059108959</t>
+          <t>9786059427234</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Öğrenme Psikolojisi</t>
+          <t>Kaynana Paylaşımları</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786059108744</t>
+          <t>9786059706759</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Beş Harfliler</t>
+          <t>Aliya Okumaları</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786059108713</t>
+          <t>9786059706827</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Trajik Şairi Necip Fazıl</t>
+          <t>İslamiyetteki Tasavvuf ve Tarikat Hakkında Gerçek Bilgiler</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786059108676</t>
+          <t>9786059706469</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Bir Batı Masalı Shakespeare</t>
+          <t>Türkiye’de İmam Hatipli Olmak</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786059108928</t>
+          <t>9786059427036</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Teceddüd-i İlmi ve Edebi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786059108751</t>
+          <t>9786059427043</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Çocuğunun Hatıraları</t>
+          <t>Tarih-i Hukema-yı Yunan</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786059108607</t>
+          <t>9786059427029</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Özne 22. Kitap - Nermi Uygur</t>
+          <t>Darü'l-Fünun Dersleri: Tarih-i Hikmet</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>300</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786059108966</t>
+          <t>9786059427050</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça'da Türkçe'den Geçen Kelimeler Sözlüğü</t>
+          <t>Hangi Meslek-i Felsefeyi Kabul Etmeliyiz?</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786059108683</t>
+          <t>9786059706988</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Seydişehirli Hacı Abdullah Efendi (1807-1903)</t>
+          <t>Almanca Tümce Yapıları ve Karşılaşılan Güçlükler</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786059108645</t>
+          <t>9786059706964</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Konuşmalıyız; Lütfen, Mümkünse Hemen!</t>
+          <t>Toplumsal Yapı ve Sağlık-Hastalık Sistemi</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786059108690</t>
+          <t>9786059706810</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp ve Sosyolojik Düşünce Sistemi</t>
+          <t>Vahiy Fenomeni Tanrısal &amp; Kozmik Enformasyonel Yayın</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786059108638</t>
+          <t>9786059706902</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Mekanlarımız</t>
+          <t>Robert Walser</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786059108577</t>
+          <t>9786059706896</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Türk İktisat Politikalarının Tarihi Temelleri</t>
+          <t>Hölderlin</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786059108324</t>
+          <t>9786059706889</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Etkinlik için Ergonomi</t>
+          <t>Çanakkale Savaşları Tarihi ve Şehitleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786059108539</t>
+          <t>9786059706865</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Zazalar ve Kürtler</t>
+          <t>İş Ahlakımız ve İşçi Kültürünün Yükselişi</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>740</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786059108546</t>
+          <t>9786059706704</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Katılım ve Kültür</t>
+          <t>Türkiyede Döviz Kuru Geçişkenliğinin İhracat ve İthalat Fiyatları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786059108478</t>
+          <t>9786059706728</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimine Giriş</t>
+          <t>Hace Nasirü'd-din-i Tusi'nin İntihalciliği ve Ahi Evren Hace Nasirü'd-din ile İlgisi</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786059108461</t>
+          <t>9786054639342</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Mayın ve Kaçakçı</t>
+          <t>Muhasebe Mesleğinin Standartlaşma Süreci</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786059108560</t>
+          <t>9786055022389</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Sistem ve Sosyo-Kültürel Yapısı</t>
+          <t>Tarih-i Felsefe: Kurun-i Ula</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786059108393</t>
+          <t>9786054639328</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Memluklarda Ticaret</t>
+          <t>Özne 17. Kitap - Rousseau</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786059108430</t>
+          <t>9786054639908</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Ve Ejderha Şehre Taşınır</t>
+          <t>Atatürk ve Türkiye Cumhuriyet Tarih Araştırmaları 1</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786059108416</t>
+          <t>9786059108409</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Lawrence Durrell'ın Eserleri, Kişiliği ve Türkler</t>
+          <t>Yakın Dönem Türk Siyasi Tarihinde Cami Baykurt Bey</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786055022921</t>
+          <t>9786059706698</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Faik Sabri'den Günümüze Coğrafi Yansımalar</t>
+          <t>Günümüzde Karamanlar ve Hazar Türkleri</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786059108447</t>
+          <t>9786059706735</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Müdafaa-i Hukuk Cemiyeti ve Mümtaz Bahri Koru</t>
+          <t>Kamusal Alan ve Siyasal Katılma Mecrası Olarak Sosyal Medya</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786059108256</t>
+          <t>9786059706742</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Alem-i Nisvan</t>
+          <t>İslam Ahlak Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786059108270</t>
+          <t>9786059706674</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>İslam Feylesofu İbn Rüşd</t>
+          <t>Türk Toplumunun Tarihsel Kimliği ve Günümüz Sorunları</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786059108287</t>
+          <t>9786059706681</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Alzire</t>
+          <t>Turgutoğulları ve Konya'daki Eserleri</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786059108263</t>
+          <t>9786059706650</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Menşe'i Nesl-i Beşer</t>
+          <t>Bölgesel Kalkınmada Yeni Trendler</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786059108355</t>
+          <t>9786059706667</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Yerel Kamu Politikası Yaklaşımları</t>
+          <t>Hakim Abay</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786059108386</t>
+          <t>9786059706452</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Elmas</t>
+          <t>Vadi-i Meram</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786059108348</t>
+          <t>9786059706643</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Alman Romantizmi ve Dehanın Yalnızlığı</t>
+          <t>Özne 24. Kitap - Platon</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786059108331</t>
+          <t>9786059706605</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilise Merkezi Ecmiatzin</t>
+          <t>Tarsuslu Osmanlılar</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786059108423</t>
+          <t>9786059706612</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Vesaik-i Bektaşiyan</t>
+          <t>Ege Denizi Karasuları ve Kıta Sahanlığı Sorunları</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786059108454</t>
+          <t>9786059706131</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Dayanışma Ağları</t>
+          <t>İslam Değerler Sistemi ve Max Weber</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786059108218</t>
+          <t>9786059706179</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Ayran Çiğnemez</t>
+          <t>Musa'nın Derinlerine Düşen Yutkunuş : Korku ve Dehşet Üçlemesi</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786059108300</t>
+          <t>9786059706124</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yatırım Devleti</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786059108249</t>
+          <t>9786059706186</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Türk Diasporası'nın Avrupa Siyasal Sistemine Katılımı</t>
+          <t>Özne 23. Kitap - Tarihe Felsefeyle Bakmak</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786059108126</t>
+          <t>9786059706155</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türk Toplum Yapısı</t>
+          <t>Simar Yol - İkinci Kitap</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>880</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786059108171</t>
+          <t>9786059706162</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Aydınlıktakiler Karanlıktakiler</t>
+          <t>Simar Masal - Birinci Kitap</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>750</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786059108034</t>
+          <t>9786059706070</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Lugatçe-i Felsefe (Ciltli)</t>
+          <t>Değerler Bilançosu (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786059108072</t>
+          <t>9786059706087</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumları ve Kalkınma Ajanslarında İç Kontrol Sistemi ve Akreditasyon</t>
+          <t>Tezahür-i Hakikat</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786059108089</t>
+          <t>9786059706148</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları - 2</t>
+          <t>Hataylı Osmanlılar</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786059108096</t>
+          <t>9786055022198</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>19.Yüzyıl Ortalarında Kayseri Vakıflarının Arazi Gelirleri</t>
+          <t>Vahdet- i Mevcud Bir Tabi'at Aliminin Dini</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786059108058</t>
+          <t>9786059108997</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Özne 21. Kitap - Felsefi Bir Sorun Olarak İnanma</t>
+          <t>Tüketici Davranışı Nörolojisi</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>385</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786059108188</t>
+          <t>9786055022488</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Hastalarla İletişim</t>
+          <t>Eskiçağ Aile Hukuku</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786054451913</t>
+          <t>9786059706100</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze’nün Fark Felsefesi</t>
+          <t>Arap Ülkeleri Sosyo-Kültürel Yapısı</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786051960272</t>
+          <t>9786059706049</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Siyah Öfke</t>
+          <t>Şeyhler ve Şahlar</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786055999063</t>
+          <t>9786059706018</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Seçme Kısa Öyküler ve Karşılaştırmalı Öykü Çözümlemeleri</t>
+          <t>Türk Toplumunun Kültürel Dinamikleri</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>185</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786054639748</t>
+          <t>9786059706193</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer’in Hikmet-i Cedidesi</t>
+          <t>Bozkır Kazası Vakıfları</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789758867196</t>
+          <t>9786059706063</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Sayfa Düzeni Kuramsal Temeller ve Uygulama İlkeleriyle</t>
+          <t>Filistin Ekonomisi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786055999698</t>
+          <t>9786059108980</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kane’in Postdramatik Tiyatrosunda Şiddet</t>
+          <t>Osmanlı Ermenileri ve İkinci Meşrutiyet</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786059427982</t>
+          <t>9786059706001</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Sosyal Hareketlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786059108225</t>
+          <t>9786059706056</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Wallerstein Perspektifinde Arap Baharı Tunus Örneği</t>
+          <t>Belgelerle Protestan Misyonerlerin Konya'da Açtıkları Kurumlar ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786054639878</t>
+          <t>9786059706025</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Son Müderris Musa Kazım Efendi</t>
+          <t>Türk Sanayi Toplumu</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786059108164</t>
+          <t>9786059108935</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bağlamında Japon Masalları</t>
+          <t>Gecekondu ve İnsan</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786059108294</t>
+          <t>9786059108881</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Söylemi ve Çözümleme Yöntemi</t>
+          <t>Ötüken'de Elli Beş Gün</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786059108010</t>
+          <t>9786059108775</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak : Türkiye'de Sosyo-Kültürel Antropoloji ve Disiplinlerarası Yaklaşımlar</t>
+          <t>İslam ve Avrupa - 21. Yüzyıl Avrupası'nda İslam Algısı</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786054639540</t>
+          <t>9786059108492</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Güzelyurt İlçesi'nin (Aksaray) Beşeri ve Ekonomik Coğrafyası</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C1375" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786055022945</t>
+          <t>9786059108812</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Dilmesti-i Mevlana ve Gazali'de Ma'rifetullah, Ruba'iyyat-ı Gazali, Orfi'de Şi'r ve İrfan</t>
+          <t>Birleşmiş Milletler Binyıl Kalkınma Hedefleri - 2015 Türkiye</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786055022952</t>
+          <t>9786059108485</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Edebiyat ve Şa'ir Celis</t>
+          <t>Romanlar ve Sosyal Dışlanma</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786055022969</t>
+          <t>9786059108515</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Gayetü'l-Beyan Fi Hakikati'l-İnsan Yahud 'İlm-i Ahval-i Ruh</t>
+          <t>Şiir Dilinde Renk Anlatımları</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786055022976</t>
+          <t>9786059108669</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Felsefe</t>
+          <t>Hasret ve Azap</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786055022679</t>
+          <t>9786059108768</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Üstadın Duası: Türkistan Ereni Halife Kızılayak</t>
+          <t>Bozahmetli Yörük Aşireti</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786055022501</t>
+          <t>9786059108720</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesinde Edatlar</t>
+          <t>Belviran Kazası - Tarihçesi ve Sosyokültürel Yapısı</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786055022846</t>
+          <t>9786059108959</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Gücü</t>
+          <t>Gelişim ve Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786055022860</t>
+          <t>9786059108744</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Mektuplar</t>
+          <t>Beş Harfliler</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786055022327</t>
+          <t>9786059108713</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İsmet Kür</t>
+          <t>Metafiziğin Trajik Şairi Necip Fazıl</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786055022457</t>
+          <t>9786059108676</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Hüseyin Nasr'a Göre Gelenek ve Modernlik</t>
+          <t>Bir Batı Masalı Shakespeare</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786055022495</t>
+          <t>9786059108928</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Japon Mizahı</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786055022792</t>
+          <t>9786059108751</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yezidiler Bibliyografyası</t>
+          <t>Bir Yörük Çocuğunun Hatıraları</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786055022884</t>
+          <t>9786059108607</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Kentin Yeni Misafirleri Suriyeliler</t>
+          <t>Özne 22. Kitap - Nermi Uygur</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786055022310</t>
+          <t>9786059108966</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuka Giriş 1</t>
+          <t>Boşnakça'da Türkçe'den Geçen Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>280</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786059706261</t>
+          <t>9786059108683</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Kafkamakine</t>
+          <t>Seydişehirli Hacı Abdullah Efendi (1807-1903)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786059706308</t>
+          <t>9786059108645</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Edebiyata Kendini Nasıl Eklemler?</t>
+          <t>Tanrım Konuşmalıyız; Lütfen, Mümkünse Hemen!</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786059706292</t>
+          <t>9786059108690</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Alman Edebiyatında Dışkı Kültü</t>
+          <t>Ziya Gökalp ve Sosyolojik Düşünce Sistemi</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786059706391</t>
+          <t>9786059108638</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Türk Köy Sosyolojisi ve Sorunlarımız</t>
+          <t>Çocukluk Mekanlarımız</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786055999520</t>
+          <t>9786059108577</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Fünun ve Felsefe ve Felsefe Sanihaları</t>
+          <t>Türk İktisat Politikalarının Tarihi Temelleri</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786054639571</t>
+          <t>9786059108324</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Metinlerarasılık</t>
+          <t>Örgütsel Etkinlik için Ergonomi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786055022822</t>
+          <t>9786059108539</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yönetime Çağdaş Yaklaşımlar</t>
+          <t>Türk Toplumunda Zazalar ve Kürtler</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>185</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786055022839</t>
+          <t>9786059108546</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>1+1 Stüdyo Yaşamlar</t>
+          <t>Yerel Yönetimlerde Katılım ve Kültür</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786059108065</t>
+          <t>9786059108478</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Türkiye ve İran'ın İşbirliği İmkanları</t>
+          <t>Edebiyat Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786055022815</t>
+          <t>9786059108461</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kültür - Değişme ve Toplumsal Çözülme</t>
+          <t>Mayın ve Kaçakçı</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786055022754</t>
+          <t>9786059108560</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Rus Felsefesi Tarihi</t>
+          <t>Kemalist Sistem ve Sosyo-Kültürel Yapısı</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786055022808</t>
+          <t>9786059108393</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Tarih Öğretimi</t>
+          <t>Memluklarda Ticaret</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786059706254</t>
+          <t>9786059108430</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>İçsel Büyüme Teorileri</t>
+          <t>Ve Ejderha Şehre Taşınır</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786055022778</t>
+          <t>9786059108416</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Lawrence Durrell'ın Eserleri, Kişiliği ve Türkler</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786055999643</t>
+          <t>9786055022921</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak Bölgesi Arkeoloji Eskiçağ Tarihi ve Coğrafya Araştırmaları</t>
+          <t>Faik Sabri'den Günümüze Coğrafi Yansımalar</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>3990000015997</t>
+          <t>9786059108447</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Odaklı Yerel Yönetim</t>
+          <t>Konya'da Müdafaa-i Hukuk Cemiyeti ve Mümtaz Bahri Koru</t>
         </is>
       </c>
       <c r="C1405" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786054451494</t>
+          <t>9786059108256</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Bilim Bağlamında Doğa-Kur’an Eşdeğerliliği</t>
+          <t>Feminizm Alem-i Nisvan</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786054639533</t>
+          <t>9786059108270</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim</t>
+          <t>İslam Feylesofu İbn Rüşd</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786054639441</t>
+          <t>9786059108287</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim</t>
+          <t>Alzire</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789758867240</t>
+          <t>9786059108263</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Toplum Birey ve Kimlik Modernite ve Gelenek</t>
+          <t>İnsanın Menşe'i Nesl-i Beşer</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786054451265</t>
+          <t>9786059108355</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler</t>
+          <t>Yerel Yönetimlerde Yerel Kamu Politikası Yaklaşımları</t>
         </is>
       </c>
       <c r="C1410" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786054451722</t>
+          <t>9786059108386</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Yenibahçeli Şükrü Bey’in Hatıraları</t>
+          <t>Elmas</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786055999315</t>
+          <t>9786059108348</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Türler</t>
+          <t>Alman Romantizmi ve Dehanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786054451272</t>
+          <t>9786059108331</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Yazın Eğitimi ile Dil Eğitimi</t>
+          <t>Ermeni Kilise Merkezi Ecmiatzin</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789758677474</t>
+          <t>9786059108423</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Yenilik Bağlamında Girişimcilik ve Kobiler</t>
+          <t>Vesaik-i Bektaşiyan</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786054639212</t>
+          <t>9786059108454</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Dildeki Gerçeği</t>
+          <t>Yoksulluk ve Dayanışma Ağları</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786055999544</t>
+          <t>9786059108218</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Leibniz</t>
+          <t>Ayran Çiğnemez</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786054639724</t>
+          <t>9786059108300</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Sosyal Yatırım Devleti</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786054451098</t>
+          <t>9786059108249</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Türk Diasporası'nın Avrupa Siyasal Sistemine Katılımı</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789758867653</t>
+          <t>9786059108126</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Vakti Geldi</t>
+          <t>Osmanlı'dan Günümüze Türk Toplum Yapısı</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>120</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786054451050</t>
+          <t>9786059108171</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Vak’anüvis Mehmed Emin Edib Divanı</t>
+          <t>Günümüzde Aydınlıktakiler Karanlıktakiler</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>265</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786054451470</t>
+          <t>9786059108034</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Kent Ekonomisi</t>
+          <t>Lugatçe-i Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>185</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786051961231</t>
+          <t>9786059108072</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Usul Hakkında Nutuk</t>
+          <t>Kamu Kurumları ve Kalkınma Ajanslarında İç Kontrol Sistemi ve Akreditasyon</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786054451937</t>
+          <t>9786059108089</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Urum Türkçesi</t>
+          <t>Sosyal Medya Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786054639137</t>
+          <t>9786059108096</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Devlet</t>
+          <t>19.Yüzyıl Ortalarında Kayseri Vakıflarının Arazi Gelirleri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786055999391</t>
+          <t>9786059108058</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Sıhhi-i İctimai Coğrafyası Konya Vilayeti</t>
+          <t>Özne 21. Kitap - Felsefi Bir Sorun Olarak İnanma</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>140</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786054639458</t>
+          <t>9786059108188</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Etnik Yapısı</t>
+          <t>Hastalarla İletişim</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786055999506</t>
+          <t>9786054451913</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Borçlarının Gelişimi ve Sürdürülebilirliği</t>
+          <t>Gilles Deleuze’nün Fark Felsefesi</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786054639649</t>
+          <t>9786051960272</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - AB Müzakere Süreci</t>
+          <t>Siyah Öfke</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789758156962</t>
+          <t>9786055999063</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dil Bilgisi ve Kompozisyon Bilgileri</t>
+          <t>Seçme Kısa Öyküler ve Karşılaştırmalı Öykü Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>420</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786054639632</t>
+          <t>9786054639748</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulus - Devlet Kimliği</t>
+          <t>Schopenhauer’in Hikmet-i Cedidesi</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786054451562</t>
+          <t>9789758867196</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadını</t>
+          <t>Sayfa Düzeni Kuramsal Temeller ve Uygulama İlkeleriyle</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786055999209</t>
+          <t>9786055999698</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Nazım ve Nesir</t>
+          <t>Sarah Kane’in Postdramatik Tiyatrosunda Şiddet</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786054451944</t>
+          <t>9786059427982</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Cumhurbaşkanlığı</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786055999667</t>
+          <t>9786059108225</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Türk Aleviliği Araştırmaları</t>
+          <t>Immanuel Wallerstein Perspektifinde Arap Baharı Tunus Örneği</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>205</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786054639397</t>
+          <t>9786054639878</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Tuğ, Nevbet, Mehter Türklerde Askeri Müzik Geleneği</t>
+          <t>Son Müderris Musa Kazım Efendi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789758867547</t>
+          <t>9786059108164</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Toprak ve Gelenek</t>
+          <t>Kültür Bağlamında Japon Masalları</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786054451623</t>
+          <t>9786059108294</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Toplumsallaşma Sözlüğü</t>
+          <t>Şiirin Söylemi ve Çözümleme Yöntemi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789758867844</t>
+          <t>9786059108010</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Teracim-i Ahval-i Felasife (Filozofların Biyografileri)</t>
+          <t>Sınırları Aşmak : Türkiye'de Sosyo-Kültürel Antropoloji ve Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786055999469</t>
+          <t>9786054639540</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Teori ve İlişkileri ile Global Ekonomik Kriz</t>
+          <t>Güzelyurt İlçesi'nin (Aksaray) Beşeri ve Ekonomik Coğrafyası</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786054451371</t>
+          <t>9786055022945</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Tenha Şiirler</t>
+          <t>Dilmesti-i Mevlana ve Gazali'de Ma'rifetullah, Ruba'iyyat-ı Gazali, Orfi'de Şi'r ve İrfan</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786054451432</t>
+          <t>9786055022952</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Televizyonla Yetişmek</t>
+          <t>Felsefe-i Edebiyat ve Şa'ir Celis</t>
         </is>
       </c>
       <c r="C1441" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786055999513</t>
+          <t>9786055022969</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Tedkik-i Ecsam</t>
+          <t>Gayetü'l-Beyan Fi Hakikati'l-İnsan Yahud 'İlm-i Ahval-i Ruh</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789758867554</t>
+          <t>9786055022976</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Taşra ve Gezgin</t>
+          <t>Muhtasar Felsefe</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786054451364</t>
+          <t>9786055022679</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Başladığı Yer Gülağaç</t>
+          <t>Üstadın Duası: Türkistan Ereni Halife Kızılayak</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786054451081</t>
+          <t>9786055022501</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Tekvin Yahud Hilkat</t>
+          <t>Çağatay Türkçesinde Edatlar</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>3990000013882</t>
+          <t>9786055022846</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Şehirleşme ve Din</t>
+          <t>Sosyal Medyanın Gücü</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786054451180</t>
+          <t>9786055022860</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Günümüze Eğitim</t>
+          <t>Dostoyevski Mektuplar</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786054451807</t>
+          <t>9786055022327</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de Liberalleşme Hareketleri ve Sivil Toplum Örgütleri</t>
+          <t>İsmet Kür</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789758867039</t>
+          <t>9786055022457</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Spor Yaralanmalarından Korunma ve Rehabilitasyon İlkeleri</t>
+          <t>Seyyid Hüseyin Nasr'a Göre Gelenek ve Modernlik</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786054639663</t>
+          <t>9786055022495</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Sözümün Canı Var</t>
+          <t>Geleneksel Japon Mizahı</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786055999964</t>
+          <t>9786055022792</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zaman ve Din</t>
+          <t>Türkiye Yezidiler Bibliyografyası</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786055999421</t>
+          <t>9786055022884</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye Yönetimi</t>
+          <t>Kentin Yeni Misafirleri Suriyeliler</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786054451708</t>
+          <t>9786055022310</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güven</t>
+          <t>Uluslararası Hukuka Giriş 1</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786054639229</t>
+          <t>9786059706261</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
+          <t>Kafkamakine</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786054451067</t>
+          <t>9786059706308</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Siyaset-Yönetim Ekseninde Yurttaşsız Demokrasi</t>
+          <t>Felsefe Edebiyata Kendini Nasıl Eklemler?</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786054639465</t>
+          <t>9786059706292</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Siyasallığın Toplumsal İnşası</t>
+          <t>Alman Edebiyatında Dışkı Kültü</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789758156498</t>
+          <t>9786059706391</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılma ve Yerel Demokrasi</t>
+          <t>Türk Köy Sosyolojisi ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786054451500</t>
+          <t>9786055999520</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılımın Sosyolojik Analizi</t>
+          <t>Fünun ve Felsefe ve Felsefe Sanihaları</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786055999308</t>
+          <t>9786054639571</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Sille</t>
+          <t>Folklor ve Metinlerarasılık</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786054451838</t>
+          <t>9786055022822</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Silahşorname</t>
+          <t>Yönetime Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786054451609</t>
+          <t>9786055022839</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Sınav Sınav Dediğin...</t>
+          <t>1+1 Stüdyo Yaşamlar</t>
         </is>
       </c>
       <c r="C1461" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786054639786</t>
+          <t>9786059108065</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Seydişehir</t>
+          <t>Ortadoğu'da Türkiye ve İran'ın İşbirliği İmkanları</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786051963266</t>
+          <t>9786055022815</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Anne ve Babacığım Lütfen Bu Kitabı Okur Musunuz!..</t>
+          <t>Kültür - Değişme ve Toplumsal Çözülme</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786055999087</t>
+          <t>9786055022754</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Seni Beklerken</t>
+          <t>Rus Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789758867936</t>
+          <t>9786055022808</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Evlilik</t>
+          <t>Sosyal Bilimler ve Tarih Öğretimi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786054639403</t>
+          <t>9786059706254</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Seçmen Siyasal Kampanyadan Ne Bekler</t>
+          <t>İçsel Büyüme Teorileri</t>
         </is>
       </c>
       <c r="C1466" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786054451678</t>
+          <t>9786055022778</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Seçme Oyunlar</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789758867066</t>
+          <t>9786055999643</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Eğitim Sağlıklı Toplum</t>
+          <t>Zonguldak Bölgesi Arkeoloji Eskiçağ Tarihi ve Coğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786055999452</t>
+          <t>3990000015997</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında İstanbul</t>
+          <t>Yurttaş Odaklı Yerel Yönetim</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786054451296</t>
+          <t>9786054451494</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Sermaye Yatırımları</t>
+          <t>Yöntem Bilim Bağlamında Doğa-Kur’an Eşdeğerliliği</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786055999926</t>
+          <t>9786054639533</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır ve Çevresinin Müslümanlaşma Süreci</t>
+          <t>Yönetişim</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789758867714</t>
+          <t>9786054639441</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri</t>
+          <t>Yönetişim</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786054639113</t>
+          <t>9789758867240</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Dindarların Para ile İmtihanı</t>
+          <t>Yorgun Toplum Birey ve Kimlik Modernite ve Gelenek</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786055999896</t>
+          <t>9786054451265</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Din Süreçlerinde Gerileme</t>
+          <t>Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789758867288</t>
+          <t>9786054451722</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Poliarşi ve Demarşi</t>
+          <t>Yenibahçeli Şükrü Bey’in Hatıraları</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786055999605</t>
+          <t>9786055999315</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Arayışında Kent</t>
+          <t>Yazınsal Türler</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789758867837</t>
+          <t>9786054451272</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Çokuluslu Şirketler Global Sermaye ve Global Yatırımlar</t>
+          <t>Yazın Eğitimi ile Dil Eğitimi</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786054639557</t>
+          <t>9789758677474</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Vatandaşlık</t>
+          <t>Yaratıcılık ve Yenilik Bağlamında Girişimcilik ve Kobiler</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9736054451753</t>
+          <t>9786054639212</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Çok Partili Dönemin Başlarında CHP’nin Laiklik Politikası</t>
+          <t>Yalanın Dildeki Gerçeği</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786054639267</t>
+          <t>9786055999544</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Çatışma</t>
+          <t>Wilhelm Leibniz</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789758156528</t>
+          <t>9786054639724</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Şiirinde Tarihi Şahsiyetler ve Eserler</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786054451487</t>
+          <t>9786054451098</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Sonrası Konya’daki Milli Şirketler ve Bankaların Faaliyetleri</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786054451463</t>
+          <t>9789758867653</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Teknoparklar</t>
+          <t>Vakti Geldi</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786055999261</t>
+          <t>9786054451050</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Bozkır’da Ayışığı</t>
+          <t>Vak’anüvis Mehmed Emin Edib Divanı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786055999155</t>
+          <t>9786054451470</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Armutlu</t>
+          <t>Üniversiteler ve Kent Ekonomisi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>480</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786054451715</t>
+          <t>9786051961231</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Bosna - Hersek Devleti (1991 - 2011)</t>
+          <t>Usul Hakkında Nutuk</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786054639304</t>
+          <t>9786054451937</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Bohçadaki Kanaviçe</t>
+          <t>Urum Türkçesi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789758156504</t>
+          <t>9786054639137</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Hitit Devletinin Siyasi Antlaşma Metinleri Boğazköy ve Ugarit Çivi Yazılı Belgelerine Göre</t>
+          <t>Uluslararası İlişkilerde Devlet</t>
         </is>
       </c>
       <c r="C1488" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789758156689</t>
+          <t>9786055999391</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Bir Söyleşidir Yaşamak</t>
+          <t>Türkiye’nin Sıhhi-i İctimai Coğrafyası Konya Vilayeti</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786054639311</t>
+          <t>9786054639458</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Dilbilim Açısından Duyguların Dili</t>
+          <t>Türkiye’nin Etnik Yapısı</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786054639762</t>
+          <t>9786055999506</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Değer Siyaset - Siyaset Akademileri</t>
+          <t>Türkiye’de Kamu Borçlarının Gelişimi ve Sürdürülebilirliği</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789758867929</t>
+          <t>9786054639649</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Beyşehir ve Civarı Heykeltraşlık Eserleri</t>
+          <t>Türkiye - AB Müzakere Süreci</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786054639021</t>
+          <t>9789758156962</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Türkçe Dil Bilgisi ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786054639694</t>
+          <t>9786054639632</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Belirsizliğe Tutum Almak</t>
+          <t>Türk Ulus - Devlet Kimliği</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786055999797</t>
+          <t>9786054451562</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Banaz İlçesinin Coğrafyası</t>
+          <t>Türk Kadını</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786054451012</t>
+          <t>9786055999209</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Balkan Muhacirlerinin Konya Vilayetine İskanı</t>
+          <t>Türk Edebiyatında Nazım ve Nesir</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786055999933</t>
+          <t>9786054451944</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Türk İmajı</t>
+          <t>Türk Anayasa Hukukunda Cumhurbaşkanlığı</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786054451777</t>
+          <t>9786055999667</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam ve Müslümanlar</t>
+          <t>Türk Aleviliği Araştırmaları</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786054639489</t>
+          <t>9786054639397</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam</t>
+          <t>Tuğ, Nevbet, Mehter Türklerde Askeri Müzik Geleneği</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786054451289</t>
+          <t>9789758867547</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağda Karaman (Laranda) ve Yakın Çevresi</t>
+          <t>Toprak ve Gelenek</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786054639380</t>
+          <t>9786054451623</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Antalya’nın Kara Günleri</t>
+          <t>Toplumsallaşma Sözlüğü</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786055999223</t>
+          <t>9789758867844</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar Hayat Tek Gösterimlik Bir Oyundur</t>
+          <t>Teracim-i Ahval-i Felasife (Filozofların Biyografileri)</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786054451654</t>
+          <t>9786055999469</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Galatlar ve Galatya Tarihi</t>
+          <t>Teori ve İlişkileri ile Global Ekonomik Kriz</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786055999186</t>
+          <t>9786054451371</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Amisus</t>
+          <t>Tenha Şiirler</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786055999810</t>
+          <t>9786054451432</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Amasya Şehri</t>
+          <t>Televizyonla Yetişmek</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789758156788</t>
+          <t>9786055999513</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Alain Robbe-Grillet ve Yeni Roman</t>
+          <t>Tedkik-i Ecsam</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786055999995</t>
+          <t>9789758867554</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Afganistanlı Türkmen Şairleri Antolojisi</t>
+          <t>Taşra ve Gezgin</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>3990000025957</t>
+          <t>9786054451364</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı Yazarlarından Uwe Timm ve Toplumsal Eleştiri</t>
+          <t>Tarihin Başladığı Yer Gülağaç</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>168</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789758867134</t>
+          <t>9786054451081</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>2000’li Yıllarda Strateji ve Planlama</t>
+          <t>Tarih-i Tekvin Yahud Hilkat</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786051962177</t>
+          <t>3990000013882</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Amerikan Coğrafyasının Gelişimi</t>
+          <t>Şehirleşme ve Din</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786054451005</t>
+          <t>9786054451180</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Başlarında Türkiye’de Yükseköğretim</t>
+          <t>Sümerlerden Günümüze Eğitim</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786054639977</t>
+          <t>9786054451807</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>İktisat Teorisinin Sorunları ve Türkiye'nin Kriz Dönemleri Üzerine Uygulamalı Bir Yaklaşım</t>
+          <t>Suriye’de Liberalleşme Hareketleri ve Sivil Toplum Örgütleri</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786059706278</t>
+          <t>9789758867039</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kriz ve Yenilik</t>
+          <t>Spor Yaralanmalarından Korunma ve Rehabilitasyon İlkeleri</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786055022648</t>
+          <t>9786054639663</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Öteki Adı: Handut</t>
+          <t>Sözümün Canı Var</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786055022594</t>
+          <t>9786055999964</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Taşra Hukuk Mektepler</t>
+          <t>Sosyal Zaman ve Din</t>
         </is>
       </c>
       <c r="C1515" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786055022525</t>
+          <t>9786055999421</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Konya Doğa Eğitimi</t>
+          <t>Sosyal Sermaye Yönetimi</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786055022617</t>
+          <t>9786054451708</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Eşkıyalıktan Ayanlığa: Kırcaalili Emin Ağa</t>
+          <t>Sosyal Güven</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786055022440</t>
+          <t>9786054639229</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Sistem Açısından Kur'an'da Kalp</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786055022464</t>
+          <t>9786054451067</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Konya Darülkurraları</t>
+          <t>Siyaset-Yönetim Ekseninde Yurttaşsız Demokrasi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786055022204</t>
+          <t>9786054639465</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Bergson ve Felsefesi</t>
+          <t>Siyasallığın Toplumsal İnşası</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786055022549</t>
+          <t>9789758156498</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Şia</t>
+          <t>Siyasal Katılma ve Yerel Demokrasi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786055022563</t>
+          <t>9786054451500</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Nefreti Edebiyat Yazıları</t>
+          <t>Siyasal Katılımın Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786055022600</t>
+          <t>9786055999308</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Demokratikleşmesi</t>
+          <t>Sille</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>340</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786055022532</t>
+          <t>9786054451838</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Sistem Bağlamında Kalp Eğitimi</t>
+          <t>Silahşorname</t>
         </is>
       </c>
       <c r="C1524" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786054451227</t>
+          <t>9786054451609</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Farsça İlişkileri</t>
+          <t>Sınav Sınav Dediğin...</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786055022570</t>
+          <t>9786054639786</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyaya Seyahat Suriye- Ürdün- Mısır</t>
+          <t>Seydişehir</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786055022372</t>
+          <t>9786051963266</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
+          <t>Sevgili Anne ve Babacığım Lütfen Bu Kitabı Okur Musunuz!..</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786055022631</t>
+          <t>9786055999087</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Lafcadio Hearn'den Japon Halk Hikayeleri</t>
+          <t>Seni Beklerken</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786055022693</t>
+          <t>9789758867936</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ahval-i Ruh ve Usul-i Tefekkür</t>
+          <t>Sen Neymişsin Evlilik</t>
         </is>
       </c>
       <c r="C1529" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786055999636</t>
+          <t>9786054639403</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağda Zonguldak Bölgesi ve Çevresi</t>
+          <t>Seçmen Siyasal Kampanyadan Ne Bekler</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786055022624</t>
+          <t>9786054451678</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Fudoki - Antik Çağ Japon Söylenceleri</t>
+          <t>Seçme Oyunlar</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786055022655</t>
+          <t>9789758867066</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür Modernleşme ve İslam</t>
+          <t>Sağlıklı Eğitim Sağlıklı Toplum</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>550</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786055022686</t>
+          <t>9786055999452</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Red ve İsbat</t>
+          <t>Rus Edebiyatında İstanbul</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786055022709</t>
+          <t>9786054451296</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Saçaklızade ve Osmanlı Dönemi Maraşlı Alimler</t>
+          <t>Doğrudan Yabancı Sermaye Yatırımları</t>
         </is>
       </c>
       <c r="C1534" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786055022747</t>
+          <t>9786055999926</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Yazın, Sinema ve Aşkın Kavşağında Marguerite Duras</t>
+          <t>Diyarbakır ve Çevresinin Müslümanlaşma Süreci</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786055022938</t>
+          <t>9789758867714</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Melek İmgesi</t>
+          <t>Divan Şiiri</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>780</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786059108157</t>
+          <t>9786054639113</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öyküde Yöntem</t>
+          <t>Dindarların Para ile İmtihanı</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786059706230</t>
+          <t>9786055999896</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Okumak ve Eleştirmek</t>
+          <t>Din Süreçlerinde Gerileme</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786059706223</t>
+          <t>9789758867288</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Çevrebilim (Ekoloji) Sözlüğü</t>
+          <t>Demokrasi Poliarşi ve Demarşi</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786059706209</t>
+          <t>9786055999605</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sosyolojisi ve Sorunları</t>
+          <t>Demokrasi Arayışında Kent</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786055022105</t>
+          <t>9789758867837</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>İnanç Turizmi</t>
+          <t>Çokuluslu Şirketler Global Sermaye ve Global Yatırımlar</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786055022914</t>
+          <t>9786054639557</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Kadın ve Savaş</t>
+          <t>Çokkültürlü Vatandaşlık</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789758156344</t>
+          <t>9736054451753</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bilimi ve Hayali Kimlikler</t>
+          <t>Çok Partili Dönemin Başlarında CHP’nin Laiklik Politikası</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786054451784</t>
+          <t>9786054639267</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Dini Hayat</t>
+          <t>Çatışma</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786054451333</t>
+          <t>9789758156528</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Hasır İzi</t>
+          <t>Çağdaş Türk Şiirinde Tarihi Şahsiyetler ve Eserler</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786055999759</t>
+          <t>9786054451487</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Halifelik Tarihine Giriş</t>
+          <t>Cumhuriyet Sonrası Konya’daki Milli Şirketler ve Bankaların Faaliyetleri</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786059108195</t>
+          <t>9786054451463</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi'nde Sakramentler</t>
+          <t>Bölgesel Kalkınmada Teknoparklar</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786059108119</t>
+          <t>9786055999261</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Festschrift für Prof. Dr. Yılmaz Özbek Armağan Kitabı</t>
+          <t>Bozkır’da Ayışığı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786059108102</t>
+          <t>9786055999155</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın O Kadim Unsurları</t>
+          <t>Bozkır Armutlu</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786059706322</t>
+          <t>9786054451715</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Topçu Mülazım-ı Evvel Mustafa Hulusi Efendi'nin İstiklal Harbi Hatıraları</t>
+          <t>Bosna - Hersek Devleti (1991 - 2011)</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786059706247</t>
+          <t>9786054639304</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Toplumsal Şiddet ve Türkiye Gerçeği</t>
+          <t>Bohçadaki Kanaviçe</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>640</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786059706315</t>
+          <t>9789758156504</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaşi Veli</t>
+          <t>Hitit Devletinin Siyasi Antlaşma Metinleri Boğazköy ve Ugarit Çivi Yazılı Belgelerine Göre</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786055022662</t>
+          <t>9789758156689</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Notları</t>
+          <t>Bir Söyleşidir Yaşamak</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>172</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786051962382</t>
+          <t>9786054639311</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Özne 16. Kitap - Heidegger</t>
+          <t>Bilişsel Dilbilim Açısından Duyguların Dili</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789758156993</t>
+          <t>9786054639762</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Bildirgeleri</t>
+          <t>Bilgi Değer Siyaset - Siyaset Akademileri</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789758156849</t>
+          <t>9789758867929</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Yerel ve Kentsel Politikalar</t>
+          <t>Beyşehir ve Civarı Heykeltraşlık Eserleri</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786054639816</t>
+          <t>9786054639021</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Vilayetinde Ermeniler ve Ermeni Olayları (1878-1920)</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786054639847</t>
+          <t>9786054639694</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Babek Bir Direnişci</t>
+          <t>Belirsizliğe Tutum Almak</t>
         </is>
       </c>
       <c r="C1558" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786054639939</t>
+          <t>9786055999797</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Yönetime Yeni Bakışlar</t>
+          <t>Banaz İlçesinin Coğrafyası</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786054639885</t>
+          <t>9786054451012</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Tuna Boyunda bir Osmanlı Kenti Vidin</t>
+          <t>Balkan Muhacirlerinin Konya Vilayetine İskanı</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786054639946</t>
+          <t>9786055999933</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Die Deutschsprachige Kurzgeschichte Als Kommunikative Textsorte</t>
+          <t>Avrupa’da Türk İmajı</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786055022433</t>
+          <t>9786054451777</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme</t>
+          <t>Avrupa’da İslam ve Müslümanlar</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786055022402</t>
+          <t>9786054639489</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetin Toplumsal Rol'deki Yeri</t>
+          <t>Avrupa’da İslam</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786055022419</t>
+          <t>9786054451289</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya Açısından Çin</t>
+          <t>Antik Çağda Karaman (Laranda) ve Yakın Çevresi</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786055022471</t>
+          <t>9786054639380</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Macera Turizmi Pazarlaması</t>
+          <t>Antalya’nın Kara Günleri</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786055022426</t>
+          <t>9786055999223</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji Sözlüğü</t>
+          <t>Anne Babalar Hayat Tek Gösterimlik Bir Oyundur</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786055022396</t>
+          <t>9786054451654</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Yaban Gülü</t>
+          <t>Anadolu’da Galatlar ve Galatya Tarihi</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>165</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786055022365</t>
+          <t>9786055999186</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Almanların Konya ve Çevresindeki Faaliyetleri</t>
+          <t>Amisus</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786055022235</t>
+          <t>9786055999810</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Reybilik, Bedbinlik, La- İlahilik Nedir?</t>
+          <t>Amasya Şehri</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786055022174</t>
+          <t>9789758156788</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Sağ Omuz Meleğimin Omzundaki Sağ Omuz Meleği</t>
+          <t>Alain Robbe-Grillet ve Yeni Roman</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786059108591</t>
+          <t>9786055999995</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Araştırmaları</t>
+          <t>Afganistanlı Türkmen Şairleri Antolojisi</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>680</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786055999858</t>
+          <t>3990000025957</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Mithat’tan Naci’ye Naci’den Mithat’a Muhaberat ve Muhaverat</t>
+          <t>68 Kuşağı Yazarlarından Uwe Timm ve Toplumsal Eleştiri</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786055022167</t>
+          <t>9789758867134</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Ve Asma Yaprakları Gibi Titreyen El</t>
+          <t>2000’li Yıllarda Strateji ve Planlama</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786055022334</t>
+          <t>9786051962177</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Bencillik Ne Güzel Şey</t>
+          <t>20. Yüzyılda Amerikan Coğrafyasının Gelişimi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786055022303</t>
+          <t>9786054451005</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Koyver Gitsin (Ciltli)</t>
+          <t>20. Yüzyıl Başlarında Türkiye’de Yükseköğretim</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786055022136</t>
+          <t>9786054639977</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım 73 Adımda Şırnak'ta Yatırım</t>
+          <t>İktisat Teorisinin Sorunları ve Türkiye'nin Kriz Dönemleri Üzerine Uygulamalı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786055022228</t>
+          <t>9786059706278</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Felsefe Istılahatı Mecmu'ası</t>
+          <t>İktisat Kriz ve Yenilik</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786055022358</t>
+          <t>9786055022648</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Karaman Tarihi (18.Yüzyıl)</t>
+          <t>Özgürlüğün Öteki Adı: Handut</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786055022211</t>
+          <t>9786055022594</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l-Ala El-Ma'arri</t>
+          <t>Osmanlı Devletinin Taşra Hukuk Mektepler</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786055022242</t>
+          <t>9786055022525</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Mevt</t>
+          <t>Konya Doğa Eğitimi</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786055022297</t>
+          <t>9786055022617</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Psikanalitik Yöntem Işığında Iris Murdoch'un Romanları</t>
+          <t>Eşkıyalıktan Ayanlığa: Kırcaalili Emin Ağa</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>440</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786055022006</t>
+          <t>9786055022440</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>El Aşı El Kuşu</t>
+          <t>Sistem Açısından Kur'an'da Kalp</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786055022020</t>
+          <t>9786055022464</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Metafor Yazıları</t>
+          <t>Konya Darülkurraları</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786055022112</t>
+          <t>9786055022204</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Tarihi</t>
+          <t>Bergson ve Felsefesi</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786055022082</t>
+          <t>9786055022549</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Alevilik</t>
+          <t>Osmanlı Devleti'nde Şia</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786055022280</t>
+          <t>9786055022563</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Toplum Yapısı ve Sorunlarımız</t>
+          <t>Edebiyat Nefreti Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>640</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786055022099</t>
+          <t>9786055022600</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Batı'da Devlet ve Çocuk</t>
+          <t>Türkiyenin Demokratikleşmesi</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786055022037</t>
+          <t>9786055022532</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Marşlar ve Kimlikler</t>
+          <t>Sistem Bağlamında Kalp Eğitimi</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>168</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786055022266</t>
+          <t>9786054451227</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Aile Sosyolojisi</t>
+          <t>Türkçe Farsça İlişkileri</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786055022051</t>
+          <t>9786055022570</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları -1</t>
+          <t>Eski Dünyaya Seyahat Suriye- Ürdün- Mısır</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786054639984</t>
+          <t>9786055022372</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Kore Savaşın'nda Türk Zayiatı 1950-1953</t>
+          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786054639991</t>
+          <t>9786055022631</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Pratik Açıdan Medya Ekonomisine Bakış</t>
+          <t>Lafcadio Hearn'den Japon Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786054639915</t>
+          <t>9786055022693</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Toplumunda Doğu-Güneydoğu ve Kabile- Aşiret Yapısı</t>
+          <t>İlm-i Ahval-i Ruh ve Usul-i Tefekkür</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786055022273</t>
+          <t>9786055999636</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aleviler</t>
+          <t>Eskiçağda Zonguldak Bölgesi ve Çevresi</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786054639373</t>
+          <t>9786055022624</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Kuşatan Şehirler</t>
+          <t>Fudoki - Antik Çağ Japon Söylenceleri</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786055999841</t>
+          <t>9786055022655</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kapıları</t>
+          <t>Milli Kültür Modernleşme ve İslam</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786055999834</t>
+          <t>9786055022686</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Romana Doğru</t>
+          <t>Red ve İsbat</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786054639953</t>
+          <t>9786055022709</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Reklam Fotoğrafçılığı</t>
+          <t>Saçaklızade ve Osmanlı Dönemi Maraşlı Alimler</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9799758156541</t>
+          <t>9786055022747</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik</t>
+          <t>Yazın, Sinema ve Aşkın Kavşağında Marguerite Duras</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786054639595</t>
+          <t>9786055022938</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Alımlama Estetiği</t>
+          <t>Melek İmgesi</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>145</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789758156801</t>
+          <t>9786059108157</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Canik Sancağı’nda Pontosçu Faaliyetler (1918-1922)</t>
+          <t>Kısa Öyküde Yöntem</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789758867318</t>
+          <t>9786059706230</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti ve Oryantalist Söylem</t>
+          <t>Yazmak Okumak ve Eleştirmek</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789758867004</t>
+          <t>9786059706223</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Özgür Sözler</t>
+          <t>Çevrebilim (Ekoloji) Sözlüğü</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786054639717</t>
+          <t>9786059706209</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Özerk Dil Dizgesinden Lacan’ın Simgesel Düzenine</t>
+          <t>Çağdaş Türk Sosyolojisi ve Sorunları</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786054451203</t>
+          <t>9786055022105</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Özel Hastanelerin Hekim İstihdam Stratejileri ve Uygulamaları</t>
+          <t>İnanç Turizmi</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789758867639</t>
+          <t>9786055022914</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi El Kitabı</t>
+          <t>Türk Tarihinde Kadın ve Savaş</t>
         </is>
       </c>
       <c r="C1606" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9799758156367</t>
+          <t>9789758156344</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Yüzyılı</t>
+          <t>Hayalet Bilimi ve Hayali Kimlikler</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786054639427</t>
+          <t>9786054451784</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e 10 Temmuz Hürriyet Bayramı</t>
+          <t>Hastanede Dini Hayat</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786055999902</t>
+          <t>9786054451333</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Kıreli Kazası</t>
+          <t>Hasır İzi</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789758867332</t>
+          <t>9786055999759</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolunun Güney Kesimi Arkeolojik ve Filolojik Belgeler Işığında M.Ö. 2. Binde</t>
+          <t>Halifelik Tarihine Giriş</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786054451210</t>
+          <t>9786059108195</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Ermeni Kilisesi'nde Sakramentler</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786054639670</t>
+          <t>9786059108119</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Online Alevi Topluluklar</t>
+          <t>Festschrift für Prof. Dr. Yılmaz Özbek Armağan Kitabı</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786055999339</t>
+          <t>9786059108102</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Niksar Şehir Coğrafyası</t>
+          <t>Kurmacanın O Kadim Unsurları</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786054639731</t>
+          <t>9786059706322</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Hayatı ve Felsefesi</t>
+          <t>Topçu Mülazım-ı Evvel Mustafa Hulusi Efendi'nin İstiklal Harbi Hatıraları</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789758156870</t>
+          <t>9786059706247</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Modernite’den Postmodernite’ye Değişim</t>
+          <t>Günümüzde Toplumsal Şiddet ve Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>420</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786054639144</t>
+          <t>9786059706315</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yıllarında Bir Yasak Denemesi</t>
+          <t>Hacı Bektaşi Veli</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786054451661</t>
+          <t>9786055022662</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Metin ve İletişim</t>
+          <t>Seyahat Notları</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>165</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786054451517</t>
+          <t>9786051962382</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Konya’da Kurulan Milli Şirketler ve Milli Bakanlar</t>
+          <t>Özne 16. Kitap - Heidegger</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>480</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786055999438</t>
+          <t>9789758156993</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Medyada Gerçekliğin İnşası</t>
+          <t>Özgürlük Bildirgeleri</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>480</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786054639120</t>
+          <t>9789758156849</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Politik Tercih</t>
+          <t>Yerel ve Kentsel Politikalar</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786054639151</t>
+          <t>9786054639816</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Maraş Şehri</t>
+          <t>Diyarbakır Vilayetinde Ermeniler ve Ermeni Olayları (1878-1920)</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786054639038</t>
+          <t>9786054639847</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Kuvvet</t>
+          <t>Babek Bir Direnişci</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786055999285</t>
+          <t>9786054639939</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>M. Akif Ersoy Hayatı Safahat’tan Seçmeler Hatıralar</t>
+          <t>Yönetime Yeni Bakışlar</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789758867325</t>
+          <t>9786054639885</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Lykaonia Bölgesi Kaya Mezarları</t>
+          <t>Tuna Boyunda bir Osmanlı Kenti Vidin</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786055999148</t>
+          <t>9786054639946</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Litterature Et Cinema</t>
+          <t>Die Deutschsprachige Kurzgeschichte Als Kommunikative Textsorte</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786055999773</t>
+          <t>9786055022433</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme: Pratiksel ve Teoriksel Yaklaşım</t>
+          <t>Eğitimde Program Geliştirme</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786055999377</t>
+          <t>9786055022402</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Küresel Çağda Din ve Terör</t>
+          <t>Cinsiyetin Toplumsal Rol'deki Yeri</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786054451197</t>
+          <t>9786055022419</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bilgi Teknolojileri ve Toplumsal Değerler</t>
+          <t>Siyasi Coğrafya Açısından Çin</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9799758867690</t>
+          <t>9786055022471</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası İletişim Bağlamında Kültür Kuramı</t>
+          <t>Macera Turizmi Pazarlaması</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786054451630</t>
+          <t>9786055022426</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsan Öyküleri</t>
+          <t>Jeomorfoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789758867868</t>
+          <t>9786055022396</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Atasözleri ve Deyimleri</t>
+          <t>Yaban Gülü</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>480</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786055999001</t>
+          <t>9786055022365</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Kronolojisiz Tarih</t>
+          <t>Almanların Konya ve Çevresindeki Faaliyetleri</t>
         </is>
       </c>
       <c r="C1632" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786055999827</t>
+          <t>9786055022235</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Konya’da Modern Eğitim Kurumları</t>
+          <t>Reybilik, Bedbinlik, La- İlahilik Nedir?</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786054451616</t>
+          <t>9786055022174</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Konya Şer’iye Sicili 148 Numaralı Defter</t>
+          <t>Sağ Omuz Meleğimin Omzundaki Sağ Omuz Meleği</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786054451548</t>
+          <t>9786059108591</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Konya Atatürk Evi Mustafa kemal Atatürk'ün Hatırası</t>
+          <t>Türk Tasavvuf Araştırmaları</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786054639199</t>
+          <t>9786055999858</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kısa Sinema Yazıları</t>
+          <t>Mithat’tan Naci’ye Naci’den Mithat’a Muhaberat ve Muhaverat</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786054639069</t>
+          <t>9786055022167</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Kısa Anlatı Türleri ve Öğretimi</t>
+          <t>Ve Asma Yaprakları Gibi Titreyen El</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786054451029</t>
+          <t>9786055022334</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Yaşamda Kadın ve Din</t>
+          <t>Bencillik Ne Güzel Şey</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786054451968</t>
+          <t>9786055022303</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yamalı Bohça</t>
+          <t>Koyver Gitsin (Ciltli)</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786054451821</t>
+          <t>9786055022136</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Eskiçağı ve Jeopolitiği</t>
+          <t>Adım Adım 73 Adımda Şırnak'ta Yatırım</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786054451166</t>
+          <t>9786055022228</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Kentli Hakları ve Türkiye</t>
+          <t>Kamus-ı Felsefe Istılahatı Mecmu'ası</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786051968636</t>
+          <t>9786055022358</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Kamu Yönetimi - Teori ve Türkiye</t>
+          <t>Karaman Tarihi (18.Yüzyıl)</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786054451685</t>
+          <t>9786055022211</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yolu</t>
+          <t>Ebu'l-Ala El-Ma'arri</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786055999384</t>
+          <t>9786055022242</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Kararlı Adım</t>
+          <t>Hayat ve Mevt</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786054639007</t>
+          <t>9786055022297</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Karaman (Laranda) Çevresindeki Kaya Yerleşimleri</t>
+          <t>Lacancı Psikanalitik Yöntem Işığında Iris Murdoch'un Romanları</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786055999971</t>
+          <t>9786055022006</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Performans</t>
+          <t>El Aşı El Kuşu</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786054451357</t>
+          <t>9786055022020</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmeti</t>
+          <t>Metafor Yazıları</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786054451852</t>
+          <t>9786055022112</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Kadirbeyzade Zeki Bey</t>
+          <t>Türkiye'de İktisat Tarihi</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786055999780</t>
+          <t>9786055022082</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Jose Ortega Y Gasset’de İnsan Ve Tarih Felsefesi</t>
+          <t>Dile Gelen Alevilik</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9789758156863</t>
+          <t>9786055022280</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yazıları</t>
+          <t>Günümüz Toplum Yapısı ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786055999254</t>
+          <t>9786055022099</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>İzcilerin Dünyası</t>
+          <t>Batı'da Devlet ve Çocuk</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9789758156269</t>
+          <t>9786055022037</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>İşletmeciler ve İktisatçılar İçin Matematik</t>
+          <t>Ulusal Marşlar ve Kimlikler</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>350</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786054451739</t>
+          <t>9786055022266</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet’ten Önce Türklerde Kültür ve Müzik</t>
+          <t>Sistematik Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9789758867363</t>
+          <t>9786055022051</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>İsim Kültürü ve Din</t>
+          <t>Sosyal Medya Araştırmaları -1</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786055999575</t>
+          <t>9786054639984</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>İnci Aral Ve Barbara Frischmuth’un Romanlarında Kadın Coğrafyası</t>
+          <t>Kore Savaşın'nda Türk Zayiatı 1950-1953</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786059427975</t>
+          <t>9786054639991</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>İmgesel İletişim</t>
+          <t>Teorik ve Pratik Açıdan Medya Ekonomisine Bakış</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786054451586</t>
+          <t>9786054639915</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>İlmi Metodoloji Açısından Kur’an’da Gayb</t>
+          <t>Günümüz Türk Toplumunda Doğu-Güneydoğu ve Kabile- Aşiret Yapısı</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786054639045</t>
+          <t>9786055022273</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>İlim ve İrade</t>
+          <t>Türkmen Aleviler</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789758867660</t>
+          <t>9786054639373</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>İktisat Metinleri</t>
+          <t>Ruhumu Kuşatan Şehirler</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786054451999</t>
+          <t>9786055999841</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>İhanet Panayırı</t>
+          <t>Romanın Kapıları</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786054639052</t>
+          <t>9786055999834</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>İbtal-i Mezheb-i Maddiyyun</t>
+          <t>Romana Doğru</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786055999414</t>
+          <t>9786054639953</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Isauria Bölgesi Kaya Mezarları ve Ölü Gömme Gelenekleri</t>
+          <t>Reklam Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>850</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786054451395</t>
+          <t>9799758156541</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Iris Murdoch: Bir Ahlak Filozofu Olarak Sanatçının Portresi</t>
+          <t>Rehberlik</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786055999674</t>
+          <t>9786054639595</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Neslinin İsyanları</t>
+          <t>Postmodernizm ve Alımlama Estetiği</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786054639014</t>
+          <t>9789758156801</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
+          <t>Milli Mücadele’de Canik Sancağı’nda Pontosçu Faaliyetler (1918-1922)</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786054451449</t>
+          <t>9789758867318</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Toplum Siyaset Üzerine Söyleşiler</t>
+          <t>Pierre Loti ve Oryantalist Söylem</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786055999353</t>
+          <t>9789758867004</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Hispanya</t>
+          <t>Özgür Sözler</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786054639755</t>
+          <t>9786054639717</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Hikmet-i Tarih</t>
+          <t>Özerk Dil Dizgesinden Lacan’ın Simgesel Düzenine</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786054451319</t>
+          <t>9786054451203</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Sokağın Şiirleri</t>
+          <t>Özel Hastanelerin Hekim İstihdam Stratejileri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786054639588</t>
+          <t>9789758867639</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gibidir Geçmiş</t>
+          <t>Özbek Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786054639359</t>
+          <t>9799758156367</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Göçi-yi Kebir Kazası Vakıf Eserleri</t>
+          <t>Osmanlı’nın Son Yüzyılı</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786054451760</t>
+          <t>9786054639427</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Din</t>
+          <t>Osmanlı’dan Cumhuriyet’e 10 Temmuz Hürriyet Bayramı</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786051963235</t>
+          <t>9786055999902</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Gençler Bu Kitap Sizin İçin</t>
+          <t>Osmanlı Döneminde Kıreli Kazası</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786055999919</t>
+          <t>9789758867332</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Coğrafya Makaleleri Bibliyografyası</t>
+          <t>Orta Anadolunun Güney Kesimi Arkeolojik ve Filolojik Belgeler Işığında M.Ö. 2. Binde</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786054451340</t>
+          <t>9786054451210</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Öyküleri</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786054639250</t>
+          <t>9786054639670</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kriz Üzerine</t>
+          <t>Online Alevi Topluluklar</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786055999360</t>
+          <t>9786055999339</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Finans, Dış Ticaret ve Büyüme İlişkisi: Türkiye Analizi</t>
+          <t>Niksar Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786055999599</t>
+          <t>9786054639731</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Filistin Hukuk Sistemi</t>
+          <t>Nietzsche Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C1678" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786054451524</t>
+          <t>9789758156870</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Felsefi, Psikolojik ve Eğitim Boyutlarıyla Karakter</t>
+          <t>Modernite’den Postmodernite’ye Değişim</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789944960069</t>
+          <t>9786054639144</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Fabl ile Eğitim</t>
+          <t>Milli Mücadele Yıllarında Bir Yasak Denemesi</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786054639243</t>
+          <t>9786054451661</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Modern Ekonominin Gölge Aktörü - Esnaf</t>
+          <t>Metin ve İletişim</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786054451425</t>
+          <t>9786054451517</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir Şehrengizi</t>
+          <t>Meşrutiyetten Cumhuriyete Konya’da Kurulan Milli Şirketler ve Milli Bakanlar</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786054639298</t>
+          <t>9786055999438</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Eskil - Karapınar Kazası Vakıf Eserleri</t>
+          <t>Medyada Gerçekliğin İnşası</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9789758867851</t>
+          <t>9786054639120</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağda Göksu (Kalykadnos) Havzası</t>
+          <t>Medya ve Politik Tercih</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789758867158</t>
+          <t>9786054639151</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Kaleleri</t>
+          <t>Maraş Şehri</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789758156238</t>
+          <t>9786054639038</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tarihinde Doğu-Batı Mücadelesi</t>
+          <t>Madde ve Kuvvet</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786054451876</t>
+          <t>9786055999285</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Ermenek Kazası ve Köyleri Vakıf Eserleri</t>
+          <t>M. Akif Ersoy Hayatı Safahat’tan Seçmeler Hatıralar</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786054639236</t>
+          <t>9789758867325</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Öncesi - Sonrası Türk Toplumunda Yeni Oluşumlar</t>
+          <t>Lykaonia Bölgesi Kaya Mezarları</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9789758867806</t>
+          <t>9786055999148</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>En Az Devlet En İyi Devlet Devletin Başarısızlığının Anatomisi</t>
+          <t>Litterature Et Cinema</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786054639205</t>
+          <t>9786055999773</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde ve Türkçe Öğretiminde Edebi Sanatlar</t>
+          <t>Küreselleşme: Pratiksel ve Teoriksel Yaklaşım</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9789758156658</t>
+          <t>9786055999377</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme</t>
+          <t>Küresel Çağda Din ve Terör</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786054451036</t>
+          <t>9786054451197</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Düş Toplumu - Tüketim İlişkisi</t>
+          <t>Küresel Bilgi Teknolojileri ve Toplumsal Değerler</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786059706537</t>
+          <t>9799758867690</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Kalbe İndirilmesi</t>
+          <t>Kültürlerarası İletişim Bağlamında Kültür Kuramı</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786059706582</t>
+          <t>9786054451630</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Tepekent</t>
+          <t>Küçük İnsan Öyküleri</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786059706544</t>
+          <t>9789758867868</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Suç Korkusu</t>
+          <t>Kumuk Atasözleri ve Deyimleri</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786059706117</t>
+          <t>9786055999001</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Konya Bozkırlarında Bir Gezgin</t>
+          <t>Kronolojisiz Tarih</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786059706599</t>
+          <t>9786055999827</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Gözünden Başkanlık Sistemi</t>
+          <t>Konya’da Modern Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786059706506</t>
+          <t>9786054451616</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Güneydoğu Sorunlar ve Çözüm Yolları</t>
+          <t>Konya Şer’iye Sicili 148 Numaralı Defter</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786059706483</t>
+          <t>9786054451548</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Duygusal Bakış</t>
+          <t>Konya Atatürk Evi Mustafa kemal Atatürk'ün Hatırası</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786059706285</t>
+          <t>9786054639199</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve Konya</t>
+          <t>Kısa Kısa Sinema Yazıları</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786059706421</t>
+          <t>9786054639069</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bilançosu (Sarı Kitap)</t>
+          <t>Kısa Anlatı Türleri ve Öğretimi</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786059706445</t>
+          <t>9786054451029</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasının Eksenleri</t>
+          <t>Kırsal Yaşamda Kadın ve Din</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786059706490</t>
+          <t>9786054451968</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Edebileşmesi</t>
+          <t>Kırk Yamalı Bohça</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786059706407</t>
+          <t>9786054451821</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Kavgalı Adam</t>
+          <t>Kıbrıs Eskiçağı ve Jeopolitiği</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786059706384</t>
+          <t>9786054451166</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>L'lnvitation de Claude Simon et la Narration Fragmentaire</t>
+          <t>Kentli Hakları ve Türkiye</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786059706360</t>
+          <t>9786051968636</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Bu Eller Utandırmaz Adamı</t>
+          <t>Karşılaştırmalı Kamu Yönetimi - Teori ve Türkiye</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786059706377</t>
+          <t>9786054451685</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Dini-Tasavvufi Türk Edebiyatında İnsan</t>
+          <t>Kariyer Yolu</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786059706520</t>
+          <t>9786055999384</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Yerel Hizmetlerde Vatandaş Karnesi</t>
+          <t>Kararlı Adım</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786055022143</t>
+          <t>9786054639007</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışmanlık</t>
+          <t>Karaman (Laranda) Çevresindeki Kaya Yerleşimleri</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786059706629</t>
+          <t>9786055999971</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Sırbistan'da Bir Aile Trajedisi</t>
+          <t>Kamu Yönetiminde Performans</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>172</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786059706575</t>
+          <t>9786054451357</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Araştırmaları 3</t>
+          <t>Kamu Hizmeti</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9789758156696</t>
+          <t>9786054451852</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Necip Mahfuz Toplumsal Gerçekçi Romanları</t>
+          <t>Kadirbeyzade Zeki Bey</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786055999292</t>
+          <t>9786055999780</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Müze Yönetimi ve Pazarlaması</t>
+          <t>Jose Ortega Y Gasset’de İnsan Ve Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9789758156818</t>
+          <t>9789758156863</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Musul Meselesi Tarihi</t>
+          <t>Özgürlük Yazıları</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786054639823</t>
+          <t>9786055999254</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Adem’in Emerjans’ı</t>
+          <t>İzcilerin Dünyası</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
+          <t>9789758156269</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>İşletmeciler ve İktisatçılar İçin Matematik</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786054451739</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>İslamiyet’ten Önce Türklerde Kültür ve Müzik</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9789758867363</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>İsim Kültürü ve Din</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9786055999575</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>İnci Aral Ve Barbara Frischmuth’un Romanlarında Kadın Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786059427975</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>İmgesel İletişim</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786054451586</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>İlmi Metodoloji Açısından Kur’an’da Gayb</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9786054639045</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>İlim ve İrade</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9789758867660</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Metinleri</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9786054451999</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>İhanet Panayırı</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9786054639052</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>İbtal-i Mezheb-i Maddiyyun</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9786055999414</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Isauria Bölgesi Kaya Mezarları ve Ölü Gömme Gelenekleri</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9786054451395</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Iris Murdoch: Bir Ahlak Filozofu Olarak Sanatçının Portresi</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9786055999674</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali Neslinin İsyanları</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9786054639014</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Huzur-ı Akl ü Fende Maddiyyun Meslek-i Dalaleti</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9786054451449</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Toplum Siyaset Üzerine Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
+          <t>9786055999353</t>
+        </is>
+      </c>
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Hispanya</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9786054639755</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Hikmet-i Tarih</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786054451319</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeli Sokağın Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786054639588</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Gibidir Geçmiş</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9786054639359</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Göçi-yi Kebir Kazası Vakıf Eserleri</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786054451760</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Din</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786051963235</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>Gençler Bu Kitap Sizin İçin</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786055999919</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Coğrafya Makaleleri Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786054451340</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Gece Yarısı Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786054639250</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Kriz Üzerine</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786055999360</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Finans, Dış Ticaret ve Büyüme İlişkisi: Türkiye Analizi</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786055999599</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Hukuk Sistemi</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786054451524</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi, Psikolojik ve Eğitim Boyutlarıyla Karakter</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9789944960069</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Fabl ile Eğitim</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786054639243</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Modern Ekonominin Gölge Aktörü - Esnaf</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786054451425</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Eskişehir Şehrengizi</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786054639298</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Eskil - Karapınar Kazası Vakıf Eserleri</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9789758867851</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Eskiçağda Göksu (Kalykadnos) Havzası</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9789758867158</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Eskiçağ Kaleleri</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9789758156238</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Eski Çağ Tarihinde Doğu-Batı Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786054451876</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Ermenek Kazası ve Köyleri Vakıf Eserleri</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786054639236</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon Öncesi - Sonrası Türk Toplumunda Yeni Oluşumlar</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9789758867806</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>En Az Devlet En İyi Devlet Devletin Başarısızlığının Anatomisi</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786054639205</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde ve Türkçe Öğretiminde Edebi Sanatlar</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9789758156658</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786054451036</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Düş Toplumu - Tüketim İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786059706537</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Ayetlerin Kalbe İndirilmesi</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786059706582</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Tepekent</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786059706544</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Suç Korkusu</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786059706117</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Konya Bozkırlarında Bir Gezgin</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786059706599</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaş Gözünden Başkanlık Sistemi</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786059706506</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Doğu-Güneydoğu Sorunlar ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786059706483</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilere Duygusal Bakış</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786059706285</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklular ve Konya</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786059706421</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Bilançosu (Sarı Kitap)</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786059706445</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikasının Eksenleri</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786059706490</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojinin Edebileşmesi</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786059706407</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'yla Kavgalı Adam</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786059706384</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>L'lnvitation de Claude Simon et la Narration Fragmentaire</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786059706360</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Bu Eller Utandırmaz Adamı</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786059706377</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Dini-Tasavvufi Türk Edebiyatında İnsan</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786059706520</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Hizmetlerde Vatandaş Karnesi</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786055022143</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Rehberlik ve Psikolojik Danışmanlık</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786059706629</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Sırbistan'da Bir Aile Trajedisi</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786059706575</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Araştırmaları 3</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9789758156696</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Necip Mahfuz Toplumsal Gerçekçi Romanları</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786055999292</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Müze Yönetimi ve Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9789758156818</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Musul Meselesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786054639823</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Biyolojik Adem’in Emerjans’ı</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
           <t>9786054639960</t>
         </is>
       </c>
-      <c r="B1716" s="1" t="inlineStr">
+      <c r="B1780" s="1" t="inlineStr">
         <is>
           <t>Rekabet Çağında Pazarlamatik Yönetişim</t>
         </is>
       </c>
-      <c r="C1716" s="1">
+      <c r="C1780" s="1">
         <v>145</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>