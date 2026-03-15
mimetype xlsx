--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -85,1330 +85,1405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256551220</t>
+          <t>9786259963129</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Bilim</t>
+          <t>Timi Tiptip’in Öyküsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>349</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256551299</t>
+          <t>9786057218797</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Makineler</t>
+          <t>Ördek Jemima'nın Öyküsü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>349</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256551237</t>
+          <t>9786057218780</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Uzay</t>
+          <t>Zencefil ve Turşu'nun Öyküsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>349</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256551282</t>
+          <t>9786259995922</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Teknoloji</t>
+          <t>Tavşan Peter'in Öyküsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>349</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256551275</t>
+          <t>9786057218773</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süper Gücüm Seti 8 kitap</t>
+          <t>Tavşan Benjamin'in Öyküsü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>999</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256551183</t>
+          <t>9786256551220</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öz Güven Benim Süper Gücüm</t>
+          <t>STEM Bilim Ansiklopedisi: Bilim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256551190</t>
+          <t>9786256551299</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sabır Benim Süper Gücüm</t>
+          <t>STEM Bilim Ansiklopedisi: Makineler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256551176</t>
+          <t>9786256551237</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük Benim Süper Gücüm</t>
+          <t>STEM Bilim Ansiklopedisi: Uzay</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256551206</t>
+          <t>9786256551282</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Benim Süper Gücüm</t>
+          <t>STEM Bilim Ansiklopedisi: Teknoloji</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256551152</t>
+          <t>9786256551275</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Deniz Bilimi</t>
+          <t>Süper Gücüm Seti 8 kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>349</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256551145</t>
+          <t>9786256551183</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: İnsan Vücudu</t>
+          <t>Öz Güven Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>349</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256551169</t>
+          <t>9786256551190</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: Dünya</t>
+          <t>Sabır Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>349</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256551138</t>
+          <t>9786256551176</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi: İcatlar</t>
+          <t>Dürüstlük Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>349</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786356551120</t>
+          <t>9786256551206</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Nokta Birleştirme Set</t>
+          <t>Sevgi Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>379</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256551114</t>
+          <t>9786256551152</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Nokta Birleştirme Taşıtlar</t>
+          <t>STEM Bilim Ansiklopedisi: Deniz Bilimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256551091</t>
+          <t>9786256551145</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Nokta Birleştirme Hayvanlar</t>
+          <t>STEM Bilim Ansiklopedisi: İnsan Vücudu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256551121</t>
+          <t>9786256551169</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Nokta Birleştirme Yiyecekler</t>
+          <t>STEM Bilim Ansiklopedisi: Dünya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256551107</t>
+          <t>9786256551138</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Nokta Birleştirme Kıyafetler</t>
+          <t>STEM Bilim Ansiklopedisi: İcatlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>99</v>
+        <v>349</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9686256551056</t>
+          <t>9786356551120</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Eşleştirme Seti</t>
+          <t>Zihin Açan Nokta Birleştirme Set</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>279</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256551060</t>
+          <t>9786256551114</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Yarım Eşleştirme</t>
+          <t>Zihin Açan Nokta Birleştirme Taşıtlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256551053</t>
+          <t>9786256551091</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Gölge Eşleştirme</t>
+          <t>Zihin Açan Nokta Birleştirme Hayvanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256551046</t>
+          <t>9786256551121</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Sayı-Nesne Eşleştirme</t>
+          <t>Zihin Açan Nokta Birleştirme Yiyecekler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256551077</t>
+          <t>9786256551107</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nefes Benim Süper Gücüm</t>
+          <t>Zihin Açan Nokta Birleştirme Kıyafetler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256551084</t>
+          <t>9686256551056</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kabullenmek Benim Süper Gücüm</t>
+          <t>Zihin Açan Eşleştirme Seti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>129</v>
+        <v>279</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9785057329885</t>
+          <t>9786256551060</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Bilişsel Gelişim Seti (3 Kitap)</t>
+          <t>Zihin Açan Yarım Eşleştirme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>229</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256551022</t>
+          <t>9786256551053</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Minnettarlık Benim Süper Gücüm</t>
+          <t>Zihin Açan Gölge Eşleştirme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057218704</t>
+          <t>9786256551046</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Matematik İşlem Becerisi Dört İşlem 3. Seviye 7+ YAŞ</t>
+          <t>Zihin Açan Sayı-Nesne Eşleştirme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057297365</t>
+          <t>9786256551077</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Matematik İşlem Becerisi Toplama ve Çıkarma 1. Seviye 7+ Yaş</t>
+          <t>Nefes Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057329790</t>
+          <t>9786256551084</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 1. Seviye</t>
+          <t>Kabullenmek Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256551039</t>
+          <t>9785057329885</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nezaket Benim Süper Gücüm</t>
+          <t>Okul Öncesi Bilişsel Gelişim Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>129</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9785057329892</t>
+          <t>9786256551022</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Matematik İşlem Becerisi Seti (3 Kitap)</t>
+          <t>Minnettarlık Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>349</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256551015</t>
+          <t>9786057218704</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bayan Mini'nin Öyküsü</t>
+          <t>Matematik İşlem Becerisi Dört İşlem 3. Seviye 7+ YAŞ</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259963181</t>
+          <t>9786057297365</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Ailesinin Öyküsü</t>
+          <t>Matematik İşlem Becerisi Toplama ve Çıkarma 1. Seviye 7+ Yaş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259963150</t>
+          <t>9786057329790</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şehir Faresi Johnny’nin Öyküsü</t>
+          <t>Dikkat ve Görsel Algı 1. Seviye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259963174</t>
+          <t>9786256551039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bayan Tivi’nin Öyküsü</t>
+          <t>Nezaket Benim Süper Gücüm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>79</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256551008</t>
+          <t>9785057329892</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sincap Nutkin’in Öyküsü</t>
+          <t>Matematik İşlem Becerisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>79</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259963167</t>
+          <t>9786256551015</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bay Balıkçı Jeremy’nin Öyküsü</t>
+          <t>Bayan Mini'nin Öyküsü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259963136</t>
+          <t>9786259963181</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bay Tod’un Öyküsü</t>
+          <t>Zıpzıp Ailesinin Öyküsü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259963143</t>
+          <t>9786259963150</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İki Yaramaz Farenin Öyküsü</t>
+          <t>Şehir Faresi Johnny’nin Öyküsü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259963198</t>
+          <t>9786259963174</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kedi Tom’un Öyküsü</t>
+          <t>Bayan Tivi’nin Öyküsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>79</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259963105</t>
+          <t>9786256551008</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>Sincap Nutkin’in Öyküsü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9886057218749</t>
+          <t>9786259963167</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter Set</t>
+          <t>Bay Balıkçı Jeremy’nin Öyküsü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>999</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259995984</t>
+          <t>9786259963136</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan 5 Fark Bulmaca</t>
+          <t>Bay Tod’un Öyküsü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259995953</t>
+          <t>9786259963143</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Labirent Bulmaca 2. Seviye</t>
+          <t>İki Yaramaz Farenin Öyküsü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259995991</t>
+          <t>9786259963198</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan 10 Fark Bulmaca</t>
+          <t>Yaramaz Kedi Tom’un Öyküsü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259995960</t>
+          <t>9786259963105</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Labirent Bulmaca 3. Seviye</t>
+          <t>Kutup Ayısı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259995977</t>
+          <t>9886057218749</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan 3 Fark Bulmaca</t>
+          <t>Beatrix Potter Set</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>129</v>
+        <v>999</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259995946</t>
+          <t>9786259995984</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Labirent Bulmaca 1. Seviye</t>
+          <t>Zihin Açan 5 Fark Bulmaca</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259995908</t>
+          <t>9786259995953</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Domuz Robinson'un Öyküsü</t>
+          <t>Zihin Açan Labirent Bulmaca 2. Seviye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057218742</t>
+          <t>9786259995991</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fakir Terzinin Öyküsü</t>
+          <t>Zihin Açan 10 Fark Bulmaca</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057218759</t>
+          <t>9786259995960</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bıyıklı Sam'in Öyküsü</t>
+          <t>Zihin Açan Labirent Bulmaca 3. Seviye</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259995915</t>
+          <t>9786259995977</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Turta Kalıbının Öyküsü</t>
+          <t>Zihin Açan 3 Fark Bulmaca</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057218766</t>
+          <t>9786259995946</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alacalı Fare ve Tavşan Sisi'nin Tekerlemeleri</t>
+          <t>Zihin Açan Labirent Bulmaca 1. Seviye</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057297310</t>
+          <t>9786259995908</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bayan Mopi'nin Öyküsü</t>
+          <t>Küçük Domuz Robinson'un Öyküsü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057218735</t>
+          <t>9786057218742</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç</t>
+          <t>Fakir Terzinin Öyküsü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259995939</t>
+          <t>9786057218759</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gezegenler</t>
+          <t>Bıyıklı Sam'in Öyküsü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057185594</t>
+          <t>9786259995915</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Türkçe İngilizce Boyama Seti - 6 Kitap</t>
+          <t>Turta Kalıbının Öyküsü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>599</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057185563</t>
+          <t>9786057218766</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Su Dünyası Boyama</t>
+          <t>Alacalı Fare ve Tavşan Sisi'nin Tekerlemeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057185556</t>
+          <t>9786057297310</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uzay Boyama</t>
+          <t>Bayan Mopi'nin Öyküsü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057185525</t>
+          <t>9786057218735</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Boyama</t>
+          <t>Çocuklar İçin Satranç</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057185570</t>
+          <t>9786259995939</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili Boyama</t>
+          <t>Meraklı Gezegenler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057185549</t>
+          <t>9786057185594</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Okul Boyama</t>
+          <t>Çocuk Gelişimi Türkçe İngilizce Boyama Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>129</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057185532</t>
+          <t>9786057185563</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğa Boyama</t>
+          <t>Su Dünyası Boyama</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9785057329793</t>
+          <t>9786057185556</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı Evde Eğitim Seti - 4 Kitap</t>
+          <t>Uzay Boyama</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>449</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057218728</t>
+          <t>9786057185525</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Rüya Takımı Boyama</t>
+          <t>Çiftlik Boyama</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057185587</t>
+          <t>9786057185570</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Okumaya Başlıyorum Ses Grupları Seti</t>
+          <t>Yaz Tatili Boyama</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>349</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057297303</t>
+          <t>9786057185549</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dibi: Saklı Cevherin Keşfi</t>
+          <t>Okul Boyama</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057297396</t>
+          <t>9786057185532</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Matematik İşlem Becerisi Çarpma ve Bölme 2. Seviye</t>
+          <t>Doğa Boyama</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057297389</t>
+          <t>9785057329793</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Bilişsel Gelişim 3. Seviye</t>
+          <t>Dikkat ve Görsel Algı Evde Eğitim Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>129</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057297372</t>
+          <t>9786057218728</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Bilişsel Gelişim 2. Seviye</t>
+          <t>Rüya Takımı Boyama</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057297358</t>
+          <t>9786057185587</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Bilişsel Gelişim 1. Seviye</t>
+          <t>Okumaya Başlıyorum Ses Grupları Seti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057297341</t>
+          <t>9786057297303</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Bul Bakalım</t>
+          <t>Dibi: Saklı Cevherin Keşfi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057297327</t>
+          <t>9786057297396</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 3. Seviye</t>
+          <t>Matematik İşlem Becerisi Çarpma ve Bölme 2. Seviye</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057297334</t>
+          <t>9786057297389</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 4. Seviye</t>
+          <t>Okul Öncesi Bilişsel Gelişim 3. Seviye</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057185518</t>
+          <t>9786057297372</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Don Kilot: Odada Kaos</t>
+          <t>Okul Öncesi Bilişsel Gelişim 2. Seviye</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057185501</t>
+          <t>9786057297358</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 2. Seviye</t>
+          <t>Okul Öncesi Bilişsel Gelişim 1. Seviye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057329783</t>
+          <t>9786057297341</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>5. Ses Grubu Bahar ile Ajlan HVĞFJ</t>
+          <t>Bil Bakalım Bul Bakalım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057329776</t>
+          <t>9786057297327</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>4. Ses Grubu Arzu ile Polat ZÇGŞCP</t>
+          <t>Dikkat ve Görsel Algı 3. Seviye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057329769</t>
+          <t>9786057297334</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>3. Ses Grubu Öykü ile Bora ÖRIDSB</t>
+          <t>Dikkat ve Görsel Algı 4. Seviye</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057329752</t>
+          <t>9786057185518</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2. Ses Grubu Okan ile Tülay - Omutüy</t>
+          <t>Don Kilot: Odada Kaos</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057329745</t>
+          <t>9786057185501</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>1. Ses Grubu Ela ile Kaan - Elakin</t>
+          <t>Dikkat ve Görsel Algı 2. Seviye</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057329738</t>
+          <t>9786057329783</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Sonrası Örüntü - 6 Yaş</t>
+          <t>5. Ses Grubu Bahar ile Ajlan HVĞFJ</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057329721</t>
+          <t>9786057329776</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Sonrası Örüntü - 5 Yaş</t>
+          <t>4. Ses Grubu Arzu ile Polat ZÇGŞCP</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057329707</t>
+          <t>9786057329769</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Sonrası Örüntü - 3 Yaş</t>
+          <t>3. Ses Grubu Öykü ile Bora ÖRIDSB</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057329714</t>
+          <t>9786057329752</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Sonrası Örüntü - 4 Yaş	Bahar</t>
+          <t>2. Ses Grubu Okan ile Tülay - Omutüy</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>129</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786057329745</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>1. Ses Grubu Ela ile Kaan - Elakin</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786057329738</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Sonrası Örüntü - 6 Yaş</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057329721</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Sonrası Örüntü - 5 Yaş</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786057329707</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Sonrası Örüntü - 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786057329714</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Sonrası Örüntü - 4 Yaş	Bahar</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
           <t>9786057218711</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Komik İnsan Vücudu: Çocuklar İçin Anatomi</t>
         </is>
       </c>
-      <c r="C87" s="1">
-        <v>129</v>
+      <c r="C92" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>