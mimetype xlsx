--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -85,9760 +85,9955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256503526</t>
+          <t>9786255660121</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eğitimimizin Karşıdevrimle Sınavı</t>
+          <t>Uzaylı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256503847</t>
+          <t>9786255660169</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Başına Gelenler</t>
+          <t>Altı Oku Çizerken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256503830</t>
+          <t>9786255660145</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Keşfeder Gibi...</t>
+          <t>Güneş Umuttan Şimdi Doğar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256503977</t>
+          <t>9786255660084</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hapsedilen Cumhuriyet</t>
+          <t>Aşklar ve Diğer Savaşlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256503960</t>
+          <t>9786256503113</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail</t>
+          <t>Türkiye Sanatı Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256503571</t>
+          <t>9786256503052</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sigortacısı</t>
+          <t>Atatürk’ün Hatıraları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>115</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256503809</t>
+          <t>9786256503953</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Akide Şekeri</t>
+          <t>İsmet Toto (1905-1937)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256503854</t>
+          <t>9786256503991</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Âşık</t>
+          <t>Türkiye'de Laiklik Kavramının Gelişimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256503793</t>
+          <t>9786255660039</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Öğretmen Yetiştirme Dünü, Bugünü, Geleceği</t>
+          <t>Atatürk ve Kitap</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256503908</t>
+          <t>9786255660046</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Masal Kadın</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256503915</t>
+          <t>9786255660053</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Fısıltılar</t>
+          <t>Kafdağının Ardından Bir Bey Oğlu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256503885</t>
+          <t>9786255660060</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ürün Adı	Köprübaşı’ndan Cumhuriyet’e</t>
+          <t>Ramiz Gökçe Karikatür Albümü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256503892</t>
+          <t>9786255660077</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Halley’de Yedi Kadın</t>
+          <t>Atatürk Karar ve Tavır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256503823</t>
+          <t>9786256503526</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>O Güzel Kadın</t>
+          <t>Eğitimimizin Karşıdevrimle Sınavı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256503878</t>
+          <t>9786256503847</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zafer Anıtı – Cumhuriyet Gazetesi Öncülüğünde Yapılan</t>
+          <t>Türkiye'nin Başına Gelenler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256503861</t>
+          <t>9786256503830</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat</t>
+          <t>Ateşi Keşfeder Gibi...</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752050000</t>
+          <t>9786256503977</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Cumhuriyet</t>
+          <t>Hapsedilen Cumhuriyet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257715171</t>
+          <t>9786256503960</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Sonra En Zor 19 Ay Cilt 1</t>
+          <t>Şah İsmail</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756747698</t>
+          <t>9786256503571</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak ve Gülmek</t>
+          <t>Hayal Sigortacısı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944150774</t>
+          <t>9786256503809</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Abdülcanbaz</t>
+          <t>Akide Şekeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757720812</t>
+          <t>9786256503854</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı Tarihi</t>
+          <t>Bıcırık Âşık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>23.15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055525798</t>
+          <t>9786256503793</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sakız Çiğneyen Kedi</t>
+          <t>Türkiye'de Öğretmen Yetiştirme Dünü, Bugünü, Geleceği</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>11.11</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757720874</t>
+          <t>9786256503908</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öğretemediğimiz Türkçe</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>16.67</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055525620</t>
+          <t>9786256503915</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öfkelenin!</t>
+          <t>Yarım Kalan Fısıltılar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944150125</t>
+          <t>9786256503885</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan İstanbul’a</t>
+          <t>Ürün Adı	Köprübaşı’ndan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>14.81</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944150453</t>
+          <t>9786256503892</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Tesettür</t>
+          <t>Halley’de Yedi Kadın</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756747889</t>
+          <t>9786256503823</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İran Raporu</t>
+          <t>O Güzel Kadın</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>23.15</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756747810</t>
+          <t>9786256503878</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Türkiye</t>
+          <t>Zafer Anıtı – Cumhuriyet Gazetesi Öncülüğünde Yapılan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>18.52</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054183722</t>
+          <t>9786256503861</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi’den Humeyni’ye İran</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757720515</t>
+          <t>9789752050000</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş</t>
+          <t>Yaşasın Cumhuriyet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>37.04</v>
+        <v>390</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054183685</t>
+          <t>9786257715171</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gümüşana</t>
+          <t>Samsun’dan Sonra En Zor 19 Ay Cilt 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>23.15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756747865</t>
+          <t>9789756747698</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Radyo Cumhuriyet’te Çağdaş İnsan Söyleşileri</t>
+          <t>Ağlamak ve Gülmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054183234</t>
+          <t>9789944150774</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Garipler Sokağı</t>
+          <t>Abdülcanbaz</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756747674</t>
+          <t>9789757720812</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Galileo Bilimsel Devrim</t>
+          <t>2. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055525132</t>
+          <t>9786055525798</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Biz Haklı Çıktık</t>
+          <t>Sakız Çiğneyen Kedi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757720393</t>
+          <t>9789757720874</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Enel Hakk’ın Hakkı</t>
+          <t>Öğretemediğimiz Türkçe</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944150729</t>
+          <t>9786055525620</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Unutulan Türkleri</t>
+          <t>Öfkelenin!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18.52</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944150811</t>
+          <t>9789944150125</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Düşler Kuruyorum</t>
+          <t>Mondros’tan İstanbul’a</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055525927</t>
+          <t>9789944150453</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Dükkanı</t>
+          <t>Kadın ve Tesettür</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944150026</t>
+          <t>9789756747889</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bin Yokmuş</t>
+          <t>İran Raporu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944150224</t>
+          <t>9789756747810</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Gökten Düşmedi</t>
+          <t>İngiliz Gizli Belgelerinde Türkiye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944150897</t>
+          <t>9786054183722</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Sonra Bugünlere Nasıl Geldik?</t>
+          <t>İmam Mehdi’den Humeyni’ye İran</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757720751</t>
+          <t>9789757720515</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Avrasya</t>
+          <t>Hacı Bektaş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756747827</t>
+          <t>9786054183685</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Gümüşana</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757720621</t>
+          <t>9789756747865</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye’nin Kuruluşu</t>
+          <t>Geçmişten Geleceğe Radyo Cumhuriyet’te Çağdaş İnsan Söyleşileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000051573</t>
+          <t>9786054183234</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Azap Ortakları Cilt: 2</t>
+          <t>Garipler Sokağı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>34.72</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054183265</t>
+          <t>9789756747674</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Dört Duvar</t>
+          <t>Galileo Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944150064</t>
+          <t>9786055525132</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Köpekle Tanıştı</t>
+          <t>Eyvah Yine Biz Haklı Çıktık</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944150927</t>
+          <t>9789757720393</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türban</t>
+          <t>Enel Hakk’ın Hakkı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054183333</t>
+          <t>9789944150729</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Söylev (Nutuk)</t>
+          <t>Ege’nin Unutulan Türkleri</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000011499</t>
+          <t>9789944150811</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Ey Demokrasi</t>
+          <t>Düşler Kuruyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756747148</t>
+          <t>9786055525927</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Fetih</t>
+          <t>Dedemin Sihirli Dükkanı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000025990</t>
+          <t>9789944150026</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Minareleri</t>
+          <t>Bir Varmış Bin Yokmuş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256503816</t>
+          <t>9789944150224</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlem</t>
+          <t>Bilinç Gökten Düşmedi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256503779</t>
+          <t>9789944150897</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kaldırılmasının 100. Yılında Halifelik</t>
+          <t>Atatürk’ten Sonra Bugünlere Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>480</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256503755</t>
+          <t>9789757720751</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Devrim Şehidi Kubilay</t>
+          <t>Atatürk ve Avrasya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256503465</t>
+          <t>9789756747827</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yaratılışı</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>520</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256503458</t>
+          <t>9789757720621</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çilelerin Çınarı - Yetimlikten Vekilliğe</t>
+          <t>Kuvayı Milliye’nin Kuruluşu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256503472</t>
+          <t>3990000051573</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Günün İkinci Yarısı</t>
+          <t>Azap Ortakları Cilt: 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256503380</t>
+          <t>9786054183265</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Diderot - Çağı Yaşamı ve Eserleri</t>
+          <t>Yer Gök Dört Duvar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050316957</t>
+          <t>9789944150064</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Daha İyimserim</t>
+          <t>Ve İnsan Köpekle Tanıştı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051400747</t>
+          <t>9789944150927</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Türban</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054183708</t>
+          <t>9786054183333</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Kürt Açmazı</t>
+          <t>Söylev (Nutuk)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>420</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055525002</t>
+          <t>3990000011499</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aklını Yitiren Türkiye</t>
+          <t>Senin İçin Ey Demokrasi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757720904</t>
+          <t>9789756747148</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ağıt Toplumu</t>
+          <t>Fatih ve Fetih</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>324</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756747506</t>
+          <t>3990000025990</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Uçlarında</t>
+          <t>Şeytan Minareleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055525477</t>
+          <t>9786256503816</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Dört İşlem</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944150699</t>
+          <t>9786256503779</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Gerçeğinde Şeriata Karşı Kadınlar</t>
+          <t>Kaldırılmasının 100. Yılında Halifelik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055525194</t>
+          <t>9786256503755</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Adı Bilgisayar Olsun</t>
+          <t>Devrim Şehidi Kubilay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944150880</t>
+          <t>9786256503465</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>78’liler</t>
+          <t>Umudun Yaratılışı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944150736</t>
+          <t>9786256503458</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sivil Toplum</t>
+          <t>Çilelerin Çınarı - Yetimlikten Vekilliğe</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055525989</t>
+          <t>9786256503472</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>10 Yıldır AKP</t>
+          <t>Bir Günün İkinci Yarısı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051400068</t>
+          <t>9786256503380</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya Cilt: 2</t>
+          <t>Diderot - Çağı Yaşamı ve Eserleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051400464</t>
+          <t>9786050316957</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Bir Yokuştur</t>
+          <t>Daha İyimserim</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051400433</t>
+          <t>9786051400747</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Öncü Kadınlar</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051400402</t>
+          <t>9786054183708</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kendini Öğrenemeyen Toplum</t>
+          <t>AKP’nin Kürt Açmazı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051400396</t>
+          <t>9786055525002</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hey Türkiye Nasılsın?</t>
+          <t>Aklını Yitiren Türkiye</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055525392</t>
+          <t>9789757720904</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rus Basınında Türkiye Ve Nato</t>
+          <t>Ağıt Toplumu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055525088</t>
+          <t>9789756747506</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’ta Neredeydin</t>
+          <t>Afrika’nın Uçlarında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944150767</t>
+          <t>9786055525477</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rızabey Aileevi</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944150460</t>
+          <t>9789944150699</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>PKK’nin Şifreleri</t>
+          <t>Afganistan Gerçeğinde Şeriata Karşı Kadınlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054183838</t>
+          <t>9786055525194</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>PKK Ne İstiyor</t>
+          <t>Adı Bilgisayar Olsun</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055525408</t>
+          <t>9789944150880</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal-Yaşamı ve Şiirleri</t>
+          <t>78’liler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055525972</t>
+          <t>9789944150736</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Özgürlük</t>
+          <t>100 Soruda Sivil Toplum</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054183562</t>
+          <t>9786055525989</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Önce Türkçesi Sonra İngilizcesi</t>
+          <t>10 Yıldır AKP</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944150835</t>
+          <t>9786051400068</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Önce Ekmekler Bozuldu</t>
+          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya Cilt: 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757720218</t>
+          <t>9786051400464</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ozanlar Yazarlar Kitaplar</t>
+          <t>Selimiye Bir Yokuştur</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>324</v>
+        <v>135</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756747896</t>
+          <t>9786051400433</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Odamda Bir Güvercin</t>
+          <t>Bilimde Öncü Kadınlar</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944150187</t>
+          <t>9786051400402</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Erzurum’a</t>
+          <t>Kendini Öğrenemeyen Toplum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054183975</t>
+          <t>9786051400396</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Obadan Ulusa</t>
+          <t>Hey Türkiye Nasılsın?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055525644</t>
+          <t>9786055525392</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>O Büyülü İnsanlar</t>
+          <t>Rus Basınında Türkiye Ve Nato</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756747605</t>
+          <t>9786055525088</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Necati Cumalı Bütün Oyunları (2 Cilt Takım)</t>
+          <t>Rönesans’ta Neredeydin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054183166</t>
+          <t>9789944150767</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Demokrasi İstiyoruz?</t>
+          <t>Rızabey Aileevi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055525354</t>
+          <t>9789944150460</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mit’in Gizli Tarihi</t>
+          <t>PKK’nin Şifreleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944150156</t>
+          <t>9786054183838</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Boyama Kitabı 2</t>
+          <t>PKK Ne İstiyor</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944150163</t>
+          <t>9786055525408</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Boyama Kitabı 3</t>
+          <t>Pir Sultan Abdal-Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055525811</t>
+          <t>9786055525972</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuşla Kuş</t>
+          <t>Örtülü Özgürlük</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756747858</t>
+          <t>9786054183562</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Yaşam</t>
+          <t>Önce Türkçesi Sonra İngilizcesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054183760</t>
+          <t>9789944150835</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kulak Misafiri</t>
+          <t>Önce Ekmekler Bozuldu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757720065</t>
+          <t>9789757720218</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Olayı ve Tarikat Kampları</t>
+          <t>Ozanlar Yazarlar Kitaplar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>324</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757720836</t>
+          <t>9789756747896</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
+          <t>Odamda Bir Güvercin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944150934</t>
+          <t>9789944150187</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kiev’de Aşk</t>
+          <t>Samsun’dan Erzurum’a</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944150101</t>
+          <t>9786054183975</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Koku</t>
+          <t>Obadan Ulusa</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944150644</t>
+          <t>9786055525644</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kaş Kaş Üstüne Taş Taş Üstüne</t>
+          <t>O Büyülü İnsanlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944150347</t>
+          <t>9789756747605</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karşı Duruş</t>
+          <t>Necati Cumalı Bütün Oyunları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051400082</t>
+          <t>9786054183166</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kan Denizindeki Mercek</t>
+          <t>Nasıl Bir Demokrasi İstiyoruz?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054183647</t>
+          <t>9786055525354</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Dinamit Kuyusu</t>
+          <t>Mit’in Gizli Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944150088</t>
+          <t>9789944150156</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Jetonlar Düştükçe</t>
+          <t>Meyveler Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944150002</t>
+          <t>9789944150163</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Japon Gülü</t>
+          <t>Meslekler Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>324</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051400198</t>
+          <t>9786055525811</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm ve Laiklik Açısından İtalyan Edebiyatı</t>
+          <t>Kuşla Kuş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944150446</t>
+          <t>9789756747858</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İşte İnsan</t>
+          <t>Kuşatılmış Yaşam</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055525125</t>
+          <t>9786054183760</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi 3 - İstanbul Efsaneleri</t>
+          <t>Kulak Misafiri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054183135</t>
+          <t>9789757720065</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 1</t>
+          <t>Kubilay Olayı ve Tarikat Kampları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757720928</t>
+          <t>9789757720836</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Karşı Yazılar</t>
+          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054183258</t>
+          <t>9789944150934</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İmralı’da Öcalan’a Soruldu</t>
+          <t>Kiev’de Aşk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055525064</t>
+          <t>9789944150101</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İlyada ve Odise</t>
+          <t>Kırmızı Koku</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054183500</t>
+          <t>9789944150644</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Ormandır</t>
+          <t>Kaş Kaş Üstüne Taş Taş Üstüne</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756747940</t>
+          <t>9789944150347</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İlericilik-Gericilik Kavgasında Tevfik Fikret</t>
+          <t>Karşı Duruş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944150750</t>
+          <t>9786051400082</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İktidar Benim Ne İstersem Söylerim!</t>
+          <t>Kan Denizindeki Mercek</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944150781</t>
+          <t>9786054183647</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya</t>
+          <t>Kalbim Dinamit Kuyusu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054183401</t>
+          <t>9789944150088</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi  2 - Işık Ülkesi Likya</t>
+          <t>Jetonlar Düştükçe</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756747933</t>
+          <t>9789944150002</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman’ın Yüzüğü</t>
+          <t>Japon Gülü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>324</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944150439</t>
+          <t>9786051400198</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hiroşima’lar Olmasın</t>
+          <t>Hümanizm ve Laiklik Açısından İtalyan Edebiyatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756747544</t>
+          <t>9789944150446</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirimiz Masum Değiliz</t>
+          <t>İşte İnsan</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944150491</t>
+          <t>9786055525125</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hey İstanbul 2</t>
+          <t>Anadolu Mitolojisi 3 - İstanbul Efsaneleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944150248</t>
+          <t>9786054183135</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hey İstanbul 1</t>
+          <t>İslamcı Örgütler 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055525910</t>
+          <t>9789757720928</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hepiniz Suçlusunuz!</t>
+          <t>Karanlığa Karşı Yazılar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054183241</t>
+          <t>9786054183258</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hasangiller</t>
+          <t>İmralı’da Öcalan’a Soruldu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054183852</t>
+          <t>9786055525064</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Akan Irmak</t>
+          <t>İlyada ve Odise</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>115</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944150958</t>
+          <t>9786054183500</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gezi Fısıltıları</t>
+          <t>İnsan Bir Ormandır</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051400358</t>
+          <t>9789756747940</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gezi Direnişi</t>
+          <t>İlericilik-Gericilik Kavgasında Tevfik Fikret</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051400136</t>
+          <t>9789944150750</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap Tatilde</t>
+          <t>İktidar Benim Ne İstersem Söylerim!</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055525170</t>
+          <t>9789944150781</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap</t>
+          <t>İki Dünya</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054183678</t>
+          <t>9786054183401</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Anadolu Mitolojisi  2 - Işık Ülkesi Likya</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055525446</t>
+          <t>9789756747933</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Silinen Kentler</t>
+          <t>Hz. Süleyman’ın Yüzüğü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756747988</t>
+          <t>9789944150439</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Esil ile Yesil</t>
+          <t>Hiroşima’lar Olmasın</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054183630</t>
+          <t>9789756747544</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Mergenekon</t>
+          <t>Hiçbirimiz Masum Değiliz</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944150859</t>
+          <t>9789944150491</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>El Kaide’nin Sırları</t>
+          <t>Hey İstanbul 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756747346</t>
+          <t>9789944150248</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Vurun</t>
+          <t>Hey İstanbul 1</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944150361</t>
+          <t>9786055525910</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Düşlerdeki Toprak</t>
+          <t>Hepiniz Suçlusunuz!</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055525613</t>
+          <t>9786054183241</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düş Ekmeği</t>
+          <t>Hasangiller</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054183555</t>
+          <t>9786054183852</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bir Yerinde</t>
+          <t>Gökyüzüne Akan Irmak</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944150309</t>
+          <t>9789944150958</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halk Masalları</t>
+          <t>Gezi Fısıltıları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944150262</t>
+          <t>9786051400358</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Gezi Direnişi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944150651</t>
+          <t>9786051400136</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Din ve Politika</t>
+          <t>Geveze Kitap Tatilde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051400174</t>
+          <t>9786055525170</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Devrimin İlk Karşıtları - Özgürlük Mücadeleleri Tarihimiz</t>
+          <t>Geveze Kitap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054183746</t>
+          <t>9786054183678</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yılları</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944150033</t>
+          <t>9786055525446</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve İslam</t>
+          <t>Geçmişi Silinen Kentler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054183593</t>
+          <t>9789756747988</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İki Şair İki Dünya</t>
+          <t>Esil ile Yesil</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051400167</t>
+          <t>9786054183630</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Davası</t>
+          <t>Ergenekon Mergenekon</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>315</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944150828</t>
+          <t>9789944150859</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dağlarda O Yaz</t>
+          <t>El Kaide’nin Sırları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789757720775</t>
+          <t>9789756747346</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Ben Edebiyatçıyım</t>
+          <t>Düşünüyorum Öyleyse Vurun</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756747964</t>
+          <t>9789944150361</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çizmeden Yukarı</t>
+          <t>Düşlerdeki Toprak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055525866</t>
+          <t>9786055525613</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacındaki Gizli Geçit</t>
+          <t>Düş Ekmeği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756747469</t>
+          <t>9786054183555</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çağın Tanığı Sinema</t>
+          <t>Dünyanın Bir Yerinde</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054183012</t>
+          <t>9789944150309</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlık ve Yurttaşlık Bilinci</t>
+          <t>Dünya Halk Masalları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944150149</t>
+          <t>9789944150262</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı 1</t>
+          <t>Diyarbakır Efsaneleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054183289</t>
+          <t>9789944150651</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Cumhurun Trajedisi</t>
+          <t>Din ve Politika</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054183111</t>
+          <t>9786051400174</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>CHP ile Bir Ömür</t>
+          <t>Devrimin İlk Karşıtları - Özgürlük Mücadeleleri Tarihimiz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>486</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944150873</t>
+          <t>9786054183746</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>BOP Dedik Recep</t>
+          <t>Devrim Yılları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944150712</t>
+          <t>9789944150033</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bolivar’dan Chavez’e Latin Amerika</t>
+          <t>Devlet ve İslam</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944150989</t>
+          <t>9786054183593</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bizim 68’liler</t>
+          <t>İki Şair İki Dünya</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944150965</t>
+          <t>9786051400167</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Biz Bu Evrenin Çocukları</t>
+          <t>Denizlerin Davası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>480</v>
+        <v>175</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054183494</t>
+          <t>9789944150828</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Masalı Bir Varmış ile Bir Yokmuş</t>
+          <t>Dağlarda O Yaz</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054183753</t>
+          <t>9789757720775</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim ve Stratejik Anlamı</t>
+          <t>Çünkü Ben Edebiyatçıyım</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054183586</t>
+          <t>9789756747964</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bilim Toplum ve İnsana Bakış</t>
+          <t>Çizmeden Yukarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055525514</t>
+          <t>9786055525866</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beni Bekle Çiçeği</t>
+          <t>Çınar Ağacındaki Gizli Geçit</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944150842</t>
+          <t>9789756747469</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Yeni Türkiye Politikası</t>
+          <t>Çağın Tanığı Sinema</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054183425</t>
+          <t>9786054183012</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Batık Bir Gemi</t>
+          <t>Çağdaşlık ve Yurttaşlık Bilinci</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944150385</t>
+          <t>9789944150149</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Batı ve Laiklik Küresel Çağda İslam 1</t>
+          <t>Hayvanlar Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055525750</t>
+          <t>9786054183289</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Türk Devrimini Öğreniyor</t>
+          <t>Cumhurun Trajedisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>115</v>
+        <v>315</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055525743</t>
+          <t>9786054183111</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Devrimlere Koşuyor!</t>
+          <t>CHP ile Bir Ömür</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>486</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055525712</t>
+          <t>9789944150873</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Çanakkale’den Gelibolu’ya Geçiyor</t>
+          <t>BOP Dedik Recep</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055525729</t>
+          <t>9789944150712</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Çanakkale’den Anadolu’ya Yürüyor</t>
+          <t>Bolivar’dan Chavez’e Latin Amerika</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055525316</t>
+          <t>9789944150989</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fethullah Gülen’in 40 Yıllık Serüveni</t>
+          <t>Bizim 68’liler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055525736</t>
+          <t>9789944150965</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Atatürk’le Buluşuyor</t>
+          <t>Biz Bu Evrenin Çocukları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>115</v>
+        <v>480</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789757720256</t>
+          <t>9786054183494</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar</t>
+          <t>Bir Anadolu Masalı Bir Varmış ile Bir Yokmuş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055525675</t>
+          <t>9786054183753</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Azap Ortakları (2 Kitap Takım)</t>
+          <t>Bilimsel Devrim ve Stratejik Anlamı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>810</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054183999</t>
+          <t>9786054183586</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Sesi İlhan Selçuk Anlatıyor</t>
+          <t>Bilim Toplum ve İnsana Bakış</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055525231</t>
+          <t>9786055525514</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Beni Bekle Çiçeği</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944150323</t>
+          <t>9789944150842</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aydın İhaneti (İşbirlikçiler 2)</t>
+          <t>Batı’nın Yeni Türkiye Politikası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>324</v>
+        <v>290</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054183067</t>
+          <t>9786054183425</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Askerle Kavgası</t>
+          <t>Batık Bir Gemi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054183371</t>
+          <t>9789944150385</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kuğu</t>
+          <t>Batı ve Laiklik Küresel Çağda İslam 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756747797</t>
+          <t>9786055525750</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Bir Gün Gelecek</t>
+          <t>Barış Takımı - Türk Devrimini Öğreniyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054183944</t>
+          <t>9786055525743</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aşksız İnsanlar</t>
+          <t>Barış Takımı - Devrimlere Koşuyor!</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944150569</t>
+          <t>9786055525712</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Avusturalya'ya Anzak Türkleri</t>
+          <t>Barış Takımı - Çanakkale’den Gelibolu’ya Geçiyor</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756747803</t>
+          <t>9786055525729</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Barış Takımı - Çanakkale’den Anadolu’ya Yürüyor</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>430</v>
+        <v>115</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756747186</t>
+          <t>9786055525316</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Anılar 19. Yüzyılda Saray Haremi</t>
+          <t>Fethullah Gülen’in 40 Yıllık Serüveni</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756747919</t>
+          <t>9786055525736</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Anı Değil Yaşam</t>
+          <t>Barış Takımı - Atatürk’le Buluşuyor</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055525200</t>
+          <t>9789757720256</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Anayasayla Sivil Darbe - Türkiye'nin İkinci 12 Eylül'ü</t>
+          <t>Balkanlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055525460</t>
+          <t>9786055525675</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aliş ile Koşka</t>
+          <t>Azap Ortakları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>135</v>
+        <v>810</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054183692</t>
+          <t>9786054183999</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Eğitimsel İşlevleri</t>
+          <t>Aydınlanmanın Sesi İlhan Selçuk Anlatıyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944150057</t>
+          <t>9786055525231</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanmak Yasaktır</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054183654</t>
+          <t>9789944150323</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Korugan</t>
+          <t>Aydın İhaneti (İşbirlikçiler 2)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>280</v>
+        <v>324</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054183791</t>
+          <t>9786054183067</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kirpi</t>
+          <t>Avrupa’nın Askerle Kavgası</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756747209</t>
+          <t>9786054183371</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sol Geleceği Tartışıyor</t>
+          <t>Ateş ve Kuğu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054183388</t>
+          <t>9789756747797</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Atatürk Bir Gün Gelecek</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054183074</t>
+          <t>9786054183944</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’yla Derin Bağlar</t>
+          <t>Aşksız İnsanlar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944150477</t>
+          <t>9789944150569</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Zamanlardan Birinde</t>
+          <t>Çanakkale'den Avusturalya'ya Anzak Türkleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944150392</t>
+          <t>9789756747803</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi Zeytin Ülkesi</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055525705</t>
+          <t>9789756747186</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Yaşamı ve Şiirleri</t>
+          <t>Anılar 19. Yüzyılda Saray Haremi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944150538</t>
+          <t>9789756747919</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yön’ün Devrim’i</t>
+          <t>Anı Değil Yaşam</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756747094</t>
+          <t>9786055525200</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yemen Türkler Mezarlığı</t>
+          <t>Anayasayla Sivil Darbe - Türkiye'nin İkinci 12 Eylül'ü</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756747551</t>
+          <t>9786055525460</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yedi Canlı Cumhuriyet</t>
+          <t>Aliş ile Koşka</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944150668</t>
+          <t>9786054183692</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Yaşamak</t>
+          <t>Masallar ve Eğitimsel İşlevleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944150415</t>
+          <t>9789944150057</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Gıdıklanmak Yasaktır</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756747513</t>
+          <t>9786054183654</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı</t>
+          <t>Korugan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756747971</t>
+          <t>9786054183791</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadın</t>
+          <t>Kirpi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055525828</t>
+          <t>9789756747209</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlar Nereye Yağar</t>
+          <t>Sol Geleceği Tartışıyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944150293</t>
+          <t>9786054183388</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Vurgun Demokrasisi</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>324</v>
+        <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756747193</t>
+          <t>9786054183074</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Veee Perdeee</t>
+          <t>Avrupa’yla Derin Bağlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054183081</t>
+          <t>9789944150477</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Vatan Millet Fasarya</t>
+          <t>Zamanlardan Birinde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9799756747475</t>
+          <t>9789944150392</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteden Toplumsal Sorunlara Bakış</t>
+          <t>Yüreğin Sesi Zeytin Ülkesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756747773</t>
+          <t>9786055525705</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ülkelere Değil Savaşa Düşmanım</t>
+          <t>Yunus Emre Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055525538</t>
+          <t>9789944150538</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yolda Bir Mola</t>
+          <t>Yön’ün Devrim’i</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055525323</t>
+          <t>9789756747094</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Uzakdoğu’m</t>
+          <t>Yemen Türkler Mezarlığı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055525279</t>
+          <t>9789756747551</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ulus Yıkıcılığı Zamanları</t>
+          <t>Yedi Canlı Cumhuriyet</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055525149</t>
+          <t>9789944150668</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ufukta Bora Alabora</t>
+          <t>Yazmak Yaşamak</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055525286</t>
+          <t>9789944150415</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bağımsızlık Savaşı</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054183050</t>
+          <t>9789756747513</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Askersiz İşgali Gümrük Birliği</t>
+          <t>Yasaklı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054183203</t>
+          <t>9789756747971</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İslam Cumhuriyeti</t>
+          <t>Yalnız Kadın</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944150804</t>
+          <t>9786055525828</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’nin Renkleri</t>
+          <t>Yağmurlar Nereye Yağar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051400129</t>
+          <t>9789944150293</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Toprak Acıkınca</t>
+          <t>Vurgun Demokrasisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>600</v>
+        <v>324</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756747834</t>
+          <t>9789756747193</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Odası Amerika</t>
+          <t>Veee Perdeee</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756747957</t>
+          <t>9786054183081</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Unutmamak</t>
+          <t>Vatan Millet Fasarya</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054183197</t>
+          <t>9799756747475</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi  1 - Tanrıların Yurdu Ege</t>
+          <t>Üniversiteden Toplumsal Sorunlara Bakış</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055525965</t>
+          <t>9789756747773</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Doğu Zamanı</t>
+          <t>Ülkelere Değil Savaşa Düşmanım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944150521</t>
+          <t>9786055525538</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çevir Denize At</t>
+          <t>Uzun Yolda Bir Mola</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789757720324</t>
+          <t>9786055525323</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Ruhu</t>
+          <t>Uzakdoğu’m</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944150484</t>
+          <t>9786055525279</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Siyaset</t>
+          <t>Ulus Yıkıcılığı Zamanları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055525361</t>
+          <t>9786055525149</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Ülkesinde Kadın Olmak</t>
+          <t>Ufukta Bora Alabora</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051400037</t>
+          <t>9786055525286</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Şeker Şiirler</t>
+          <t>Türkiye’nin Bağımsızlık Savaşı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>115</v>
+        <v>325</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944150071</t>
+          <t>9786054183050</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Şef</t>
+          <t>Türkiye’nin Askersiz İşgali Gümrük Birliği</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054183661</t>
+          <t>9786054183203</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şahmaranı Yutmak</t>
+          <t>Türkiye İslam Cumhuriyeti</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944150941</t>
+          <t>9789944150804</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Susurluk’tan Ergenekon’a</t>
+          <t>Türkçe’nin Renkleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756747445</t>
+          <t>9786051400129</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Adam</t>
+          <t>Toprak Acıkınca</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756747995</t>
+          <t>9789756747834</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Suriye Raporu</t>
+          <t>Tarihin Arka Odası Amerika</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944150613</t>
+          <t>9789756747957</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Suçumuz İnsan Olmak</t>
+          <t>Tarihi Unutmamak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944150255</t>
+          <t>9786054183197</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Söyleyin Anama Ağlamasın</t>
+          <t>Anadolu Mitolojisi  1 - Tanrıların Yurdu Ege</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789757720676</t>
+          <t>9786055525965</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Söylev Cilt: 3</t>
+          <t>Şimdi Doğu Zamanı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789757720577</t>
+          <t>9789944150521</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokraside Temel Eğilimler</t>
+          <t>Şiir Çevir Denize At</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051400235</t>
+          <t>9789757720324</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sona</t>
+          <t>Şiddet Ruhu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051400297</t>
+          <t>9789944150484</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Son Seçim</t>
+          <t>Şeriat ve Siyaset</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054183128</t>
+          <t>9786055525361</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sivil Darbe</t>
+          <t>Şeriat Ülkesinde Kadın Olmak</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944150217</t>
+          <t>9786051400037</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sivas’tan Ankara’ya</t>
+          <t>Şeker Şiirler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>115</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054183456</t>
+          <t>9789944150071</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sivas’ı Unutmak</t>
+          <t>Şef</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944150279</t>
+          <t>9786054183661</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye Mektuplar</t>
+          <t>Şahmaranı Yutmak</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054183937</t>
+          <t>9789944150941</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>68'den 78'e Sancılı Yıllar Kuşatılmış Sokaklar</t>
+          <t>Susurluk’tan Ergenekon’a</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055525439</t>
+          <t>9789756747445</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Troyalılar</t>
+          <t>Susmayan Adam</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055525101</t>
+          <t>9789756747995</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ulustan Devlete</t>
+          <t>Suriye Raporu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054183463</t>
+          <t>9789944150613</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Suçumuz İnsan Olmak</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944150798</t>
+          <t>9789944150255</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Bahçesi</t>
+          <t>Söyleyin Anama Ağlamasın</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051400853</t>
+          <t>9789757720676</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Ekonomi Modeli</t>
+          <t>Söylev Cilt: 3</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756747339</t>
+          <t>9789757720577</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Selahattin’in Romanı (2 Cilt Takım)</t>
+          <t>Sosyal Demokraside Temel Eğilimler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756747681</t>
+          <t>9786051400235</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İskele Sancak</t>
+          <t>Sona</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051400204</t>
+          <t>9786051400297</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Son Hükmü</t>
+          <t>Son Seçim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055525040</t>
+          <t>9786054183128</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı ve İki Cephede Türkiye</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756747841</t>
+          <t>9789944150217</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bu Kez Düşmanın Adı: Terör</t>
+          <t>Sivas’tan Ankara’ya</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>540</v>
+        <v>320</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756747759</t>
+          <t>9786054183456</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Vedat Günyol’a Armağan 100’e 5 Vardı</t>
+          <t>Sivas’ı Unutmak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256503731</t>
+          <t>9789944150279</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Piyangocunun Ölümü</t>
+          <t>Sevgiliye Mektuplar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256503700</t>
+          <t>9786054183937</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri 1920-1927</t>
+          <t>68'den 78'e Sancılı Yıllar Kuşatılmış Sokaklar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256503748</t>
+          <t>9786055525439</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türk Resmine Yön Veren Tablolarıyla Seçkin Türk Ressamlar</t>
+          <t>Troyalılar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256503724</t>
+          <t>9786055525101</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Sanatçılar Vardır</t>
+          <t>Ulustan Devlete</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256503717</t>
+          <t>9786054183463</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Savaşçıları</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256503502</t>
+          <t>9789944150798</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Müzik Öncüleri:10 Portre</t>
+          <t>Sözcük Bahçesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256503588</t>
+          <t>9786051400853</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cumhuriyetçiliğin Temelleri</t>
+          <t>Kemalist Ekonomi Modeli</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256503687</t>
+          <t>9789756747339</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Unutulmaz Yetenekleri</t>
+          <t>Yüzbaşı Selahattin’in Romanı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256503694</t>
+          <t>9789756747681</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vatan</t>
+          <t>İskele Sancak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256503618</t>
+          <t>9786051400204</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Söylev</t>
+          <t>Ömrümün Son Hükmü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256503670</t>
+          <t>9786055525040</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bisiklet ve Dedem</t>
+          <t>İkinci Dünya Savaşı ve İki Cephede Türkiye</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256503540</t>
+          <t>9789756747841</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağaç Gibi</t>
+          <t>Bu Kez Düşmanın Adı: Terör</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256503601</t>
+          <t>9789756747759</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Çocukları</t>
+          <t>Vedat Günyol’a Armağan 100’e 5 Vardı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256503632</t>
+          <t>9786256503731</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Olan Adamın Hikayesi</t>
+          <t>Piyangocunun Ölümü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256503649</t>
+          <t>9786256503700</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Devrimler Tarihi - Amerikan Fransız Rus ve Türk Devrimleri Üzerine Bir İnceleme</t>
+          <t>İstiklal Mahkemeleri 1920-1927</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256503656</t>
+          <t>9786256503748</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İnönü Hükümetlerinin Kıbrıs Politikası (1961 - 1965)</t>
+          <t>Türk Resmine Yön Veren Tablolarıyla Seçkin Türk Ressamlar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256503397</t>
+          <t>9786256503724</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Talih Kuşu</t>
+          <t>Yalnızca Sanatçılar Vardır</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051400976</t>
+          <t>9786256503717</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe</t>
+          <t>Aydınlanma Savaşçıları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256503519</t>
+          <t>9786256503502</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kemancı Kemal</t>
+          <t>Cumhuriyet’in Müzik Öncüleri:10 Portre</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256503496</t>
+          <t>9786256503588</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Teokratik Devlet ve Laik Devlet</t>
+          <t>İkinci Cumhuriyetçiliğin Temelleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789757720447</t>
+          <t>9786256503687</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Viran Dağlar</t>
+          <t>Futbolun Unutulmaz Yetenekleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256503410</t>
+          <t>9786256503694</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Bir Yağmur Bulmalıyım</t>
+          <t>İkinci Vatan</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256503427</t>
+          <t>9786256503618</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Taş</t>
+          <t>Söylev</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256503489</t>
+          <t>9786256503670</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye İşçi Sınıfı Tarihi</t>
+          <t>Tahta Bisiklet ve Dedem</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256503434</t>
+          <t>9786256503540</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Unutulmaz</t>
+          <t>Bir Ağaç Gibi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256503403</t>
+          <t>9786256503601</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamit’in Yitirdiği Balkan Toprakları</t>
+          <t>Devrimin Çocukları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256503441</t>
+          <t>9786256503632</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yılın Tanığı Cumhuriyet Gazetesi 100 Yaşında</t>
+          <t>Gazeteci Olan Adamın Hikayesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256503328</t>
+          <t>9786256503649</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerine Saldırılar Tarihi</t>
+          <t>Karşılaştırmalı Devrimler Tarihi - Amerikan Fransız Rus ve Türk Devrimleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256503342</t>
+          <t>9786256503656</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrime Direnirken</t>
+          <t>İnönü Hükümetlerinin Kıbrıs Politikası (1961 - 1965)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256503335</t>
+          <t>9786256503397</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dipteki Zaman</t>
+          <t>Talih Kuşu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256503182</t>
+          <t>9786051400976</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Arka Sokakta İsyan</t>
+          <t>Fenerbahçe</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944150545</t>
+          <t>9786256503519</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Beyaz İpek Gibi Yağdı Kar</t>
+          <t>Kemancı Kemal</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051400969</t>
+          <t>9786256503496</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş</t>
+          <t>Teokratik Devlet ve Laik Devlet</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256503304</t>
+          <t>9789757720447</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kamusal Ekonomi Politikası</t>
+          <t>Viran Dağlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256503311</t>
+          <t>9786256503410</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 1921-1923 Dersleri</t>
+          <t>Kızıma Bir Yağmur Bulmalıyım</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256503281</t>
+          <t>9786256503427</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uyumluluk</t>
+          <t>Uzaydan Gelen Taş</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256503298</t>
+          <t>9786256503489</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ay Anne Ay İçimden Dolanıyor</t>
+          <t>Kısa Türkiye İşçi Sınıfı Tarihi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256503250</t>
+          <t>9786256503434</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Etkileyen Tablolarıyla Seçkin Ressamlar</t>
+          <t>Çanakkale Unutulmaz</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256503120</t>
+          <t>9786256503403</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Alandaki Delikanlı</t>
+          <t>II. Abdülhamit’in Yitirdiği Balkan Toprakları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257715928</t>
+          <t>9786256503441</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bir At Sırtında</t>
+          <t>Yüz Yılın Tanığı Cumhuriyet Gazetesi 100 Yaşında</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256503236</t>
+          <t>9786256503328</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Selahattin'in Romanı</t>
+          <t>Köy Enstitülerine Saldırılar Tarihi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256503076</t>
+          <t>9786256503342</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Antigone, Minna Von Barnhelm, Ghyges ve Yüzüğü</t>
+          <t>Karşıdevrime Direnirken</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256503106</t>
+          <t>9786256503335</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Kadın Hakları</t>
+          <t>Dipteki Zaman</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256503045</t>
+          <t>9786256503182</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Horhor'un Leblebisi</t>
+          <t>Arka Sokakta İsyan</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256503229</t>
+          <t>9789944150545</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı - Doğu Cephesinde Muhacirler</t>
+          <t>Beyaz İpek Gibi Yağdı Kar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256503205</t>
+          <t>9786051400969</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Carissima Sevgilim</t>
+          <t>Beşiktaş</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256503212</t>
+          <t>9786256503304</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>1922 Ankara Yazı – Rus Sanatçının Gözünden Kurtuluş Günleri</t>
+          <t>Atatürk’ün Kamusal Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256503199</t>
+          <t>9786256503311</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Cavit Orhan Tütengil</t>
+          <t>Çocuklar İçin 1921-1923 Dersleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256503151</t>
+          <t>9786256503281</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yerilim Hattı</t>
+          <t>Uyumluluk</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256503168</t>
+          <t>9786256503298</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Vahdettin Dosyası Hainlik Belgeleri</t>
+          <t>Ay Anne Ay İçimden Dolanıyor</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256503175</t>
+          <t>9786256503250</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy Atatürk-Cebesoy Anlaşmazlığı</t>
+          <t>Dünyayı Etkileyen Tablolarıyla Seçkin Ressamlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256503144</t>
+          <t>9786256503120</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Güldüklerimiz</t>
+          <t>Alandaki Delikanlı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256503083</t>
+          <t>9786257715928</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
+          <t>Yeşil Bir At Sırtında</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256503090</t>
+          <t>9786256503236</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tanık Olduğum Hikayeler</t>
+          <t>Yüzbaşı Selahattin'in Romanı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789756747643</t>
+          <t>9786256503076</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 4</t>
+          <t>Antigone, Minna Von Barnhelm, Ghyges ve Yüzüğü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756747636</t>
+          <t>9786256503106</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3</t>
+          <t>Cumhuriyet ve Kadın Hakları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256503069</t>
+          <t>9786256503045</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna Dünyanın Siyasi Fay Hattı - Ukrayna'nın Dünü ve Bugünü</t>
+          <t>Horhor'un Leblebisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256503014</t>
+          <t>9786256503229</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyet’in Yazını</t>
+          <t>1. Dünya Savaşı - Doğu Cephesinde Muhacirler</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257715966</t>
+          <t>9786256503205</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Bitkiler-Meyveler, Araçlar, Hayvanlar</t>
+          <t>Carissima Sevgilim</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256503021</t>
+          <t>9786256503212</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ege Adaları Sorunu</t>
+          <t>1922 Ankara Yazı – Rus Sanatçının Gözünden Kurtuluş Günleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256503038</t>
+          <t>9786256503199</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Lozan’ın Önemi</t>
+          <t>Cavit Orhan Tütengil</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256503007</t>
+          <t>9786256503151</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Demokrasi</t>
+          <t>Yüksek Yerilim Hattı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789757720294</t>
+          <t>9786256503168</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ulus Olmak</t>
+          <t>Vahdettin Dosyası Hainlik Belgeleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257715997</t>
+          <t>9786256503175</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Ali Fuat Cebesoy Atatürk-Cebesoy Anlaşmazlığı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257715973</t>
+          <t>9786256503144</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Halkçı Kaynakları</t>
+          <t>Güldüklerimiz</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257715935</t>
+          <t>9786256503083</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eğitimin Son 100 Yılı</t>
+          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257715980</t>
+          <t>9786256503090</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Refah ve Atılay Faciaları</t>
+          <t>Tanık Olduğum Hikayeler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257715911</t>
+          <t>9789756747643</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Demokratlar</t>
+          <t>Bütün Oyunları 4</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257715904</t>
+          <t>9789756747636</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Baydar'ın Anıları: Mustafa Kemal'in Gizli Örgütü</t>
+          <t>Bütün Oyunları 3</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257715850</t>
+          <t>9786256503069</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Atatürk: Ben de Bir İnsanım</t>
+          <t>Ukrayna Dünyanın Siyasi Fay Hattı - Ukrayna'nın Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257715690</t>
+          <t>9786256503014</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Ersoy Karikatür Albümü</t>
+          <t>100. Yılında Cumhuriyet’in Yazını</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257715683</t>
+          <t>9786257715966</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Cemal Nadir Güler Karikatür Albümü</t>
+          <t>Boyama Kitabı - Bitkiler-Meyveler, Araçlar, Hayvanlar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257715959</t>
+          <t>9786256503021</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sekülerleşme</t>
+          <t>Ege Adaları Sorunu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257715881</t>
+          <t>9786256503038</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyet'in Sanatı</t>
+          <t>100. Yılında Lozan’ın Önemi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789757720249</t>
+          <t>9786256503007</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Aşk da Gezer</t>
+          <t>Cumhuriyet ve Demokrasi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257715898</t>
+          <t>9789757720294</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Resim-Elişleri ve Sanat Eğitimi</t>
+          <t>Ulus Olmak</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257715874</t>
+          <t>9786257715997</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İslam Çağımıza Yanıt Verebilir mi?</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257715942</t>
+          <t>9786257715973</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği Sendromu</t>
+          <t>Devrimin Halkçı Kaynakları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257715867</t>
+          <t>9786257715935</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Köy Enstitüleri</t>
+          <t>Türkiye’de Eğitimin Son 100 Yılı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257715812</t>
+          <t>9786257715980</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Tuğlalar</t>
+          <t>Refah ve Atılay Faciaları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257715829</t>
+          <t>9786257715911</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminden Portreler</t>
+          <t>İnönü ve Demokratlar</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257715799</t>
+          <t>9786257715904</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulusuna Adanmış Bir Yaşam: Mustafa Şeref Özkan</t>
+          <t>Ekrem Baydar'ın Anıları: Mustafa Kemal'in Gizli Örgütü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257715843</t>
+          <t>9786257715850</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mayıs ile Eylül</t>
+          <t>Atatürk: Ben de Bir İnsanım</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257715805</t>
+          <t>9786257715690</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün El Yazısı ile Yurttaşlık Bilgileri</t>
+          <t>Ali Ulvi Ersoy Karikatür Albümü</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257715836</t>
+          <t>9786257715683</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Maffy’nin Sevdası Caz</t>
+          <t>Cemal Nadir Güler Karikatür Albümü</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257715751</t>
+          <t>9786257715959</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Geçmemiş Zaman</t>
+          <t>Türkiye'de Sekülerleşme</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257715744</t>
+          <t>9786257715881</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Ben</t>
+          <t>100. Yılında Cumhuriyet'in Sanatı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257715768</t>
+          <t>9789757720249</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Laiklik</t>
+          <t>Aşk da Gezer</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257715713</t>
+          <t>9786257715898</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yüzler, İzler Gölgeler</t>
+          <t>Resim-Elişleri ve Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257715720</t>
+          <t>9786257715874</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Satış Çağı</t>
+          <t>İslam Çağımıza Yanıt Verebilir mi?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257715652</t>
+          <t>9786257715942</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öyküler - 2</t>
+          <t>İncir Çekirdeği Sendromu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257715737</t>
+          <t>9786257715867</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Piknik</t>
+          <t>Sorularla Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756747629</t>
+          <t>9786257715812</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - 2</t>
+          <t>Kırmızı Tuğlalar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789756747612</t>
+          <t>9786257715829</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - 1</t>
+          <t>Fransız Devriminden Portreler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257715782</t>
+          <t>9786257715799</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Deveye Sormuşlar</t>
+          <t>Türk Ulusuna Adanmış Bir Yaşam: Mustafa Şeref Özkan</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257715775</t>
+          <t>9786257715843</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatanlar-cumhuriyet’in 10 Eğitim Yıldızı</t>
+          <t>Mayıs ile Eylül</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257715706</t>
+          <t>9786257715805</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Babam Hüseyin</t>
+          <t>Atatürk’ün El Yazısı ile Yurttaşlık Bilgileri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257715645</t>
+          <t>9786257715836</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzmit Basın Toplantısı 100.Yıl</t>
+          <t>Maffy’nin Sevdası Caz</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257715676</t>
+          <t>9786257715751</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Uzunkoşu - Anılar</t>
+          <t>Geçmemiş Zaman</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257715669</t>
+          <t>9786257715744</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşımız Victor Hugo</t>
+          <t>Senden Bir Ben</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257715638</t>
+          <t>9786257715768</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Biat Toplumunun Ruhsal Kökenleri</t>
+          <t>Cumhuriyet ve Laiklik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257715614</t>
+          <t>9786257715713</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Yüzler, İzler Gölgeler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257715607</t>
+          <t>9786257715720</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Oktay Akbal’ın Anısına Saygıyla</t>
+          <t>Satış Çağı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257715591</t>
+          <t>9786257715652</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tsunami</t>
+          <t>Gizemli Öyküler - 2</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786084207022</t>
+          <t>9786257715737</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Arıcan Okuma Sevgisi</t>
+          <t>Mezarlıkta Piknik</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257715485</t>
+          <t>9789756747629</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazınından Seçme Öyküler</t>
+          <t>Bütün Oyunları - 2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>135</v>
+        <v>480</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257715560</t>
+          <t>9789756747612</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yediveren</t>
+          <t>Bütün Oyunları - 1</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257715553</t>
+          <t>9786257715782</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Manoli</t>
+          <t>Deveye Sormuşlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257715430</t>
+          <t>9786257715775</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Numaracı Cumhuriyetçiler</t>
+          <t>Yolumuzu Aydınlatanlar-cumhuriyet’in 10 Eğitim Yıldızı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257715201</t>
+          <t>9786257715706</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Beden Eğitiminin Öncü Kızları</t>
+          <t>Babam Hüseyin</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257715263</t>
+          <t>9786257715645</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tonguç Baba</t>
+          <t>Atatürk’ün İzmit Basın Toplantısı 100.Yıl</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257715256</t>
+          <t>9786257715676</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Bedeli</t>
+          <t>Uzunkoşu - Anılar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>295</v>
+        <v>480</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257715119</t>
+          <t>9786257715669</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Yunus Nadi</t>
+          <t>Çağdaşımız Victor Hugo</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257715447</t>
+          <t>9786257715638</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bodrum</t>
+          <t>Biat Toplumunun Ruhsal Kökenleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051400327</t>
+          <t>9786257715614</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bahtabakan</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051400709</t>
+          <t>9786257715607</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Annelik Babalık Rehberi</t>
+          <t>Oktay Akbal’ın Anısına Saygıyla</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257715621</t>
+          <t>9786257715591</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Silindir Şapka Giyen Köylü - Bacayı İndir Bacayı Kaldır</t>
+          <t>Tsunami</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257715584</t>
+          <t>9786084207022</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gül Dedi Ki</t>
+          <t>Arıcan Okuma Sevgisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257715577</t>
+          <t>9786257715485</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Karısı</t>
+          <t>Türk Yazınından Seçme Öyküler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257715546</t>
+          <t>9786257715560</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Uç Uç Böceği</t>
+          <t>Yediveren</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257715492</t>
+          <t>9786257715553</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Aymazlığın İbretlik Öyküsü</t>
+          <t>Ali ile Manoli</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257715539</t>
+          <t>9786257715430</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Bağımsızlık</t>
+          <t>Numaracı Cumhuriyetçiler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257715515</t>
+          <t>9786257715201</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bizler Büyüyünce</t>
+          <t>Türkiye'de Beden Eğitiminin Öncü Kızları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>115</v>
+        <v>450</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257715522</t>
+          <t>9786257715263</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Basınca</t>
+          <t>Tonguç Baba</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257715508</t>
+          <t>9786257715256</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çağdaş Eğitim</t>
+          <t>Mutluluğun Bedeli</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257715478</t>
+          <t>9786257715119</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İşçiyim Haksızım</t>
+          <t>Mustafa Kemal Atatürk ve Yunus Nadi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257715461</t>
+          <t>9786257715447</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yolu ve Suikast</t>
+          <t>Bodrum</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257715454</t>
+          <t>9786051400327</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü 1804 - 1914</t>
+          <t>Bahtabakan</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257715423</t>
+          <t>9786051400709</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Olmak</t>
+          <t>100 Soruda Annelik Babalık Rehberi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257715379</t>
+          <t>9786257715621</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tiridine Bandım - “Zehra Bilir”</t>
+          <t>Silindir Şapka Giyen Köylü - Bacayı İndir Bacayı Kaldır</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257715416</t>
+          <t>9786257715584</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>47 Hadisesi</t>
+          <t>Gül Dedi Ki</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257715355</t>
+          <t>9786257715577</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Dünya Edebiyatında Aydınlanma</t>
+          <t>Nasreddin Hoca ile Karısı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257715409</t>
+          <t>9786257715546</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Liderlik Sırları</t>
+          <t>Çevreci Uç Uç Böceği</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257715348</t>
+          <t>9786257715492</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Seçkileri - Türk Edebiyatı Klasikleri 1</t>
+          <t>Aymazlığın İbretlik Öyküsü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257715386</t>
+          <t>9786257715539</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Timur</t>
+          <t>Cumhuriyet ve Bağımsızlık</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257715362</t>
+          <t>9786257715515</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>AB’nin Kalbinden</t>
+          <t>Bizler Büyüyünce</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>280</v>
+        <v>115</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257715393</t>
+          <t>9786257715522</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Elması</t>
+          <t>Toprağa Basınca</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257715331</t>
+          <t>9786257715508</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ordu Süvarisi Trabzonlu Hacı Hasan ve Yedinci Oğlu</t>
+          <t>Cumhuriyet ve Çağdaş Eğitim</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257715300</t>
+          <t>9786257715478</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dört Bir Yanım Gökkuşağı</t>
+          <t>İşçiyim Haksızım</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257715324</t>
+          <t>9786257715461</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Özgecan, Dilan ve Leyla...</t>
+          <t>Cumhuriyet Yolu ve Suikast</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257715317</t>
+          <t>9786257715454</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tito'nun Çocuklarından Atatürk'ün Gençliğine Göçün Göbeğinde</t>
+          <t>Osmanlı'nın Çöküşü 1804 - 1914</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257715294</t>
+          <t>9786257715423</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 23 Nisan</t>
+          <t>Cumhuriyetçi Olmak</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257715287</t>
+          <t>9786257715379</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Sakarya Savaşı</t>
+          <t>Tiridine Bandım - “Zehra Bilir”</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257715270</t>
+          <t>9786257715416</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Örs - Nesnelerin Dili</t>
+          <t>47 Hadisesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257715225</t>
+          <t>9786257715355</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yüzellilik Gazeteciler</t>
+          <t>18. Yüzyıl Dünya Edebiyatında Aydınlanma</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257715188</t>
+          <t>9786257715409</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Zayıflıyorum!</t>
+          <t>Atatürk’ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257715232</t>
+          <t>9786257715348</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Rusya-Batı Çatışmasında Fener Rum Patrikhanesi</t>
+          <t>Cumhuriyet Seçkileri - Türk Edebiyatı Klasikleri 1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257715249</t>
+          <t>9786257715386</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kavşakta</t>
+          <t>Nasreddin Hoca ile Timur</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>135</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257715010</t>
+          <t>9786257715362</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Melez Zaman</t>
+          <t>AB’nin Kalbinden</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257715218</t>
+          <t>9786257715393</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Belgelerle Türk-Ermeni İlişkileri</t>
+          <t>Sevgi Elması</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>290</v>
+        <v>115</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257715027</t>
+          <t>9786257715331</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Şalter Kemal</t>
+          <t>Kızıl Ordu Süvarisi Trabzonlu Hacı Hasan ve Yedinci Oğlu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>195</v>
+        <v>430</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257715157</t>
+          <t>9786257715300</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mor Külhani Besteci Cengiz Tanç</t>
+          <t>Dört Bir Yanım Gökkuşağı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>280</v>
+        <v>115</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257715003</t>
+          <t>9786257715324</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Medreseleşen Üniversiteler Mollalaşan Akademisyenler</t>
+          <t>Özgecan, Dilan ve Leyla...</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257715164</t>
+          <t>9786257715317</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Sonra En Zor 19 Ay 1-2</t>
+          <t>Tito'nun Çocuklarından Atatürk'ün Gençliğine Göçün Göbeğinde</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257715041</t>
+          <t>9786257715294</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tuvalin Ardındaki Tarih</t>
+          <t>Çocuklar İçin 23 Nisan</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257715140</t>
+          <t>9786257715287</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Candide Ya Da İyimserlik</t>
+          <t>100. Yılında Sakarya Savaşı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257715126</t>
+          <t>9786257715270</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kirliliği Ortamında Kalbimiz ve Damarlarımız</t>
+          <t>Örs - Nesnelerin Dili</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257715133</t>
+          <t>9786257715225</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Çanakkale Efsanesi</t>
+          <t>Yüzellilik Gazeteciler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257715034</t>
+          <t>9786257715188</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yapısal Özellikleri ve Anayasal Düzeni</t>
+          <t>Eyvah Zayıflıyorum!</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>115</v>
+        <v>215</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257715096</t>
+          <t>9786257715232</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için 1920 Dersleri</t>
+          <t>Rusya-Batı Çatışmasında Fener Rum Patrikhanesi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257715102</t>
+          <t>9786257715249</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Öyküleri</t>
+          <t>Kavşakta</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257715058</t>
+          <t>9786257715010</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'in Masalları</t>
+          <t>Melez Zaman</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257715072</t>
+          <t>9786257715218</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bir Takvim Yaprağında</t>
+          <t>Yabancı Belgelerle Türk-Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257715065</t>
+          <t>9786257715027</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Baharın Etkileri</t>
+          <t>Şalter Kemal</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257715089</t>
+          <t>9786257715157</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Mor Külhani Besteci Cengiz Tanç</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051400990</t>
+          <t>9786257715003</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yurdumuzu Şen Edeceğiz</t>
+          <t>Medreseleşen Üniversiteler Mollalaşan Akademisyenler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051400983</t>
+          <t>9786257715164</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray</t>
+          <t>Samsun’dan Sonra En Zor 19 Ay 1-2</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>135</v>
+        <v>800</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051400952</t>
+          <t>9786257715041</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öyküler -1</t>
+          <t>Tuvalin Ardındaki Tarih</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051400914</t>
+          <t>9786257715140</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclis</t>
+          <t>Candide Ya Da İyimserlik</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051400921</t>
+          <t>9786257715126</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>68 Yılında Ondokuz Yaşındaysan Hep Ondokuz Yaşındasın</t>
+          <t>Bilgi Kirliliği Ortamında Kalbimiz ve Damarlarımız</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051400938</t>
+          <t>9786257715133</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yüreğim Yaz</t>
+          <t>Mustafa Kemal’in Çanakkale Efsanesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051400945</t>
+          <t>9786257715034</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Keçi İle Ağlayan Kaya</t>
+          <t>Türkiye’nin Yapısal Özellikleri ve Anayasal Düzeni</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051400907</t>
+          <t>9786257715096</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Timbuktu - Uzak Bir Düşe Yolculuk</t>
+          <t>Çocuklar için 1920 Dersleri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>290</v>
+        <v>115</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051400884</t>
+          <t>9786257715102</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Semender Söylencesi</t>
+          <t>Nasrettin Hoca Öyküleri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>324</v>
+        <v>135</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051400891</t>
+          <t>9786257715058</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme</t>
+          <t>La Fontaine'in Masalları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>324</v>
+        <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051400877</t>
+          <t>9786257715072</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl’in Olağanüstü Öyküsü</t>
+          <t>Bir Takvim Yaprağında</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051400860</t>
+          <t>9786257715065</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Salgın Sonrası Yeni Dünya Düzeni</t>
+          <t>Baharın Etkileri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051400648</t>
+          <t>9786257715089</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı: Virüs</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051400846</t>
+          <t>9786051400990</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Yurdumuzu Şen Edeceğiz</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051400822</t>
+          <t>9786051400983</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokrasi Sınavı</t>
+          <t>Galatasaray</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051400839</t>
+          <t>9786051400952</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yeni Faşizm</t>
+          <t>Gizemli Öyküler -1</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051400815</t>
+          <t>9786051400914</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Voltaire ve Aydınlanma</t>
+          <t>İlk Meclis</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051400761</t>
+          <t>9786051400921</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorununu Anlamak</t>
+          <t>68 Yılında Ondokuz Yaşındaysan Hep Ondokuz Yaşındasın</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>324</v>
+        <v>315</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051400754</t>
+          <t>9786051400938</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün</t>
+          <t>Yaz Yüreğim Yaz</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051400792</t>
+          <t>9786051400945</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Pestalozzi Çocuklar Köyü</t>
+          <t>Keçi İle Ağlayan Kaya</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051400778</t>
+          <t>9786051400907</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devleti'nin Cumhuriyeti'ne Ne Oldu?</t>
+          <t>Timbuktu - Uzak Bir Düşe Yolculuk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051400808</t>
+          <t>9786051400884</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Semender Söylencesi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>120</v>
+        <v>324</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051400785</t>
+          <t>9786051400891</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Savaşları</t>
+          <t>Küreselleşme</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>290</v>
+        <v>324</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051400716</t>
+          <t>9786051400877</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Mehmet Ali</t>
+          <t>Peter Schlemihl’in Olağanüstü Öyküsü</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051400686</t>
+          <t>9786051400860</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Serçe Konağı</t>
+          <t>Salgın Sonrası Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051400655</t>
+          <t>9786051400648</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 1919 Dersleri</t>
+          <t>İçimizdeki Yabancı: Virüs</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051400723</t>
+          <t>9786051400846</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tek Adamcı Saray Düzeni</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051400662</t>
+          <t>9786051400822</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yurdum Gurbet Olmasın</t>
+          <t>Türkiye’nin Demokrasi Sınavı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051400631</t>
+          <t>9786051400839</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Adı Öküzden Sonra Gelen</t>
+          <t>Yeni Faşizm</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051400730</t>
+          <t>9786051400815</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Aydınlanma Devrimleri Nedir? Ne Değildir?</t>
+          <t>Voltaire ve Aydınlanma</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051400693</t>
+          <t>9786051400761</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Suriye Türkiye'ye Girdi Göç Dalgası</t>
+          <t>Ermeni Sorununu Anlamak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>324</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051400679</t>
+          <t>9786051400754</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Savaşı'nda 38. Alayla Samsun'dan İzmir'e</t>
+          <t>Bir Gün</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051400624</t>
+          <t>9786051400792</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Senatör</t>
+          <t>Pestalozzi Çocuklar Köyü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>480</v>
+        <v>135</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051400617</t>
+          <t>9786051400778</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İmar Sorunlarımız</t>
+          <t>Türkiye Cumhuriyeti Devleti'nin Cumhuriyeti'ne Ne Oldu?</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051400600</t>
+          <t>9786051400808</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Karşı Devrimle Hesaplaşma</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051400303</t>
+          <t>9786051400785</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dictator Justice</t>
+          <t>Mustafa Kemal'in Savaşları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756747902</t>
+          <t>9786051400716</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Uç Minik Serçem</t>
+          <t>İyi İnsan Mehmet Ali</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055525378</t>
+          <t>9786051400686</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kekliği</t>
+          <t>Serçe Konağı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054183098</t>
+          <t>9786051400655</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri ve Dinci Kuşatma</t>
+          <t>Çocuklar İçin 1919 Dersleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055525019</t>
+          <t>9786051400723</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Romanı - Leyla Gencer</t>
+          <t>Tek Adamcı Saray Düzeni</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051400143</t>
+          <t>9786051400662</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Troya’dan İyonya’ya</t>
+          <t>Yurdum Gurbet Olmasın</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055525156</t>
+          <t>9786051400631</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Trakya (İstanbul’un İşgaline) Direniyor</t>
+          <t>Adı Öküzden Sonra Gelen</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054183340</t>
+          <t>9786051400730</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Cehalet</t>
+          <t>Kemalizm Aydınlanma Devrimleri Nedir? Ne Değildir?</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055525118</t>
+          <t>9786051400693</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tarzan Öldü</t>
+          <t>Suriye Türkiye'ye Girdi Göç Dalgası</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789756747223</t>
+          <t>9786051400679</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Biziz Gül Bizdedir</t>
+          <t>Bağımsızlık Savaşı'nda 38. Alayla Samsun'dan İzmir'e</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055525552</t>
+          <t>9786051400624</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bahar Temizliği</t>
+          <t>Senatör</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789944150316</t>
+          <t>9786051400617</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>O Güzel İnsanlar</t>
+          <t>İmar Sorunlarımız</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789756747261</t>
+          <t>9786051400600</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bir Güneydoğu Gerçeği Necla</t>
+          <t>Karşı Devrimle Hesaplaşma</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054183951</t>
+          <t>9786051400303</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ne Olursa Olsun Savaşıyorlar</t>
+          <t>Dictator Justice</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051400365</t>
+          <t>9789756747902</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>Uç Minik Serçem</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054183623</t>
+          <t>9786055525378</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihi</t>
+          <t>Avcı Kekliği</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>540</v>
+        <v>115</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051400372</t>
+          <t>9786054183098</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tanıdık</t>
+          <t>Atatürk Devrimleri ve Dinci Kuşatma</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051400280</t>
+          <t>9786055525019</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yargıtatör</t>
+          <t>Tutkunun Romanı - Leyla Gencer</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055525637</t>
+          <t>9786051400143</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yargılı İnfazlar</t>
+          <t>Troya’dan İyonya’ya</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051400556</t>
+          <t>9786055525156</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Zor Oyunu</t>
+          <t>Trakya (İstanbul’un İşgaline) Direniyor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051400549</t>
+          <t>9786054183340</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yarını Baştan Tanımlamak</t>
+          <t>Tehlikeli Cehalet</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054183272</t>
+          <t>9786055525118</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Besleme Medyanın Aslanları</t>
+          <t>Tarzan Öldü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051400532</t>
+          <t>9789756747223</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçeler</t>
+          <t>Bahçe Biziz Gül Bizdedir</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055525606</t>
+          <t>9786055525552</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Zulümdar</t>
+          <t>Bahar Temizliği</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055525521</t>
+          <t>9789944150316</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Zorbalığın Pençesinde</t>
+          <t>O Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944150590</t>
+          <t>9789756747261</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ziverbey Köşkü</t>
+          <t>Bir Güneydoğu Gerçeği Necla</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789757720614</t>
+          <t>9786054183951</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Zeliş</t>
+          <t>Ne Olursa Olsun Savaşıyorlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054183609</t>
+          <t>9786051400365</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinde Alanya</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054183104</t>
+          <t>9786054183623</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Yolsuzluk Oyunu</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944150606</t>
+          <t>9786051400372</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yurdu Teninde Duymak</t>
+          <t>Gizli Tanıdık</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054183531</t>
+          <t>9786051400280</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yargıtatör</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944150507</t>
+          <t>9786055525637</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yobaz ve Hokkabaz</t>
+          <t>Yargılı İnfazlar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>310</v>
+        <v>185</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789944150552</t>
+          <t>9786051400556</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mandacılar</t>
+          <t>Zor Oyunu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>215</v>
+        <v>480</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051400006</t>
+          <t>9786051400549</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Yenilenler</t>
+          <t>Yarını Baştan Tanımlamak</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054183784</t>
+          <t>9786054183272</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Aklın Sentezi</t>
+          <t>Besleme Medyanın Aslanları</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055525071</t>
+          <t>9786051400532</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Bana Yasak</t>
+          <t>Son Bahçeler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789756747520</t>
+          <t>9786055525606</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlarla Topraklar</t>
+          <t>Zulümdar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789944150743</t>
+          <t>9786055525521</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Vur Emri</t>
+          <t>Zorbalığın Pençesinde</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789944150194</t>
+          <t>9789944150590</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Üç Bin Yıllık Kavga</t>
+          <t>Ziverbey Köşkü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944150095</t>
+          <t>9789757720614</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Koalisyon</t>
+          <t>Zeliş</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055525262</t>
+          <t>9786054183609</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tüketilen Değerler ve Gençlik</t>
+          <t>Zaman Tünelinde Alanya</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055525224</t>
+          <t>9786054183104</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Kim Kullanır</t>
+          <t>Yüzyılın Yolsuzluk Oyunu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054183470</t>
+          <t>9789944150606</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Şu Dağın Ardı İran</t>
+          <t>Yurdu Teninde Duymak</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054183920</t>
+          <t>9786054183531</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Sarmalında Türkiye</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055525385</t>
+          <t>9789944150507</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Pazarı</t>
+          <t>Yobaz ve Hokkabaz</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789756747056</t>
+          <t>9789944150552</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Susuz Yaz</t>
+          <t>Yeni Mandacılar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789756747216</t>
+          <t>9786051400006</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Söylev Cilt: 1-2</t>
+          <t>Yaşasın Yenilenler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944150354</t>
+          <t>9786054183784</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Soros’un Çocukları</t>
+          <t>Yaratıcı Aklın Sentezi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055525699</t>
+          <t>9786055525071</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı</t>
+          <t>Yalnızlık Bana Yasak</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055525347</t>
+          <t>9789756747520</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Silivri Toplama Kampı Zulümhane</t>
+          <t>Yağmurlarla Topraklar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944150583</t>
+          <t>9789944150743</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sıkmabaşın Başağrısı</t>
+          <t>Vur Emri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789757720232</t>
+          <t>9789944150194</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Adresi Belli Değil</t>
+          <t>Üç Bin Yıllık Kavga</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944150866</t>
+          <t>9789944150095</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Önce Bilinmeyen 6 Ay</t>
+          <t>Türk Siyasal Yaşamında Koalisyon</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055525682</t>
+          <t>9786055525262</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sahte Şafak</t>
+          <t>Tüketilen Değerler ve Gençlik</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054183821</t>
+          <t>9786055525224</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>RTE 14. Louis mi</t>
+          <t>Tanrı’yı Kim Kullanır</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944150576</t>
+          <t>9786054183470</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Parazitli Demokrasi</t>
+          <t>Şu Dağın Ardı İran</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051400341</t>
+          <t>9786054183920</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Şeriat Sarmalında Türkiye</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055525880</t>
+          <t>9786055525385</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılardan Cumhuriyete Bilim</t>
+          <t>Şeriat Pazarı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786054183036</t>
+          <t>9789756747056</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ortak Pazardan Avrupa Birliğine</t>
+          <t>Susuz Yaz</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789944150620</t>
+          <t>9789756747216</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Satranç</t>
+          <t>Söylev Cilt: 1-2</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789757720706</t>
+          <t>9789944150354</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Orta(daki) Asya Ülkeleri</t>
+          <t>Soros’un Çocukları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>324</v>
+        <v>280</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055525217</t>
+          <t>9786055525699</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Dağı Tanrıları</t>
+          <t>Son Çağrı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051400228</t>
+          <t>9786055525347</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>O Mektubu Yazan Bendim</t>
+          <t>Silivri Toplama Kampı Zulümhane</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055525095</t>
+          <t>9789944150583</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Sıkmabaşın Başağrısı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786054183180</t>
+          <t>9789757720232</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Eşeği</t>
+          <t>Sevdanın Adresi Belli Değil</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786054183296</t>
+          <t>9789944150866</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Çocuklar</t>
+          <t>Samsun’dan Önce Bilinmeyen 6 Ay</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054183227</t>
+          <t>9786055525682</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Eğitim İstiyoruz?</t>
+          <t>Sahte Şafak</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786054183449</t>
+          <t>9786054183821</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Liboş Tayfa Öyküleri</t>
+          <t>RTE 14. Louis mi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055525545</t>
+          <t>9789944150576</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Liberal Ekonominin Çöküşü - Küresel Kriz</t>
+          <t>Parazitli Demokrasi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789756747766</t>
+          <t>9786051400341</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Laiklikten Şeriata mı?</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786055525767</t>
+          <t>9786055525880</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Küresel İsyan ’68</t>
+          <t>Osmanlılardan Cumhuriyete Bilim</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054183913</t>
+          <t>9786054183036</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Gençlik</t>
+          <t>Ortak Pazardan Avrupa Birliğine</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789757720140</t>
+          <t>9789944150620</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kuruluş</t>
+          <t>Ortadoğu’da Satranç</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786055525026</t>
+          <t>9789757720706</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kriz</t>
+          <t>Orta(daki) Asya Ülkeleri</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>330</v>
+        <v>324</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055525033</t>
+          <t>9786055525217</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü Sistemine Toplu Bakış</t>
+          <t>Olimpos Dağı Tanrıları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786054183302</t>
+          <t>9786051400228</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kir</t>
+          <t>O Mektubu Yazan Bendim</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786054183906</t>
+          <t>9786055525095</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kışkırtılmış Erkeklik Bastırılmış Kadınlık</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786055525996</t>
+          <t>9786054183180</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kalmayın Mücadeleye Katılın!</t>
+          <t>Nasreddin Hoca ile Eşeği</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789944150910</t>
+          <t>9786054183296</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Karışma</t>
+          <t>Nasreddin Hoca ile Çocuklar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054183616</t>
+          <t>9786054183227</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Türküler</t>
+          <t>Nasıl Bir Eğitim İstiyoruz?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051400334</t>
+          <t>9786054183449</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Yaşamı ve Şiirleri</t>
+          <t>Liboş Tayfa Öyküleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786054183357</t>
+          <t>9786055525545</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kalemler Konuşunca</t>
+          <t>Liberal Ekonominin Çöküşü - Küresel Kriz</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786055525804</t>
+          <t>9789756747766</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Yağmur ve Kuşlar</t>
+          <t>Laiklikten Şeriata mı?</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051400310</t>
+          <t>9786055525767</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sorunları Sözlüğü</t>
+          <t>Küresel İsyan ’68</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789944150637</t>
+          <t>9786054183913</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak</t>
+          <t>Kuşatılmış Gençlik</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055525422</t>
+          <t>9789757720140</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İsterler ki Susalım</t>
+          <t>Kurtuluş Kuruluş</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786054183517</t>
+          <t>9786055525026</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 3</t>
+          <t>Kriz</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786054183173</t>
+          <t>9786055525033</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 2</t>
+          <t>Köy Enstitüsü Sistemine Toplu Bakış</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055525576</t>
+          <t>9786054183302</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İrtica’nın Kara Yüzü</t>
+          <t>Kir</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055525842</t>
+          <t>9786054183906</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Ölümleri</t>
+          <t>Kışkırtılmış Erkeklik Bastırılmış Kadınlık</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055525248</t>
+          <t>9786055525996</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İlk Kırılma</t>
+          <t>Kayıtsız Kalmayın Mücadeleye Katılın!</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051400211</t>
+          <t>9789944150910</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İlhan Abi</t>
+          <t>Karışma</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055525583</t>
+          <t>9786054183616</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet</t>
+          <t>Kardeş Türküler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786054183326</t>
+          <t>9786051400334</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Islıkla Çalınan Öyküler</t>
+          <t>Karacaoğlan - Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789756747667</t>
+          <t>9786054183357</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Irak Bataklığında Türk-Amerikan İlişkileri</t>
+          <t>Kalemler Konuşunca</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>430</v>
+        <v>315</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055525187</t>
+          <t>9786055525804</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hücrede Karmen</t>
+          <t>Kadınlar, Yağmur ve Kuşlar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055525668</t>
+          <t>9786051400310</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Hoca Efendi</t>
+          <t>Kadın Sorunları Sözlüğü</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055525958</t>
+          <t>9789944150637</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah Vahşeti</t>
+          <t>Kadın Olmak</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789944150330</t>
+          <t>9786055525422</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Yaşlanmaz</t>
+          <t>İsterler ki Susalım</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789944150408</t>
+          <t>9786054183517</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hey Anadolu</t>
+          <t>İslamcı Örgütler 3</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055525507</t>
+          <t>9786054183173</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>İslamcı Örgütler 2</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054183845</t>
+          <t>9786055525576</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Haydar’ı Öldürmek</t>
+          <t>İrtica’nın Kara Yüzü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051400105</t>
+          <t>9786055525842</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hasret Gözlerimde Mavi</t>
+          <t>İlkyaz Ölümleri</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789944150132</t>
+          <t>9786055525248</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ali Yücel - Aydınlanma Devrimcisi</t>
+          <t>İlk Kırılma</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055525934</t>
+          <t>9786051400211</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hapiste Yatacak Olana Öğütler</t>
+          <t>İlhan Abi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>195</v>
+        <v>540</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051400112</t>
+          <t>9786055525583</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemek Direnmektir</t>
+          <t>İlahi Adalet</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789944150675</t>
+          <t>9786054183326</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Islıkla Çalınan Öyküler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051400273</t>
+          <t>9789756747667</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına İki Bilet</t>
+          <t>Irak Bataklığında Türk-Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055525859</t>
+          <t>9786055525187</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Hücrede Karmen</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055525651</t>
+          <t>9786055525668</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kal Ayvalık</t>
+          <t>Hoca Efendi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055525057</t>
+          <t>9786055525958</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Fareler Cumhuriyeti</t>
+          <t>Hizbullah Vahşeti</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944150019</t>
+          <t>9789944150330</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızgın Soluğu</t>
+          <t>Heyecan Yaşlanmaz</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055525903</t>
+          <t>9789944150408</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ey Gece Kapını Üstüme Kapat</t>
+          <t>Hey Anadolu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055525484</t>
+          <t>9786055525507</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum O Halde Sanığım Zulümname</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789944150514</t>
+          <t>9786054183845</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük, Sevgili Çocuğum</t>
+          <t>Haydar’ı Öldürmek</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789756747735</t>
+          <t>9786051400105</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Üstündeki Tilki</t>
+          <t>Hasret Gözlerimde Mavi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051400266</t>
+          <t>9789944150132</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Örümcek</t>
+          <t>Hasan Ali Yücel - Aydınlanma Devrimcisi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789756747452</t>
+          <t>9786055525934</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Dinler ve Devrimler</t>
+          <t>Hapiste Yatacak Olana Öğütler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789944150231</t>
+          <t>9786051400112</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Dilleri Uzun</t>
+          <t>Gülümsemek Direnmektir</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051400020</t>
+          <t>9789944150675</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Zaman</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054183876</t>
+          <t>9786051400273</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Devlet Hukukla Yaşar</t>
+          <t>Gökkuşağına İki Bilet</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786054183418</t>
+          <t>9786055525859</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Demokrasisiz Demokrasi</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789944150682</t>
+          <t>9786055525651</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Teokrasiye mi?</t>
+          <t>Fransız Kal Ayvalık</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786054183005</t>
+          <t>9786055525057</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Diyalektiği ve Devrim</t>
+          <t>Fareler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>310</v>
+        <v>115</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789757720638</t>
+          <t>9789944150019</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Değişik Gözle</t>
+          <t>Eylülün Kızgın Soluğu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786055525835</t>
+          <t>9786055525903</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Darbe Şakacıları Sevmez</t>
+          <t>Ey Gece Kapını Üstüme Kapat</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055525897</t>
+          <t>9786055525484</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Düşünüyorum O Halde Sanığım Zulümname</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>115</v>
+        <v>330</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789756747438</t>
+          <t>9789944150514</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Uzun Yürüyüşü</t>
+          <t>Dürüstlük, Sevgili Çocuğum</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054183739</t>
+          <t>9789756747735</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma Sancıları</t>
+          <t>Duvarın Üstündeki Tilki</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786054183968</t>
+          <t>9786051400266</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Cüppeli Adalet</t>
+          <t>Duvardaki Örümcek</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786054183395</t>
+          <t>9789756747452</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetsiz Demokrasi</t>
+          <t>Dinler ve Devrimler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789756747780</t>
+          <t>9789944150231</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Bireyi Olmak</t>
+          <t>Dilleri Uzun</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055525590</t>
+          <t>9786051400020</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yazıları</t>
+          <t>Devrim ve Zaman</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786054183210</t>
+          <t>9786054183876</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Gördük</t>
+          <t>Devlet Hukukla Yaşar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786054183524</t>
+          <t>9786054183418</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Cadı Fırtınası</t>
+          <t>Demokrasisiz Demokrasi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786054183159</t>
+          <t>9789944150682</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Biz de Çocuktuk 2 - Büyümek İstiyorum</t>
+          <t>Demokrasiden Teokrasiye mi?</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051400259</t>
+          <t>9786054183005</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yolculuk</t>
+          <t>Değişimin Diyalektiği ve Devrim</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054183777</t>
+          <t>9789757720638</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Bütün Zamanlar</t>
+          <t>Değişik Gözle</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051400044</t>
+          <t>9786055525835</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Güden Kuş</t>
+          <t>Darbe Şakacıları Sevmez</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786054183890</t>
+          <t>9786055525897</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bu Cennet Bu Cehennem</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055525163</t>
+          <t>9789756747438</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Boşnak Türküsü</t>
+          <t>Çin’in Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055525255</t>
+          <t>9786054183739</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Bir Sovyet Tarihçisinin Gözüyle Türkiye Ulusal Kurtuluş Savaşı</t>
+          <t>Çağdaşlaşma Sancıları</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786054183579</t>
+          <t>9786054183968</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bir Işık Olsun Yeter</t>
+          <t>Cüppeli Adalet</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055525491</t>
+          <t>9786054183395</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyaz Gecede</t>
+          <t>Cumhuriyetsiz Demokrasi</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786054183142</t>
+          <t>9789756747780</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Bir AKP Belge’seli Maskesiz Soygun</t>
+          <t>Cumhuriyet’in Bireyi Olmak</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789944150200</t>
+          <t>9786055525590</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Beraber Yürüdük Biz Bu Yollarda</t>
+          <t>Cumhuriyet Yazıları</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055525774</t>
+          <t>9786054183210</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bego Dayının Islığı</t>
+          <t>Cinayeti Gördük</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789944150170</t>
+          <t>9786054183524</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Hidrojen Vardı</t>
+          <t>Cadı Fırtınası</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>480</v>
+        <v>325</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786054183807</t>
+          <t>9786054183159</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Başka Gökler Altında</t>
+          <t>Biz de Çocuktuk 2 - Büyümek İstiyorum</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789944150705</t>
+          <t>9786051400259</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Babam Sağ Olsun</t>
+          <t>Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055525941</t>
+          <t>9786054183777</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Üçgenler</t>
+          <t>Bütün Zamanlar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786054183715</t>
+          <t>9786051400044</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Aşkıyla</t>
+          <t>Bulutları Güden Kuş</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786054183548</t>
+          <t>9786054183890</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Yolunda Yuh Olsun Topunuza</t>
+          <t>Bu Cennet Bu Cehennem</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051400099</t>
+          <t>9786055525163</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanan Yollar</t>
+          <t>Boşnak Türküsü</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789756747100</t>
+          <t>9786055525255</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ay Büyürken Uyuyamam</t>
+          <t>Bir Sovyet Tarihçisinin Gözüyle Türkiye Ulusal Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789756747247</t>
+          <t>9786054183579</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>At Kız</t>
+          <t>Bir Işık Olsun Yeter</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789944150996</t>
+          <t>9786055525491</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamana Doğar</t>
+          <t>Bir Beyaz Gecede</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789757720089</t>
+          <t>9786054183142</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kadınlar Sokağı</t>
+          <t>Bir AKP Belge’seli Maskesiz Soygun</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786054183869</t>
+          <t>9789944150200</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Beraber Yürüdük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786054183043</t>
+          <t>9786055525774</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Askeri Darbeden Sivil Darbeye</t>
+          <t>Bego Dayının Islığı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786054183319</t>
+          <t>9789944150170</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yasa Mıdır</t>
+          <t>Başlangıçta Hidrojen Vardı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786055525569</t>
+          <t>9786054183807</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve İnsan</t>
+          <t>Başka Gökler Altında</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789944150422</t>
+          <t>9789944150705</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Mızıkacıları</t>
+          <t>Babam Sağ Olsun</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786055525781</t>
+          <t>9786055525941</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Altın Saray</t>
+          <t>Aykırı Üçgenler</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>115</v>
+        <v>270</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789944150040</t>
+          <t>9786054183715</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Alışma</t>
+          <t>Aydınlık Aşkıyla</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789756747254</t>
+          <t>9786054183548</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Alaca Bir Öfke</t>
+          <t>Aydınlanma Yolunda Yuh Olsun Topunuza</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789756747742</t>
+          <t>9786051400099</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Affedersin La Fontaine</t>
+          <t>Aydınlanan Yollar</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789756747391</t>
+          <t>9789756747100</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Acı Tütün</t>
+          <t>Ay Büyürken Uyuyamam</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786054183814</t>
+          <t>9789756747247</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yasakları</t>
+          <t>At Kız</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786055525309</t>
+          <t>9789944150996</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya</t>
+          <t>Aşk Zamana Doğar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051400013</t>
+          <t>9789757720089</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım Öncesi ve Sonrası - Atatürk’ün Vefatı</t>
+          <t>Aşık Kadınlar Sokağı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786055525453</t>
+          <t>9786054183869</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yarası</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786054183982</t>
+          <t>9786054183043</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Memleket Saat Ayarı</t>
+          <t>Askeri Darbeden Sivil Darbeye</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789944150903</t>
+          <t>9786054183319</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Demokrasi Masalları</t>
+          <t>Anayasa Yasa Mıdır</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789944150972</t>
+          <t>9786055525569</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Maksat Spor Olsun</t>
+          <t>Anayasa ve İnsan</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789756747063</t>
+          <t>9789944150422</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Makedonya 1900</t>
+          <t>Amerikan Mızıkacıları</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051400150</t>
+          <t>9786055525781</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Lütfiye ve Komşusu</t>
+          <t>Altın Saray</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>310</v>
+        <v>115</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051400440</t>
+          <t>9789944150040</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Türkiye</t>
+          <t>Alışma</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051400419</t>
+          <t>9789756747254</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Devrim’in Babaları</t>
+          <t>Alaca Bir Öfke</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051400501</t>
+          <t>9789756747742</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Gözüyle Yazmak ve Yaşamak</t>
+          <t>Affedersin La Fontaine</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>324</v>
+        <v>310</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051400488</t>
+          <t>9789756747391</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Balbay'ın Maratonu</t>
+          <t>Acı Tütün</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051400495</t>
+          <t>9786054183814</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Amastris Üşümesin</t>
+          <t>12 Eylül Yasakları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051400518</t>
+          <t>9786055525309</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Balyoz Kumpası</t>
+          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051400426</t>
+          <t>9786051400013</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>10 Kasım Öncesi ve Sonrası - Atatürk’ün Vefatı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>324</v>
+        <v>420</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051400471</t>
+          <t>9786055525453</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Koruma Sorunlarımız</t>
+          <t>Meslek Yarası</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051400457</t>
+          <t>9786054183982</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>AKP'li Belediyelerde Neler Olmuş Neler</t>
+          <t>Memleket Saat Ayarı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786055525330</t>
+          <t>9789944150903</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Arabada Kim Var?</t>
+          <t>Medya ve Demokrasi Masalları</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051400181</t>
+          <t>9789944150972</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Anne Hiç Canım Acımadı</t>
+          <t>Maksat Spor Olsun</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
+          <t>9789756747063</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Makedonya 1900</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786051400150</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Lütfiye ve Komşusu</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786051400440</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Türkiye</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786051400419</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Devrim’in Babaları</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786051400501</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Gözüyle Yazmak ve Yaşamak</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786051400488</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Balbay'ın Maratonu</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786051400495</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Amastris Üşümesin</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786051400518</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Balyoz Kumpası</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786051400426</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786051400471</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Koruma Sorunlarımız</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786051400457</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>AKP'li Belediyelerde Neler Olmuş Neler</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786055525330</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Arabada Kim Var?</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786051400181</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Anne Hiç Canım Acımadı</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
           <t>9786054183364</t>
         </is>
       </c>
-      <c r="B649" s="1" t="inlineStr">
+      <c r="B662" s="1" t="inlineStr">
         <is>
           <t>Anlam Kovalar Biz Kaçarız</t>
         </is>
       </c>
-      <c r="C649" s="1">
+      <c r="C662" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>