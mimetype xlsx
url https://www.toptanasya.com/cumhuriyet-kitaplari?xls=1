--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,9955 +85,10135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255660121</t>
+          <t>9786255660237</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı</t>
+          <t>Köy Enstitüsü Sistemine Toplu Bakış (1936-1946)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255660169</t>
+          <t>9786255660190</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Altı Oku Çizerken</t>
+          <t>Milli Hatip Ömer Naci</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255660145</t>
+          <t>9786255660183</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güneş Umuttan Şimdi Doğar</t>
+          <t>Yurt Gezilerinin İzinde – Fırçanın Tanıklığında Memleket Belleği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255660084</t>
+          <t>9786255660152</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aşklar ve Diğer Savaşlar</t>
+          <t>Gecenin Kapıları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256503113</t>
+          <t>9786054183883</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sanatı Tarihi</t>
+          <t>İnsanlığı Nasıl Bir Gelecek Bekliyor?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256503052</t>
+          <t>9786055525415</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Hatıraları</t>
+          <t>Bütün Şiirleri 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256503953</t>
+          <t>9786051400525</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İsmet Toto (1905-1937)</t>
+          <t>Kalemi Kırılan Gazeteciler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256503991</t>
+          <t>9786255660107</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Laiklik Kavramının Gelişimi</t>
+          <t>Ay Işığında Yolculuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255660039</t>
+          <t>9786255660091</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kitap</t>
+          <t>Peki Şimdi Nereye?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255660046</t>
+          <t>9786255660138</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Masal Kadın</t>
+          <t>Şahsıma Mektuplar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255660053</t>
+          <t>9786255660015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kafdağının Ardından Bir Bey Oğlu</t>
+          <t>Çağdaş Türkiye'nin Ustası Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255660060</t>
+          <t>9786255660176</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ramiz Gökçe Karikatür Albümü</t>
+          <t>Tam Kıvamında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255660077</t>
+          <t>9786255660121</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Karar ve Tavır</t>
+          <t>Uzaylı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256503526</t>
+          <t>9786255660169</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğitimimizin Karşıdevrimle Sınavı</t>
+          <t>Altı Oku Çizerken</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256503847</t>
+          <t>9786255660145</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Başına Gelenler</t>
+          <t>Güneş Umuttan Şimdi Doğar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256503830</t>
+          <t>9786255660084</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Keşfeder Gibi...</t>
+          <t>Aşklar ve Diğer Savaşlar</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256503977</t>
+          <t>9786256503113</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hapsedilen Cumhuriyet</t>
+          <t>Türkiye Sanatı Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256503960</t>
+          <t>9786256503052</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail</t>
+          <t>Atatürk’ün Hatıraları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256503571</t>
+          <t>9786256503953</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sigortacısı</t>
+          <t>İsmet Toto (1905-1937)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256503809</t>
+          <t>9786256503991</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Akide Şekeri</t>
+          <t>Türkiye'de Laiklik Kavramının Gelişimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256503854</t>
+          <t>9786255660039</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Âşık</t>
+          <t>Atatürk ve Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256503793</t>
+          <t>9786255660046</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Öğretmen Yetiştirme Dünü, Bugünü, Geleceği</t>
+          <t>Masal Kadın</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256503908</t>
+          <t>9786255660053</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Kafdağının Ardından Bir Bey Oğlu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256503915</t>
+          <t>9786255660060</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Fısıltılar</t>
+          <t>Ramiz Gökçe Karikatür Albümü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256503885</t>
+          <t>9786255660077</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ürün Adı	Köprübaşı’ndan Cumhuriyet’e</t>
+          <t>Atatürk Karar ve Tavır</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256503892</t>
+          <t>9786256503526</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Halley’de Yedi Kadın</t>
+          <t>Eğitimimizin Karşıdevrimle Sınavı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256503823</t>
+          <t>9786256503847</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>O Güzel Kadın</t>
+          <t>Türkiye'nin Başına Gelenler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256503878</t>
+          <t>9786256503830</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zafer Anıtı – Cumhuriyet Gazetesi Öncülüğünde Yapılan</t>
+          <t>Ateşi Keşfeder Gibi...</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256503861</t>
+          <t>9786256503977</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat</t>
+          <t>Hapsedilen Cumhuriyet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752050000</t>
+          <t>9786256503960</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Cumhuriyet</t>
+          <t>Şah İsmail</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257715171</t>
+          <t>9786256503571</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Sonra En Zor 19 Ay Cilt 1</t>
+          <t>Hayal Sigortacısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756747698</t>
+          <t>9786256503809</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak ve Gülmek</t>
+          <t>Akide Şekeri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>11.11</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944150774</t>
+          <t>9786256503854</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Abdülcanbaz</t>
+          <t>Bıcırık Âşık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757720812</t>
+          <t>9786256503793</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı Tarihi</t>
+          <t>Türkiye'de Öğretmen Yetiştirme Dünü, Bugünü, Geleceği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>23.15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055525798</t>
+          <t>9786256503908</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sakız Çiğneyen Kedi</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757720874</t>
+          <t>9786256503915</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öğretemediğimiz Türkçe</t>
+          <t>Yarım Kalan Fısıltılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>16.67</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055525620</t>
+          <t>9786256503885</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öfkelenin!</t>
+          <t>Ürün Adı	Köprübaşı’ndan Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944150125</t>
+          <t>9786256503892</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan İstanbul’a</t>
+          <t>Halley’de Yedi Kadın</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>14.81</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944150453</t>
+          <t>9786256503823</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Tesettür</t>
+          <t>O Güzel Kadın</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756747889</t>
+          <t>9786256503878</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İran Raporu</t>
+          <t>Zafer Anıtı – Cumhuriyet Gazetesi Öncülüğünde Yapılan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>23.15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756747810</t>
+          <t>9786256503861</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Türkiye</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>18.52</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054183722</t>
+          <t>9789752050000</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi’den Humeyni’ye İran</t>
+          <t>Yaşasın Cumhuriyet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>13.89</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757720515</t>
+          <t>9786257715171</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş</t>
+          <t>Samsun’dan Sonra En Zor 19 Ay Cilt 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>37.04</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054183685</t>
+          <t>9789756747698</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gümüşana</t>
+          <t>Ağlamak ve Gülmek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756747865</t>
+          <t>9789944150774</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Radyo Cumhuriyet’te Çağdaş İnsan Söyleşileri</t>
+          <t>Abdülcanbaz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054183234</t>
+          <t>9789757720812</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Garipler Sokağı</t>
+          <t>2. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756747674</t>
+          <t>9786055525798</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Galileo Bilimsel Devrim</t>
+          <t>Sakız Çiğneyen Kedi</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055525132</t>
+          <t>9789757720874</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Biz Haklı Çıktık</t>
+          <t>Öğretemediğimiz Türkçe</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757720393</t>
+          <t>9786055525620</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Enel Hakk’ın Hakkı</t>
+          <t>Öfkelenin!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>27.78</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944150729</t>
+          <t>9789944150125</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Unutulan Türkleri</t>
+          <t>Mondros’tan İstanbul’a</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944150811</t>
+          <t>9789944150453</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Düşler Kuruyorum</t>
+          <t>Kadın ve Tesettür</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18.52</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055525927</t>
+          <t>9789756747889</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Dükkanı</t>
+          <t>İran Raporu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944150026</t>
+          <t>9789756747810</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bin Yokmuş</t>
+          <t>İngiliz Gizli Belgelerinde Türkiye</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944150224</t>
+          <t>9786054183722</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Gökten Düşmedi</t>
+          <t>İmam Mehdi’den Humeyni’ye İran</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944150897</t>
+          <t>9789757720515</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Sonra Bugünlere Nasıl Geldik?</t>
+          <t>Hacı Bektaş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>23.15</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757720751</t>
+          <t>9786054183685</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Avrasya</t>
+          <t>Gümüşana</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756747827</t>
+          <t>9789756747865</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Geçmişten Geleceğe Radyo Cumhuriyet’te Çağdaş İnsan Söyleşileri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757720621</t>
+          <t>9786054183234</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye’nin Kuruluşu</t>
+          <t>Garipler Sokağı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000051573</t>
+          <t>9789756747674</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Azap Ortakları Cilt: 2</t>
+          <t>Galileo Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>34.72</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054183265</t>
+          <t>9786055525132</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Dört Duvar</t>
+          <t>Eyvah Yine Biz Haklı Çıktık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944150064</t>
+          <t>9789757720393</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Köpekle Tanıştı</t>
+          <t>Enel Hakk’ın Hakkı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944150927</t>
+          <t>9789944150729</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türban</t>
+          <t>Ege’nin Unutulan Türkleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054183333</t>
+          <t>9789944150811</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Söylev (Nutuk)</t>
+          <t>Düşler Kuruyorum</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000011499</t>
+          <t>9786055525927</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Ey Demokrasi</t>
+          <t>Dedemin Sihirli Dükkanı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756747148</t>
+          <t>9789944150026</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Fetih</t>
+          <t>Bir Varmış Bin Yokmuş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000025990</t>
+          <t>9789944150224</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Minareleri</t>
+          <t>Bilinç Gökten Düşmedi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>325</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256503816</t>
+          <t>9789944150897</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlem</t>
+          <t>Atatürk’ten Sonra Bugünlere Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256503779</t>
+          <t>9789757720751</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kaldırılmasının 100. Yılında Halifelik</t>
+          <t>Atatürk ve Avrasya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>480</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256503755</t>
+          <t>9789756747827</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Devrim Şehidi Kubilay</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256503465</t>
+          <t>9789757720621</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yaratılışı</t>
+          <t>Kuvayı Milliye’nin Kuruluşu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256503458</t>
+          <t>3990000051573</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çilelerin Çınarı - Yetimlikten Vekilliğe</t>
+          <t>Azap Ortakları Cilt: 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256503472</t>
+          <t>9786054183265</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Günün İkinci Yarısı</t>
+          <t>Yer Gök Dört Duvar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256503380</t>
+          <t>9789944150064</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Diderot - Çağı Yaşamı ve Eserleri</t>
+          <t>Ve İnsan Köpekle Tanıştı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050316957</t>
+          <t>9789944150927</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Daha İyimserim</t>
+          <t>Türban</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051400747</t>
+          <t>9786054183333</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Söylev (Nutuk)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054183708</t>
+          <t>3990000011499</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Kürt Açmazı</t>
+          <t>Senin İçin Ey Demokrasi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055525002</t>
+          <t>9789756747148</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aklını Yitiren Türkiye</t>
+          <t>Fatih ve Fetih</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757720904</t>
+          <t>3990000025990</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ağıt Toplumu</t>
+          <t>Şeytan Minareleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756747506</t>
+          <t>9786256503816</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Afrika’nın Uçlarında</t>
+          <t>Dört İşlem</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055525477</t>
+          <t>9786256503779</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Afrika Masalları</t>
+          <t>Kaldırılmasının 100. Yılında Halifelik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944150699</t>
+          <t>9786256503755</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Gerçeğinde Şeriata Karşı Kadınlar</t>
+          <t>Devrim Şehidi Kubilay</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055525194</t>
+          <t>9786256503465</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Adı Bilgisayar Olsun</t>
+          <t>Umudun Yaratılışı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944150880</t>
+          <t>9786256503458</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>78’liler</t>
+          <t>Çilelerin Çınarı - Yetimlikten Vekilliğe</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944150736</t>
+          <t>9786256503472</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sivil Toplum</t>
+          <t>Bir Günün İkinci Yarısı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055525989</t>
+          <t>9786256503380</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>10 Yıldır AKP</t>
+          <t>Diderot - Çağı Yaşamı ve Eserleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051400068</t>
+          <t>9786050316957</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya Cilt: 2</t>
+          <t>Daha İyimserim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051400464</t>
+          <t>9786051400747</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Bir Yokuştur</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051400433</t>
+          <t>9786054183708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Öncü Kadınlar</t>
+          <t>AKP’nin Kürt Açmazı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051400402</t>
+          <t>9786055525002</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kendini Öğrenemeyen Toplum</t>
+          <t>Aklını Yitiren Türkiye</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051400396</t>
+          <t>9789757720904</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hey Türkiye Nasılsın?</t>
+          <t>Ağıt Toplumu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>324</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055525392</t>
+          <t>9789756747506</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Rus Basınında Türkiye Ve Nato</t>
+          <t>Afrika’nın Uçlarında</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055525088</t>
+          <t>9786055525477</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’ta Neredeydin</t>
+          <t>Afrika Masalları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944150767</t>
+          <t>9789944150699</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Rızabey Aileevi</t>
+          <t>Afganistan Gerçeğinde Şeriata Karşı Kadınlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944150460</t>
+          <t>9786055525194</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>PKK’nin Şifreleri</t>
+          <t>Adı Bilgisayar Olsun</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054183838</t>
+          <t>9789944150880</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>PKK Ne İstiyor</t>
+          <t>78’liler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055525408</t>
+          <t>9789944150736</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal-Yaşamı ve Şiirleri</t>
+          <t>100 Soruda Sivil Toplum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055525972</t>
+          <t>9786055525989</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Özgürlük</t>
+          <t>10 Yıldır AKP</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054183562</t>
+          <t>9786051400068</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Önce Türkçesi Sonra İngilizcesi</t>
+          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya Cilt: 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944150835</t>
+          <t>9786051400464</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Önce Ekmekler Bozuldu</t>
+          <t>Selimiye Bir Yokuştur</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757720218</t>
+          <t>9786051400433</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ozanlar Yazarlar Kitaplar</t>
+          <t>Bilimde Öncü Kadınlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>324</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756747896</t>
+          <t>9786051400402</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Odamda Bir Güvercin</t>
+          <t>Kendini Öğrenemeyen Toplum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944150187</t>
+          <t>9786051400396</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Erzurum’a</t>
+          <t>Hey Türkiye Nasılsın?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054183975</t>
+          <t>9786055525392</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Obadan Ulusa</t>
+          <t>Rus Basınında Türkiye Ve Nato</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055525644</t>
+          <t>9786055525088</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>O Büyülü İnsanlar</t>
+          <t>Rönesans’ta Neredeydin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756747605</t>
+          <t>9789944150767</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Necati Cumalı Bütün Oyunları (2 Cilt Takım)</t>
+          <t>Rızabey Aileevi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054183166</t>
+          <t>9789944150460</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Demokrasi İstiyoruz?</t>
+          <t>PKK’nin Şifreleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055525354</t>
+          <t>9786054183838</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mit’in Gizli Tarihi</t>
+          <t>PKK Ne İstiyor</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944150156</t>
+          <t>9786055525408</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Boyama Kitabı 2</t>
+          <t>Pir Sultan Abdal-Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944150163</t>
+          <t>9786055525972</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Boyama Kitabı 3</t>
+          <t>Örtülü Özgürlük</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055525811</t>
+          <t>9786054183562</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kuşla Kuş</t>
+          <t>Önce Türkçesi Sonra İngilizcesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756747858</t>
+          <t>9789944150835</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Yaşam</t>
+          <t>Önce Ekmekler Bozuldu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054183760</t>
+          <t>9789757720218</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kulak Misafiri</t>
+          <t>Ozanlar Yazarlar Kitaplar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>324</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757720065</t>
+          <t>9789756747896</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Olayı ve Tarikat Kampları</t>
+          <t>Odamda Bir Güvercin</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757720836</t>
+          <t>9789944150187</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
+          <t>Samsun’dan Erzurum’a</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944150934</t>
+          <t>9786054183975</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kiev’de Aşk</t>
+          <t>Obadan Ulusa</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944150101</t>
+          <t>9786055525644</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Koku</t>
+          <t>O Büyülü İnsanlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944150644</t>
+          <t>9789756747605</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kaş Kaş Üstüne Taş Taş Üstüne</t>
+          <t>Necati Cumalı Bütün Oyunları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>310</v>
+        <v>850</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944150347</t>
+          <t>9786054183166</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Karşı Duruş</t>
+          <t>Nasıl Bir Demokrasi İstiyoruz?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051400082</t>
+          <t>9786055525354</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kan Denizindeki Mercek</t>
+          <t>Mit’in Gizli Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054183647</t>
+          <t>9789944150156</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Dinamit Kuyusu</t>
+          <t>Meyveler Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944150088</t>
+          <t>9789944150163</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Jetonlar Düştükçe</t>
+          <t>Meslekler Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944150002</t>
+          <t>9786055525811</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Japon Gülü</t>
+          <t>Kuşla Kuş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>324</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051400198</t>
+          <t>9789756747858</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm ve Laiklik Açısından İtalyan Edebiyatı</t>
+          <t>Kuşatılmış Yaşam</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944150446</t>
+          <t>9786054183760</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İşte İnsan</t>
+          <t>Kulak Misafiri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055525125</t>
+          <t>9789757720065</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi 3 - İstanbul Efsaneleri</t>
+          <t>Kubilay Olayı ve Tarikat Kampları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054183135</t>
+          <t>9789757720836</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 1</t>
+          <t>Özgürleşme Eylemi Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789757720928</t>
+          <t>9789944150934</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Karşı Yazılar</t>
+          <t>Kiev’de Aşk</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054183258</t>
+          <t>9789944150101</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İmralı’da Öcalan’a Soruldu</t>
+          <t>Kırmızı Koku</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055525064</t>
+          <t>9789944150644</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlyada ve Odise</t>
+          <t>Kaş Kaş Üstüne Taş Taş Üstüne</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054183500</t>
+          <t>9789944150347</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Ormandır</t>
+          <t>Karşı Duruş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756747940</t>
+          <t>9786051400082</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlericilik-Gericilik Kavgasında Tevfik Fikret</t>
+          <t>Kan Denizindeki Mercek</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944150750</t>
+          <t>9786054183647</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İktidar Benim Ne İstersem Söylerim!</t>
+          <t>Kalbim Dinamit Kuyusu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944150781</t>
+          <t>9789944150088</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya</t>
+          <t>Jetonlar Düştükçe</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054183401</t>
+          <t>9789944150002</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi  2 - Işık Ülkesi Likya</t>
+          <t>Japon Gülü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756747933</t>
+          <t>9786051400198</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman’ın Yüzüğü</t>
+          <t>Hümanizm ve Laiklik Açısından İtalyan Edebiyatı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944150439</t>
+          <t>9789944150446</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hiroşima’lar Olmasın</t>
+          <t>İşte İnsan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756747544</t>
+          <t>9786055525125</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirimiz Masum Değiliz</t>
+          <t>Anadolu Mitolojisi 3 - İstanbul Efsaneleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944150491</t>
+          <t>9786054183135</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hey İstanbul 2</t>
+          <t>İslamcı Örgütler 1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944150248</t>
+          <t>9789757720928</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hey İstanbul 1</t>
+          <t>Karanlığa Karşı Yazılar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055525910</t>
+          <t>9786054183258</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hepiniz Suçlusunuz!</t>
+          <t>İmralı’da Öcalan’a Soruldu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054183241</t>
+          <t>9786055525064</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hasangiller</t>
+          <t>İlyada ve Odise</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054183852</t>
+          <t>9786054183500</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Akan Irmak</t>
+          <t>İnsan Bir Ormandır</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944150958</t>
+          <t>9789756747940</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gezi Fısıltıları</t>
+          <t>İlericilik-Gericilik Kavgasında Tevfik Fikret</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051400358</t>
+          <t>9789944150750</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gezi Direnişi</t>
+          <t>İktidar Benim Ne İstersem Söylerim!</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051400136</t>
+          <t>9789944150781</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap Tatilde</t>
+          <t>İki Dünya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055525170</t>
+          <t>9786054183401</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kitap</t>
+          <t>Anadolu Mitolojisi  2 - Işık Ülkesi Likya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054183678</t>
+          <t>9789756747933</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Hz. Süleyman’ın Yüzüğü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055525446</t>
+          <t>9789944150439</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Silinen Kentler</t>
+          <t>Hiroşima’lar Olmasın</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756747988</t>
+          <t>9789756747544</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Esil ile Yesil</t>
+          <t>Hiçbirimiz Masum Değiliz</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054183630</t>
+          <t>9789944150491</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Mergenekon</t>
+          <t>Hey İstanbul 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944150859</t>
+          <t>9789944150248</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>El Kaide’nin Sırları</t>
+          <t>Hey İstanbul 1</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756747346</t>
+          <t>9786055525910</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Vurun</t>
+          <t>Hepiniz Suçlusunuz!</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944150361</t>
+          <t>9786054183241</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Düşlerdeki Toprak</t>
+          <t>Hasangiller</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055525613</t>
+          <t>9786054183852</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Düş Ekmeği</t>
+          <t>Gökyüzüne Akan Irmak</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054183555</t>
+          <t>9789944150958</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bir Yerinde</t>
+          <t>Gezi Fısıltıları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944150309</t>
+          <t>9786051400358</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dünya Halk Masalları</t>
+          <t>Gezi Direnişi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944150262</t>
+          <t>9786051400136</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Geveze Kitap Tatilde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944150651</t>
+          <t>9786055525170</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Din ve Politika</t>
+          <t>Geveze Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051400174</t>
+          <t>9786054183678</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Devrimin İlk Karşıtları - Özgürlük Mücadeleleri Tarihimiz</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054183746</t>
+          <t>9786055525446</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yılları</t>
+          <t>Geçmişi Silinen Kentler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944150033</t>
+          <t>9789756747988</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve İslam</t>
+          <t>Esil ile Yesil</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054183593</t>
+          <t>9786054183630</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İki Şair İki Dünya</t>
+          <t>Ergenekon Mergenekon</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051400167</t>
+          <t>9789944150859</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Davası</t>
+          <t>El Kaide’nin Sırları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944150828</t>
+          <t>9789756747346</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dağlarda O Yaz</t>
+          <t>Düşünüyorum Öyleyse Vurun</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789757720775</t>
+          <t>9789944150361</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Ben Edebiyatçıyım</t>
+          <t>Düşlerdeki Toprak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756747964</t>
+          <t>9786055525613</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çizmeden Yukarı</t>
+          <t>Düş Ekmeği</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055525866</t>
+          <t>9786054183555</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacındaki Gizli Geçit</t>
+          <t>Dünyanın Bir Yerinde</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756747469</t>
+          <t>9789944150309</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çağın Tanığı Sinema</t>
+          <t>Dünya Halk Masalları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054183012</t>
+          <t>9789944150262</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlık ve Yurttaşlık Bilinci</t>
+          <t>Diyarbakır Efsaneleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944150149</t>
+          <t>9789944150651</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı 1</t>
+          <t>Din ve Politika</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054183289</t>
+          <t>9786051400174</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cumhurun Trajedisi</t>
+          <t>Devrimin İlk Karşıtları - Özgürlük Mücadeleleri Tarihimiz</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054183111</t>
+          <t>9786054183746</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>CHP ile Bir Ömür</t>
+          <t>Devrim Yılları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>486</v>
+        <v>360</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944150873</t>
+          <t>9789944150033</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>BOP Dedik Recep</t>
+          <t>Devlet ve İslam</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944150712</t>
+          <t>9786054183593</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bolivar’dan Chavez’e Latin Amerika</t>
+          <t>İki Şair İki Dünya</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944150989</t>
+          <t>9786051400167</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bizim 68’liler</t>
+          <t>Denizlerin Davası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944150965</t>
+          <t>9789944150828</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Biz Bu Evrenin Çocukları</t>
+          <t>Dağlarda O Yaz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>480</v>
+        <v>135</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054183494</t>
+          <t>9789757720775</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Masalı Bir Varmış ile Bir Yokmuş</t>
+          <t>Çünkü Ben Edebiyatçıyım</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054183753</t>
+          <t>9789756747964</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim ve Stratejik Anlamı</t>
+          <t>Çizmeden Yukarı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054183586</t>
+          <t>9786055525866</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bilim Toplum ve İnsana Bakış</t>
+          <t>Çınar Ağacındaki Gizli Geçit</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055525514</t>
+          <t>9789756747469</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Beni Bekle Çiçeği</t>
+          <t>Çağın Tanığı Sinema</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944150842</t>
+          <t>9786054183012</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Yeni Türkiye Politikası</t>
+          <t>Çağdaşlık ve Yurttaşlık Bilinci</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054183425</t>
+          <t>9789944150149</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Batık Bir Gemi</t>
+          <t>Hayvanlar Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944150385</t>
+          <t>9786054183289</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Batı ve Laiklik Küresel Çağda İslam 1</t>
+          <t>Cumhurun Trajedisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055525750</t>
+          <t>9786054183111</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Türk Devrimini Öğreniyor</t>
+          <t>CHP ile Bir Ömür</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>115</v>
+        <v>600</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055525743</t>
+          <t>9789944150873</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Devrimlere Koşuyor!</t>
+          <t>BOP Dedik Recep</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055525712</t>
+          <t>9789944150712</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Çanakkale’den Gelibolu’ya Geçiyor</t>
+          <t>Bolivar’dan Chavez’e Latin Amerika</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055525729</t>
+          <t>9789944150989</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Çanakkale’den Anadolu’ya Yürüyor</t>
+          <t>Bizim 68’liler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055525316</t>
+          <t>9789944150965</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Fethullah Gülen’in 40 Yıllık Serüveni</t>
+          <t>Biz Bu Evrenin Çocukları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>215</v>
+        <v>480</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055525736</t>
+          <t>9786054183494</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Barış Takımı - Atatürk’le Buluşuyor</t>
+          <t>Bir Anadolu Masalı Bir Varmış ile Bir Yokmuş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789757720256</t>
+          <t>9786054183753</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar</t>
+          <t>Bilimsel Devrim ve Stratejik Anlamı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055525675</t>
+          <t>9786054183586</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Azap Ortakları (2 Kitap Takım)</t>
+          <t>Bilim Toplum ve İnsana Bakış</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>810</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054183999</t>
+          <t>9786055525514</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Sesi İlhan Selçuk Anlatıyor</t>
+          <t>Beni Bekle Çiçeği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055525231</t>
+          <t>9789944150842</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Batı’nın Yeni Türkiye Politikası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944150323</t>
+          <t>9786054183425</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Aydın İhaneti (İşbirlikçiler 2)</t>
+          <t>Batık Bir Gemi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>324</v>
+        <v>135</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054183067</t>
+          <t>9789944150385</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Askerle Kavgası</t>
+          <t>Batı ve Laiklik Küresel Çağda İslam 1</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054183371</t>
+          <t>9786055525750</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kuğu</t>
+          <t>Barış Takımı - Türk Devrimini Öğreniyor</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756747797</t>
+          <t>9786055525743</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Bir Gün Gelecek</t>
+          <t>Barış Takımı - Devrimlere Koşuyor!</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054183944</t>
+          <t>9786055525712</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşksız İnsanlar</t>
+          <t>Barış Takımı - Çanakkale’den Gelibolu’ya Geçiyor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944150569</t>
+          <t>9786055525729</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Avusturalya'ya Anzak Türkleri</t>
+          <t>Barış Takımı - Çanakkale’den Anadolu’ya Yürüyor</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756747803</t>
+          <t>9786055525316</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Fethullah Gülen’in 40 Yıllık Serüveni</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>430</v>
+        <v>215</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756747186</t>
+          <t>9786055525736</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anılar 19. Yüzyılda Saray Haremi</t>
+          <t>Barış Takımı - Atatürk’le Buluşuyor</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756747919</t>
+          <t>9789757720256</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Anı Değil Yaşam</t>
+          <t>Balkanlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055525200</t>
+          <t>9786055525675</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anayasayla Sivil Darbe - Türkiye'nin İkinci 12 Eylül'ü</t>
+          <t>Azap Ortakları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>270</v>
+        <v>810</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055525460</t>
+          <t>9786054183999</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aliş ile Koşka</t>
+          <t>Aydınlanmanın Sesi İlhan Selçuk Anlatıyor</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054183692</t>
+          <t>9786055525231</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Eğitimsel İşlevleri</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944150057</t>
+          <t>9789944150323</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanmak Yasaktır</t>
+          <t>Aydın İhaneti (İşbirlikçiler 2)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>324</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054183654</t>
+          <t>9786054183067</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Korugan</t>
+          <t>Avrupa’nın Askerle Kavgası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054183791</t>
+          <t>9786054183371</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kirpi</t>
+          <t>Ateş ve Kuğu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756747209</t>
+          <t>9789756747797</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sol Geleceği Tartışıyor</t>
+          <t>Atatürk Bir Gün Gelecek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054183388</t>
+          <t>9786054183944</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Aşksız İnsanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054183074</t>
+          <t>9789944150569</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’yla Derin Bağlar</t>
+          <t>Çanakkale'den Avusturalya'ya Anzak Türkleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944150477</t>
+          <t>9789756747803</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zamanlardan Birinde</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944150392</t>
+          <t>9789756747186</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sesi Zeytin Ülkesi</t>
+          <t>Anılar 19. Yüzyılda Saray Haremi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055525705</t>
+          <t>9789756747919</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Yaşamı ve Şiirleri</t>
+          <t>Anı Değil Yaşam</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944150538</t>
+          <t>9786055525200</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yön’ün Devrim’i</t>
+          <t>Anayasayla Sivil Darbe - Türkiye'nin İkinci 12 Eylül'ü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756747094</t>
+          <t>9786055525460</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yemen Türkler Mezarlığı</t>
+          <t>Aliş ile Koşka</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756747551</t>
+          <t>9786054183692</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yedi Canlı Cumhuriyet</t>
+          <t>Masallar ve Eğitimsel İşlevleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944150668</t>
+          <t>9789944150057</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Yaşamak</t>
+          <t>Gıdıklanmak Yasaktır</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944150415</t>
+          <t>9786054183654</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Korugan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756747513</t>
+          <t>9786054183791</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı</t>
+          <t>Kirpi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756747971</t>
+          <t>9789756747209</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadın</t>
+          <t>Sol Geleceği Tartışıyor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055525828</t>
+          <t>9786054183388</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlar Nereye Yağar</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944150293</t>
+          <t>9786054183074</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Vurgun Demokrasisi</t>
+          <t>Avrupa’yla Derin Bağlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>324</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756747193</t>
+          <t>9789944150477</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Veee Perdeee</t>
+          <t>Zamanlardan Birinde</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054183081</t>
+          <t>9789944150392</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Vatan Millet Fasarya</t>
+          <t>Yüreğin Sesi Zeytin Ülkesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9799756747475</t>
+          <t>9786055525705</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteden Toplumsal Sorunlara Bakış</t>
+          <t>Yunus Emre Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756747773</t>
+          <t>9789944150538</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ülkelere Değil Savaşa Düşmanım</t>
+          <t>Yön’ün Devrim’i</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055525538</t>
+          <t>9789756747094</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yolda Bir Mola</t>
+          <t>Yemen Türkler Mezarlığı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055525323</t>
+          <t>9789756747551</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Uzakdoğu’m</t>
+          <t>Yedi Canlı Cumhuriyet</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055525279</t>
+          <t>9789944150668</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ulus Yıkıcılığı Zamanları</t>
+          <t>Yazmak Yaşamak</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055525149</t>
+          <t>9789944150415</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ufukta Bora Alabora</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055525286</t>
+          <t>9789756747513</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bağımsızlık Savaşı</t>
+          <t>Yasaklı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054183050</t>
+          <t>9789756747971</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Askersiz İşgali Gümrük Birliği</t>
+          <t>Yalnız Kadın</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054183203</t>
+          <t>9786055525828</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İslam Cumhuriyeti</t>
+          <t>Yağmurlar Nereye Yağar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944150804</t>
+          <t>9789944150293</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’nin Renkleri</t>
+          <t>Vurgun Demokrasisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>430</v>
+        <v>324</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051400129</t>
+          <t>9789756747193</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Toprak Acıkınca</t>
+          <t>Veee Perdeee</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756747834</t>
+          <t>9786054183081</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Odası Amerika</t>
+          <t>Vatan Millet Fasarya</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756747957</t>
+          <t>9799756747475</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Unutmamak</t>
+          <t>Üniversiteden Toplumsal Sorunlara Bakış</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054183197</t>
+          <t>9789756747773</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mitolojisi  1 - Tanrıların Yurdu Ege</t>
+          <t>Ülkelere Değil Savaşa Düşmanım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055525965</t>
+          <t>9786055525538</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Doğu Zamanı</t>
+          <t>Uzun Yolda Bir Mola</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944150521</t>
+          <t>9786055525323</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çevir Denize At</t>
+          <t>Uzakdoğu’m</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789757720324</t>
+          <t>9786055525279</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Ruhu</t>
+          <t>Ulus Yıkıcılığı Zamanları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944150484</t>
+          <t>9786055525149</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şeriat ve Siyaset</t>
+          <t>Ufukta Bora Alabora</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055525361</t>
+          <t>9786055525286</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Ülkesinde Kadın Olmak</t>
+          <t>Türkiye’nin Bağımsızlık Savaşı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051400037</t>
+          <t>9786054183050</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şeker Şiirler</t>
+          <t>Türkiye’nin Askersiz İşgali Gümrük Birliği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944150071</t>
+          <t>9786054183203</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Şef</t>
+          <t>Türkiye İslam Cumhuriyeti</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054183661</t>
+          <t>9789944150804</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şahmaranı Yutmak</t>
+          <t>Türkçe’nin Renkleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944150941</t>
+          <t>9786051400129</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Susurluk’tan Ergenekon’a</t>
+          <t>Toprak Acıkınca</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756747445</t>
+          <t>9789756747834</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Adam</t>
+          <t>Tarihin Arka Odası Amerika</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756747995</t>
+          <t>9789756747957</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Suriye Raporu</t>
+          <t>Tarihi Unutmamak</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944150613</t>
+          <t>9786054183197</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Suçumuz İnsan Olmak</t>
+          <t>Anadolu Mitolojisi  1 - Tanrıların Yurdu Ege</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944150255</t>
+          <t>9786055525965</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Söyleyin Anama Ağlamasın</t>
+          <t>Şimdi Doğu Zamanı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789757720676</t>
+          <t>9789944150521</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Söylev Cilt: 3</t>
+          <t>Şiir Çevir Denize At</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789757720577</t>
+          <t>9789757720324</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokraside Temel Eğilimler</t>
+          <t>Şiddet Ruhu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051400235</t>
+          <t>9789944150484</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sona</t>
+          <t>Şeriat ve Siyaset</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051400297</t>
+          <t>9786055525361</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Son Seçim</t>
+          <t>Şeriat Ülkesinde Kadın Olmak</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054183128</t>
+          <t>9786051400037</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sivil Darbe</t>
+          <t>Şeker Şiirler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944150217</t>
+          <t>9789944150071</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sivas’tan Ankara’ya</t>
+          <t>Şef</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054183456</t>
+          <t>9786054183661</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sivas’ı Unutmak</t>
+          <t>Şahmaranı Yutmak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944150279</t>
+          <t>9789944150941</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye Mektuplar</t>
+          <t>Susurluk’tan Ergenekon’a</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054183937</t>
+          <t>9789756747445</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>68'den 78'e Sancılı Yıllar Kuşatılmış Sokaklar</t>
+          <t>Susmayan Adam</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055525439</t>
+          <t>9789756747995</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Troyalılar</t>
+          <t>Suriye Raporu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055525101</t>
+          <t>9789944150613</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ulustan Devlete</t>
+          <t>Suçumuz İnsan Olmak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054183463</t>
+          <t>9789944150255</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Söyleyin Anama Ağlamasın</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944150798</t>
+          <t>9789757720676</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Bahçesi</t>
+          <t>Söylev Cilt: 3</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051400853</t>
+          <t>9789757720577</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Ekonomi Modeli</t>
+          <t>Sosyal Demokraside Temel Eğilimler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756747339</t>
+          <t>9786051400235</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Selahattin’in Romanı (2 Cilt Takım)</t>
+          <t>Sona</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>600</v>
+        <v>315</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756747681</t>
+          <t>9786051400297</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İskele Sancak</t>
+          <t>Son Seçim</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051400204</t>
+          <t>9786054183128</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Son Hükmü</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055525040</t>
+          <t>9789944150217</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı ve İki Cephede Türkiye</t>
+          <t>Sivas’tan Ankara’ya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756747841</t>
+          <t>9786054183456</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bu Kez Düşmanın Adı: Terör</t>
+          <t>Sivas’ı Unutmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756747759</t>
+          <t>9789944150279</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Vedat Günyol’a Armağan 100’e 5 Vardı</t>
+          <t>Sevgiliye Mektuplar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256503731</t>
+          <t>9786054183937</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Piyangocunun Ölümü</t>
+          <t>68'den 78'e Sancılı Yıllar Kuşatılmış Sokaklar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256503700</t>
+          <t>9786055525439</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri 1920-1927</t>
+          <t>Troyalılar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256503748</t>
+          <t>9786055525101</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türk Resmine Yön Veren Tablolarıyla Seçkin Türk Ressamlar</t>
+          <t>Ulustan Devlete</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256503724</t>
+          <t>9786054183463</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Sanatçılar Vardır</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256503717</t>
+          <t>9789944150798</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Savaşçıları</t>
+          <t>Sözcük Bahçesi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256503502</t>
+          <t>9786051400853</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Müzik Öncüleri:10 Portre</t>
+          <t>Kemalist Ekonomi Modeli</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256503588</t>
+          <t>9789756747339</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cumhuriyetçiliğin Temelleri</t>
+          <t>Yüzbaşı Selahattin’in Romanı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256503687</t>
+          <t>9789756747681</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Unutulmaz Yetenekleri</t>
+          <t>İskele Sancak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256503694</t>
+          <t>9786051400204</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vatan</t>
+          <t>Ömrümün Son Hükmü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256503618</t>
+          <t>9786055525040</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Söylev</t>
+          <t>İkinci Dünya Savaşı ve İki Cephede Türkiye</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256503670</t>
+          <t>9789756747841</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bisiklet ve Dedem</t>
+          <t>Bu Kez Düşmanın Adı: Terör</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256503540</t>
+          <t>9789756747759</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağaç Gibi</t>
+          <t>Vedat Günyol’a Armağan 100’e 5 Vardı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256503601</t>
+          <t>9786256503731</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Çocukları</t>
+          <t>Piyangocunun Ölümü</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256503632</t>
+          <t>9786256503700</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Olan Adamın Hikayesi</t>
+          <t>İstiklal Mahkemeleri 1920-1927</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>320</v>
+        <v>680</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256503649</t>
+          <t>9786256503748</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Devrimler Tarihi - Amerikan Fransız Rus ve Türk Devrimleri Üzerine Bir İnceleme</t>
+          <t>Türk Resmine Yön Veren Tablolarıyla Seçkin Türk Ressamlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256503656</t>
+          <t>9786256503724</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İnönü Hükümetlerinin Kıbrıs Politikası (1961 - 1965)</t>
+          <t>Yalnızca Sanatçılar Vardır</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256503397</t>
+          <t>9786256503717</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Talih Kuşu</t>
+          <t>Aydınlanma Savaşçıları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051400976</t>
+          <t>9786256503502</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe</t>
+          <t>Cumhuriyet’in Müzik Öncüleri:10 Portre</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256503519</t>
+          <t>9786256503588</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kemancı Kemal</t>
+          <t>İkinci Cumhuriyetçiliğin Temelleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256503496</t>
+          <t>9786256503687</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Teokratik Devlet ve Laik Devlet</t>
+          <t>Futbolun Unutulmaz Yetenekleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789757720447</t>
+          <t>9786256503694</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Viran Dağlar</t>
+          <t>İkinci Vatan</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256503410</t>
+          <t>9786256503618</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Bir Yağmur Bulmalıyım</t>
+          <t>Söylev</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256503427</t>
+          <t>9786256503670</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Taş</t>
+          <t>Tahta Bisiklet ve Dedem</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256503489</t>
+          <t>9786256503540</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye İşçi Sınıfı Tarihi</t>
+          <t>Bir Ağaç Gibi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256503434</t>
+          <t>9786256503601</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Unutulmaz</t>
+          <t>Devrimin Çocukları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256503403</t>
+          <t>9786256503632</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamit’in Yitirdiği Balkan Toprakları</t>
+          <t>Gazeteci Olan Adamın Hikayesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256503441</t>
+          <t>9786256503649</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yılın Tanığı Cumhuriyet Gazetesi 100 Yaşında</t>
+          <t>Karşılaştırmalı Devrimler Tarihi - Amerikan Fransız Rus ve Türk Devrimleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256503328</t>
+          <t>9786256503656</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerine Saldırılar Tarihi</t>
+          <t>İnönü Hükümetlerinin Kıbrıs Politikası (1961 - 1965)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256503342</t>
+          <t>9786256503397</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrime Direnirken</t>
+          <t>Talih Kuşu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256503335</t>
+          <t>9786051400976</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dipteki Zaman</t>
+          <t>Fenerbahçe</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256503182</t>
+          <t>9786256503519</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Arka Sokakta İsyan</t>
+          <t>Kemancı Kemal</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944150545</t>
+          <t>9786256503496</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Beyaz İpek Gibi Yağdı Kar</t>
+          <t>Teokratik Devlet ve Laik Devlet</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051400969</t>
+          <t>9789757720447</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş</t>
+          <t>Viran Dağlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256503304</t>
+          <t>9786256503410</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kamusal Ekonomi Politikası</t>
+          <t>Kızıma Bir Yağmur Bulmalıyım</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256503311</t>
+          <t>9786256503427</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 1921-1923 Dersleri</t>
+          <t>Uzaydan Gelen Taş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256503281</t>
+          <t>9786256503489</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Uyumluluk</t>
+          <t>Kısa Türkiye İşçi Sınıfı Tarihi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256503298</t>
+          <t>9786256503434</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ay Anne Ay İçimden Dolanıyor</t>
+          <t>Çanakkale Unutulmaz</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256503250</t>
+          <t>9786256503403</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Etkileyen Tablolarıyla Seçkin Ressamlar</t>
+          <t>II. Abdülhamit’in Yitirdiği Balkan Toprakları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256503120</t>
+          <t>9786256503441</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Alandaki Delikanlı</t>
+          <t>Yüz Yılın Tanığı Cumhuriyet Gazetesi 100 Yaşında</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257715928</t>
+          <t>9786256503328</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bir At Sırtında</t>
+          <t>Köy Enstitülerine Saldırılar Tarihi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>325</v>
+        <v>480</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256503236</t>
+          <t>9786256503342</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Selahattin'in Romanı</t>
+          <t>Karşıdevrime Direnirken</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256503076</t>
+          <t>9786256503335</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Antigone, Minna Von Barnhelm, Ghyges ve Yüzüğü</t>
+          <t>Dipteki Zaman</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256503106</t>
+          <t>9786256503182</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Kadın Hakları</t>
+          <t>Arka Sokakta İsyan</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256503045</t>
+          <t>9789944150545</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Horhor'un Leblebisi</t>
+          <t>Beyaz İpek Gibi Yağdı Kar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>80</v>
+        <v>310</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256503229</t>
+          <t>9786051400969</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı - Doğu Cephesinde Muhacirler</t>
+          <t>Beşiktaş</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256503205</t>
+          <t>9786256503304</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Carissima Sevgilim</t>
+          <t>Atatürk’ün Kamusal Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256503212</t>
+          <t>9786256503311</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>1922 Ankara Yazı – Rus Sanatçının Gözünden Kurtuluş Günleri</t>
+          <t>Çocuklar İçin 1921-1923 Dersleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256503199</t>
+          <t>9786256503281</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Cavit Orhan Tütengil</t>
+          <t>Uyumluluk</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256503151</t>
+          <t>9786256503298</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yerilim Hattı</t>
+          <t>Ay Anne Ay İçimden Dolanıyor</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256503168</t>
+          <t>9786256503250</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Vahdettin Dosyası Hainlik Belgeleri</t>
+          <t>Dünyayı Etkileyen Tablolarıyla Seçkin Ressamlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256503175</t>
+          <t>9786256503120</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy Atatürk-Cebesoy Anlaşmazlığı</t>
+          <t>Alandaki Delikanlı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256503144</t>
+          <t>9786257715928</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Güldüklerimiz</t>
+          <t>Yeşil Bir At Sırtında</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256503083</t>
+          <t>9786256503236</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
+          <t>Yüzbaşı Selahattin'in Romanı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256503090</t>
+          <t>9786256503076</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tanık Olduğum Hikayeler</t>
+          <t>Antigone, Minna Von Barnhelm, Ghyges ve Yüzüğü</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756747643</t>
+          <t>9786256503106</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 4</t>
+          <t>Cumhuriyet ve Kadın Hakları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789756747636</t>
+          <t>9786256503045</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3</t>
+          <t>Horhor'un Leblebisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256503069</t>
+          <t>9786256503229</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna Dünyanın Siyasi Fay Hattı - Ukrayna'nın Dünü ve Bugünü</t>
+          <t>1. Dünya Savaşı - Doğu Cephesinde Muhacirler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256503014</t>
+          <t>9786256503205</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyet’in Yazını</t>
+          <t>Carissima Sevgilim</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257715966</t>
+          <t>9786256503212</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Bitkiler-Meyveler, Araçlar, Hayvanlar</t>
+          <t>1922 Ankara Yazı – Rus Sanatçının Gözünden Kurtuluş Günleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256503021</t>
+          <t>9786256503199</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ege Adaları Sorunu</t>
+          <t>Cavit Orhan Tütengil</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256503038</t>
+          <t>9786256503151</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Lozan’ın Önemi</t>
+          <t>Yüksek Yerilim Hattı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256503007</t>
+          <t>9786256503168</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Demokrasi</t>
+          <t>Vahdettin Dosyası Hainlik Belgeleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789757720294</t>
+          <t>9786256503175</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ulus Olmak</t>
+          <t>Ali Fuat Cebesoy Atatürk-Cebesoy Anlaşmazlığı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257715997</t>
+          <t>9786256503144</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Güldüklerimiz</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257715973</t>
+          <t>9786256503083</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Halkçı Kaynakları</t>
+          <t>Vegan Devrimi ve Hayvan Özgürlüğü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257715935</t>
+          <t>9786256503090</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eğitimin Son 100 Yılı</t>
+          <t>Tanık Olduğum Hikayeler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257715980</t>
+          <t>9789756747643</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Refah ve Atılay Faciaları</t>
+          <t>Bütün Oyunları 4</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257715911</t>
+          <t>9789756747636</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Demokratlar</t>
+          <t>Bütün Oyunları 3</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257715904</t>
+          <t>9786256503069</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Baydar'ın Anıları: Mustafa Kemal'in Gizli Örgütü</t>
+          <t>Ukrayna Dünyanın Siyasi Fay Hattı - Ukrayna'nın Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>175</v>
+        <v>480</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257715850</t>
+          <t>9786256503014</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Atatürk: Ben de Bir İnsanım</t>
+          <t>100. Yılında Cumhuriyet’in Yazını</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257715690</t>
+          <t>9786257715966</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Ersoy Karikatür Albümü</t>
+          <t>Boyama Kitabı - Bitkiler-Meyveler, Araçlar, Hayvanlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257715683</t>
+          <t>9786256503021</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Cemal Nadir Güler Karikatür Albümü</t>
+          <t>Ege Adaları Sorunu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257715959</t>
+          <t>9786256503038</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sekülerleşme</t>
+          <t>100. Yılında Lozan’ın Önemi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257715881</t>
+          <t>9786256503007</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyet'in Sanatı</t>
+          <t>Cumhuriyet ve Demokrasi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789757720249</t>
+          <t>9789757720294</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Aşk da Gezer</t>
+          <t>Ulus Olmak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257715898</t>
+          <t>9786257715997</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Resim-Elişleri ve Sanat Eğitimi</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257715874</t>
+          <t>9786257715973</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam Çağımıza Yanıt Verebilir mi?</t>
+          <t>Devrimin Halkçı Kaynakları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257715942</t>
+          <t>9786257715935</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği Sendromu</t>
+          <t>Türkiye’de Eğitimin Son 100 Yılı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257715867</t>
+          <t>9786257715980</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Köy Enstitüleri</t>
+          <t>Refah ve Atılay Faciaları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257715812</t>
+          <t>9786257715911</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Tuğlalar</t>
+          <t>İnönü ve Demokratlar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257715829</t>
+          <t>9786257715904</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminden Portreler</t>
+          <t>Ekrem Baydar'ın Anıları: Mustafa Kemal'in Gizli Örgütü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257715799</t>
+          <t>9786257715850</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulusuna Adanmış Bir Yaşam: Mustafa Şeref Özkan</t>
+          <t>Atatürk: Ben de Bir İnsanım</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257715843</t>
+          <t>9786257715690</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mayıs ile Eylül</t>
+          <t>Ali Ulvi Ersoy Karikatür Albümü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257715805</t>
+          <t>9786257715683</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün El Yazısı ile Yurttaşlık Bilgileri</t>
+          <t>Cemal Nadir Güler Karikatür Albümü</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257715836</t>
+          <t>9786257715959</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Maffy’nin Sevdası Caz</t>
+          <t>Türkiye'de Sekülerleşme</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257715751</t>
+          <t>9786257715881</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Geçmemiş Zaman</t>
+          <t>100. Yılında Cumhuriyet'in Sanatı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257715744</t>
+          <t>9789757720249</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Ben</t>
+          <t>Aşk da Gezer</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257715768</t>
+          <t>9786257715898</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Laiklik</t>
+          <t>Resim-Elişleri ve Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257715713</t>
+          <t>9786257715874</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yüzler, İzler Gölgeler</t>
+          <t>İslam Çağımıza Yanıt Verebilir mi?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257715720</t>
+          <t>9786257715942</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Satış Çağı</t>
+          <t>İncir Çekirdeği Sendromu</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257715652</t>
+          <t>9786257715867</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öyküler - 2</t>
+          <t>Sorularla Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257715737</t>
+          <t>9786257715812</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Piknik</t>
+          <t>Kırmızı Tuğlalar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756747629</t>
+          <t>9786257715829</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - 2</t>
+          <t>Fransız Devriminden Portreler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789756747612</t>
+          <t>9786257715799</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - 1</t>
+          <t>Türk Ulusuna Adanmış Bir Yaşam: Mustafa Şeref Özkan</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257715782</t>
+          <t>9786257715843</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Deveye Sormuşlar</t>
+          <t>Mayıs ile Eylül</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257715775</t>
+          <t>9786257715805</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatanlar-cumhuriyet’in 10 Eğitim Yıldızı</t>
+          <t>Atatürk’ün El Yazısı ile Yurttaşlık Bilgileri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257715706</t>
+          <t>9786257715836</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Babam Hüseyin</t>
+          <t>Maffy’nin Sevdası Caz</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257715645</t>
+          <t>9786257715751</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzmit Basın Toplantısı 100.Yıl</t>
+          <t>Geçmemiş Zaman</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257715676</t>
+          <t>9786257715744</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Uzunkoşu - Anılar</t>
+          <t>Senden Bir Ben</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>480</v>
+        <v>470</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257715669</t>
+          <t>9786257715768</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşımız Victor Hugo</t>
+          <t>Cumhuriyet ve Laiklik</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257715638</t>
+          <t>9786257715713</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Biat Toplumunun Ruhsal Kökenleri</t>
+          <t>Yüzler, İzler Gölgeler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257715614</t>
+          <t>9786257715720</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Satış Çağı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257715607</t>
+          <t>9786257715652</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Oktay Akbal’ın Anısına Saygıyla</t>
+          <t>Gizemli Öyküler - 2</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257715591</t>
+          <t>9786257715737</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tsunami</t>
+          <t>Mezarlıkta Piknik</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786084207022</t>
+          <t>9789756747629</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Arıcan Okuma Sevgisi</t>
+          <t>Bütün Oyunları - 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257715485</t>
+          <t>9789756747612</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazınından Seçme Öyküler</t>
+          <t>Bütün Oyunları - 1</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257715560</t>
+          <t>9786257715782</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yediveren</t>
+          <t>Deveye Sormuşlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257715553</t>
+          <t>9786257715775</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Manoli</t>
+          <t>Yolumuzu Aydınlatanlar-cumhuriyet’in 10 Eğitim Yıldızı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257715430</t>
+          <t>9786257715706</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Numaracı Cumhuriyetçiler</t>
+          <t>Babam Hüseyin</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257715201</t>
+          <t>9786257715645</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Beden Eğitiminin Öncü Kızları</t>
+          <t>Atatürk’ün İzmit Basın Toplantısı 100.Yıl</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257715263</t>
+          <t>9786257715676</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tonguç Baba</t>
+          <t>Uzunkoşu - Anılar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257715256</t>
+          <t>9786257715669</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Bedeli</t>
+          <t>Çağdaşımız Victor Hugo</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257715119</t>
+          <t>9786257715638</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Yunus Nadi</t>
+          <t>Biat Toplumunun Ruhsal Kökenleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257715447</t>
+          <t>9786257715614</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bodrum</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051400327</t>
+          <t>9786257715607</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bahtabakan</t>
+          <t>Oktay Akbal’ın Anısına Saygıyla</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051400709</t>
+          <t>9786257715591</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Annelik Babalık Rehberi</t>
+          <t>Tsunami</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257715621</t>
+          <t>9786084207022</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Silindir Şapka Giyen Köylü - Bacayı İndir Bacayı Kaldır</t>
+          <t>Arıcan Okuma Sevgisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257715584</t>
+          <t>9786257715485</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Gül Dedi Ki</t>
+          <t>Türk Yazınından Seçme Öyküler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257715577</t>
+          <t>9786257715560</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Karısı</t>
+          <t>Yediveren</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257715546</t>
+          <t>9786257715553</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Uç Uç Böceği</t>
+          <t>Ali ile Manoli</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257715492</t>
+          <t>9786257715430</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Aymazlığın İbretlik Öyküsü</t>
+          <t>Numaracı Cumhuriyetçiler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257715539</t>
+          <t>9786257715201</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Bağımsızlık</t>
+          <t>Türkiye'de Beden Eğitiminin Öncü Kızları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257715515</t>
+          <t>9786257715263</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bizler Büyüyünce</t>
+          <t>Tonguç Baba</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>115</v>
+        <v>260</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257715522</t>
+          <t>9786257715256</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Basınca</t>
+          <t>Mutluluğun Bedeli</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257715508</t>
+          <t>9786257715119</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çağdaş Eğitim</t>
+          <t>Mustafa Kemal Atatürk ve Yunus Nadi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257715478</t>
+          <t>9786257715447</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İşçiyim Haksızım</t>
+          <t>Bodrum</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257715461</t>
+          <t>9786051400327</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yolu ve Suikast</t>
+          <t>Bahtabakan</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257715454</t>
+          <t>9786051400709</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü 1804 - 1914</t>
+          <t>100 Soruda Annelik Babalık Rehberi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257715423</t>
+          <t>9786257715621</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Olmak</t>
+          <t>Silindir Şapka Giyen Köylü - Bacayı İndir Bacayı Kaldır</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257715379</t>
+          <t>9786257715584</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tiridine Bandım - “Zehra Bilir”</t>
+          <t>Gül Dedi Ki</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257715416</t>
+          <t>9786257715577</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>47 Hadisesi</t>
+          <t>Nasreddin Hoca ile Karısı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257715355</t>
+          <t>9786257715546</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Dünya Edebiyatında Aydınlanma</t>
+          <t>Çevreci Uç Uç Böceği</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257715409</t>
+          <t>9786257715492</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Liderlik Sırları</t>
+          <t>Aymazlığın İbretlik Öyküsü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257715348</t>
+          <t>9786257715539</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Seçkileri - Türk Edebiyatı Klasikleri 1</t>
+          <t>Cumhuriyet ve Bağımsızlık</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257715386</t>
+          <t>9786257715515</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Timur</t>
+          <t>Bizler Büyüyünce</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257715362</t>
+          <t>9786257715522</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>AB’nin Kalbinden</t>
+          <t>Toprağa Basınca</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257715393</t>
+          <t>9786257715508</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Elması</t>
+          <t>Cumhuriyet ve Çağdaş Eğitim</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257715331</t>
+          <t>9786257715478</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ordu Süvarisi Trabzonlu Hacı Hasan ve Yedinci Oğlu</t>
+          <t>İşçiyim Haksızım</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257715300</t>
+          <t>9786257715461</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dört Bir Yanım Gökkuşağı</t>
+          <t>Cumhuriyet Yolu ve Suikast</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>115</v>
+        <v>340</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257715324</t>
+          <t>9786257715454</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Özgecan, Dilan ve Leyla...</t>
+          <t>Osmanlı'nın Çöküşü 1804 - 1914</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257715317</t>
+          <t>9786257715423</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tito'nun Çocuklarından Atatürk'ün Gençliğine Göçün Göbeğinde</t>
+          <t>Cumhuriyetçi Olmak</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257715294</t>
+          <t>9786257715379</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 23 Nisan</t>
+          <t>Tiridine Bandım - “Zehra Bilir”</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257715287</t>
+          <t>9786257715416</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Sakarya Savaşı</t>
+          <t>47 Hadisesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257715270</t>
+          <t>9786257715355</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Örs - Nesnelerin Dili</t>
+          <t>18. Yüzyıl Dünya Edebiyatında Aydınlanma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257715225</t>
+          <t>9786257715409</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yüzellilik Gazeteciler</t>
+          <t>Atatürk’ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257715188</t>
+          <t>9786257715348</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Zayıflıyorum!</t>
+          <t>Cumhuriyet Seçkileri - Türk Edebiyatı Klasikleri 1</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>215</v>
+        <v>600</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257715232</t>
+          <t>9786257715386</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Rusya-Batı Çatışmasında Fener Rum Patrikhanesi</t>
+          <t>Nasreddin Hoca ile Timur</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257715249</t>
+          <t>9786257715362</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kavşakta</t>
+          <t>AB’nin Kalbinden</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257715010</t>
+          <t>9786257715393</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Melez Zaman</t>
+          <t>Sevgi Elması</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257715218</t>
+          <t>9786257715331</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Belgelerle Türk-Ermeni İlişkileri</t>
+          <t>Kızıl Ordu Süvarisi Trabzonlu Hacı Hasan ve Yedinci Oğlu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257715027</t>
+          <t>9786257715300</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Şalter Kemal</t>
+          <t>Dört Bir Yanım Gökkuşağı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257715157</t>
+          <t>9786257715324</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Mor Külhani Besteci Cengiz Tanç</t>
+          <t>Özgecan, Dilan ve Leyla...</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257715003</t>
+          <t>9786257715317</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Medreseleşen Üniversiteler Mollalaşan Akademisyenler</t>
+          <t>Tito'nun Çocuklarından Atatürk'ün Gençliğine Göçün Göbeğinde</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257715164</t>
+          <t>9786257715294</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Sonra En Zor 19 Ay 1-2</t>
+          <t>Çocuklar İçin 23 Nisan</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257715041</t>
+          <t>9786257715287</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tuvalin Ardındaki Tarih</t>
+          <t>100. Yılında Sakarya Savaşı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257715140</t>
+          <t>9786257715270</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Candide Ya Da İyimserlik</t>
+          <t>Örs - Nesnelerin Dili</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257715126</t>
+          <t>9786257715225</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kirliliği Ortamında Kalbimiz ve Damarlarımız</t>
+          <t>Yüzellilik Gazeteciler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257715133</t>
+          <t>9786257715188</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Çanakkale Efsanesi</t>
+          <t>Eyvah Zayıflıyorum!</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257715034</t>
+          <t>9786257715232</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yapısal Özellikleri ve Anayasal Düzeni</t>
+          <t>Rusya-Batı Çatışmasında Fener Rum Patrikhanesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>115</v>
+        <v>410</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257715096</t>
+          <t>9786257715249</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için 1920 Dersleri</t>
+          <t>Kavşakta</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>115</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257715102</t>
+          <t>9786257715010</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Öyküleri</t>
+          <t>Melez Zaman</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257715058</t>
+          <t>9786257715218</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'in Masalları</t>
+          <t>Yabancı Belgelerle Türk-Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257715072</t>
+          <t>9786257715027</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bir Takvim Yaprağında</t>
+          <t>Şalter Kemal</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257715065</t>
+          <t>9786257715157</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Baharın Etkileri</t>
+          <t>Mor Külhani Besteci Cengiz Tanç</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257715089</t>
+          <t>9786257715003</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Medreseleşen Üniversiteler Mollalaşan Akademisyenler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051400990</t>
+          <t>9786257715164</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yurdumuzu Şen Edeceğiz</t>
+          <t>Samsun’dan Sonra En Zor 19 Ay 1-2</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>135</v>
+        <v>900</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051400983</t>
+          <t>9786257715041</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray</t>
+          <t>Tuvalin Ardındaki Tarih</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051400952</t>
+          <t>9786257715140</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öyküler -1</t>
+          <t>Candide Ya Da İyimserlik</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051400914</t>
+          <t>9786257715126</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclis</t>
+          <t>Bilgi Kirliliği Ortamında Kalbimiz ve Damarlarımız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051400921</t>
+          <t>9786257715133</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>68 Yılında Ondokuz Yaşındaysan Hep Ondokuz Yaşındasın</t>
+          <t>Mustafa Kemal’in Çanakkale Efsanesi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051400938</t>
+          <t>9786257715034</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yüreğim Yaz</t>
+          <t>Türkiye’nin Yapısal Özellikleri ve Anayasal Düzeni</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051400945</t>
+          <t>9786257715096</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Keçi İle Ağlayan Kaya</t>
+          <t>Çocuklar için 1920 Dersleri</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051400907</t>
+          <t>9786257715102</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Timbuktu - Uzak Bir Düşe Yolculuk</t>
+          <t>Nasrettin Hoca Öyküleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051400884</t>
+          <t>9786257715058</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Semender Söylencesi</t>
+          <t>La Fontaine'in Masalları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>324</v>
+        <v>160</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051400891</t>
+          <t>9786257715072</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme</t>
+          <t>Bir Takvim Yaprağında</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>324</v>
+        <v>260</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051400877</t>
+          <t>9786257715065</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl’in Olağanüstü Öyküsü</t>
+          <t>Baharın Etkileri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051400860</t>
+          <t>9786257715089</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Salgın Sonrası Yeni Dünya Düzeni</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051400648</t>
+          <t>9786051400990</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı: Virüs</t>
+          <t>Yurdumuzu Şen Edeceğiz</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051400846</t>
+          <t>9786051400983</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Galatasaray</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051400822</t>
+          <t>9786051400952</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokrasi Sınavı</t>
+          <t>Gizemli Öyküler -1</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051400839</t>
+          <t>9786051400914</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yeni Faşizm</t>
+          <t>İlk Meclis</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051400815</t>
+          <t>9786051400921</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Voltaire ve Aydınlanma</t>
+          <t>68 Yılında Ondokuz Yaşındaysan Hep Ondokuz Yaşındasın</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051400761</t>
+          <t>9786051400938</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorununu Anlamak</t>
+          <t>Yaz Yüreğim Yaz</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051400754</t>
+          <t>9786051400945</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün</t>
+          <t>Keçi İle Ağlayan Kaya</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051400792</t>
+          <t>9786051400907</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Pestalozzi Çocuklar Köyü</t>
+          <t>Timbuktu - Uzak Bir Düşe Yolculuk</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051400778</t>
+          <t>9786051400884</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devleti'nin Cumhuriyeti'ne Ne Oldu?</t>
+          <t>Semender Söylencesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051400808</t>
+          <t>9786051400891</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Küreselleşme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051400785</t>
+          <t>9786051400877</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Savaşları</t>
+          <t>Peter Schlemihl’in Olağanüstü Öyküsü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051400716</t>
+          <t>9786051400860</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Mehmet Ali</t>
+          <t>Salgın Sonrası Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051400686</t>
+          <t>9786051400648</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Serçe Konağı</t>
+          <t>İçimizdeki Yabancı: Virüs</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051400655</t>
+          <t>9786051400846</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 1919 Dersleri</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051400723</t>
+          <t>9786051400822</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tek Adamcı Saray Düzeni</t>
+          <t>Türkiye’nin Demokrasi Sınavı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051400662</t>
+          <t>9786051400839</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yurdum Gurbet Olmasın</t>
+          <t>Yeni Faşizm</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051400631</t>
+          <t>9786051400815</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Adı Öküzden Sonra Gelen</t>
+          <t>Voltaire ve Aydınlanma</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051400730</t>
+          <t>9786051400761</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Aydınlanma Devrimleri Nedir? Ne Değildir?</t>
+          <t>Ermeni Sorununu Anlamak</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051400693</t>
+          <t>9786051400754</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Suriye Türkiye'ye Girdi Göç Dalgası</t>
+          <t>Bir Gün</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051400679</t>
+          <t>9786051400792</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Savaşı'nda 38. Alayla Samsun'dan İzmir'e</t>
+          <t>Pestalozzi Çocuklar Köyü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051400624</t>
+          <t>9786051400778</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Senatör</t>
+          <t>Türkiye Cumhuriyeti Devleti'nin Cumhuriyeti'ne Ne Oldu?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051400617</t>
+          <t>9786051400808</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İmar Sorunlarımız</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051400600</t>
+          <t>9786051400785</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Karşı Devrimle Hesaplaşma</t>
+          <t>Mustafa Kemal'in Savaşları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051400303</t>
+          <t>9786051400716</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dictator Justice</t>
+          <t>İyi İnsan Mehmet Ali</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756747902</t>
+          <t>9786051400686</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Uç Minik Serçem</t>
+          <t>Serçe Konağı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055525378</t>
+          <t>9786051400655</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Avcı Kekliği</t>
+          <t>Çocuklar İçin 1919 Dersleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054183098</t>
+          <t>9786051400723</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri ve Dinci Kuşatma</t>
+          <t>Tek Adamcı Saray Düzeni</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055525019</t>
+          <t>9786051400662</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Romanı - Leyla Gencer</t>
+          <t>Yurdum Gurbet Olmasın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051400143</t>
+          <t>9786051400631</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Troya’dan İyonya’ya</t>
+          <t>Adı Öküzden Sonra Gelen</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055525156</t>
+          <t>9786051400730</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Trakya (İstanbul’un İşgaline) Direniyor</t>
+          <t>Kemalizm Aydınlanma Devrimleri Nedir? Ne Değildir?</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054183340</t>
+          <t>9786051400693</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Cehalet</t>
+          <t>Suriye Türkiye'ye Girdi Göç Dalgası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055525118</t>
+          <t>9786051400679</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Tarzan Öldü</t>
+          <t>Bağımsızlık Savaşı'nda 38. Alayla Samsun'dan İzmir'e</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756747223</t>
+          <t>9786051400624</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Biziz Gül Bizdedir</t>
+          <t>Senatör</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055525552</t>
+          <t>9786051400617</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bahar Temizliği</t>
+          <t>İmar Sorunlarımız</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944150316</t>
+          <t>9786051400600</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>O Güzel İnsanlar</t>
+          <t>Karşı Devrimle Hesaplaşma</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756747261</t>
+          <t>9786051400303</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Güneydoğu Gerçeği Necla</t>
+          <t>Dictator Justice</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054183951</t>
+          <t>9789756747902</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ne Olursa Olsun Savaşıyorlar</t>
+          <t>Uç Minik Serçem</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051400365</t>
+          <t>9786055525378</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>Avcı Kekliği</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054183623</t>
+          <t>9786054183098</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihi</t>
+          <t>Atatürk Devrimleri ve Dinci Kuşatma</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051400372</t>
+          <t>9786055525019</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tanıdık</t>
+          <t>Tutkunun Romanı - Leyla Gencer</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051400280</t>
+          <t>9786051400143</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yargıtatör</t>
+          <t>Troya’dan İyonya’ya</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055525637</t>
+          <t>9786055525156</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yargılı İnfazlar</t>
+          <t>Trakya (İstanbul’un İşgaline) Direniyor</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>185</v>
+        <v>430</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051400556</t>
+          <t>9786054183340</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zor Oyunu</t>
+          <t>Tehlikeli Cehalet</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051400549</t>
+          <t>9786055525118</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yarını Baştan Tanımlamak</t>
+          <t>Tarzan Öldü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>315</v>
+        <v>380</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054183272</t>
+          <t>9789756747223</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Besleme Medyanın Aslanları</t>
+          <t>Bahçe Biziz Gül Bizdedir</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051400532</t>
+          <t>9786055525552</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçeler</t>
+          <t>Bahar Temizliği</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055525606</t>
+          <t>9789944150316</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Zulümdar</t>
+          <t>O Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055525521</t>
+          <t>9789756747261</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zorbalığın Pençesinde</t>
+          <t>Bir Güneydoğu Gerçeği Necla</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789944150590</t>
+          <t>9786054183951</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ziverbey Köşkü</t>
+          <t>Ne Olursa Olsun Savaşıyorlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789757720614</t>
+          <t>9786051400365</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Zeliş</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054183609</t>
+          <t>9786054183623</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinde Alanya</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054183104</t>
+          <t>9786051400372</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Yolsuzluk Oyunu</t>
+          <t>Gizli Tanıdık</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944150606</t>
+          <t>9786051400280</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yurdu Teninde Duymak</t>
+          <t>Yargıtatör</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054183531</t>
+          <t>9786055525637</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yargılı İnfazlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944150507</t>
+          <t>9786051400556</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yobaz ve Hokkabaz</t>
+          <t>Zor Oyunu</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>310</v>
+        <v>570</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789944150552</t>
+          <t>9786051400549</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mandacılar</t>
+          <t>Yarını Baştan Tanımlamak</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051400006</t>
+          <t>9786054183272</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Yenilenler</t>
+          <t>Besleme Medyanın Aslanları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054183784</t>
+          <t>9786051400532</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Aklın Sentezi</t>
+          <t>Son Bahçeler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055525071</t>
+          <t>9786055525606</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Bana Yasak</t>
+          <t>Zulümdar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789756747520</t>
+          <t>9786055525521</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlarla Topraklar</t>
+          <t>Zorbalığın Pençesinde</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944150743</t>
+          <t>9789944150590</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Vur Emri</t>
+          <t>Ziverbey Köşkü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789944150194</t>
+          <t>9789757720614</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Üç Bin Yıllık Kavga</t>
+          <t>Zeliş</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944150095</t>
+          <t>9786054183609</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Koalisyon</t>
+          <t>Zaman Tünelinde Alanya</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055525262</t>
+          <t>9786054183104</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Tüketilen Değerler ve Gençlik</t>
+          <t>Yüzyılın Yolsuzluk Oyunu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055525224</t>
+          <t>9789944150606</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Kim Kullanır</t>
+          <t>Yurdu Teninde Duymak</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054183470</t>
+          <t>9786054183531</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Şu Dağın Ardı İran</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054183920</t>
+          <t>9789944150507</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Sarmalında Türkiye</t>
+          <t>Yobaz ve Hokkabaz</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055525385</t>
+          <t>9789944150552</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Pazarı</t>
+          <t>Yeni Mandacılar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789756747056</t>
+          <t>9786051400006</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Susuz Yaz</t>
+          <t>Yaşasın Yenilenler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789756747216</t>
+          <t>9786054183784</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Söylev Cilt: 1-2</t>
+          <t>Yaratıcı Aklın Sentezi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789944150354</t>
+          <t>9786055525071</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Soros’un Çocukları</t>
+          <t>Yalnızlık Bana Yasak</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055525699</t>
+          <t>9789756747520</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı</t>
+          <t>Yağmurlarla Topraklar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055525347</t>
+          <t>9789944150743</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Silivri Toplama Kampı Zulümhane</t>
+          <t>Vur Emri</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944150583</t>
+          <t>9789944150194</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sıkmabaşın Başağrısı</t>
+          <t>Üç Bin Yıllık Kavga</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789757720232</t>
+          <t>9789944150095</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Adresi Belli Değil</t>
+          <t>Türk Siyasal Yaşamında Koalisyon</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789944150866</t>
+          <t>9786055525262</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Samsun’dan Önce Bilinmeyen 6 Ay</t>
+          <t>Tüketilen Değerler ve Gençlik</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055525682</t>
+          <t>9786055525224</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sahte Şafak</t>
+          <t>Tanrı’yı Kim Kullanır</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786054183821</t>
+          <t>9786054183470</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>RTE 14. Louis mi</t>
+          <t>Şu Dağın Ardı İran</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944150576</t>
+          <t>9786054183920</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Parazitli Demokrasi</t>
+          <t>Şeriat Sarmalında Türkiye</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051400341</t>
+          <t>9786055525385</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Şeriat Pazarı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786055525880</t>
+          <t>9789756747056</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılardan Cumhuriyete Bilim</t>
+          <t>Susuz Yaz</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054183036</t>
+          <t>9789756747216</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ortak Pazardan Avrupa Birliğine</t>
+          <t>Söylev Cilt: 1-2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789944150620</t>
+          <t>9789944150354</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Satranç</t>
+          <t>Soros’un Çocukları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789757720706</t>
+          <t>9786055525699</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Orta(daki) Asya Ülkeleri</t>
+          <t>Son Çağrı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>324</v>
+        <v>180</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055525217</t>
+          <t>9786055525347</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Dağı Tanrıları</t>
+          <t>Silivri Toplama Kampı Zulümhane</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051400228</t>
+          <t>9789944150583</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>O Mektubu Yazan Bendim</t>
+          <t>Sıkmabaşın Başağrısı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786055525095</t>
+          <t>9789757720232</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Sevdanın Adresi Belli Değil</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786054183180</t>
+          <t>9789944150866</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Eşeği</t>
+          <t>Samsun’dan Önce Bilinmeyen 6 Ay</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786054183296</t>
+          <t>9786055525682</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Çocuklar</t>
+          <t>Sahte Şafak</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054183227</t>
+          <t>9786054183821</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Eğitim İstiyoruz?</t>
+          <t>RTE 14. Louis mi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786054183449</t>
+          <t>9789944150576</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Liboş Tayfa Öyküleri</t>
+          <t>Parazitli Demokrasi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055525545</t>
+          <t>9786051400341</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Liberal Ekonominin Çöküşü - Küresel Kriz</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789756747766</t>
+          <t>9786055525880</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Laiklikten Şeriata mı?</t>
+          <t>Osmanlılardan Cumhuriyete Bilim</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055525767</t>
+          <t>9786054183036</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Küresel İsyan ’68</t>
+          <t>Ortak Pazardan Avrupa Birliğine</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786054183913</t>
+          <t>9789944150620</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Gençlik</t>
+          <t>Ortadoğu’da Satranç</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789757720140</t>
+          <t>9789757720706</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kuruluş</t>
+          <t>Orta(daki) Asya Ülkeleri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055525026</t>
+          <t>9786055525217</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kriz</t>
+          <t>Olimpos Dağı Tanrıları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055525033</t>
+          <t>9786051400228</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü Sistemine Toplu Bakış</t>
+          <t>O Mektubu Yazan Bendim</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786054183302</t>
+          <t>9786055525095</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kir</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786054183906</t>
+          <t>9786054183180</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kışkırtılmış Erkeklik Bastırılmış Kadınlık</t>
+          <t>Nasreddin Hoca ile Eşeği</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055525996</t>
+          <t>9786054183296</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kalmayın Mücadeleye Katılın!</t>
+          <t>Nasreddin Hoca ile Çocuklar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789944150910</t>
+          <t>9786054183227</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Karışma</t>
+          <t>Nasıl Bir Eğitim İstiyoruz?</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786054183616</t>
+          <t>9786054183449</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Türküler</t>
+          <t>Liboş Tayfa Öyküleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051400334</t>
+          <t>9786055525545</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Yaşamı ve Şiirleri</t>
+          <t>Liberal Ekonominin Çöküşü - Küresel Kriz</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>315</v>
+        <v>500</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786054183357</t>
+          <t>9789756747766</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kalemler Konuşunca</t>
+          <t>Laiklikten Şeriata mı?</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>315</v>
+        <v>370</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055525804</t>
+          <t>9786055525767</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Yağmur ve Kuşlar</t>
+          <t>Küresel İsyan ’68</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051400310</t>
+          <t>9786054183913</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sorunları Sözlüğü</t>
+          <t>Kuşatılmış Gençlik</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789944150637</t>
+          <t>9789757720140</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak</t>
+          <t>Kurtuluş Kuruluş</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055525422</t>
+          <t>9786055525026</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İsterler ki Susalım</t>
+          <t>Kriz</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786054183517</t>
+          <t>9786055525033</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 3</t>
+          <t>Köy Enstitüsü Sistemine Toplu Bakış</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786054183173</t>
+          <t>9786054183302</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Örgütler 2</t>
+          <t>Kir</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055525576</t>
+          <t>9786054183906</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İrtica’nın Kara Yüzü</t>
+          <t>Kışkırtılmış Erkeklik Bastırılmış Kadınlık</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055525842</t>
+          <t>9786055525996</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Ölümleri</t>
+          <t>Kayıtsız Kalmayın Mücadeleye Katılın!</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055525248</t>
+          <t>9789944150910</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>İlk Kırılma</t>
+          <t>Karışma</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051400211</t>
+          <t>9786054183616</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İlhan Abi</t>
+          <t>Kardeş Türküler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>540</v>
+        <v>410</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055525583</t>
+          <t>9786051400334</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet</t>
+          <t>Karacaoğlan - Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786054183326</t>
+          <t>9786054183357</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Islıkla Çalınan Öyküler</t>
+          <t>Kalemler Konuşunca</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789756747667</t>
+          <t>9786055525804</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Irak Bataklığında Türk-Amerikan İlişkileri</t>
+          <t>Kadınlar, Yağmur ve Kuşlar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055525187</t>
+          <t>9786051400310</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hücrede Karmen</t>
+          <t>Kadın Sorunları Sözlüğü</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055525668</t>
+          <t>9789944150637</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hoca Efendi</t>
+          <t>Kadın Olmak</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055525958</t>
+          <t>9786055525422</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah Vahşeti</t>
+          <t>İsterler ki Susalım</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944150330</t>
+          <t>9786054183517</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Yaşlanmaz</t>
+          <t>İslamcı Örgütler 3</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789944150408</t>
+          <t>9786054183173</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hey Anadolu</t>
+          <t>İslamcı Örgütler 2</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055525507</t>
+          <t>9786055525576</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>İrtica’nın Kara Yüzü</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786054183845</t>
+          <t>9786055525842</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Haydar’ı Öldürmek</t>
+          <t>İlkyaz Ölümleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051400105</t>
+          <t>9786055525248</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hasret Gözlerimde Mavi</t>
+          <t>İlk Kırılma</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789944150132</t>
+          <t>9786051400211</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ali Yücel - Aydınlanma Devrimcisi</t>
+          <t>İlhan Abi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055525934</t>
+          <t>9786055525583</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Hapiste Yatacak Olana Öğütler</t>
+          <t>İlahi Adalet</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051400112</t>
+          <t>9786054183326</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemek Direnmektir</t>
+          <t>Islıkla Çalınan Öyküler</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789944150675</t>
+          <t>9789756747667</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Irak Bataklığında Türk-Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051400273</t>
+          <t>9786055525187</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağına İki Bilet</t>
+          <t>Hücrede Karmen</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055525859</t>
+          <t>9786055525668</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Hoca Efendi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786055525651</t>
+          <t>9786055525958</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kal Ayvalık</t>
+          <t>Hizbullah Vahşeti</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786055525057</t>
+          <t>9789944150330</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Fareler Cumhuriyeti</t>
+          <t>Heyecan Yaşlanmaz</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>115</v>
+        <v>370</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789944150019</t>
+          <t>9789944150408</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Kızgın Soluğu</t>
+          <t>Hey Anadolu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786055525903</t>
+          <t>9786055525507</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ey Gece Kapını Üstüme Kapat</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055525484</t>
+          <t>9786054183845</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum O Halde Sanığım Zulümname</t>
+          <t>Haydar’ı Öldürmek</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789944150514</t>
+          <t>9786051400105</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük, Sevgili Çocuğum</t>
+          <t>Hasret Gözlerimde Mavi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789756747735</t>
+          <t>9789944150132</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Üstündeki Tilki</t>
+          <t>Hasan Ali Yücel - Aydınlanma Devrimcisi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051400266</t>
+          <t>9786055525934</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Örümcek</t>
+          <t>Hapiste Yatacak Olana Öğütler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789756747452</t>
+          <t>9786051400112</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Dinler ve Devrimler</t>
+          <t>Gülümsemek Direnmektir</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789944150231</t>
+          <t>9789944150675</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Dilleri Uzun</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051400020</t>
+          <t>9786051400273</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Zaman</t>
+          <t>Gökkuşağına İki Bilet</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786054183876</t>
+          <t>9786055525859</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Devlet Hukukla Yaşar</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786054183418</t>
+          <t>9786055525651</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Demokrasisiz Demokrasi</t>
+          <t>Fransız Kal Ayvalık</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789944150682</t>
+          <t>9786055525057</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Teokrasiye mi?</t>
+          <t>Fareler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786054183005</t>
+          <t>9789944150019</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Diyalektiği ve Devrim</t>
+          <t>Eylülün Kızgın Soluğu</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789757720638</t>
+          <t>9786055525903</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Değişik Gözle</t>
+          <t>Ey Gece Kapını Üstüme Kapat</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786055525835</t>
+          <t>9786055525484</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Darbe Şakacıları Sevmez</t>
+          <t>Düşünüyorum O Halde Sanığım Zulümname</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055525897</t>
+          <t>9789944150514</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Dürüstlük, Sevgili Çocuğum</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789756747438</t>
+          <t>9789756747735</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Uzun Yürüyüşü</t>
+          <t>Duvarın Üstündeki Tilki</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786054183739</t>
+          <t>9786051400266</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma Sancıları</t>
+          <t>Duvardaki Örümcek</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786054183968</t>
+          <t>9789756747452</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Cüppeli Adalet</t>
+          <t>Dinler ve Devrimler</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786054183395</t>
+          <t>9789944150231</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetsiz Demokrasi</t>
+          <t>Dilleri Uzun</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>215</v>
+        <v>260</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789756747780</t>
+          <t>9786051400020</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Bireyi Olmak</t>
+          <t>Devrim ve Zaman</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786055525590</t>
+          <t>9786054183876</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yazıları</t>
+          <t>Devlet Hukukla Yaşar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786054183210</t>
+          <t>9786054183418</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Gördük</t>
+          <t>Demokrasisiz Demokrasi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786054183524</t>
+          <t>9789944150682</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Cadı Fırtınası</t>
+          <t>Demokrasiden Teokrasiye mi?</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786054183159</t>
+          <t>9786054183005</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Biz de Çocuktuk 2 - Büyümek İstiyorum</t>
+          <t>Değişimin Diyalektiği ve Devrim</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051400259</t>
+          <t>9789757720638</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yolculuk</t>
+          <t>Değişik Gözle</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786054183777</t>
+          <t>9786055525835</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bütün Zamanlar</t>
+          <t>Darbe Şakacıları Sevmez</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051400044</t>
+          <t>9786055525897</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Güden Kuş</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786054183890</t>
+          <t>9789756747438</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Bu Cennet Bu Cehennem</t>
+          <t>Çin’in Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055525163</t>
+          <t>9786054183739</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Boşnak Türküsü</t>
+          <t>Çağdaşlaşma Sancıları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786055525255</t>
+          <t>9786054183968</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bir Sovyet Tarihçisinin Gözüyle Türkiye Ulusal Kurtuluş Savaşı</t>
+          <t>Cüppeli Adalet</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786054183579</t>
+          <t>9786054183395</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Bir Işık Olsun Yeter</t>
+          <t>Cumhuriyetsiz Demokrasi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786055525491</t>
+          <t>9789756747780</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyaz Gecede</t>
+          <t>Cumhuriyet’in Bireyi Olmak</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786054183142</t>
+          <t>9786055525590</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bir AKP Belge’seli Maskesiz Soygun</t>
+          <t>Cumhuriyet Yazıları</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789944150200</t>
+          <t>9786054183210</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Beraber Yürüdük Biz Bu Yollarda</t>
+          <t>Cinayeti Gördük</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786055525774</t>
+          <t>9786054183524</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bego Dayının Islığı</t>
+          <t>Cadı Fırtınası</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789944150170</t>
+          <t>9786054183159</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Hidrojen Vardı</t>
+          <t>Biz de Çocuktuk 2 - Büyümek İstiyorum</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786054183807</t>
+          <t>9786051400259</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Başka Gökler Altında</t>
+          <t>Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789944150705</t>
+          <t>9786054183777</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Babam Sağ Olsun</t>
+          <t>Bütün Zamanlar</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786055525941</t>
+          <t>9786051400044</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Üçgenler</t>
+          <t>Bulutları Güden Kuş</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786054183715</t>
+          <t>9786054183890</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Aşkıyla</t>
+          <t>Bu Cennet Bu Cehennem</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786054183548</t>
+          <t>9786055525163</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Yolunda Yuh Olsun Topunuza</t>
+          <t>Boşnak Türküsü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051400099</t>
+          <t>9786055525255</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanan Yollar</t>
+          <t>Bir Sovyet Tarihçisinin Gözüyle Türkiye Ulusal Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789756747100</t>
+          <t>9786054183579</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ay Büyürken Uyuyamam</t>
+          <t>Bir Işık Olsun Yeter</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789756747247</t>
+          <t>9786055525491</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>At Kız</t>
+          <t>Bir Beyaz Gecede</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789944150996</t>
+          <t>9786054183142</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamana Doğar</t>
+          <t>Bir AKP Belge’seli Maskesiz Soygun</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789757720089</t>
+          <t>9789944150200</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kadınlar Sokağı</t>
+          <t>Beraber Yürüdük Biz Bu Yollarda</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786054183869</t>
+          <t>9786055525774</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Bego Dayının Islığı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786054183043</t>
+          <t>9789944150170</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Askeri Darbeden Sivil Darbeye</t>
+          <t>Başlangıçta Hidrojen Vardı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786054183319</t>
+          <t>9786054183807</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yasa Mıdır</t>
+          <t>Başka Gökler Altında</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786055525569</t>
+          <t>9789944150705</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve İnsan</t>
+          <t>Babam Sağ Olsun</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789944150422</t>
+          <t>9786055525941</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Mızıkacıları</t>
+          <t>Aykırı Üçgenler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786055525781</t>
+          <t>9786054183715</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Altın Saray</t>
+          <t>Aydınlık Aşkıyla</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789944150040</t>
+          <t>9786054183548</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Alışma</t>
+          <t>Aydınlanma Yolunda Yuh Olsun Topunuza</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789756747254</t>
+          <t>9786051400099</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Alaca Bir Öfke</t>
+          <t>Aydınlanan Yollar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789756747742</t>
+          <t>9789756747100</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Affedersin La Fontaine</t>
+          <t>Ay Büyürken Uyuyamam</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789756747391</t>
+          <t>9789756747247</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Acı Tütün</t>
+          <t>At Kız</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786054183814</t>
+          <t>9789944150996</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yasakları</t>
+          <t>Aşk Zamana Doğar</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786055525309</t>
+          <t>9789757720089</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya</t>
+          <t>Aşık Kadınlar Sokağı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051400013</t>
+          <t>9786054183869</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım Öncesi ve Sonrası - Atatürk’ün Vefatı</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786055525453</t>
+          <t>9786054183043</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yarası</t>
+          <t>Askeri Darbeden Sivil Darbeye</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054183982</t>
+          <t>9786054183319</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Memleket Saat Ayarı</t>
+          <t>Anayasa Yasa Mıdır</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789944150903</t>
+          <t>9786055525569</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Demokrasi Masalları</t>
+          <t>Anayasa ve İnsan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>315</v>
+        <v>490</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789944150972</t>
+          <t>9789944150422</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Maksat Spor Olsun</t>
+          <t>Amerikan Mızıkacıları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789756747063</t>
+          <t>9786055525781</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Makedonya 1900</t>
+          <t>Altın Saray</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051400150</t>
+          <t>9789944150040</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Lütfiye ve Komşusu</t>
+          <t>Alışma</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051400440</t>
+          <t>9789756747254</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Türkiye</t>
+          <t>Alaca Bir Öfke</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051400419</t>
+          <t>9789756747742</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Devrim’in Babaları</t>
+          <t>Affedersin La Fontaine</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051400501</t>
+          <t>9789756747391</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Gözüyle Yazmak ve Yaşamak</t>
+          <t>Acı Tütün</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>324</v>
+        <v>450</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051400488</t>
+          <t>9786054183814</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Balbay'ın Maratonu</t>
+          <t>12 Eylül Yasakları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051400495</t>
+          <t>9786055525309</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Amastris Üşümesin</t>
+          <t>11 Cumhurbaşkanı 11 Öykü - Çankaya</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051400518</t>
+          <t>9786051400013</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Balyoz Kumpası</t>
+          <t>10 Kasım Öncesi ve Sonrası - Atatürk’ün Vefatı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>195</v>
+        <v>480</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051400426</t>
+          <t>9786055525453</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Meslek Yarası</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051400471</t>
+          <t>9786054183982</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Koruma Sorunlarımız</t>
+          <t>Memleket Saat Ayarı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051400457</t>
+          <t>9789944150903</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>AKP'li Belediyelerde Neler Olmuş Neler</t>
+          <t>Medya ve Demokrasi Masalları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055525330</t>
+          <t>9789944150972</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Arabada Kim Var?</t>
+          <t>Maksat Spor Olsun</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051400181</t>
+          <t>9789756747063</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Anne Hiç Canım Acımadı</t>
+          <t>Makedonya 1900</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
+          <t>9786051400150</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Lütfiye ve Komşusu</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786051400440</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Türkiye</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786051400419</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Devrim’in Babaları</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786051400501</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Gözüyle Yazmak ve Yaşamak</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786051400488</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Balbay'ın Maratonu</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786051400495</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Amastris Üşümesin</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786051400518</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Balyoz Kumpası</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786051400426</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786051400471</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Koruma Sorunlarımız</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786051400457</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>AKP'li Belediyelerde Neler Olmuş Neler</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786055525330</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Arabada Kim Var?</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786051400181</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Anne Hiç Canım Acımadı</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
           <t>9786054183364</t>
         </is>
       </c>
-      <c r="B662" s="1" t="inlineStr">
+      <c r="B674" s="1" t="inlineStr">
         <is>
           <t>Anlam Kovalar Biz Kaçarız</t>
         </is>
       </c>
-      <c r="C662" s="1">
-        <v>200</v>
+      <c r="C674" s="1">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>