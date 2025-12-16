--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,970 +85,985 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259655406</t>
+          <t>9786259256160</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Ben Hazırım! 1. Kitap</t>
+          <t>3-6 Yaş Dil Macerası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259655413</t>
+          <t>9786259655406</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Konuş Benimle! 2. Kitap</t>
+          <t>3-6 Yaş Ben Hazırım! 1. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259655437</t>
+          <t>9786259655413</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Zihin Labirentim! 5. Kitap</t>
+          <t>3-6 Yaş Konuş Benimle! 2. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259760292</t>
+          <t>9786259655437</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Benim Sanatım! 4. Kitap</t>
+          <t>3-6 Yaş Zihin Labirentim! 5. Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259655420</t>
+          <t>9786259760292</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>3-6 Yaş Ben Yaparım! 3. Kitap</t>
+          <t>3-6 Yaş Benim Sanatım! 4. Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259896458</t>
+          <t>9786259655420</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Matematik Mühendisi 9 -10 yaş</t>
+          <t>3-6 Yaş Ben Yaparım! 3. Kitap</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259896427</t>
+          <t>9786259896458</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem 5'li Deneme</t>
+          <t>Matematik Mühendisi 9 -10 yaş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259896434</t>
+          <t>9786259896427</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem 5'li Deneme</t>
+          <t>1. Sınıf Bilsem 5'li Deneme</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259896441</t>
+          <t>9786259896434</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem 5'li Deneme</t>
+          <t>2. Sınıf Bilsem 5'li Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057265104</t>
+          <t>9786259896441</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hidden Picture Puzzles - Hayvanat Bahçesi</t>
+          <t>3. Sınıf Bilsem 5'li Deneme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259507392</t>
+          <t>9786057265104</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Matematik Mühendisi 6-7 yaş</t>
+          <t>Hidden Picture Puzzles - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259760209</t>
+          <t>9786259507392</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Matematik Mühendisi 7-8 yaş</t>
+          <t>Matematik Mühendisi 6-7 yaş</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259507385</t>
+          <t>9786259760209</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler için Mantık Oyunları</t>
+          <t>Matematik Mühendisi 7-8 yaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>299</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259507361</t>
+          <t>9786259507385</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler için Çarpım Tablosu Oyunları</t>
+          <t>Büyük Düşünenler için Mantık Oyunları</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259507378</t>
+          <t>9786259507361</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler için Sayı Oyunları</t>
+          <t>Büyük Düşünenler için Çarpım Tablosu Oyunları</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259507354</t>
+          <t>9786259507378</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünenler İçin Beyin Oyunları</t>
+          <t>Büyük Düşünenler için Sayı Oyunları</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259507323</t>
+          <t>9786259507354</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 6-7 yaş</t>
+          <t>Büyük Düşünenler İçin Beyin Oyunları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259507330</t>
+          <t>9786259507323</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 7-8 Yaş</t>
+          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 6-7 yaş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259507347</t>
+          <t>9786259507330</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 8-9 Yaş</t>
+          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 7-8 Yaş</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259896496</t>
+          <t>9786259507347</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü Soru Kitabı 6-7 Yaş</t>
+          <t>Sayısal Mantık Tamamı Çözümlü Soru Kitabı 8-9 Yaş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259507309</t>
+          <t>9786259896496</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü soru Kitabı 7-8 Yaş</t>
+          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü Soru Kitabı 6-7 Yaş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259507316</t>
+          <t>9786259507309</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü Soru Kitabı 8-9 yaş</t>
+          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü soru Kitabı 7-8 Yaş</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057307330</t>
+          <t>9786259507316</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Search and Find Hayvanlar</t>
+          <t>Problem Çözme ve Akıl Yürütme Tamamı Çözümlü Soru Kitabı 8-9 yaş</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259896410</t>
+          <t>9786057307330</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Mühendisi 6 - 7 Yaş - Bilim İnsanı Olacağım</t>
+          <t>Search and Find Hayvanlar</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259896403</t>
+          <t>9786259896410</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Mühendisi 7 - 8 Yaş - Bilim İnsanı Olacağım</t>
+          <t>Fen Bilimleri Mühendisi 6 - 7 Yaş - Bilim İnsanı Olacağım</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057253699</t>
+          <t>9786259896403</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Mühendisi 8 - 9 Yaş - Bilim İnsanı Olacağım</t>
+          <t>Fen Bilimleri Mühendisi 7 - 8 Yaş - Bilim İnsanı Olacağım</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057265180</t>
+          <t>9786057253699</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Search &amp; Find Eğlenceli Puzzle 7 - 8 Yaş</t>
+          <t>Fen Bilimleri Mühendisi 8 - 9 Yaş - Bilim İnsanı Olacağım</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057265197</t>
+          <t>9786057265180</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Search&amp;Find Eğlenceli Puzzle 5 - 6 Yaş</t>
+          <t>Search &amp; Find Eğlenceli Puzzle 7 - 8 Yaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057265111</t>
+          <t>9786057265197</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hidden Picture Puzzles - Orman</t>
+          <t>Search&amp;Find Eğlenceli Puzzle 5 - 6 Yaş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057314529</t>
+          <t>9786057265111</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirme 7-8 Yaş</t>
+          <t>Hidden Picture Puzzles - Orman</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>159</v>
+        <v>299</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057314512</t>
+          <t>9786057314529</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirme 5-6 Yaş</t>
+          <t>Dikkat ve Zeka Geliştirme 7-8 Yaş</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057314505</t>
+          <t>9786057314512</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirme 3-4 Yaş</t>
+          <t>Dikkat ve Zeka Geliştirme 5-6 Yaş</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057314574</t>
+          <t>9786057314505</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Ev</t>
+          <t>Dikkat ve Zeka Geliştirme 3-4 Yaş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>99</v>
+        <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057314567</t>
+          <t>9786057314574</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Hayvanlar</t>
+          <t>İlk Boyamalarım - Ev</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057314598</t>
+          <t>9786057314567</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Çiftlik</t>
+          <t>İlk Boyamalarım - Hayvanlar</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057314550</t>
+          <t>9786057314598</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Meyveler</t>
+          <t>İlk Boyamalarım - Çiftlik</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057253651</t>
+          <t>9786057314550</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri 5-7 Yaş</t>
+          <t>İlk Boyamalarım - Meyveler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>129</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057253644</t>
+          <t>9786057253651</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beceri ve Yaratıcılık 5-7 Yaş</t>
+          <t>Fen Bilimleri 5-7 Yaş</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057253613</t>
+          <t>9786057253644</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları Aktivite Kitabı 9-10 Yaş</t>
+          <t>Sosyal Beceri ve Yaratıcılık 5-7 Yaş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057307385</t>
+          <t>9786057253613</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Bilsem Geliştirme - 3. Seviye</t>
+          <t>Zeka Oyunları Aktivite Kitabı 9-10 Yaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057307347</t>
+          <t>9786057307385</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Bilsem Geliştirme - 2. Seviye</t>
+          <t>Dikkat ve Zeka Bilsem Geliştirme - 3. Seviye</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057307316</t>
+          <t>9786057307347</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Bilsem Geliştirme - 1. Seviye</t>
+          <t>Dikkat ve Zeka Bilsem Geliştirme - 2. Seviye</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057307361</t>
+          <t>9786057307316</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çarpma 6 - 7 Yaş</t>
+          <t>Dikkat ve Zeka Bilsem Geliştirme - 1. Seviye</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057307378</t>
+          <t>9786057307361</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Bölme Kesirler 6 - 7 Yaş</t>
+          <t>Çarpma 6 - 7 Yaş</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057307323</t>
+          <t>9786057307378</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Para 6 - 7 Yaş</t>
+          <t>Çarpma Bölme Kesirler 6 - 7 Yaş</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057307354</t>
+          <t>9786057307323</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma 6 - 7 Yaş</t>
+          <t>Zaman ve Para 6 - 7 Yaş</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057222480</t>
+          <t>9786057307354</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan Nerede?</t>
+          <t>Toplama ve Çıkarma 6 - 7 Yaş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057222459</t>
+          <t>9786057222480</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Nerede?</t>
+          <t>Tembel Hayvan Nerede?</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057222428</t>
+          <t>9786057222459</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Nerede?</t>
+          <t>Ejderha Nerede?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057222473</t>
+          <t>9786057222428</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Lama Nerede?</t>
+          <t>Dinozor Nerede?</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057222466</t>
+          <t>9786057222473</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Elf Nerede?</t>
+          <t>Lama Nerede?</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057222435</t>
+          <t>9786057222466</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cadı Nerede?</t>
+          <t>Elf Nerede?</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057265166</t>
+          <t>9786057222435</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Büyük Şehir Maceralarına Devam Ediyor</t>
+          <t>Cadı Nerede?</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057265159</t>
+          <t>9786057265166</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Zamanda Yolculuk Yapıyor</t>
+          <t>Kocaayak Büyük Şehir Maceralarına Devam Ediyor</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057265142</t>
+          <t>9786057265159</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Büyük Maceralara Atılıyor</t>
+          <t>Kocaayak Zamanda Yolculuk Yapıyor</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057265135</t>
+          <t>9786057265142</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Dünya Şehirlerini Geziyor</t>
+          <t>Kocaayak Büyük Maceralara Atılıyor</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057265128</t>
+          <t>9786057265135</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Tarihi Yerleri Geziyor</t>
+          <t>Kocaayak Dünya Şehirlerini Geziyor</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057222497</t>
+          <t>9786057265128</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kocaayak Tatile Gidiyor</t>
+          <t>Kocaayak Tarihi Yerleri Geziyor</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057222411</t>
+          <t>9786057222497</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek Nerede?</t>
+          <t>Kocaayak Tatile Gidiyor</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057222442</t>
+          <t>9786057222411</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Nerede?</t>
+          <t>Yavru Köpek Nerede?</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057222404</t>
+          <t>9786057222442</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tüm Zamanlar Araştırması</t>
+          <t>Tavşan Nerede?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786057222404</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Zamanlar Araştırması</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
           <t>9786057307392</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Büyük Dünya Araması</t>
         </is>
       </c>
-      <c r="C63" s="1">
+      <c r="C64" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>