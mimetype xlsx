--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -154,51 +154,51 @@
         <is>
           <t>9786254113215</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Etkinliklerle Karagöz ve Hacivat (6 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786254113147</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Etkinliklerle Nasrettin Hoca (6 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786254112904</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf Yeni Nesil Tüm Dersler Soru Bankası Damla Yayınevi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786258432220</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
@@ -2359,51 +2359,51 @@
         <is>
           <t>3990000051775</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Ruhu'l-Beyan Tefsiri Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>36.6</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9786053839446</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Değerler Okyanusu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9789753814300</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Nasrettin Hoca Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786053832638</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
@@ -2854,66 +2854,66 @@
         <is>
           <t>9789753819770</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Alemi Boyama - Böcekler 1</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9786051743738</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Erkekler İçin Hobi Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9786051743745</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Kızlar İçin Hobi Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9786053832348</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Çocuk Sahabeler - Abdullah İbni Ömer</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>3.24</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>3990000025515</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
@@ -14389,51 +14389,51 @@
         <is>
           <t>9786053831303</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
           <t>Alican’ın Günlüğü (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
           <t>9786254110139</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
           <t>Meslek Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
           <t>9786254110023</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
           <t>Bilge Çocuk İle Fen Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C956" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
           <t>9786053838739</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>