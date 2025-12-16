--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,805 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259609843</t>
+          <t>9786259609850</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Konuşan Portreler</t>
+          <t>İnciler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259609836</t>
+          <t>9786259609843</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Jordan Efendi And the Yellow Taxi</t>
+          <t>Çizgilerle Konuşan Portreler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259609829</t>
+          <t>9786259609836</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Uyuşturucudan Koruyun</t>
+          <t>Jordan Efendi And the Yellow Taxi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259609812</t>
+          <t>9786259609829</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Bağımlılıktan Kurtarın</t>
+          <t>Çocuğunuzu Uyuşturucudan Koruyun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254430183</t>
+          <t>9786259609812</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dark Antoloji İkinci Kitap</t>
+          <t>Çocuğunuzu Bağımlılıktan Kurtarın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259444697</t>
+          <t>9786254430183</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolunda</t>
+          <t>Dark Antoloji İkinci Kitap</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259444680</t>
+          <t>9786259444697</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dark Kadın Polisiye - Birinci Kitap</t>
+          <t>Başarı Yolunda</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254430190</t>
+          <t>9786259444680</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dark Antoloji Birinci Kitap</t>
+          <t>Dark Kadın Polisiye - Birinci Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259444673</t>
+          <t>9786254430190</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Hayaller</t>
+          <t>Dark Antoloji Birinci Kitap</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259444666</t>
+          <t>9786259444673</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sanatkar</t>
+          <t>Yol ve Hayaller</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259444628</t>
+          <t>9786259444666</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ayinler Kitabı</t>
+          <t>Sanatkar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259444659</t>
+          <t>9786259444628</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Derin Bir Mevzudur Amirim</t>
+          <t>Ayinler Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259444642</t>
+          <t>9786259444659</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sahte Bayrak Operasyonu</t>
+          <t>Cinayet Derin Bir Mevzudur Amirim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259444611</t>
+          <t>9786259444642</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gölge Casus - Casuslar Şehri İstanbul'da Son Hesaplaşma</t>
+          <t>Sahte Bayrak Operasyonu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259901596</t>
+          <t>9786259444611</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hattuşa Komplosu - Eski Bir Savaş Kayıp Bir Aşk</t>
+          <t>Gölge Casus - Casuslar Şehri İstanbul'da Son Hesaplaşma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259444604</t>
+          <t>9786259901596</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - Altıncı Kitap</t>
+          <t>Hattuşa Komplosu - Eski Bir Savaş Kayıp Bir Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259901589</t>
+          <t>9786259444604</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Kapatma Anne</t>
+          <t>Dark Polisiye - Altıncı Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259901558</t>
+          <t>9786259901589</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dark Gerilim</t>
+          <t>Işıkları Kapatma Anne</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259901565</t>
+          <t>9786259901558</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Günah</t>
+          <t>Dark Gerilim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259901572</t>
+          <t>9786259901565</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şahıslar Bürosu</t>
+          <t>Kutsal Günah</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259901541</t>
+          <t>9786259901572</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yedi Akbaba Efsanesi</t>
+          <t>Kayıp Şahıslar Bürosu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259901534</t>
+          <t>9786259901541</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - Beşinci Kitap</t>
+          <t>Yedi Akbaba Efsanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259901510</t>
+          <t>9786259901534</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ustura Kemal - Bin Yaşa Gazi Paşa</t>
+          <t>Dark Polisiye - Beşinci Kitap</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057178466</t>
+          <t>9786259901510</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Ustura Kemal - Bin Yaşa Gazi Paşa</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259901503</t>
+          <t>9786057178466</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Elif</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057178480</t>
+          <t>9786259901503</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Yusuf ile Elif</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057178473</t>
+          <t>9786057178480</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057178497</t>
+          <t>9786057178473</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar, Huş Ağacı ve Minik Kuş</t>
+          <t>93</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057178459</t>
+          <t>9786057178497</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Belki Hayattan</t>
+          <t>Rüzgar, Huş Ağacı ve Minik Kuş</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057178442</t>
+          <t>9786057178459</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>“Ustura Kemal-Eski Bir Hikaye”</t>
+          <t>Bir Gün Belki Hayattan</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057178428</t>
+          <t>9786057178442</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - Dördüncü Kitap</t>
+          <t>“Ustura Kemal-Eski Bir Hikaye”</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057178435</t>
+          <t>9786057178428</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>On Üçüncü Cinayet</t>
+          <t>Dark Polisiye - Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057178404</t>
+          <t>9786057178435</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Düş Berberi</t>
+          <t>On Üçüncü Cinayet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057178411</t>
+          <t>9786057178404</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dark Dedektif - Suç Öyküleri</t>
+          <t>Düş Berberi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057427793</t>
+          <t>9786057178411</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cesur Balık - Son Muhafız</t>
+          <t>Dark Dedektif - Suç Öyküleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057427786</t>
+          <t>9786057427793</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Cinayetleri</t>
+          <t>Küçük Cesur Balık - Son Muhafız</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057427779</t>
+          <t>9786057427786</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Manşetteki Cinayet</t>
+          <t>Metaverse Cinayetleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057427762</t>
+          <t>9786057427779</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - Üçüncü Kitap</t>
+          <t>Manşetteki Cinayet</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057427755</t>
+          <t>9786057427762</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Öteki İstanbul</t>
+          <t>Dark Polisiye - Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057427731</t>
+          <t>9786057427755</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Salgın İstanbul</t>
+          <t>Öteki İstanbul</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057427748</t>
+          <t>9786057427731</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - İkinci Kitap</t>
+          <t>Salgın İstanbul</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057427724</t>
+          <t>9786057427748</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağı</t>
+          <t>Dark Polisiye - İkinci Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057427717</t>
+          <t>9786057427724</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nerfoziş</t>
+          <t>Tanrı Dağı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057427700</t>
+          <t>9786057427717</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dark Polisiye - Birinci Kitap</t>
+          <t>Nerfoziş</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254430138</t>
+          <t>9786057427700</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Babamın Gölgesi</t>
+          <t>Dark Polisiye - Birinci Kitap</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254430121</t>
+          <t>9786254430138</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bittiği Yerden</t>
+          <t>Babamın Gölgesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254430176</t>
+          <t>9786254430121</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sempatizan</t>
+          <t>Her Şeyin Bittiği Yerden</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254430107</t>
+          <t>9786254430176</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Cehalet</t>
+          <t>Sempatizan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254430114</t>
+          <t>9786254430107</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Kapatma Anne</t>
+          <t>Kutsal Cehalet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254430145</t>
+          <t>9786254430114</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bize Bir Katil Lazım</t>
+          <t>Işıkları Kapatma Anne</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
+          <t>9786254430145</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bize Bir Katil Lazım</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786254430169</t>
         </is>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Dolunay Ayini</t>
         </is>
       </c>
-      <c r="C52" s="1">
+      <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>