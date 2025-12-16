--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,8410 +85,8770 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258221381</t>
+          <t>9786258221930</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2026 Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>JSPS Genel Yetenek - Genel Kültür Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258469257</t>
+          <t>9786257552929</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Konu Anlatımlı</t>
+          <t>2026 GYS SGK Prestij Soru Bankası Çözümlü Görevde Yükselme</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256519077</t>
+          <t>9786258469820</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>KPSS Jüri Konfor Serisi Matematik Soru Bankası</t>
+          <t>Gelir İdaresi Başkanlığı VHKİ GYS Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255580450</t>
+          <t>9786258469837</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
+          <t>Gelir İdaresi Başkanlığı VHKİ GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4440000003304</t>
+          <t>9786052327999</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı GYS Hazırlık Kitabı</t>
+          <t>KPSS Ortaöğretim (Lise) Tek Kitap Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4440000003303</t>
+          <t>9786059754262</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı GYS Soru Bankası</t>
+          <t>KPSS Önlisans Tek Kitap Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256519503</t>
+          <t>9786256519091</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Din Kültürü ve Ahlak Bilgisi/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>KPSS Jüri Konfor Serisi Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255580641</t>
+          <t>9786255580726</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
+          <t>Adli Tıp Kurumu 2026 ÜDS Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255580634</t>
+          <t>9786255580733</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>Data Yayınları Adli Tıp Kurumu 2026 ÜDS Ortak Konular Soru Bankası (Tamamı Karekod Çözümlü )</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255580627</t>
+          <t>9786255580740</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Data Yayınları Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256440173</t>
+          <t>9786255580757</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2026 Rehberlik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255580405</t>
+          <t>9786256519121</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 MBSTS Mütmain Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>Sayıştay Başkanlığı 2026 GYS Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258469790</t>
+          <t>9786257951630</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 Din Hizmetleri Alan Bilgisi Testi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Sayıştay Başkanlığı 2026 GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256200302</t>
+          <t>9786255580092</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Matematik 20 Deneme Sınavı</t>
+          <t>2026 Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Ünvan Değişikliği Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256440340</t>
+          <t>9786258221879</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Sınıf Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258221336</t>
+          <t>9786258221398</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Yaprak Test</t>
+          <t>2026 MEB EKYS Müdür ve Yardımcılığı Çıkmış Sorular Son 5 Yıl Çözümlü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257552622</t>
+          <t>4444444444368</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>T.C. Tarım ve Orman Bakanlığı Unvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
+          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı 5 Yıl Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258221855</t>
+          <t>9786059456180</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik Yaprak Test</t>
+          <t>2026 GYS-ÜDS Milli Savunma Bakanlığı Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>775</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258221817</t>
+          <t>9786059456203</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tarih Yaprak Test</t>
+          <t>2025 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256200814</t>
+          <t>9786256519343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Soru Bankası - Tamamı Karekod Çözümlü</t>
+          <t>2026 KPSS Matematik Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256200999</t>
+          <t>9786256519350</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü (Fasiküllü) 7 Deneme Sınavı</t>
+          <t>2026 KPSS Vatandaşlık Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256200029</t>
+          <t>9786256440234</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibirt Plus Ultra Serisi Vatandaşlık Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 KPSS Dil Bilgisi Türkçe Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256200012</t>
+          <t>9786257753548</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256200005</t>
+          <t>9786256440791</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>Jandarma Dış Misyon Koruma Sınavı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256519985</t>
+          <t>9786255580696</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 ÖABT MEB-AGS Biyoloji Öğretmenliği 10 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256519992</t>
+          <t>9786258221381</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256200548</t>
+          <t>9786258469257</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Şef GYS Konu Anlatımlı</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>675</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256200555</t>
+          <t>9786256519077</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Şef GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>KPSS Jüri Konfor Serisi Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256200616</t>
+          <t>9786255580450</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Sayman GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>T.C. Adalet Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>650</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256200043</t>
+          <t>4440000003304</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Vatandaşlık Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>Milli Eğitim Bakanlığı GYS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256200036</t>
+          <t>4440000003303</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>Milli Eğitim Bakanlığı GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256200067</t>
+          <t>9786256519503</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 ÖABT Din Kültürü ve Ahlak Bilgisi/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256200159</t>
+          <t>9786255580641</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>T.C. Milli Eğitim Bakanlığı Müfettiş Yardımcılığı Yarışma Sınavı Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256519817</t>
+          <t>9786255580634</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Vaiz Konu Anlatımlı</t>
+          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256519824</t>
+          <t>9786255580627</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Murakıp Konu Anlatımlı</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257951951</t>
+          <t>9786256440173</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>TRT Tüm Alanlar İçin GYS Konu Anlatımlı Soru Bankası (Şef Kadrosu Hariç)</t>
+          <t>ÖABT 2026 Rehberlik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057701640</t>
+          <t>9786255580405</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü GYS Şef (İdari) Konu Anlatımlı</t>
+          <t>2026 MBSTS Mütmain Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256440012</t>
+          <t>9786258469790</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 Din Hizmetleri Alan Bilgisi Testi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256440241</t>
+          <t>9786256200302</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Fen Bilimleri Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 KPSS Ultra Serisi Matematik 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258469592</t>
+          <t>9786256440340</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Din Kültürü ve Ahlak Bilgisi ve İHL Meslek Dersleri Öğretmenliği Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>ÖABT 2024 Sınıf Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258469042</t>
+          <t>9786258221336</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Konu Anlatımlı 1-2</t>
+          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Yaprak Test</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256440036</t>
+          <t>9786257552622</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>ÖABT İngilizce Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Tarım ve Orman Bakanlığı Unvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258221107</t>
+          <t>9786258221855</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çalışma ve Sosyal Güvenlik Bakanlığı GYS Memur ve VHKİ Konu Anlatımlı Soru Bankası</t>
+          <t>KPSS Matematik Yaprak Test</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256440111</t>
+          <t>9786258221817</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS Tarih Yaprak Test</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258221893</t>
+          <t>9786256200814</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Genel Kültür Yaprak Test</t>
+          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Soru Bankası - Tamamı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258469059</t>
+          <t>9786256200999</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>2026 DGS Tamamı Çözümlü (Fasiküllü) 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257753531</t>
+          <t>9786256200029</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2024 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası 2024 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>2026 KPSS Hibirt Plus Ultra Serisi Vatandaşlık Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057511096</t>
+          <t>9786256200012</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Çevir Konu Çevir Soru</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256200050</t>
+          <t>9786256200005</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255580603</t>
+          <t>9786256519985</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB - AGS ÖABT Biyoloji Öğretmenliği Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257552332</t>
+          <t>9786256519992</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Konu Anlatımlı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258469424</t>
+          <t>9786256200548</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hakimler ve Savcılar Kurulu Personeli GYS Konu Anlatımlı</t>
+          <t>Tarım ve Orman Bakanlığı Şef GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>675</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257753111</t>
+          <t>9786256200555</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>TRT Tüm Kadrolar (Şef Kadrosu Hariç) GYS 7 Deneme Sınavı</t>
+          <t>Tarım ve Orman Bakanlığı Şef GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258221015</t>
+          <t>9786256200616</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>Tarım ve Orman Bakanlığı Sayman GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257951586</t>
+          <t>9786256200043</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Protokol Serisi Kimya Beceri Temelli Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Vatandaşlık Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257552905</t>
+          <t>9786256200036</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2024 Sosyal Güvenlik Kurumu SGK GYS Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256440661</t>
+          <t>9786256200067</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256440678</t>
+          <t>9786256200159</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>T.C. Milli Eğitim Bakanlığı Müfettiş Yardımcılığı Yarışma Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256200791</t>
+          <t>9786256519817</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı</t>
+          <t>Diyanet İşleri Başkanlığı Vaiz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256200807</t>
+          <t>9786256519824</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı Murakıp Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>375</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256200654</t>
+          <t>9786257951951</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Sayman GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>TRT Tüm Alanlar İçin GYS Konu Anlatımlı Soru Bankası (Şef Kadrosu Hariç)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256200272</t>
+          <t>9786057701640</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Emlak - Milli Emlak Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>Orman Genel Müdürlüğü GYS Şef (İdari) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>575</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257753104</t>
+          <t>9786256440012</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>TRT Şef Kadrosu İçin GYS 7 Deneme Sınavı</t>
+          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257951944</t>
+          <t>9786256440241</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>TRT Şef Kadrosu İçin GYS Konu Anlatımlı Soru Bankası</t>
+          <t>ÖABT 2024 Fen Bilimleri Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057701664</t>
+          <t>9786258469592</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü GYS-ÜDS 7 Deneme Sınavı</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi ve İHL Meslek Dersleri Öğretmenliği Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256440098</t>
+          <t>9786258469042</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Ortaöğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Konu Anlatımlı 1-2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256440708</t>
+          <t>9786256440036</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>ÖABT İngilizce Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057701749</t>
+          <t>9786258221107</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı İcra Müdür ve İcra Müdür Yardımcılığı 7 Deneme Sınavı</t>
+          <t>Çalışma ve Sosyal Güvenlik Bakanlığı GYS Memur ve VHKİ Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256440364</t>
+          <t>9786256440111</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Belediye İtfaiye Personeli İtfaiye Çavuşu 1. Grup Soru Bankası Görevde Yükselme</t>
+          <t>2024 KPSS Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258469080</t>
+          <t>9786258221893</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Memur GYS Konu Anlatımlı Soru Bankası</t>
+          <t>2024 KPSS Genel Kültür Yaprak Test</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256519145</t>
+          <t>9786258469059</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Soru Bankası - Karekod Çözümlü + Dijital Eğitim</t>
+          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256440920</t>
+          <t>9786257753531</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Soru Bankası</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258221831</t>
+          <t>9786057511096</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Yaprak Test</t>
+          <t>2026 DGS Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256200074</t>
+          <t>9786256200050</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Soru Bankası Karekod Çözümlü - Dijital Eğitim Platformu Hediye</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258469462</t>
+          <t>9786255580603</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Tamamı Çözümlü 3245 Uzman Soru Bankası</t>
+          <t>2026 MEB - AGS ÖABT Biyoloji Öğretmenliği Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255580535</t>
+          <t>9786257552332</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı, Şef Soru Bankası</t>
+          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258221022</t>
+          <t>9786258469424</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı İç Ticaret Grubu Konu Anlatımlı</t>
+          <t>Hakimler ve Savcılar Kurulu Personeli GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257753081</t>
+          <t>9786257753111</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>TRT Tüm Kadrolar (Şef Kadrosu Hariç) GYS 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255580481</t>
+          <t>9786258221015</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>Milli Emlak Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255580474</t>
+          <t>9786257951586</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tek Kitap Soru Bankası Karekod Çözümlü</t>
+          <t>11. Sınıf Protokol Serisi Kimya Beceri Temelli Soru Bankası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255580467</t>
+          <t>9786257552905</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tek Kitap Öz Konu Anlatımlı</t>
+          <t>GYS Sosyal Güvenlik Kurumu Soru Bankası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255580047</t>
+          <t>9786256440661</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255580030</t>
+          <t>9786256440678</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256200937</t>
+          <t>9786256200791</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
+          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256200944</t>
+          <t>9786256200807</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
+          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256200906</t>
+          <t>9786256200654</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
+          <t>Tarım ve Orman Bakanlığı Sayman GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256200920</t>
+          <t>9786256200272</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Emlak - Milli Emlak Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256200913</t>
+          <t>9786257753104</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
+          <t>TRT Şef Kadrosu İçin GYS 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256200890</t>
+          <t>9786257951944</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
+          <t>TRT Şef Kadrosu İçin GYS Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256200838</t>
+          <t>9786057701664</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>Orman Genel Müdürlüğü GYS-ÜDS 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256200821</t>
+          <t>9786256440098</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
+          <t>ÖABT Ortaöğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256200517</t>
+          <t>9786256440708</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası - Karekod Çözümlü</t>
+          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256200470</t>
+          <t>9786057701749</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
+          <t>T.C. Adalet Bakanlığı İcra Müdür ve İcra Müdür Yardımcılığı 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256200500</t>
+          <t>9786256440364</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Tarih Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 GYS Belediye İtfaiye Personeli İtfaiye Çavuşu 1. Grup Soru Bankası Görevde Yükselme</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256200463</t>
+          <t>9786258469080</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Tarih Konu Anlatımlı</t>
+          <t>Orman Genel Müdürlüğü Memur GYS Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256200524</t>
+          <t>9786256519145</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Soru Bankası - Karekod Çözümlü + Dijital Eğitim</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256200487</t>
+          <t>9786256440920</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Konu Anlatımlı</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Soru Bankası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256200494</t>
+          <t>9786258221831</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
+          <t>KPSS Türkçe Yaprak Test</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256200531</t>
+          <t>9786256200074</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Soru Bankası Karekod Çözümlü - Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256200449</t>
+          <t>9786258469462</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Konu Anlatımlı</t>
+          <t>T.C. Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Tamamı Çözümlü 3245 Uzman Soru Bankası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256200456</t>
+          <t>9786255580535</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
+          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı, Şef Soru Bankası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256200265</t>
+          <t>9786258221022</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
+          <t>Ticaret Bakanlığı İç Ticaret Grubu Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256200432</t>
+          <t>9786257753081</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
+          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256200142</t>
+          <t>9786255580481</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı Konu Anlatımlı</t>
+          <t>2026 E-KPSS Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256200210</t>
+          <t>9786255580474</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı 5 Deneme Sınavı - Karekod Çözümlü</t>
+          <t>2026 E-KPSS Tek Kitap Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255580511</t>
+          <t>9786255580467</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı ÜDS Psikolog Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 E-KPSS Tek Kitap Öz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255580498</t>
+          <t>9786255580047</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>KPSS GY-GK Lise Ön Lisans Fasiküllü Karekod Çözümlü 6 Deneme Sınavı</t>
+          <t>2026 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257552325</t>
+          <t>9786255580030</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258469653</t>
+          <t>9786256200937</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Üretim AŞ (EÜAŞ) GYS Şef (İdari) Uzman Alan Konuları Konu Anlatımlı</t>
+          <t>2026 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256519053</t>
+          <t>9786256200944</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>KPSS Jüri Konfor Serisi Tarih Soru Bankası</t>
+          <t>2026 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055930912</t>
+          <t>9786256200906</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Number One A Coursebook In English</t>
+          <t>2026 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059456708</t>
+          <t>9786256200920</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ortaöğretim (Lise) Tek Kitap Öz Konu Anlatımlı</t>
+          <t>2026 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256200388</t>
+          <t>9786256200913</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256519954</t>
+          <t>9786256200890</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Uzmanı GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258469806</t>
+          <t>9786256200838</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255580382</t>
+          <t>9786256200821</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı İç Ticaret Grubu Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257552790</t>
+          <t>9786256200517</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257552783</t>
+          <t>9786256200470</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257552776</t>
+          <t>9786256200500</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Tarih Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055930752</t>
+          <t>9786256200463</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalıtım Teknikleri</t>
+          <t>2026 AGS Ultra Serisi Tarih Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257753296</t>
+          <t>9786256200524</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Türkçe Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257753272</t>
+          <t>9786256200487</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Anayasa Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257753265</t>
+          <t>9786256200494</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Coğrafya Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052327678</t>
+          <t>9786256200531</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>2018 Uzlaştırmacı Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>325</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257552745</t>
+          <t>9786256200449</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>TYT Optimist Paragraf Soru Bankası</t>
+          <t>2026 AGS Mevzuat Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257552547</t>
+          <t>9786256200456</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>KPSS Coğrafya Konu Anlatımlı 2023</t>
+          <t>2026 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257951968</t>
+          <t>9786256200265</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek Genel Kültür Lise ve Ön Lisans Adayları İçin Hızlı Seri Soru Bankası Seti</t>
+          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>62.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257753944</t>
+          <t>9786256200432</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257753968</t>
+          <t>9786256200142</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257753951</t>
+          <t>9786256200210</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı 5 Deneme Sınavı - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257552493</t>
+          <t>9786255580511</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Konu Anlatımlı 2023</t>
+          <t>Adalet Bakanlığı ÜDS Psikolog Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>60</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257753777</t>
+          <t>9786255580498</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Lise ve Ön Lisans 41 Deneme Sınavı - Karekod Çözümlü</t>
+          <t>KPSS GY-GK Lise Ön Lisans Fasiküllü Karekod Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257753920</t>
+          <t>9786257552325</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Eğitim Bilimleri Tamamı Çözümlü Soru Bankası - Dijital Platforma Hediyeli</t>
+          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257753807</t>
+          <t>9786258469653</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Türkçe Çözümlü Soru Bankası 2022</t>
+          <t>Elektrik Üretim AŞ (EÜAŞ) GYS Şef (İdari) Uzman Alan Konuları Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>47.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257753814</t>
+          <t>9786256519053</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Türkçe Konu Kitabı  2022</t>
+          <t>KPSS Jüri Konfor Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>47.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257753821</t>
+          <t>9786055930912</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Konu Kitabı 2022</t>
+          <t>Number One A Coursebook In English</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>47.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257753883</t>
+          <t>9786059456708</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Soru Bankası 2022</t>
+          <t>KPSS Ortaöğretim (Lise) Tek Kitap Öz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>45</v>
+        <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257753890</t>
+          <t>9786256200388</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Data Kpss Lise Ve Ön Lisans Tarih Soru Bankası 2022</t>
+          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>47.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257753906</t>
+          <t>9786256519954</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Önlisans Tarih Konu Kitabı 2022</t>
+          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Uzmanı GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>47.5</v>
+        <v>600</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257753791</t>
+          <t>9786258469806</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Data Kpss Lise Ve Ön Lisans A Plus Soru Bankası 2022</t>
+          <t>Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257753838</t>
+          <t>9786255580382</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Soru Bankası 2022</t>
+          <t>Ticaret Bakanlığı İç Ticaret Grubu Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>47.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257753852</t>
+          <t>9786257552790</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Konu Kitabı 2022</t>
+          <t>3. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257753784</t>
+          <t>9786257552783</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Çözümlü Soru Bankası 2022</t>
+          <t>2. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>47.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257753937</t>
+          <t>9786257552776</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ve Ön Lisans Tamamı Çözümlü Soru Bankası 2022</t>
+          <t>1. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257753876</t>
+          <t>9786055930752</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Konu Kitabı 2022</t>
+          <t>Yalıtım Teknikleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>45</v>
+        <v>185</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057701725</t>
+          <t>9786257753296</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Lise ve Ön Lisans Adayları İçin 41 Deneme Sınavı</t>
+          <t>2021 KPSS A'dan Z'ye Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057701718</t>
+          <t>9786257753272</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Yetenek Genel Kültür 41 Deneme Sınavı</t>
+          <t>2021 KPSS A'dan Z'ye Anayasa Soru Bankası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057701411</t>
+          <t>9786257753265</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik Konu Anlatımlı - Hedef 2020</t>
+          <t>2021 KPSS A'dan Z'ye Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057701404</t>
+          <t>9786052327678</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Konu Anlatımlı - Hedef 2020</t>
+          <t>2018 Uzlaştırmacı Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257753234</t>
+          <t>9786257552745</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Coğrafya Konu Anlatımlı</t>
+          <t>TYT Optimist Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257753326</t>
+          <t>9786257552547</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>KPSS Yeni Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
+          <t>KPSS Coğrafya Konu Anlatımlı 2023</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057511478</t>
+          <t>9786257951968</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>2019 KPSS Data Serisi Tarih Soru Bankası</t>
+          <t>KPSS Genel Yetenek Genel Kültür Lise ve Ön Lisans Adayları İçin Hızlı Seri Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>30</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257753210</t>
+          <t>9786257753944</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Türkçe Konu Anlatımlı</t>
+          <t>2. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257753289</t>
+          <t>9786257753968</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Matematik Geometri Tamamı Çözümlü Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257753241</t>
+          <t>9786257753951</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Anayasa Konu Anlatımlı</t>
+          <t>3. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257753227</t>
+          <t>9786257552493</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Matematik Geometri Konu Anlatımlı</t>
+          <t>KPSS Türkçe Konu Anlatımlı 2023</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257753456</t>
+          <t>9786257753777</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Genel Yetenek Genel Kültür A Plus Soru Bankası</t>
+          <t>2024 KPSS Lise ve Ön Lisans 41 Deneme Sınavı - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257753197</t>
+          <t>9786257753920</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Hem Konu Hem Soru Hızlı Seri Seti</t>
+          <t>2025 KPSS Eğitim Bilimleri Tamamı Çözümlü Soru Bankası - Dijital Platforma Hediyeli</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>62.5</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257753203</t>
+          <t>9786257753807</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Tamamı Çözümlü Soru Bankası</t>
+          <t>Data KPSS Lise ve Ön Lisans Türkçe Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257753180</t>
+          <t>9786257753814</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı</t>
+          <t>Data KPSS Lise ve Ön Lisans Türkçe Konu Kitabı  2022</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>550</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257753173</t>
+          <t>9786257753821</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
+          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>43.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257753166</t>
+          <t>9786257753883</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Genel Yetenek-Genel Kültür Özel Tek Kitap</t>
+          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057701794</t>
+          <t>9786257753890</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
+          <t>Data Kpss Lise Ve Ön Lisans Tarih Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057701756</t>
+          <t>9786257753906</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
+          <t>Data KPSS Lise ve Önlisans Tarih Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057511546</t>
+          <t>9786257753791</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>2019 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı</t>
+          <t>Data Kpss Lise Ve Ön Lisans A Plus Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>105</v>
+        <v>70</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057701732</t>
+          <t>9786257753838</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Anayasa Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>21.4</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057701190</t>
+          <t>9786257753852</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>2020 Garantör 5. Sınıf Fen Bilimleri Soru Bankası</t>
+          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>14.25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257951814</t>
+          <t>9786257753784</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise ve Ön Lisans Tamamı Çözümlü 10 Fasiküllü Deneme Sınavı</t>
+          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>49.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257951777</t>
+          <t>9786257753937</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Güncel ve Genel Bilgiler Konu Özetli Soru Bankası</t>
+          <t>KPSS Lise Ve Ön Lisans Tamamı Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>19.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059456098</t>
+          <t>9786257753876</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>DGS Çözümlü 10 Fasikül Deneme Sınavı</t>
+          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>37.8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059456340</t>
+          <t>9786057701725</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf PYBS Konu Anlatımlı Soru Bankası</t>
+          <t>2020 KPSS Lise ve Ön Lisans Adayları İçin 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18.05</v>
+        <v>60</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055001650</t>
+          <t>9786057701718</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>ALES Soru Bankası Cevaplı - Çözümlü</t>
+          <t>2020 KPSS Genel Yetenek Genel Kültür 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057511966</t>
+          <t>9786057701411</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ve Ön Lisans Özel Tek Kitap</t>
+          <t>KPSS Matematik Konu Anlatımlı - Hedef 2020</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057511997</t>
+          <t>9786057701404</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek – Genel Kültür Tek Kitap Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS Türkçe Konu Anlatımlı - Hedef 2020</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057511973</t>
+          <t>9786257753234</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Yetenek – Genel Kültür Konu Anlatımlı Tek Kitap</t>
+          <t>2021 KPSS A'dan Z'ye Coğrafya Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057511959</t>
+          <t>9786257753326</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>KPSS Önlisans Tek Kitap Öz Anlatımlı Konu Anlatımlı</t>
+          <t>KPSS Yeni Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057701817</t>
+          <t>9786057511478</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Ortaöğretim Konu Anlatımlı Soru Bankası</t>
+          <t>2019 KPSS Data Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>37.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052327883</t>
+          <t>9786257753210</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>2022 PTT Personel Alım Sınavı Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052327272</t>
+          <t>9786257753289</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>9-10-11 PYBS - Parasız Yatılı ve Bursluluk Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Matematik Geometri Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057701039</t>
+          <t>9786257753241</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Garantör Türkçe Soru  Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Anayasa Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>14.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057701046</t>
+          <t>9786257753227</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Matematik Geometri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>14.25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057511935</t>
+          <t>9786257753456</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
+          <t>2021 KPSS Genel Yetenek Genel Kültür A Plus Soru Bankası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>14.25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057511928</t>
+          <t>9786257753197</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Hem Konu Hem Soru Hızlı Seri Seti</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>14.25</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057511898</t>
+          <t>9786257753203</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>14.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057511911</t>
+          <t>9786257753180</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>14.25</v>
+        <v>550</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057511874</t>
+          <t>9786257753173</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>14.26</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059754170</t>
+          <t>9786257753166</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>EKYS 2019 Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>2021 KPSS Genel Yetenek-Genel Kültür Özel Tek Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>87.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057701886</t>
+          <t>9786057701794</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Eğitim Bilimleri Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>7. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057701893</t>
+          <t>9786057701756</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>5. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>49.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057701329</t>
+          <t>9786057511546</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Lise ve Önlisans Adayları İçin Tamamı Çözümlü Soru Bankası</t>
+          <t>2019 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>50</v>
+        <v>105</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057701206</t>
+          <t>9786057701732</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2020 KPSS Anayasa Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>14.25</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057701220</t>
+          <t>9786057701190</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Türkçe Soru Bankası</t>
+          <t>2020 Garantör 5. Sınıf Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>14.25</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057701213</t>
+          <t>9786257951814</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
+          <t>KPSS Lise ve Ön Lisans Tamamı Çözümlü 10 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>14.25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057511881</t>
+          <t>9786257951777</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2020 KPSS Güncel ve Genel Bilgiler Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>14.25</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057511140</t>
+          <t>9786059456098</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 2. Sınıf Tamamı Çözümlü Soru Bankası</t>
+          <t>DGS Çözümlü 10 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>38</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057511164</t>
+          <t>9786059456340</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 3. Sınıf Tamamı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf PYBS Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>35</v>
+        <v>18.05</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052327944</t>
+          <t>9786055001650</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>ALES Soru Bankası Cevaplı - Çözümlü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>32.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052327951</t>
+          <t>9786057511966</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>KPSS Lise Ve Ön Lisans Özel Tek Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057701879</t>
+          <t>9786057511997</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
+          <t>KPSS Genel Yetenek – Genel Kültür Tek Kitap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>43.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057701671</t>
+          <t>9786057511973</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Türkçe Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>2020 KPSS Genel Yetenek – Genel Kültür Konu Anlatımlı Tek Kitap</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>21.4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057701688</t>
+          <t>9786057511959</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Matematik Geometri Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>KPSS Önlisans Tek Kitap Öz Anlatımlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>32</v>
+        <v>550</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057701695</t>
+          <t>9786057701817</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Coğrafya Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>2020 KPSS Ortaöğretim Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>25</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057701701</t>
+          <t>9786052327883</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Tarih Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>2022 PTT Personel Alım Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057701909</t>
+          <t>9786052327272</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Lise ve Ön Lisans Adayları İçin Tamamı Çözümlü 5 Fasiküllü Deneme Sınavı</t>
+          <t>9-10-11 PYBS - Parasız Yatılı ve Bursluluk Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057511027</t>
+          <t>9786057701039</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Uzman Erbaş Sınavına Hazırlık Kitabı</t>
+          <t>6. Sınıf Garantör Türkçe Soru  Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>35</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054459124</t>
+          <t>9786057701046</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Read Everywhere 1</t>
+          <t>6. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>25</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057701152</t>
+          <t>9786057511935</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
+          <t>7. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>28.5</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057701121</t>
+          <t>9786057511928</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Siinerji Soru Bankası</t>
+          <t>7. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>35</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057701114</t>
+          <t>9786057511898</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
+          <t>8. Sınıf Garantör T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>28.5</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057511317</t>
+          <t>9786057511911</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>2019 KPSS Çevir Konu Çevir Soru Anayasa'nın Parolası</t>
+          <t>7. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.06</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057701824</t>
+          <t>9786057511874</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Kültür Genel Yetenek Ön Lisans (Adaylarına Özel) Konu Anlatımlı Soru Bankası</t>
+          <t>8. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>37.5</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057511119</t>
+          <t>9786059754170</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 1. Sınıf Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>EKYS 2019 Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>30</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057701435</t>
+          <t>9786057701886</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Tek Kitap Tamamı Çözümlü Soru Bankası</t>
+          <t>Hedef 2020 KPSS Eğitim Bilimleri Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057701626</t>
+          <t>9786057701893</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Hızlı Seri Genel Yetenek Genel Kültür Sempatik Konu Anlatımlı Set</t>
+          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>62.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057701633</t>
+          <t>9786057701329</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Hem Konu Hem Soru Seti</t>
+          <t>Hedef 2020 KPSS Lise ve Önlisans Adayları İçin Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>62.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057701619</t>
+          <t>9786057701206</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Hızlı Seri Genel Kültür Genel Yetenek Soru Bankası</t>
+          <t>5. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>62.5</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>4444444444166</t>
+          <t>9786057701220</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
+          <t>5. Sınıf Garantör Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>4444444444167</t>
+          <t>9786057701213</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
+          <t>5. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>235</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258221138</t>
+          <t>9786057511881</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>8. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>175</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258221206</t>
+          <t>9786057511140</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
+          <t>Bilsem 2. Sınıf Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258469226</t>
+          <t>9786057511164</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Parmaklar İle 10 Saatte 10 Parmak</t>
+          <t>Bilsem 3. Sınıf Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256440319</t>
+          <t>9786052327944</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Soru Bankası Karekod Çözümlü</t>
+          <t>7. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>500</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256440302</t>
+          <t>9786052327951</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Konu Anlatımlı</t>
+          <t>8. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786255580191</t>
+          <t>9786057701879</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>2025 Diyanet İşleri Başkanlığı Personelin Görevde Yükselme Sınavı Soru Bankası- Karekod Çözümlü</t>
+          <t>Hedef 2020 KPSS Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1250</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786255580061</t>
+          <t>9786057701671</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
+          <t>2020 KPSS Türkçe Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1500</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786255580368</t>
+          <t>9786057701688</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Konu Anlatımlı</t>
+          <t>2020 KPSS Matematik Geometri Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1000</v>
+        <v>32</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258469271</t>
+          <t>9786057701695</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu Seçim Müdürü Soru Bankası</t>
+          <t>2020 KPSS Coğrafya Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>900</v>
+        <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057511058</t>
+          <t>9786057701701</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>2025 Yüksek Seçim Kurulu (YSK) Seçim Müdürü 8 Deneme Sınavı</t>
+          <t>2020 KPSS Tarih Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786255580375</t>
+          <t>9786057701909</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Soru Bankası</t>
+          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Lise ve Ön Lisans Adayları İçin Tamamı Çözümlü 5 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>750</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057511041</t>
+          <t>9786057511027</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
+          <t>Sözleşmeli Uzman Erbaş Sınavına Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>4444444444030</t>
+          <t>9786054459124</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>2023 GYS Diyanet İşleri Başkanlığı Konu Anlatımlı Soru Bankası Görevde Yükselme</t>
+          <t>Read Everywhere 1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>4444444444028</t>
+          <t>9786057701152</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>2024 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>10. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055001315</t>
+          <t>9786057701121</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Temel Auto Cad Komutları</t>
+          <t>8. Sınıf Tüm Dersler Siinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257951005</t>
+          <t>9786057701114</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>600</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057701992</t>
+          <t>9786057511317</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Konu Anlatımlı</t>
+          <t>2019 KPSS Çevir Konu Çevir Soru Anayasa'nın Parolası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>900</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257951012</t>
+          <t>9786057701824</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü- Tapu Sicil Müdür Yardımcısı GYS Soru Bankası -Karekod Çözümlü</t>
+          <t>2020 KPSS Genel Kültür Genel Yetenek Ön Lisans (Adaylarına Özel) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>675</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257951029</t>
+          <t>9786057511119</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü-Tapu Sicil Müdür Yardımcısı GYS Konu Anlatımlı</t>
+          <t>Bilsem 1. Sınıf Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256440326</t>
+          <t>9786057701435</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü - Tapu Sicil Müdür Yardımcısı GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2020 KPSS Eğitim Bilimleri Tek Kitap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256519664</t>
+          <t>9786057701626</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>JSPS Jandarma Personeli Soru Bankası</t>
+          <t>Hedef 2020 KPSS Hızlı Seri Genel Yetenek Genel Kültür Sempatik Konu Anlatımlı Set</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>900</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256440975</t>
+          <t>9786057701633</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ultra Serisi KPSS Coğrafya Konu Anlatımı</t>
+          <t>2020 KPSS Eğitim Bilimleri Hem Konu Hem Soru Seti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>170</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256519022</t>
+          <t>9786057701619</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ultra Serisi KPSS Türkçe Soru Bankası</t>
+          <t>Hedef 2020 KPSS Hızlı Seri Genel Kültür Genel Yetenek Soru Bankası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>4444444443296</t>
+          <t>4444444444166</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tek Kitap Soru Bankası (Karekod Çözümlü)</t>
+          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256519015</t>
+          <t>4444444444167</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Vatandaşlık Soru Bankası</t>
+          <t>2025 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256519046</t>
+          <t>9786258221206</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Coğrafya Soru Bankası</t>
+          <t>4. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256440951</t>
+          <t>9786258469226</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Tarih Konu Anlatımlı</t>
+          <t>Akıllı Parmaklar İle 10 Saatte 10 Parmak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>275</v>
+        <v>85</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256440999</t>
+          <t>9786256440319</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Vatandaşlık Konu Anlatımlı</t>
+          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256440968</t>
+          <t>9786256440302</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Türkçe Konu Anlatımlı</t>
+          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256440982</t>
+          <t>9786255580191</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Matematik - Geometri Konu Anlatımı</t>
+          <t>2025 Diyanet İşleri Başkanlığı Personelin Görevde Yükselme Sınavı Soru Bankası- Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256519039</t>
+          <t>9786255580061</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Matematik Soru Bankası</t>
+          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>210</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256519534</t>
+          <t>9786255580368</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256519541</t>
+          <t>9786258469271</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>2025 GYS Yüksek Seçim Kurulu Seçim Müdürü Soru Bankası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>325</v>
+        <v>900</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057701244</t>
+          <t>9786057511058</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>GYS TİGEM Tarım İşletmeleri Konu Anlatımlı Soru Bankası</t>
+          <t>2025 Yüksek Seçim Kurulu (YSK) Seçim Müdürü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256519596</t>
+          <t>9786255580375</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Soru Bankası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256519602</t>
+          <t>9786057511041</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256519589</t>
+          <t>4444444444030</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>2023 GYS Diyanet İşleri Başkanlığı Konu Anlatımlı Soru Bankası Görevde Yükselme</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256519572</t>
+          <t>4444444444028</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>2024 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257753524</t>
+          <t>9786055001315</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Kütüphane Müdürü Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>Temel Auto Cad Komutları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256519558</t>
+          <t>9786257951005</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Eğitim Uzmanı Görevde Yükselme Onu Anlatımlı</t>
+          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>335</v>
+        <v>600</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>4444444442953</t>
+          <t>9786057701992</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>T.C. Milli Eğitim Bakanlığı Memur GYS Soru Bankası</t>
+          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>4444444443226</t>
+          <t>9786257951012</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Tamamı Çözümlü 5 Deneme</t>
+          <t>Tapu Müdürü- Tapu Sicil Müdür Yardımcısı GYS Soru Bankası -Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258221640</t>
+          <t>9786257951029</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Sözel Soru Bankası -</t>
+          <t>Tapu Müdürü-Tapu Sicil Müdür Yardımcısı GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258221657</t>
+          <t>9786256440326</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Sayısal Soru Bankası -</t>
+          <t>Tapu Müdürü - Tapu Sicil Müdür Yardımcısı GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255580344</t>
+          <t>9786256519664</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pomem 31. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
+          <t>JSPS Jandarma Personeli Soru Bankası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>40</v>
+        <v>900</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257753975</t>
+          <t>9786256440975</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Ultra Serisi KPSS Coğrafya Konu Anlatımı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256440272</t>
+          <t>9786256519022</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Denetimli Serbestlik Müdür Yardımcılığı ve Şeflik GYS Tamamı Çözümlü 5 Deneme</t>
+          <t>Ultra Serisi KPSS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258469578</t>
+          <t>4444444443296</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Polis Meslek İçi Komiser Yardımcılığı Tamamı Çözümlü Bankası</t>
+          <t>KPSS Tek Kitap Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256440746</t>
+          <t>9786256519015</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>KPSS Ultra Serisi Vatandaşlık Soru Bankası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256519695</t>
+          <t>9786256519046</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Polis Akademisi Başkanlığı 9. Dönem İlk Derece Amirlik Eğitimi (Komiser Yardımcılığı) Yazılı Sınavı Soru</t>
+          <t>KPSS Ultra Serisi Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255580337</t>
+          <t>9786256440951</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Aile ve Sosyal Hizmetler Bakanlığı Sosyolog Soru Bankası Çözümlü Görevde Yükselme Ünvan Değişikliği</t>
+          <t>KPSS Ultra Serisi Tarih Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257552042</t>
+          <t>9786256440999</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Hazırlık Kitabı</t>
+          <t>KPSS Ultra Serisi Vatandaşlık Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257753999</t>
+          <t>9786256440968</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Soru Bankası</t>
+          <t>KPSS Ultra Serisi Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257552004</t>
+          <t>9786256440982</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Hazırlık Kitabı</t>
+          <t>KPSS Ultra Serisi Matematik - Geometri Konu Anlatımı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257552103</t>
+          <t>9786256519039</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Hazırlık Kitabı</t>
+          <t>KPSS Ultra Serisi Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257552097</t>
+          <t>9786256519534</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Soru Bankası</t>
+          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257552899</t>
+          <t>9786256519541</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kurumu SGK GYS Konu Anlatımlı</t>
+          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257552035</t>
+          <t>9786057701244</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Soru Bankası</t>
+          <t>GYS TİGEM Tarım İşletmeleri Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257552073</t>
+          <t>9786256519596</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Veri Hazırlama ve Kontrol İşletmeni Yurt Yönetim Memuru GYS Hazırlık</t>
+          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255580238</t>
+          <t>9786256519602</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Laboratuvar Teknikeri Kadrosu Soru Bankası (Karekod Çözümlü)</t>
+          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255580276</t>
+          <t>9786256519589</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Konu Anlatımlı</t>
+          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255580283</t>
+          <t>9786256519572</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Soru Bankası (Karekod Çözümlü)</t>
+          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258469295</t>
+          <t>9786257753524</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Read Everywhere - 1</t>
+          <t>GYS T.C Kültür Ve Turizm Bakanlığı Kütüphane Müdürü Görevde Yükselme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258469929</t>
+          <t>9786256519558</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>GYS T.C Kültür ve Turizm Bakanlığı Eğitim Uzmanı Görevde Yükselme Onu Anlatımlı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>275</v>
+        <v>335</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258221923</t>
+          <t>4444444442953</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>JSPS Müşterek Konular Konu Anlatımlı Soru Bankası</t>
+          <t>T.C. Milli Eğitim Bakanlığı Memur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258221947</t>
+          <t>4444444443226</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>KPSS Eğitim Bilimleri Program Geliştirme 15 Deneme Sınavı</t>
+          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255580184</t>
+          <t>9786258221640</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Beton Reolojisi</t>
+          <t>LGS 1. Dönem Sözel Soru Bankası -</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256519206</t>
+          <t>9786258221657</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>JSPS Jandarma ve Sahil Güvenlik Havacılık Branşı Personeli Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS 1. Dönem Sayısal Soru Bankası -</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256440050</t>
+          <t>9786255580344</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Coğrafya Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Pomem 31. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255580177</t>
+          <t>9786257753975</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>2025 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255580160</t>
+          <t>9786256440272</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Konu Anlatımlı</t>
+          <t>2025 Ceza ve Tevkifevleri Denetimli Serbestlik Müdür Yardımcılığı ve Şeflik GYS Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258221145</t>
+          <t>9786258469578</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Defterdarlık Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>Polis Meslek İçi Komiser Yardımcılığı Tamamı Çözümlü Bankası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>775</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256519312</t>
+          <t>9786256440746</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bilmeyenler İçin KPSS Matematik</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255580009</t>
+          <t>9786256519695</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Soru Bankası</t>
+          <t>Polis Akademisi Başkanlığı 9. Dönem İlk Derece Amirlik Eğitimi (Komiser Yardımcılığı) Yazılı Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255580153</t>
+          <t>9786255580337</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Konu Anlatımlı</t>
+          <t>2025 GYS ÜDS Aile ve Sosyal Hizmetler Bakanlığı Sosyolog Soru Bankası Çözümlü Görevde Yükselme Ünvan Değişikliği</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256440807</t>
+          <t>9786257552042</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Dış Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258221237</t>
+          <t>9786257753999</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İletişim Başkanlığı GYS Şef Konu Anlatımlı</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257951869</t>
+          <t>9786257552004</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>AFAD Tekniker 2025 ÜDS Konu Anlatımlı</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258221534</t>
+          <t>9786257552103</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı Şef Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256440005</t>
+          <t>9786257552097</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Komiser Yardımcılığı Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Soru Bankası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258221060</t>
+          <t>9786257552899</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>GYS Ticaret Bakanlığı GYS Gümrük Gümrük Grubu Konu Anlatımlı</t>
+          <t>Sosyal Güvenlik Kurumu SGK GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789756305225</t>
+          <t>9786257552035</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Biyoharmoloji</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257951876</t>
+          <t>9786257552073</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>AFAD Tekniker 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
+          <t>T.C. Gençlik ve Spor Bakanlığı Veri Hazırlama ve Kontrol İşletmeni Yurt Yönetim Memuru GYS Hazırlık</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257951913</t>
+          <t>9786255580238</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Soru Bankası - Karekod Çözümlü</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Laboratuvar Teknikeri Kadrosu Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257951906</t>
+          <t>9786255580276</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Konu Anlatımlı</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>950</v>
+        <v>800</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257951852</t>
+          <t>9786255580283</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>AFAD Mühendis-Mimar 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257951845</t>
+          <t>9786258469295</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>AFAD Mühendis-Mimar 2025 ÜDS Konu Anlatımlı</t>
+          <t>Read Everywhere - 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1020</v>
+        <v>190</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257951883</t>
+          <t>9786258469929</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. Soru Bankası - Karekod Çözümlü</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Tamamı Çözümlü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257951890</t>
+          <t>9786258221923</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. 2025 GYS Konu Anlatımlı</t>
+          <t>JSPS Müşterek Konular Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257951838</t>
+          <t>9786258221947</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şef 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>KPSS Eğitim Bilimleri Program Geliştirme 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257951821</t>
+          <t>9786255580184</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şef 2025 GYS Konu Anlatımlı</t>
+          <t>Beton Reolojisi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257951807</t>
+          <t>9786256519206</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şube Müdürü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>JSPS Jandarma ve Sahil Güvenlik Havacılık Branşı Personeli Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257951791</t>
+          <t>9786256440050</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şube Müdürü GYS Konu Anlatımlı</t>
+          <t>ÖABT 2024 Coğrafya Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>1250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256519367</t>
+          <t>9786255580177</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>KPSS Çalışma Yapraklarıyla Coğrafya</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>85</v>
+        <v>650</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258221909</t>
+          <t>9786255580160</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Tarih Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256519008</t>
+          <t>9786258221145</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Ultra Serisi Tarih Soru Bankası</t>
+          <t>Defterdarlık Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>260</v>
+        <v>775</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256440913</t>
+          <t>9786256519312</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Konu Anlatımlı</t>
+          <t>Bilmeyenler İçin KPSS Matematik</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256440067</t>
+          <t>9786255580009</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Soru Bankası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258221886</t>
+          <t>9786255580153</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Genel Yetenek Türkçe-Matematik Yaprak Test</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>135</v>
+        <v>650</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786255580146</t>
+          <t>9786256440807</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Soru Bankası</t>
+          <t>Jandarma Dış Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257951074</t>
+          <t>9786258221237</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Konu Anlatımlı</t>
+          <t>İletişim Başkanlığı GYS Şef Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>525</v>
+        <v>310</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786255580108</t>
+          <t>9786257951869</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Tıbbi Sekreter Soru BankasI (Tamamı Karekod Çözümlü)</t>
+          <t>AFAD Tekniker 2025 ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057701237</t>
+          <t>9786258221534</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavına Hazırlık Konu Anlatımlı</t>
+          <t>T.C. Sağlık Bakanlığı Şef Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258469417</t>
+          <t>9786256440005</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>Komiser Yardımcılığı Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786255580115</t>
+          <t>9786258221060</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bakanlığı ÜDS Sosyal Çalışmacı Soru Bankası</t>
+          <t>GYS Ticaret Bakanlığı GYS Gümrük Gümrük Grubu Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>450</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258221572</t>
+          <t>9789756305225</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>T.C Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Biyoharmoloji</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256519640</t>
+          <t>9786257951876</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>DHMİ Koruma ve Güvenlik Şefi GYS Soru Bankası</t>
+          <t>AFAD Tekniker 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256519732</t>
+          <t>9786257951913</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256519725</t>
+          <t>9786257951906</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258221602</t>
+          <t>9786257951852</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı GYS Tıbbi Sekreter Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>AFAD Mühendis-Mimar 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258221367</t>
+          <t>9786257951845</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ GYS Konu Anlatımlı</t>
+          <t>AFAD Mühendis-Mimar 2025 ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>850</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786255580085</t>
+          <t>9786257951883</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Soru Bankası</t>
+          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786255580078</t>
+          <t>9786257951890</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Konu Anlatımlı</t>
+          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. 2025 GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258469103</t>
+          <t>9786257951838</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı DGS</t>
+          <t>AFAD Şef 2025 GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257753722</t>
+          <t>9786257951821</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri CTE Öğretmen ÜDS Hazırlık Kitabı</t>
+          <t>AFAD Şef 2025 GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>700</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257753913</t>
+          <t>9786257951807</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri CTE Öğretmen ÜDS Tamamı 5 Deneme Sınavı</t>
+          <t>AFAD Şube Müdürü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052327579</t>
+          <t>9786257951791</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Konu Anlatımlı</t>
+          <t>AFAD Şube Müdürü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1050</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>4444444444246</t>
+          <t>9786256519367</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>DGS Çevir Konu Çevir Soru</t>
+          <t>2026 KPSS Coğrafya Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256440630</t>
+          <t>9786258221909</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Prestij Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>ÖABT 2024 Tarih Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>690</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>4444444443567</t>
+          <t>9786256519008</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>2024 KPSS Ultra Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786255580054</t>
+          <t>9786256440913</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>T.C Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>225</v>
+        <v>850</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256440692</t>
+          <t>9786256440067</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258221268</t>
+          <t>9786258221886</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı</t>
+          <t>2024 KPSS Genel Yetenek Türkçe-Matematik Yaprak Test</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>315</v>
+        <v>135</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052327586</t>
+          <t>9786255580146</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Soru Bankası</t>
+          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Soru Bankası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256519305</t>
+          <t>9786257951074</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS-ÖABT Mutmain DKAB/İHL Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>800</v>
+        <v>525</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256440029</t>
+          <t>9786255580108</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Tıbbi Sekreter Soru BankasI (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>4444444444180</t>
+          <t>9786057701237</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
+          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavına Hazırlık Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>4444444444181</t>
+          <t>9786258469417</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256440227</t>
+          <t>9786255580115</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Öğretmen UDS Tamamı Çözümlü Soru Bankası</t>
+          <t>Sağlık Bakanlığı ÜDS Sosyal Çalışmacı Soru Bankası</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059456197</t>
+          <t>9786258221572</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Milli Savunma Bakanlığı GYS Konu Anlatımlı</t>
+          <t>T.C Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257951647</t>
+          <t>9786256519640</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Konu Anlatımlı</t>
+          <t>DHMİ Koruma ve Güvenlik Şefi GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257951692</t>
+          <t>9786256519732</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256519336</t>
+          <t>9786256519725</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Prestij Soru Bankası - Karekod Çözümlü</t>
+          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256519374</t>
+          <t>9786258221602</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>KPSS Çalışma Yapraklarıyla Tarih</t>
+          <t>2025 T.C. Sağlık Bakanlığı GYS Tıbbi Sekreter Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256200197</t>
+          <t>9786258221367</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>2025 YÖK GYS Tam İsabet Karekod Çözümlü Soru Bankası</t>
+          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256440647</t>
+          <t>9786255580085</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Soru Bankası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256200951</t>
+          <t>9786255580078</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
+          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>4444444444175</t>
+          <t>9786258469103</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
+          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı DGS</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>4444444444176</t>
+          <t>9786257753722</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
+          <t>2025 Ceza ve Tevkifevleri CTE Öğretmen ÜDS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>4444444444177</t>
+          <t>9786257753913</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
+          <t>Ceza ve Tevkifevleri CTE Öğretmen ÜDS Tamamı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>4444444444178</t>
+          <t>9786052327579</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
+          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>170</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>4444444444179</t>
+          <t>4444444444246</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
+          <t>DGS Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256440555</t>
+          <t>9786256440630</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Prestij Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>900</v>
+        <v>690</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>4444444443544</t>
+          <t>4444444443567</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256440210</t>
+          <t>9786255580054</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Soru Bankası</t>
+          <t>T.C Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786255580016</t>
+          <t>9786256440692</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257552295</t>
+          <t>9786258221268</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Sayman GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257753753</t>
+          <t>9786052327586</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Sayman GYS Soru Bankası</t>
+          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Soru Bankası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>1000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256519671</t>
+          <t>9786256519305</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Fasiküllü 657 Sayılı Devlet Memurları Kanunu Set (Konu Özetli Sorular 7 Fasikül)</t>
+          <t>2026 MEB-AGS-ÖABT Mutmain DKAB/İHL Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258469202</t>
+          <t>9786256440029</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İş Kurumu İşkur GYS Soru Bankası</t>
+          <t>ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057511072</t>
+          <t>4444444444180</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Çevir Konu Çevir Soru</t>
+          <t>2025 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258221428</t>
+          <t>4444444444181</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>MEB 2025 Öğretmen Adaylarına Kameralı Mülakat</t>
+          <t>2025 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257753593</t>
+          <t>9786256440227</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Zabıt Katipliği Mülakat Sınavına Hazırlık Kitabı</t>
+          <t>2025 Ceza ve Tevkifevleri Öğretmen UDS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256440265</t>
+          <t>9786059456197</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri Sosyal Çalışmacı Ünvan Değişikliği Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>2026 GYS-ÜDS Milli Savunma Bakanlığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>500</v>
+        <v>975</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258221503</t>
+          <t>9786257951647</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Prestij Tamamı Çözümlü Soru Bankası</t>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>275</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257951142</t>
+          <t>9786257951692</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>DHMİ Genel Müdürlüğü Şef Pozisyonu GYS Soru Bankası</t>
+          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>4444444444248</t>
+          <t>9786256519336</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Prestij Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257753715</t>
+          <t>9786256519374</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Ceza ve Tevkifevleri Sayman Konu Anlatımlı 1-2</t>
+          <t>2026 KPSS Tarih Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>2000</v>
+        <v>175</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059456166</t>
+          <t>9786256200197</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tüm Kamu Kurumları GYS Mülakat Soru Cevap</t>
+          <t>2025 YÖK GYS Tam İsabet Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057511744</t>
+          <t>9786256440647</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Büyük Millet Meclisi (TBMM) GYS Ortak Konular Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258221343</t>
+          <t>9786256200951</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Büyük Millet Meclisi (TBMM) GYS Ortak Konular Konu Anlatımlı</t>
+          <t>2026 AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258469172</t>
+          <t>4444444444175</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasa Kurulu (SPK) GYS Soru Bankası</t>
+          <t>2025 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257753128</t>
+          <t>4444444444176</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Personel Genel Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>2025 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256200968</t>
+          <t>4444444444177</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Personel Genel Müdürlüğü GYS Soru Bankası</t>
+          <t>2025 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256200975</t>
+          <t>4444444444178</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>2025 Göç İdaresi Başkanlığı Sözleşmeli Personel Alım Sınavı Konu Anlatımlı</t>
+          <t>2025 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256200982</t>
+          <t>4444444444179</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>2025 Göç İdaresi Başkanlığı Sözleşmeli Personel Alım Sınavı Soru Bankası</t>
+          <t>2025 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052327425</t>
+          <t>9786256440555</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>2024 GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 5 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256440784</t>
+          <t>4444444443544</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı İdari İşler Müdürlüğü GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257951975</t>
+          <t>9786256440210</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C. Ticaret Bakanlığı Ortak Konular Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257951982</t>
+          <t>9786255580016</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>GYS Ticaret Bakanlığı Ortak Konular Soru Bankası - Karekod Çözümlü</t>
+          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052327722</t>
+          <t>9786257552295</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Konu Anlatımlı</t>
+          <t>2025 Ceza ve Tevkifevleri Sayman GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>975</v>
+        <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052327739</t>
+          <t>9786257753753</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>2025 Ceza ve Tevkifevleri Sayman GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>4444444444174</t>
+          <t>9786256519671</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
+          <t>Fasiküllü 657 Sayılı Devlet Memurları Kanunu Set (Konu Özetli Sorular 7 Fasikül)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>4444444443502</t>
+          <t>9786258469202</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Hazırlık Kitabı</t>
+          <t>Türkiye İş Kurumu İşkur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>4444444443501</t>
+          <t>9786057511072</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Soru Bankası</t>
+          <t>2026 ALES Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>4444444444066</t>
+          <t>9786258221428</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
+          <t>MEB 2025 Öğretmen Adaylarına Kameralı Mülakat</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256440296</t>
+          <t>9786257753593</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mahalli İdareler 4-5. Grup Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Zabıt Katipliği Mülakat Sınavına Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258221688</t>
+          <t>9786256440265</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4-5. Grup Tamamı Çözümlü Soru Bankası</t>
+          <t>Ceza ve Tevkifevleri Sosyal Çalışmacı Ünvan Değişikliği Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258221176</t>
+          <t>9786258221503</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
+          <t>T.C. Sağlık Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Prestij Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055930929</t>
+          <t>9786257951142</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Number One Vocational English For Computersthe Internet</t>
+          <t>DHMİ Genel Müdürlüğü Şef Pozisyonu GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>140</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258469110</t>
+          <t>4444444444248</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı ALES</t>
+          <t>2025 DGS Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258469950</t>
+          <t>9786257753715</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İstatistik Kurumu (Tüik) GYS Soru Bankası</t>
+          <t>2025 GYS Ceza ve Tevkifevleri Sayman Konu Anlatımlı 1-2</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>575</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059754552</t>
+          <t>9786059456166</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>T.C. Ticaret Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
+          <t>Tüm Kamu Kurumları GYS Mülakat Soru Cevap</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059754545</t>
+          <t>9786057511744</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>T.C. Ticaret Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Soru Bankası</t>
+          <t>Türkiye Büyük Millet Meclisi (TBMM) GYS Ortak Konular Soru Bankası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258469943</t>
+          <t>9786258221343</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İstatistik Kurumu (Tüik) GYS Konu Anlatımlı</t>
+          <t>Türkiye Büyük Millet Meclisi (TBMM) GYS Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>825</v>
+        <v>650</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256440463</t>
+          <t>9786258469172</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Belediye Zabıta Personeli Zabıta Komiseri 1. Grup Soru Bankası</t>
+          <t>Sermaye Piyasa Kurulu (SPK) GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256440456</t>
+          <t>9786257753128</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Belediye Zabıta Personeli Zabıta Komiseri 1. Grup Konu Anlatımlı</t>
+          <t>Ticaret Bakanlığı Personel Genel Müdürlüğü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>425</v>
+        <v>700</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256440487</t>
+          <t>9786256200968</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Belediye Zabıta Personeli Zabıta Amiri 2. Grup Soru Bankası</t>
+          <t>Ticaret Bakanlığı Personel Genel Müdürlüğü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256440470</t>
+          <t>9786256200975</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Belediye Zabıta Personeli Zabıta Amiri 2. Grup Konu Anlatımlı</t>
+          <t>2025 Göç İdaresi Başkanlığı Sözleşmeli Personel Alım Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258221701</t>
+          <t>9786256200982</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2025 Göç İdaresi Başkanlığı Sözleşmeli Personel Alım Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257552448</t>
+          <t>9786052327425</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı Tekniker - Teknisyen GYS - ÜDS Konu Anlatımlı</t>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257552455</t>
+          <t>9786256440784</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı Tekniker - Teknisyen ÜDS Soru Bankası</t>
+          <t>T.C. Adalet Bakanlığı İdari İşler Müdürlüğü GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258221756</t>
+          <t>9786257951975</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 3. Grup Konu Anlatımlı</t>
+          <t>GYS T.C. Ticaret Bakanlığı Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258221794</t>
+          <t>9786257951982</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 3. Grup Soru Bankası</t>
+          <t>GYS Ticaret Bakanlığı Ortak Konular Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258221770</t>
+          <t>9786052327722</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 2. Grup Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>500</v>
+        <v>975</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>4444444444165</t>
+          <t>9786052327739</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>275</v>
+        <v>625</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258221749</t>
+          <t>4444444444174</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 2. Grup Konu Anlatımlı</t>
+          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258221763</t>
+          <t>4444444443502</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 1. Grup Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258221732</t>
+          <t>4444444443501</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 1. Grup Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256200883</t>
+          <t>4444444444066</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Enerji Piyasası Düzenleme Kurulu EPDK (Yönetim Hizmetleri Uzmanı) GYS Soru Bankası Karekod</t>
+          <t>2025 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>800</v>
+        <v>235</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256200876</t>
+          <t>9786256440296</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Enerji Piyasası Düzenleme Kurulu EPDK (Yönetim Hizmetleri Uzmanı) GYS Konu Anlatımlı</t>
+          <t>Mahalli İdareler 4-5. Grup Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>4444444444297</t>
+          <t>9786258221688</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi DKAB/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4-5. Grup Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>4444444444163</t>
+          <t>9786258221176</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258221220</t>
+          <t>9786055930929</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İletişim Başkanlığı GYS Şef Soru Bankası</t>
+          <t>Number One Vocational English For Computersthe Internet</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256519282</t>
+          <t>9786258469110</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İletişim Başkanlığı İletişim Uzman Yardımcısı Konu Anlatımlı</t>
+          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı ALES</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057701312</t>
+          <t>9786258469950</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dizayn Paragraf KPSS - DGS - ALES</t>
+          <t>Türkiye İstatistik Kurumu (Tüik) GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052327845</t>
+          <t>9786059754552</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Üst Kuruluşları İle Yükseköğretim Kurumları Personeli (YÖK) Soru Bankası</t>
+          <t>T.C. Ticaret Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257951739</t>
+          <t>9786059754545</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>T.C. Hazine ve Maliye Bakanlığı Defterdar Uzmanlığı Özel Sınavı Soru Bankası Karekod Çözümlü</t>
+          <t>T.C. Ticaret Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Soru Bankası</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256200869</t>
+          <t>9786258469943</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
+          <t>Türkiye İstatistik Kurumu (Tüik) GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>825</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256519855</t>
+          <t>9786256440463</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>YÖK Üst Kuruluşları İle YÖK Personeli GYS Özet Tablolu Sıkça Sorulan Sorulara Yönelik</t>
+          <t>Belediye Zabıta Personeli Zabıta Komiseri 1. Grup Soru Bankası</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256200852</t>
+          <t>9786256440456</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>JSPS Genel Yetenek - Genel Kültür Soru Bankası - Karekod Çözümlü</t>
+          <t>Belediye Zabıta Personeli Zabıta Komiseri 1. Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257951722</t>
+          <t>9786256440487</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>T.C. Hazine ve Maliye Bakanlığı Defterdar Uzmanlığı Özel Sınavı Konu Anlatımlı</t>
+          <t>Belediye Zabıta Personeli Zabıta Amiri 2. Grup Soru Bankası</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>4444444444159</t>
+          <t>9786256440470</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Eğitimin Temelleri Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
+          <t>Belediye Zabıta Personeli Zabıta Amiri 2. Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>4444444444170</t>
+          <t>9786258221701</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
+          <t>ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>4444444444169</t>
+          <t>9786257552448</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Tarih Soru Bankası Karekod Çözümlü</t>
+          <t>T.C. İçişleri Bakanlığı Tekniker - Teknisyen GYS - ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>4444444444168</t>
+          <t>9786257552455</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Tarih Konu Anlatımlı Data Yayınları</t>
+          <t>T.C. İçişleri Bakanlığı Tekniker - Teknisyen ÜDS Soru Bankası</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>4444444444171</t>
+          <t>9786258221756</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası Karekod Çözümlü</t>
+          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 3. Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>4444444444162</t>
+          <t>9786258221794</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Ultra Serisi Mevzuat Konu Anlatımlı</t>
+          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 3. Grup Soru Bankası</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>4444444444161</t>
+          <t>9786258221770</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Mevzuat Tamamı Çözümlü Soru Bankası</t>
+          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 2. Grup Soru Bankası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>4444444444160</t>
+          <t>4444444444165</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB AGS Ultra Serisi Eğitimin Temelleri Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256200289</t>
+          <t>9786258221749</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı + Dijital Eğitim Platformu Hediye</t>
+          <t>Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri 2. Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>750</v>
+        <v>475</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256200845</t>
+          <t>9786258221763</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Derviş Hoca ile 2025 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 1. Grup Soru Bankası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256200333</t>
+          <t>9786258221732</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Vatandaşlık 40 Deneme Sınavı</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 1. Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256200296</t>
+          <t>9786256200883</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Coğrafya 30 Deneme Sınavı</t>
+          <t>Enerji Piyasası Düzenleme Kurulu EPDK (Yönetim Hizmetleri Uzmanı) GYS Soru Bankası Karekod</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256200319</t>
+          <t>9786256200876</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Tarih 30 Deneme Sınavı</t>
+          <t>Enerji Piyasası Düzenleme Kurulu EPDK (Yönetim Hizmetleri Uzmanı) GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256200326</t>
+          <t>4444444444297</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Türkçe 20 Deneme Sınavı</t>
+          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi DKAB/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>4444444444173</t>
+          <t>4444444444163</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>4444444444172</t>
+          <t>9786258221220</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
+          <t>İletişim Başkanlığı GYS Şef Soru Bankası</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258221565</t>
+          <t>9786256519282</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Memur GYS Soru Bankası</t>
+          <t>İletişim Başkanlığı İletişim Uzman Yardımcısı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258221558</t>
+          <t>9786057701312</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Memur GYS Konu Anlatımlı</t>
+          <t>Dizayn Paragraf KPSS - DGS - ALES</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057511782</t>
+          <t>9786052327845</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Unvan Değişikliği Mühendis 7 Deneme Sınavı</t>
+          <t>Yükseköğretim Üst Kuruluşları İle Yükseköğretim Kurumları Personeli (YÖK) Soru Bankası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057511805</t>
+          <t>9786257951739</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Bakanlığı Tekniker ve Teknisyen Ünvan Değişikliği Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>T.C. Hazine ve Maliye Bakanlığı Defterdar Uzmanlığı Özel Sınavı Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057511799</t>
+          <t>9786256200869</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Unvan Değişikliği Tekniker ve Teknisyen 7 Deneme Sınavı</t>
+          <t>5. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057511768</t>
+          <t>9786256519855</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Bakanlığı Mühendis Unvan Değişikliği Sınavı Soru Bankası</t>
+          <t>YÖK Üst Kuruluşları İle YÖK Personeli GYS Özet Tablolu Sıkça Sorulan Sorulara Yönelik</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057511775</t>
+          <t>9786256200852</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Bakanlığı Mühendis Unvan Değişikliği Sınavı Hazırlık Kitabı</t>
+          <t>JSPS Genel Yetenek - Genel Kültür Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256519749</t>
+          <t>9786257951722</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Ön Sınavı Tamamı Karekod Çözümlü Soru Bankası 1 - 2</t>
+          <t>T.C. Hazine ve Maliye Bakanlığı Defterdar Uzmanlığı Özel Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256519893</t>
+          <t>4444444444159</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>2025 Hukuk Mesleklerine Giriş Sınavı 5 Deneme Sınavı - Karekod Çözümlü</t>
+          <t>2025 MEB AGS Eğitimin Temelleri Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059754613</t>
+          <t>4444444444170</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı GYS-ÜDS Ortak Alan Konu Anlatımlı</t>
+          <t>2025 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057511324</t>
+          <t>4444444444169</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı GYS-ÜDS Ortak Alan Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 AGS Ultra Serisi Tarih Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258221596</t>
+          <t>4444444444168</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Tıbbi Sekreter Konu Anlatımlı Soru Bankası</t>
+          <t>2025 AGS Ultra Serisi Tarih Konu Anlatımlı Data Yayınları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258221527</t>
+          <t>4444444444171</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256440258</t>
+          <t>4444444444162</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
+          <t>2025 MEB AGS Ultra Serisi Mevzuat Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258221800</t>
+          <t>4444444444161</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>2025 Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4.Grup GYS-ÜDS Soru Bankası Karekod çözümlü</t>
+          <t>2025 AGS Ultra Serisi Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258221787</t>
+          <t>4444444444160</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4.Grup Konu Anlatımlı</t>
+          <t>2025 MEB AGS Ultra Serisi Eğitimin Temelleri Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258221404</t>
+          <t>9786256200289</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı Soru Bankası</t>
+          <t>2026 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057701916</t>
+          <t>9786256200845</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kamu Kurumları ve Bağlı Kuruluşları Personeli GYS ve Unvan Değişikliği Ortak Konular Soru Bankası</t>
+          <t>Derviş Hoca ile 2025 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059456142</t>
+          <t>9786256200333</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>2025 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Ultra Serisi Vatandaşlık 40 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052327852</t>
+          <t>9786256200296</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Üst Kuruluşları ile Yükseköğretim Kurumları Personeli (YÖK) Konu Anlatımlı</t>
+          <t>2026 KPSS Ultra Serisi Coğrafya 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256440203</t>
+          <t>9786256200319</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 2 Fasikül Deneme Sınavı</t>
+          <t>2026 KPSS Ultra Serisi Tarih 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258221619</t>
+          <t>9786256200326</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Fasikül Deneme Sınavı</t>
+          <t>2026 KPSS Ultra Serisi Türkçe 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258221626</t>
+          <t>4444444444173</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 6 Fasikül Deneme Sınavı</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258221411</t>
+          <t>4444444444172</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ GYS Soru Bankası- Karekod Çözümlü</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257753982</t>
+          <t>9786258221565</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri 2. Müdür GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Memur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257753692</t>
+          <t>9786258221558</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri Ceza İnfaz Kurumu 2. Müdürlük GYS Soru Bankası</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Memur GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>1000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257753685</t>
+          <t>9786057511782</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri Ceza İnfaz Kurumu 2. Müdürlük GYS Konu Anlatımlı 1-2</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Unvan Değişikliği Mühendis 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>1600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057511553</t>
+          <t>9786057511805</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sözel MY Mantık Soru Bankası (KPSS ALES DGS)</t>
+          <t>2026 Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Ünvan Değişikliği Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257951135</t>
+          <t>9786057511799</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bordo Kitap Mimar ve Mühendisin İnşaat El Kitabı (Ciltli)</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Unvan Değişikliği Tekniker ve Teknisyen 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>1700</v>
+        <v>125</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258221725</t>
+          <t>9786057511768</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Konu Anlatımlı</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Mühendis Ünvan Değişikliği Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256519404</t>
+          <t>9786057511775</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Soru Bankası</t>
+          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Mühendis Ünvan Değişikliği Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>4444444444067</t>
+          <t>9786256519749</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
+          <t>İdari Yargı Ön Sınavı Tamamı Karekod Çözümlü Soru Bankası 1 - 2</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256519619</t>
+          <t>9786256519893</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>POMEM 29-30. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
+          <t>2025 Hukuk Mesleklerine Giriş Sınavı 5 Deneme Sınavı - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256519626</t>
+          <t>9786059754613</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>POMEM 27-28. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
+          <t>Adalet Bakanlığı GYS-ÜDS Ortak Alan Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256519756</t>
+          <t>9786057511324</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kara Kuvvetleri Komutanlığı Uzman Erbaş Temini Yazılı Sınav ve Mülakat Hazırlık Kitabı</t>
+          <t>Adalet Bakanlığı GYS-ÜDS Ortak Alan Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256519633</t>
+          <t>9786258221596</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Mülakat Çıkmış Sorular ve Cevapları</t>
+          <t>T.C. Sağlık Bakanlığı ÜDS Tıbbi Sekreter Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256519398</t>
+          <t>9786258221527</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
+          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256200371</t>
+          <t>9786256440258</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>2026 DHBT ve MBSTS Tamamı Çözümlü Soru Bankası</t>
+          <t>Sağlık Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256440425</t>
+          <t>9786258221800</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4.Grup GYS-ÜDS Soru Bankası Karekod çözümlü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256440418</t>
+          <t>9786258221787</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Tamamı Çözümlü Soru Bankası</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4.Grup Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258221350</t>
+          <t>9786258221404</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>2025 T.C. Sağlık Bakanlığı Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256440531</t>
+          <t>9786057701916</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı İdari İşler Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>Türkiye Kamu Kurumları ve Bağlı Kuruluşları Personeli GYS ve Unvan Değişikliği Ortak Konular</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256440548</t>
+          <t>9786059456142</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı İdari İşler Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256440593</t>
+          <t>9786052327852</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Bilgi İşlem (Merkez-Taşra) Şef (Taşra) Memur GYS Soru Bankası</t>
+          <t>Yükseköğretim Üst Kuruluşları ile Yükseköğretim Kurumları Personeli (YÖK) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256440586</t>
+          <t>9786256440203</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Bilgi İşlem (Merkez-Taşra) Şef (Taşra) Memur GYS Konu Anlatımlı</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 2 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257951708</t>
+          <t>9786258221619</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Mübaşir ve Zabıt Katibi Konu Anlatımlı</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256519428</t>
+          <t>9786258221626</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Adli Yargı Hakim ve Savcı Yardımcılığı Adli Yargı - Avukatlık Testi (2.ve 3. Oturum) Tamamı Çözümlü 5</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 6 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256519435</t>
+          <t>9786258221411</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Ortak Alan Bilgisi 1. Oturum Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ GYS Soru Bankası- Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256519268</t>
+          <t>9786257753982</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Adli Hakim ve Savcı Yardımcılığı Tamamı Çözümlü Soru Bankası</t>
+          <t>Ceza ve Tevkifevleri 2. Müdür GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258469974</t>
+          <t>9786257753692</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Mesleki Bilgiler Seviye Tespit Sınavı (MBSTS) Tamamı Çözümlü 5 Fasikül</t>
+          <t>Ceza ve Tevkifevleri Ceza İnfaz Kurumu 2. Müdürlük GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>135</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258469868</t>
+          <t>9786257753685</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Soru Bankası - Karekod Çözümlü</t>
+          <t>Ceza ve Tevkifevleri Ceza İnfaz Kurumu 2. Müdürlük GYS Konu Anlatımlı 1-2</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>700</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258469851</t>
+          <t>9786057511553</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Konu Anlatımlı</t>
+          <t>Sözel MY Mantık Soru Bankası (KPSS ALES DGS)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258469875</t>
+          <t>9786257951135</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Konu Anlatımlı</t>
+          <t>Bordo Kitap Mimar ve Mühendisin İnşaat El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>800</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256200395</t>
+          <t>9786258221725</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Unvan Değişikliği Sınavı Tekniker Ana Konular Konu Anlatımlı</t>
+          <t>2026 DGS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256200401</t>
+          <t>9786256519404</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Unvan Değişikliği Sınavı Tekniker Ana Konular Soru Bankası - Karekod Çözümlü</t>
+          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Soru Bankası</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256200203</t>
+          <t>4444444444067</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>YÖK GYS 6 Deneme Sınavı Karekod Çözümlü</t>
+          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258221084</t>
+          <t>9786256519619</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Tamamı Çözümlü 5 Deneme Sınavı Karekod Çözümlü</t>
+          <t>POMEM 29-30. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258469011</t>
+          <t>9786256519626</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Taşkömürü Kurumu Genel Müdürlüğü Başmühendis, Şef, Teknik Şef Ortak Alan GYS Soru Bankası</t>
+          <t>POMEM 27-28. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786057511515</t>
+          <t>9786256519756</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdür ve Müdür Yardımcılığı Hazırlık Kitabı</t>
+          <t>Kara Kuvvetleri Komutanlığı Uzman Erbaş Temini Yazılı Sınav ve Mülakat Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258469547</t>
+          <t>9786256519633</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Genel Komutanlığı Personeli GYS-ÜDS Konu Anlatımlı</t>
+          <t>Jandarma Mülakat Çıkmış Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258469165</t>
+          <t>9786256519398</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasa Kurulu (SPK) GYS Konu Anlatımlı</t>
+          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786057511331</t>
+          <t>9786256200371</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kurumu (SGK) Memur GYS Konu Anlatımlı</t>
+          <t>2026 DHBT ve MBSTS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786057511355</t>
+          <t>9786256440425</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kurumu (SGK) Memur GYS Soru Bankası</t>
+          <t>2026 DGS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786057701855</t>
+          <t>9786256440418</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Türk Patent ve Marka Kurumu GYS Soru Bankası</t>
+          <t>2026 ALES Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257753654</t>
+          <t>9786258221350</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Konu Anlatımlı</t>
+          <t>2026 ALES Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258221251</t>
+          <t>9786256440531</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İletişim Başkanlığı GYS Şube Müdürü Konu Anlatımlı</t>
+          <t>T.C. Adalet Bakanlığı İdari İşler Müdürlüğü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>425</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057701862</t>
+          <t>9786256440548</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Türk Patent ve Marka Kurumu GYS Konu Anlatımlı</t>
+          <t>Adalet Bakanlığı İdari İşler Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258469028</t>
+          <t>9786256440593</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Taşkömürü Kurumu Genel Müdürlüğü Başmühendis, Şef, Teknik Şef GYS Ortak Alan Hazırlık Kitabı</t>
+          <t>Adalet Bakanlığı Bilgi İşlem (Merkez-Taşra) Şef (Taşra) Memur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059456319</t>
+          <t>9786256440586</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı GYS Şef Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>Adalet Bakanlığı Bilgi İşlem (Merkez-Taşra) Şef (Taşra) Memur GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>525</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059456302</t>
+          <t>9786257951708</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>T.C Sağlık Bakanlığı GYS Şef Konu Anlatımlı</t>
+          <t>GYS Adalet Bakanlığı Mübaşir ve Zabıt Katibi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258469936</t>
+          <t>9786256519428</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>Adli Yargı Hakim ve Savcı Yardımcılığı Adli Yargı - Avukatlık Testi (2.ve 3. Oturum) Tamamı Çözümlü 5</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257753760</t>
+          <t>9786256519435</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri İdare Memuru GYS Soru Bankası</t>
+          <t>Mecelle Hakim ve Savcı Yardımcılığı (Adli-idari) Genel Yetenek - Genel Kültür Ortak Alan Bilgisi 1. Oturum Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257753746</t>
+          <t>9786256519268</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Genel Müdürlüğü İdare Memuru GYS Konu Anlatımlı 1-2</t>
+          <t>Adli Hakim ve Savcı Yardımcılığı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>1500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258221718</t>
+          <t>9786258469974</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>2026 ALES Konu Anlatımlı</t>
+          <t>Diyanet İşleri Başkanlığı Mesleki Bilgiler Seviye Tespit Sınavı (MBSTS) Tamamı Çözümlü 5 Fasikül</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258469882</t>
+          <t>9786258469868</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256440906</t>
+          <t>9786258469851</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı GYS Şube Müdürlüğü Hazırlık Kitabı</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>800</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257753098</t>
+          <t>9786258469875</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı - Şef Konu Anlatımlı</t>
+          <t>2025 T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>1475</v>
+        <v>800</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057701442</t>
+          <t>9786256200395</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Personelin Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>Diyanet İşleri Başkanlığı Unvan Değişikliği Sınavı Tekniker Ana Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>1250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258221053</t>
+          <t>9786256200401</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı Unvan Değişikliği Sınavı Tekniker Ana Konular Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258221299</t>
+          <t>9786256200203</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Tamamı Çözümlü 4 fasikül Deneme Sınavı</t>
+          <t>YÖK GYS 6 Deneme Sınavı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258221190</t>
+          <t>9786258221084</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
+          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Tamamı Çözümlü 5 Deneme Sınavı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258221046</t>
+          <t>9786258469011</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>Türkiye Taşkömürü Kurumu Genel Müdürlüğü Başmühendis, Şef, Teknik Şef Ortak Alan GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258221282</t>
+          <t>9786057511515</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
+          <t>İcra Müdür ve Müdür Yardımcılığı Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258221183</t>
+          <t>9786258469547</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
+          <t>Jandarma Genel Komutanlığı Personeli GYS-ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258221039</t>
+          <t>9786258469165</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>Sermaye Piyasa Kurulu (SPK) GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258221275</t>
+          <t>9786057511331</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
+          <t>Sosyal Güvenlik Kurumu (SGK) Memur GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256200234</t>
+          <t>9786057511355</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Soru Bankası</t>
+          <t>Sosyal Güvenlik Kurumu (SGK) Memur GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256200227</t>
+          <t>9786057701855</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Türk Patent ve Marka Kurumu GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057701282</t>
+          <t>9786257753654</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>TYT Duble Zor Türkçe Soruları</t>
+          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057701060</t>
+          <t>9786258221251</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>TYT Duble Zor Matematik Soruları</t>
+          <t>İletişim Başkanlığı GYS Şube Müdürü Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057701169</t>
+          <t>9786057701862</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Felsefe Enfes Konu Anlatımlı</t>
+          <t>Türk Patent ve Marka Kurumu GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057701299</t>
+          <t>9786258469028</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Geometri Enfes Konu Anlatımlı</t>
+          <t>Türkiye Taşkömürü Kurumu Genel Müdürlüğü Başmühendis, Şef, Teknik Şef GYS Ortak Alan Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057701305</t>
+          <t>9786059456319</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Matematik Enfes Konu Anlatımlı</t>
+          <t>T.C. Sağlık Bakanlığı GYS Şef Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>100</v>
+        <v>525</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057701183</t>
+          <t>9786059456302</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Hızlı Biyoloji Enfes Konu Anlatımlı</t>
+          <t>T.C Sağlık Bakanlığı GYS Şef Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057701107</t>
+          <t>9786258469936</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>AYT Hızlı Edebiyat Konu Enfes Konu Anlatımlı</t>
+          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Müdür ve Müdür Yardımcısı Tamamı Çözümlü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057701091</t>
+          <t>9786257753760</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Kimya Konu Enfes Konu Anlatımlı</t>
+          <t>2025 Ceza ve Tevkifevleri İdare Memuru GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057701015</t>
+          <t>9786257753746</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Fizik Konu Enfes Konu Anlatımlı</t>
+          <t>2025 Ceza ve Tevkifevleri Genel Müdürlüğü İdare Memuru GYS Konu Anlatımlı 1-2</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258469264</t>
+          <t>9786258221718</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Türkçe Enfes Konu Anlatımlı</t>
+          <t>2026 ALES Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057511850</t>
+          <t>9786258469882</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>TYT Hızlı Coğrafya Konu Enfes Konu Anlatımlı</t>
+          <t>2025 T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057511843</t>
+          <t>9786256440906</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT Hızlı Tarih Konu Enfes Konu Anlatımlı</t>
+          <t>Diyanet İşleri Başkanlığı GYS Şube Müdürlüğü Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055001469</t>
+          <t>9786257753098</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Biraz Çalışırsam Tamamını Yapabilirim Diyenler İçin Matematik Antrenörü</t>
+          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı - Şef Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>320</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057511409</t>
+          <t>9786057701442</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Temelim Yok Hiç Bilmiyorum Diyenler için Matematik Antrenörü</t>
+          <t>Diyanet İşleri Başkanlığı Personelin Görevde Yükselme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258469448</t>
+          <t>9786258221053</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Bursluluk 5 Deneme Sınavı</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057701800</t>
+          <t>9786258221299</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk 5 Deneme Sınavı (İOKBS-PYBS)</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü 4 fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256519442</t>
+          <t>9786258221190</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256519466</t>
+          <t>9786258221046</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257951678</t>
+          <t>9786258221282</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>LGS BİR TIK Din Kültürü Ve Ahlak Bilgisi Soruları</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257951661</t>
+          <t>9786258221183</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>LGS Bir Tık Zor İngilizce Soruları</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257951654</t>
+          <t>9786258221039</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>LGS BİR TIK İnkılap Tarihi Soruları</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057701275</t>
+          <t>9786258221275</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>LGS Bir Tık Zor Türkçe Soruları</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057701268</t>
+          <t>9786256200234</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>LGS Bir Tık Zor Matematik Soruları</t>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
+          <t>9786256200227</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786057701282</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>TYT Duble Zor Türkçe Soruları</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786057701060</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>TYT Duble Zor Matematik Soruları</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786057701169</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Felsefe Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786057701299</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Geometri Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786057701305</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Matematik Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786057701183</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>TYT-AYT Hızlı Biyoloji Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786057701107</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>AYT Hızlı Edebiyat Konu Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786057701091</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Kimya Konu Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786057701015</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Fizik Konu Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786258469264</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Türkçe Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786057511850</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>TYT Hızlı Coğrafya Konu Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786057511843</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>TYT-AYT Hızlı Tarih Konu Enfes Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786055001469</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Çalışırsam Tamamını Yapabilirim Diyenler İçin Matematik Antrenörü</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786057511409</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Temelim Yok Hiç Bilmiyorum Diyenler için Matematik Antrenörü</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786258469448</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Bursluluk 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786057701800</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Bursluluk 5 Deneme Sınavı (İOKBS-PYBS)</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786256519442</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786256519466</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786257951678</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>LGS BİR TIK Din Kültürü Ve Ahlak Bilgisi Soruları</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786257951661</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>LGS Bir Tık Zor İngilizce Soruları</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257951654</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>LGS BİR TIK İnkılap Tarihi Soruları</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786057701275</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>LGS Bir Tık Zor Türkçe Soruları</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786057701268</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>LGS Bir Tık Zor Matematik Soruları</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
           <t>9786256519251</t>
         </is>
       </c>
-      <c r="B559" s="1" t="inlineStr">
+      <c r="B583" s="1" t="inlineStr">
         <is>
           <t>TYT Dil Bilgisi Fasikül Konu Anlatımlı Soru Bankası Set</t>
         </is>
       </c>
-      <c r="C559" s="1">
+      <c r="C583" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>