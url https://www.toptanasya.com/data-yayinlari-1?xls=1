--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,8770 +85,5575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258221930</t>
+          <t>9786256440142</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>JSPS Genel Yetenek - Genel Kültür Hazırlık Kitabı</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Program Okuryazarlığı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257552929</t>
+          <t>9786256440159</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026 GYS SGK Prestij Soru Bankası Çözümlü Görevde Yükselme</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Rehberlik Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258469820</t>
+          <t>9786256519114</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gelir İdaresi Başkanlığı VHKİ GYS Soru Bankası (Karekod Çözümlü)</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Ders Ders Tamamı Karekod Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258469837</t>
+          <t>9786256440104</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gelir İdaresi Başkanlığı VHKİ GYS Konu Anlatımlı</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Gelişim Psikolojisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052327999</t>
+          <t>9786256440128</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ortaöğretim (Lise) Tek Kitap Karekod Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Öğretim Yöntem ve Teknikleri Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059754262</t>
+          <t>9786256440135</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>KPSS Önlisans Tek Kitap Karekod Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Ölçme ve Değerlendirme Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256519091</t>
+          <t>9786258591002</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>KPSS Jüri Konfor Serisi Coğrafya Soru Bankası</t>
+          <t>2026 MEB-AGS Eğitim Bilimleri Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255580726</t>
+          <t>9786258469318</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp Kurumu 2026 ÜDS Ortak Konular Konu Anlatımlı</t>
+          <t>MEB EKYS Müdür ve Müdür Yardımcılığı Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255580733</t>
+          <t>9786256519961</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Data Yayınları Adli Tıp Kurumu 2026 ÜDS Ortak Konular Soru Bankası (Tamamı Karekod Çözümlü )</t>
+          <t>T.C. Ulaştırma ve Altyapı Bakanlığı Denizcilik Sörvey Mühendisi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>690</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255580740</t>
+          <t>9786258469554</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Data Yayınları Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Konu Anlatımlı</t>
+          <t>KPSS A ve Tüm Kurum Sınavları İçin Kamu Hukuku Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255580757</t>
+          <t>9786256440357</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>Belediye İtfaiye Personeli İtfaiye Çavuşu 1. Grup GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256519121</t>
+          <t>9786258221992</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sayıştay Başkanlığı 2026 GYS Soru Bankası (Karekod Çözümlü)</t>
+          <t>KPSS Eğitim Bilimleri Gelişim Psikolojisi 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>850</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257951630</t>
+          <t>9786256519848</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sayıştay Başkanlığı 2026 GYS Konu Anlatımlı</t>
+          <t>Diyanet İşleri Başkanlığı Vaiz Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255580092</t>
+          <t>9786256440371</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Ünvan Değişikliği Sınavı Soru Bankası</t>
+          <t>Belediye İtfaiye Personeli İtfaiye Amiri 2. Grup GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258221879</t>
+          <t>9786256440388</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>Belediye İtfaiye Personeli İtfaiye Amiri 2. Grup GYS Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>900</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258221398</t>
+          <t>4444444444515</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Yardımcılığı Çıkmış Sorular Son 5 Yıl Çözümlü</t>
+          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Prestij Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4444444444368</t>
+          <t>9786255580986</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı 5 Yıl Çıkmış Sorular ve Çözümleri</t>
+          <t>2026 MEB-AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059456180</t>
+          <t>9786255580993</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2026 GYS-ÜDS Milli Savunma Bakanlığı Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>2026 MEB-AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>775</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059456203</t>
+          <t>9786255580979</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2025 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Soru Bankası</t>
+          <t>2026 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256519343</t>
+          <t>9786257753371</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Matematik Çalışma Notları ve Testleri</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Premium 5 Deneme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256519350</t>
+          <t>9786258221848</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Vatandaşlık Çalışma Notları ve Testleri</t>
+          <t>KPSS Coğrafya Yaprak Test</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256440234</t>
+          <t>9786257552639</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Dil Bilgisi Türkçe Çalışma Notları ve Testleri</t>
+          <t>T.C. Tarım ve Orman Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257753548</t>
+          <t>9786255580955</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Konu Anlatımlı</t>
+          <t>2026 MEB-AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256440791</t>
+          <t>9786255580948</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Dış Misyon Koruma Sınavı Çözümlü Soru Bankası</t>
+          <t>2026 MEB-AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255580696</t>
+          <t>9786255580962</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT MEB-AGS Biyoloji Öğretmenliği 10 Deneme Çözümlü</t>
+          <t>2026 MEB-AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258221381</t>
+          <t>9786257753609</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2026 Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>Jandarma Genel Komutanlığı Muvazzaf/Sözleşmeli Astsubay Mülakat Sınavı Mülakat Soru - Cevap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258469257</t>
+          <t>9786052327838</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Konu Anlatımlı</t>
+          <t>2026 MEB Müdür ve Müdür Yardımcılığı Mülakat Soru - Cevap</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256519077</t>
+          <t>9786257552356</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>KPSS Jüri Konfor Serisi Matematik Soru Bankası</t>
+          <t>T.C. İçişleri Bakanlığı Şube Müdür GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255580450</t>
+          <t>9786255580924</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
+          <t>2026 AGS Ultra Serisi Eğitimin Temelleri - Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003304</t>
+          <t>9786255580900</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı GYS Hazırlık Kitabı</t>
+          <t>AGS Ultra Serisi Eğitimin Temelleri - Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003303</t>
+          <t>9786255580917</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı GYS Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Mevzuat Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256519503</t>
+          <t>9786255580931</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2026 ÖABT Din Kültürü ve Ahlak Bilgisi/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>2026 AGS Ultra Serisi Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255580641</t>
+          <t>9786257753555</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
+          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255580634</t>
+          <t>4444444444438</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255580627</t>
+          <t>9786256519107</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>2024 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256440173</t>
+          <t>9786255580856</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2026 Rehberlik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Göç İdaresi Başkanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255580405</t>
+          <t>9786255580849</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2026 MBSTS Mütmain Tamamı Çözümlü 7 Deneme Sınavı</t>
+          <t>Göç İdaresi Başkanlığı Şube Müdürlüğü GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258469790</t>
+          <t>9786258221930</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>2026 Din Hizmetleri Alan Bilgisi Testi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>JSPS Genel Yetenek - Genel Kültür Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256200302</t>
+          <t>9786257552929</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Ultra Serisi Matematik 20 Deneme Sınavı</t>
+          <t>2026 GYS SGK Prestij Soru Bankası Çözümlü Görevde Yükselme</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256440340</t>
+          <t>9786258469820</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Sınıf Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Gelir İdaresi Başkanlığı VHKİ GYS Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258221336</t>
+          <t>9786258469837</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Yaprak Test</t>
+          <t>Gelir İdaresi Başkanlığı VHKİ GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257552622</t>
+          <t>9786052327999</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>T.C. Tarım ve Orman Bakanlığı Unvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
+          <t>KPSS Ortaöğretim (Lise) Tek Kitap Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258221855</t>
+          <t>9786059754262</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik Yaprak Test</t>
+          <t>KPSS Önlisans Tek Kitap Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258221817</t>
+          <t>9786256519091</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tarih Yaprak Test</t>
+          <t>KPSS Jüri Konfor Serisi Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256200814</t>
+          <t>9786255580726</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Soru Bankası - Tamamı Karekod Çözümlü</t>
+          <t>Adli Tıp Kurumu 2026 ÜDS Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256200999</t>
+          <t>9786255580733</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü (Fasiküllü) 7 Deneme Sınavı</t>
+          <t>Data Yayınları Adli Tıp Kurumu 2026 ÜDS Ortak Konular Soru Bankası (Tamamı Karekod Çözümlü )</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256200029</t>
+          <t>9786255580740</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibirt Plus Ultra Serisi Vatandaşlık Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>Data Yayınları Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256200012</t>
+          <t>9786255580757</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>Bankacılık Düzenleme ve Denetleme Kurumu (BDDK) 2026 GYS-ÜDS Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256200005</t>
+          <t>9786256519121</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>Sayıştay Başkanlığı 2026 GYS Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256519985</t>
+          <t>9786257951630</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>Sayıştay Başkanlığı 2026 GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256519992</t>
+          <t>9786255580092</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Ünvan Değişikliği Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256200548</t>
+          <t>9786258221879</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Şef GYS Konu Anlatımlı</t>
+          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>675</v>
+        <v>900</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256200555</t>
+          <t>9786258221398</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Şef GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 MEB EKYS Müdür ve Yardımcılığı Çıkmış Sorular Son 5 Yıl Çözümlü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256200616</t>
+          <t>4444444444368</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Sayman GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 MEB EKYS Müdür ve Müdür Yardımcılığı 5 Yıl Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256200043</t>
+          <t>9786059456180</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Vatandaşlık Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>2026 GYS-ÜDS Milli Savunma Bakanlığı Soru Bankası (Tamamı Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>775</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256200036</t>
+          <t>9786059456203</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>2025 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256200067</t>
+          <t>9786256519343</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu Hediye</t>
+          <t>2026 KPSS Matematik Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256200159</t>
+          <t>9786256519350</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>T.C. Milli Eğitim Bakanlığı Müfettiş Yardımcılığı Yarışma Sınavı Soru Bankası</t>
+          <t>2026 KPSS Vatandaşlık Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256519817</t>
+          <t>9786256440234</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Vaiz Konu Anlatımlı</t>
+          <t>2026 KPSS Dil Bilgisi Türkçe Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256519824</t>
+          <t>9786257753548</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Murakıp Konu Anlatımlı</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257951951</t>
+          <t>9786256440791</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>TRT Tüm Alanlar İçin GYS Konu Anlatımlı Soru Bankası (Şef Kadrosu Hariç)</t>
+          <t>Jandarma Dış Misyon Koruma Sınavı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057701640</t>
+          <t>9786255580696</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü GYS Şef (İdari) Konu Anlatımlı</t>
+          <t>2026 ÖABT MEB-AGS Biyoloji Öğretmenliği 10 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256440012</t>
+          <t>9786258221381</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>235</v>
+        <v>650</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256440241</t>
+          <t>9786258469257</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Fen Bilimleri Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258469592</t>
+          <t>9786256519077</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Din Kültürü ve Ahlak Bilgisi ve İHL Meslek Dersleri Öğretmenliği Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>KPSS Jüri Konfor Serisi Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258469042</t>
+          <t>9786255580450</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Konu Anlatımlı 1-2</t>
+          <t>T.C. Adalet Bakanlığı ÜDS Sosyal Çalışmacı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>1400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256440036</t>
+          <t>4440000003304</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>ÖABT İngilizce Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı GYS Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258221107</t>
+          <t>4440000003303</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çalışma ve Sosyal Güvenlik Bakanlığı GYS Memur ve VHKİ Konu Anlatımlı Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256440111</t>
+          <t>9786256519503</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 ÖABT Din Kültürü ve Ahlak Bilgisi/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258221893</t>
+          <t>9786255580641</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Genel Kültür Yaprak Test</t>
+          <t>6. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258469059</t>
+          <t>9786255580634</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257753531</t>
+          <t>9786255580627</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057511096</t>
+          <t>9786256440173</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Çevir Konu Çevir Soru</t>
+          <t>ÖABT 2026 Rehberlik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256200050</t>
+          <t>9786255580405</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
+          <t>2026 MBSTS Mütmain Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255580603</t>
+          <t>9786258469790</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB - AGS ÖABT Biyoloji Öğretmenliği Tamamı Video Çözümlü Soru Bankası</t>
+          <t>2026 Din Hizmetleri Alan Bilgisi Testi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257552332</t>
+          <t>9786256200302</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Konu Anlatımlı</t>
+          <t>2026 KPSS Ultra Serisi Matematik 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258469424</t>
+          <t>9786256440340</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hakimler ve Savcılar Kurulu Personeli GYS Konu Anlatımlı</t>
+          <t>ÖABT 2024 Sınıf Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257753111</t>
+          <t>9786258221336</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>TRT Tüm Kadrolar (Şef Kadrosu Hariç) GYS 7 Deneme Sınavı</t>
+          <t>YÖK Üst Kuruluşları ile YÖK Personeli GYS Yaprak Test</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258221015</t>
+          <t>9786257552622</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Milli Emlak Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Tarım ve Orman Bakanlığı Unvan Değişikliği Sınavı Ortak Konular Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257951586</t>
+          <t>9786258221855</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Protokol Serisi Kimya Beceri Temelli Soru Bankası</t>
+          <t>KPSS Matematik Yaprak Test</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257552905</t>
+          <t>9786258221817</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>GYS Sosyal Güvenlik Kurumu Soru Bankası</t>
+          <t>KPSS Tarih Yaprak Test</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256440661</t>
+          <t>9786256200814</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>İtfaiye Eri, Zabıta Memuru ve Memur Alım Sınavı Soru Bankası - Tamamı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256440678</t>
+          <t>9786256200999</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>2026 DGS Tamamı Çözümlü (Fasiküllü) 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256200791</t>
+          <t>9786256200029</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı</t>
+          <t>2026 KPSS Hibirt Plus Ultra Serisi Vatandaşlık Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256200807</t>
+          <t>9786256200012</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256200654</t>
+          <t>9786256200005</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Orman Bakanlığı Sayman GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256200272</t>
+          <t>9786256519985</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Şehircilik ve İklim Değişikliği Bakanlığı Emlak - Milli Emlak Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257753104</t>
+          <t>9786256519992</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>TRT Şef Kadrosu İçin GYS 7 Deneme Sınavı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Konu Anlatımlı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257951944</t>
+          <t>9786256200548</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>TRT Şef Kadrosu İçin GYS Konu Anlatımlı Soru Bankası</t>
+          <t>Tarım ve Orman Bakanlığı Şef GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>675</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057701664</t>
+          <t>9786256200555</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü GYS-ÜDS 7 Deneme Sınavı</t>
+          <t>Tarım ve Orman Bakanlığı Şef GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256440098</t>
+          <t>9786256200616</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Ortaöğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Tarım ve Orman Bakanlığı Sayman GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256440708</t>
+          <t>9786256200043</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Vatandaşlık Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057701749</t>
+          <t>9786256200036</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı İcra Müdür ve İcra Müdür Yardımcılığı 7 Deneme Sınavı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Matematik Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256440364</t>
+          <t>9786256200067</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Belediye İtfaiye Personeli İtfaiye Çavuşu 1. Grup Soru Bankası Görevde Yükselme</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Türkçe Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258469080</t>
+          <t>9786256200159</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Memur GYS Konu Anlatımlı Soru Bankası</t>
+          <t>T.C. Milli Eğitim Bakanlığı Müfettiş Yardımcılığı Yarışma Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256519145</t>
+          <t>9786256519817</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Soru Bankası - Karekod Çözümlü + Dijital Eğitim</t>
+          <t>Diyanet İşleri Başkanlığı Vaiz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256440920</t>
+          <t>9786256519824</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Soru Bankası</t>
+          <t>Diyanet İşleri Başkanlığı Murakıp Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258221831</t>
+          <t>9786257951951</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Yaprak Test</t>
+          <t>TRT Tüm Alanlar İçin GYS Konu Anlatımlı Soru Bankası (Şef Kadrosu Hariç)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256200074</t>
+          <t>9786057701640</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Soru Bankası Karekod Çözümlü - Dijital Eğitim Platformu Hediye</t>
+          <t>Orman Genel Müdürlüğü GYS Şef (İdari) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258469462</t>
+          <t>9786256440012</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>T.C. Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Tamamı Çözümlü 3245 Uzman Soru Bankası</t>
+          <t>Emniyet Genel Müdürlüğü Polis Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>800</v>
+        <v>235</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255580535</t>
+          <t>9786256440241</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı, Şef Soru Bankası</t>
+          <t>ÖABT 2024 Fen Bilimleri Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258221022</t>
+          <t>9786258469592</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı İç Ticaret Grubu Konu Anlatımlı</t>
+          <t>ÖABT Din Kültürü ve Ahlak Bilgisi ve İHL Meslek Dersleri Öğretmenliği Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257753081</t>
+          <t>9786258469042</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Konu Anlatımlı 1-2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>750</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255580481</t>
+          <t>9786256440036</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>ÖABT İngilizce Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255580474</t>
+          <t>9786258221107</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tek Kitap Soru Bankası Karekod Çözümlü</t>
+          <t>Çalışma ve Sosyal Güvenlik Bakanlığı GYS Memur ve VHKİ Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255580467</t>
+          <t>9786256440111</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>2026 E-KPSS Tek Kitap Öz Konu Anlatımlı</t>
+          <t>2024 KPSS Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255580047</t>
+          <t>9786258221893</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>2024 KPSS Genel Kültür Yaprak Test</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255580030</t>
+          <t>9786258469059</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
+          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256200937</t>
+          <t>9786257753531</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256200944</t>
+          <t>9786057511096</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
+          <t>2026 DGS Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256200906</t>
+          <t>9786256200050</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Coğrafya Soru Bankası - Karekod Çözümlü + Dijital Eğitim Platformu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256200920</t>
+          <t>9786255580603</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
+          <t>2026 MEB - AGS ÖABT Biyoloji Öğretmenliği Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256200913</t>
+          <t>9786257552332</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
+          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256200890</t>
+          <t>9786258469424</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
+          <t>Hakimler ve Savcılar Kurulu Personeli GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256200838</t>
+          <t>9786257753111</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+          <t>TRT Tüm Kadrolar (Şef Kadrosu Hariç) GYS 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256200821</t>
+          <t>9786258221015</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
+          <t>Milli Emlak Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256200517</t>
+          <t>9786257951586</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası - Karekod Çözümlü</t>
+          <t>11. Sınıf Protokol Serisi Kimya Beceri Temelli Soru Bankası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256200470</t>
+          <t>9786257552905</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
+          <t>GYS Sosyal Güvenlik Kurumu Soru Bankası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256200500</t>
+          <t>9786256440661</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Tarih Soru Bankası - Karekod Çözümlü</t>
+          <t>Milli Eğitim Bakanlığı Şef Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256200463</t>
+          <t>9786256440678</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Tarih Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256200524</t>
+          <t>9786256200791</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
+          <t>Orman Genel Müdürlüğü Ünvan Değişikliği Sınavı Ortak Alan Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256200487</t>
+          <t>9786256519145</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Konu Anlatımlı</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Soru Bankası - Karekod Çözümlü + Dijital Eğitim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256200494</t>
+          <t>9786256440920</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Soru Bankası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256200531</t>
+          <t>9786258221831</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
+          <t>KPSS Türkçe Yaprak Test</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256200449</t>
+          <t>9786256200074</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Konu Anlatımlı</t>
+          <t>2026 KPSS Hibrit Plus Ultra Serisi Tarih Soru Bankası Karekod Çözümlü - Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256200456</t>
+          <t>9786258469462</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Tamamı Çözümlü 3245 Uzman Soru Bankası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256200265</t>
+          <t>9786255580535</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
+          <t>GYS Gümrük ve Dış Ticaret Bölge Müdürlükleri Taşra Müdür - Müdür Yardımcısı, Şef Soru Bankası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>395</v>
+        <v>800</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256200432</t>
+          <t>9786258221022</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
+          <t>Ticaret Bakanlığı İç Ticaret Grubu Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256200142</t>
+          <t>9786257753081</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı Konu Anlatımlı</t>
+          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü GYS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256200210</t>
+          <t>9786255580481</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı 5 Deneme Sınavı - Karekod Çözümlü</t>
+          <t>2026 E-KPSS Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255580511</t>
+          <t>9786255580474</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı ÜDS Psikolog Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 E-KPSS Tek Kitap Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255580498</t>
+          <t>9786255580467</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>KPSS GY-GK Lise Ön Lisans Fasiküllü Karekod Çözümlü 6 Deneme Sınavı</t>
+          <t>2026 E-KPSS Tek Kitap Öz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257552325</t>
+          <t>9786255580047</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258469653</t>
+          <t>9786255580030</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Üretim AŞ (EÜAŞ) GYS Şef (İdari) Uzman Alan Konuları Konu Anlatımlı</t>
+          <t>2026 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256519053</t>
+          <t>9786256200937</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>KPSS Jüri Konfor Serisi Tarih Soru Bankası</t>
+          <t>2026 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055930912</t>
+          <t>9786256200944</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Number One A Coursebook In English</t>
+          <t>2026 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059456708</t>
+          <t>9786256200906</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ortaöğretim (Lise) Tek Kitap Öz Konu Anlatımlı</t>
+          <t>2026 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256200388</t>
+          <t>9786256200920</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256519954</t>
+          <t>9786256200913</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Uzmanı GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258469806</t>
+          <t>9786256200890</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm</t>
+          <t>AGS Sözel Mantık Tamamı Tablo Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255580382</t>
+          <t>9786256200838</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Bakanlığı İç Ticaret Grubu Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257552790</t>
+          <t>9786256200821</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257552783</t>
+          <t>9786256200517</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257552776</t>
+          <t>9786256200470</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055930752</t>
+          <t>9786256200500</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yalıtım Teknikleri</t>
+          <t>2026 AGS Ultra Serisi Tarih Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>185</v>
+        <v>425</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257753296</t>
+          <t>9786256200463</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Türkçe Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Tarih Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>25</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257753272</t>
+          <t>9786256200524</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Anayasa Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257753265</t>
+          <t>9786256200487</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Coğrafya Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sözel Yetenek (Türkçe) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052327678</t>
+          <t>9786256200494</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>2018 Uzlaştırmacı Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>20</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257552745</t>
+          <t>9786256200531</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>TYT Optimist Paragraf Soru Bankası</t>
+          <t>2026 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257552547</t>
+          <t>9786256200449</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>KPSS Coğrafya Konu Anlatımlı 2023</t>
+          <t>2026 AGS Mevzuat Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257951968</t>
+          <t>9786256200456</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek Genel Kültür Lise ve Ön Lisans Adayları İçin Hızlı Seri Soru Bankası Seti</t>
+          <t>2026 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>62.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257753944</t>
+          <t>9786256200265</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>45</v>
+        <v>395</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257753968</t>
+          <t>9786256200432</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>2026 AGS Eğitimin Temelleri - Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257753951</t>
+          <t>9786256200142</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257552493</t>
+          <t>9786256200210</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Konu Anlatımlı 2023</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı 5 Deneme Sınavı - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257753777</t>
+          <t>9786255580511</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Lise ve Ön Lisans 41 Deneme Sınavı - Karekod Çözümlü</t>
+          <t>Adalet Bakanlığı ÜDS Psikolog Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257753920</t>
+          <t>9786255580498</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Eğitim Bilimleri Tamamı Çözümlü Soru Bankası - Dijital Platforma Hediyeli</t>
+          <t>KPSS GY-GK Lise Ön Lisans Fasiküllü Karekod Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257753807</t>
+          <t>9786257552325</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Türkçe Çözümlü Soru Bankası 2022</t>
+          <t>T.C. İçişleri Bakanlığı İlçe Yazı İşleri Müdürü GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>47.5</v>
+        <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257753814</t>
+          <t>9786258469653</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Türkçe Konu Kitabı  2022</t>
+          <t>Elektrik Üretim AŞ (EÜAŞ) GYS Şef (İdari) Uzman Alan Konuları Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>47.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257753821</t>
+          <t>9786256519053</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Konu Kitabı 2022</t>
+          <t>KPSS Jüri Konfor Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>47.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257753883</t>
+          <t>9786055930912</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Soru Bankası 2022</t>
+          <t>Number One A Coursebook In English</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257753890</t>
+          <t>9786059456708</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Data Kpss Lise Ve Ön Lisans Tarih Soru Bankası 2022</t>
+          <t>KPSS Ortaöğretim (Lise) Tek Kitap Öz Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>47.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257753906</t>
+          <t>9786256200388</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Önlisans Tarih Konu Kitabı 2022</t>
+          <t>Ticaret Bakanlığı Gümrükler Muhafaza Genel Müdürlüğü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>47.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257753791</t>
+          <t>9786256519954</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Data Kpss Lise Ve Ön Lisans A Plus Soru Bankası 2022</t>
+          <t>Diyanet İşleri Başkanlığı Din Hizmetleri Uzmanı GYS Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257753838</t>
+          <t>9786258469806</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Soru Bankası 2022</t>
+          <t>Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>47.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257753852</t>
+          <t>9786255580382</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Konu Kitabı 2022</t>
+          <t>Ticaret Bakanlığı İç Ticaret Grubu Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257753784</t>
+          <t>9786257552790</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Çözümlü Soru Bankası 2022</t>
+          <t>3. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>47.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257753937</t>
+          <t>9786257552783</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ve Ön Lisans Tamamı Çözümlü Soru Bankası 2022</t>
+          <t>2. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257753876</t>
+          <t>9786257552776</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Konu Kitabı 2022</t>
+          <t>1. Sınıf Bilsem ''Yaparım'' Soru Bankası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057701725</t>
+          <t>9786055930752</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Lise ve Ön Lisans Adayları İçin 41 Deneme Sınavı</t>
+          <t>Yalıtım Teknikleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057701718</t>
+          <t>9786257753296</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Yetenek Genel Kültür 41 Deneme Sınavı</t>
+          <t>2021 KPSS A'dan Z'ye Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057701411</t>
+          <t>9786257753272</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik Konu Anlatımlı - Hedef 2020</t>
+          <t>2021 KPSS A'dan Z'ye Anayasa Soru Bankası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057701404</t>
+          <t>9786257753265</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Konu Anlatımlı - Hedef 2020</t>
+          <t>2021 KPSS A'dan Z'ye Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257753234</t>
+          <t>9786052327678</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Coğrafya Konu Anlatımlı</t>
+          <t>2018 Uzlaştırmacı Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257753326</t>
+          <t>9786257552745</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>KPSS Yeni Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
+          <t>TYT Optimist Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057511478</t>
+          <t>9786257552547</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>2019 KPSS Data Serisi Tarih Soru Bankası</t>
+          <t>KPSS Coğrafya Konu Anlatımlı 2023</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257753210</t>
+          <t>9786257951968</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Türkçe Konu Anlatımlı</t>
+          <t>KPSS Genel Yetenek Genel Kültür Lise ve Ön Lisans Adayları İçin Hızlı Seri Soru Bankası Seti</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>30</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257753289</t>
+          <t>9786257753944</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Matematik Geometri Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257753241</t>
+          <t>9786257753968</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Anayasa Konu Anlatımlı</t>
+          <t>4. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257753227</t>
+          <t>9786257753951</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS A'dan Z'ye Matematik Geometri Konu Anlatımlı</t>
+          <t>3. Sınıf Tüm Dersler Abece Serisi Soru Bankası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257753456</t>
+          <t>9786257552493</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Genel Yetenek Genel Kültür A Plus Soru Bankası</t>
+          <t>KPSS Türkçe Konu Anlatımlı 2023</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257753197</t>
+          <t>9786257753777</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Hem Konu Hem Soru Hızlı Seri Seti</t>
+          <t>2024 KPSS Lise ve Ön Lisans 41 Deneme Sınavı - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>62.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257753203</t>
+          <t>9786257753920</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 KPSS Eğitim Bilimleri Tamamı Çözümlü Soru Bankası - Dijital Platforma Hediyeli</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>50</v>
+        <v>460</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257753180</t>
+          <t>9786257753807</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>2025 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı</t>
+          <t>Data KPSS Lise ve Ön Lisans Türkçe Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>550</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257753173</t>
+          <t>9786257753814</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Tek Kitap Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
+          <t>Data KPSS Lise ve Ön Lisans Türkçe Konu Kitabı  2022</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>43.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257753166</t>
+          <t>9786257753821</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>2021 KPSS Genel Yetenek-Genel Kültür Özel Tek Kitap</t>
+          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>70</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057701794</t>
+          <t>9786257753883</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
+          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057701756</t>
+          <t>9786257753890</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
+          <t>Data Kpss Lise Ve Ön Lisans Tarih Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057511546</t>
+          <t>9786257753906</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>2019 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı</t>
+          <t>Data KPSS Lise ve Önlisans Tarih Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>105</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057701732</t>
+          <t>9786257753791</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Anayasa Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>Data Kpss Lise Ve Ön Lisans A Plus Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>21.4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057701190</t>
+          <t>9786257753838</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>2020 Garantör 5. Sınıf Fen Bilimleri Soru Bankası</t>
+          <t>Data KPSS Lise Ve Ön Lisans Coğrafya Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14.25</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257951814</t>
+          <t>9786257753852</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise ve Ön Lisans Tamamı Çözümlü 10 Fasiküllü Deneme Sınavı</t>
+          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>49.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257951777</t>
+          <t>9786257753784</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Güncel ve Genel Bilgiler Konu Özetli Soru Bankası</t>
+          <t>Data KPSS Lise ve Ön Lisans Matematik Geometri Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>19.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059456098</t>
+          <t>9786257753937</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>DGS Çözümlü 10 Fasikül Deneme Sınavı</t>
+          <t>KPSS Lise Ve Ön Lisans Tamamı Çözümlü Soru Bankası 2022</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>37.8</v>
+        <v>60</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059456340</t>
+          <t>9786257753876</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf PYBS Konu Anlatımlı Soru Bankası</t>
+          <t>Data KPSS Lise Ve Ön Lisans Anayasa Vatandaşlık Konu Kitabı 2022</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>18.05</v>
+        <v>45</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055001650</t>
+          <t>9786057701725</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>ALES Soru Bankası Cevaplı - Çözümlü</t>
+          <t>2020 KPSS Lise ve Ön Lisans Adayları İçin 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057511966</t>
+          <t>9786057701718</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lise Ve Ön Lisans Özel Tek Kitap</t>
+          <t>2020 KPSS Genel Yetenek Genel Kültür 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057511997</t>
+          <t>9786057701411</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek – Genel Kültür Tek Kitap Tamamı Çözümlü Soru Bankası</t>
+          <t>KPSS Matematik Konu Anlatımlı - Hedef 2020</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057511973</t>
+          <t>9786057701404</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Yetenek – Genel Kültür Konu Anlatımlı Tek Kitap</t>
+          <t>KPSS Türkçe Konu Anlatımlı - Hedef 2020</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057511959</t>
+          <t>9786257753234</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>KPSS Önlisans Tek Kitap Öz Anlatımlı Konu Anlatımlı</t>
+          <t>2021 KPSS A'dan Z'ye Coğrafya Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>550</v>
+        <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057701817</t>
+          <t>9786257753326</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Ortaöğretim Konu Anlatımlı Soru Bankası</t>
+          <t>KPSS Yeni Dil Bilgisi Tamamı Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>37.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052327883</t>
+          <t>9786057511478</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2022 PTT Personel Alım Sınavı Soru Bankası</t>
+          <t>2019 KPSS Data Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052327272</t>
+          <t>9786257753210</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>9-10-11 PYBS - Parasız Yatılı ve Bursluluk Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057701039</t>
+          <t>9786257753289</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Garantör Türkçe Soru  Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Matematik Geometri Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>14.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057701046</t>
+          <t>9786257753241</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Anayasa Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>14.25</v>
+        <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057511935</t>
+          <t>9786257753227</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
+          <t>2021 KPSS A'dan Z'ye Matematik Geometri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>14.25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057511928</t>
+          <t>9786257753456</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2021 KPSS Genel Yetenek Genel Kültür A Plus Soru Bankası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>14.25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057511898</t>
+          <t>9786257753197</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Hem Konu Hem Soru Hızlı Seri Seti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>14.26</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057511911</t>
+          <t>9786257753203</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Eğitim Bilimleri Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>14.25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057511874</t>
+          <t>9786257753180</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
+          <t>2025 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>14.26</v>
+        <v>550</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059754170</t>
+          <t>9786257753173</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>EKYS 2019 Müdür ve Müdür Yardımcılığı Soru Bankası</t>
+          <t>2021 KPSS Tek Kitap Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>87.5</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057701886</t>
+          <t>9786257753166</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Eğitim Bilimleri Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2021 KPSS Genel Yetenek-Genel Kültür Özel Tek Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057701893</t>
+          <t>9786057701794</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>7. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>49.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057701329</t>
+          <t>9786057701756</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Lise ve Önlisans Adayları İçin Tamamı Çözümlü Soru Bankası</t>
+          <t>5. Sınıf Bursluluk sınavı Hazırlık Kitabı (İOKBS-PYBS)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057701206</t>
+          <t>9786057511546</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>2019 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>14.25</v>
+        <v>105</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057701220</t>
+          <t>9786057701732</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Türkçe Soru Bankası</t>
+          <t>2020 KPSS Anayasa Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>14.25</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057701213</t>
+          <t>9786057701190</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
+          <t>2020 Garantör 5. Sınıf Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>14.25</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057511881</t>
+          <t>9786257951814</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Garantör Matematik Soru Bankası</t>
+          <t>KPSS Lise ve Ön Lisans Tamamı Çözümlü 10 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>14.25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057511140</t>
+          <t>9786257951777</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 2. Sınıf Tamamı Çözümlü Soru Bankası</t>
+          <t>2020 KPSS Güncel ve Genel Bilgiler Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>38</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057511164</t>
+          <t>9786059456098</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 3. Sınıf Tamamı Çözümlü Soru Bankası</t>
+          <t>DGS Çözümlü 10 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>35</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052327944</t>
+          <t>9786059456340</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>6. Sınıf PYBS Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>32.41</v>
+        <v>18.05</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052327951</t>
+          <t>9786055001650</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>ALES Soru Bankası Cevaplı - Çözümlü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057701879</t>
+          <t>9786057511966</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
+          <t>KPSS Lise Ve Ön Lisans Özel Tek Kitap</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>43.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057701671</t>
+          <t>9786057511997</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Türkçe Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>KPSS Genel Yetenek – Genel Kültür Tek Kitap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>21.4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057701688</t>
+          <t>9786057511973</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Matematik Geometri Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>2020 KPSS Genel Yetenek – Genel Kültür Konu Anlatımlı Tek Kitap</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057701695</t>
+          <t>9786057511959</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Coğrafya Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>KPSS Önlisans Tek Kitap Öz Anlatımlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25</v>
+        <v>550</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057701701</t>
+          <t>9786057701817</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Tarih Çözümlü Soru Bankası (Jüri Serisi)</t>
+          <t>2020 KPSS Ortaöğretim Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>35</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057701909</t>
+          <t>9786052327883</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Lise ve Ön Lisans Adayları İçin Tamamı Çözümlü 5 Fasiküllü Deneme Sınavı</t>
+          <t>2022 PTT Personel Alım Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057511027</t>
+          <t>9786052327272</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeli Uzman Erbaş Sınavına Hazırlık Kitabı</t>
+          <t>9-10-11 PYBS - Parasız Yatılı ve Bursluluk Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054459124</t>
+          <t>9786057701039</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Read Everywhere 1</t>
+          <t>6. Sınıf Garantör Türkçe Soru  Bankası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>25</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057701152</t>
+          <t>9786057701046</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
+          <t>6. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>28.5</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057701121</t>
+          <t>9786057511935</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Siinerji Soru Bankası</t>
+          <t>7. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>35</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057701114</t>
+          <t>9786057511928</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
+          <t>7. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>28.5</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057511317</t>
+          <t>9786057511898</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>2019 KPSS Çevir Konu Çevir Soru Anayasa'nın Parolası</t>
+          <t>8. Sınıf Garantör T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>18.06</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057701824</t>
+          <t>9786057511911</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Genel Kültür Genel Yetenek Ön Lisans (Adaylarına Özel) Konu Anlatımlı Soru Bankası</t>
+          <t>7. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>37.5</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057511119</t>
+          <t>9786057511874</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bilsem 1. Sınıf Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>8. Sınıf Garantör Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>30</v>
+        <v>14.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057701435</t>
+          <t>9786059754170</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Tek Kitap Tamamı Çözümlü Soru Bankası</t>
+          <t>EKYS 2019 Müdür ve Müdür Yardımcılığı Soru Bankası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>50</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057701626</t>
+          <t>9786057701886</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Hızlı Seri Genel Yetenek Genel Kültür Sempatik Konu Anlatımlı Set</t>
+          <t>Hedef 2020 KPSS Eğitim Bilimleri Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>62.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057701633</t>
+          <t>9786057701893</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>2020 KPSS Eğitim Bilimleri Hem Konu Hem Soru Seti</t>
+          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>62.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057701619</t>
+          <t>9786057701329</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hedef 2020 KPSS Hızlı Seri Genel Kültür Genel Yetenek Soru Bankası</t>
+          <t>Hedef 2020 KPSS Lise ve Önlisans Adayları İçin Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>62.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>4444444444166</t>
+          <t>9786057701206</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
+          <t>5. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>4444444444167</t>
+          <t>9786057701220</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Ultra Serisi Sözel Yetenek (Türkçe) Soru Bankası - Karekod Çözümlü</t>
+          <t>5. Sınıf Garantör Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>235</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258221206</t>
+          <t>9786057701213</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
+          <t>5. Sınıf Garantör Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258469226</t>
+          <t>9786057511881</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Parmaklar İle 10 Saatte 10 Parmak</t>
+          <t>8. Sınıf Garantör Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>85</v>
+        <v>14.25</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256440319</t>
+          <t>9786057511140</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Soru Bankası Karekod Çözümlü</t>
+          <t>Bilsem 2. Sınıf Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>500</v>
+        <v>38</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256440302</t>
+          <t>9786057511164</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü UDS Tekniker Konu Anlatımlı</t>
+          <t>Bilsem 3. Sınıf Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>750</v>
+        <v>35</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255580191</t>
+          <t>9786052327944</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>2025 Diyanet İşleri Başkanlığı Personelin Görevde Yükselme Sınavı Soru Bankası- Karekod Çözümlü</t>
+          <t>7. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1250</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255580061</t>
+          <t>9786052327951</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
+          <t>8. Sınıf Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255580368</t>
+          <t>9786057701879</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Konu Anlatımlı</t>
+          <t>Hedef 2020 KPSS Genel Yetenek - Genel Kültür Çek Kopar Yaprak Test</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1000</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258469271</t>
+          <t>9786057701671</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu Seçim Müdürü Soru Bankası</t>
+          <t>2020 KPSS Türkçe Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>900</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057511058</t>
+          <t>9786057701688</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>2025 Yüksek Seçim Kurulu (YSK) Seçim Müdürü 8 Deneme Sınavı</t>
+          <t>2020 KPSS Matematik Geometri Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255580375</t>
+          <t>9786057701695</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Yüksek Seçim Kurulu VHKİ ve Zabıt Kâtibi Soru Bankası</t>
+          <t>2020 KPSS Coğrafya Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>750</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057511041</t>
+          <t>9786057701701</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Seçim Kurulu (YSK) Seçim Müdürü ve Seçim Müdür Yardımcısı Konu Anlatımlı</t>
+          <t>2020 KPSS Tarih Çözümlü Soru Bankası (Jüri Serisi)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>4444444444030</t>
+          <t>9786057701909</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2023 GYS Diyanet İşleri Başkanlığı Konu Anlatımlı Soru Bankası Görevde Yükselme</t>
+          <t>Hedef 2020 KPSS Genel Yetenek-Genel Kültür Lise ve Ön Lisans Adayları İçin Tamamı Çözümlü 5 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>4444444444028</t>
+          <t>9786057511027</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>2024 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Sözleşmeli Uzman Erbaş Sınavına Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055001315</t>
+          <t>9786054459124</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Temel Auto Cad Komutları</t>
+          <t>Read Everywhere 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257951005</t>
+          <t>9786057701152</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Soru Bankası</t>
+          <t>10. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>600</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057701992</t>
+          <t>9786057701121</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tapu ve Kadastro Genel Müdürlüğü Harita ve Kontrol Mühendisliği Unvan Değişikliği Sınavı Konu Anlatımlı</t>
+          <t>8. Sınıf Tüm Dersler Siinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>900</v>
+        <v>35</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257951012</t>
+          <t>9786057701114</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü- Tapu Sicil Müdür Yardımcısı GYS Soru Bankası -Karekod Çözümlü</t>
+          <t>9. Sınıf Tüm Dersler Sinerji Soru Bankası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>675</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257951029</t>
+          <t>9786057511317</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü-Tapu Sicil Müdür Yardımcısı GYS Konu Anlatımlı</t>
+          <t>2019 KPSS Çevir Konu Çevir Soru Anayasa'nın Parolası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1100</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256440326</t>
+          <t>9786057701824</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürü - Tapu Sicil Müdür Yardımcısı GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2020 KPSS Genel Kültür Genel Yetenek Ön Lisans (Adaylarına Özel) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256519664</t>
+          <t>9786057511119</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>JSPS Jandarma Personeli Soru Bankası</t>
+          <t>Bilsem 1. Sınıf Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>900</v>
+        <v>30</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256440975</t>
+          <t>9786057701435</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ultra Serisi KPSS Coğrafya Konu Anlatımı</t>
+          <t>2020 KPSS Eğitim Bilimleri Tek Kitap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256519022</t>
+          <t>9786057701626</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ultra Serisi KPSS Türkçe Soru Bankası</t>
+          <t>Hedef 2020 KPSS Hızlı Seri Genel Yetenek Genel Kültür Sempatik Konu Anlatımlı Set</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>4444444443296</t>
+          <t>9786057701633</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tek Kitap Soru Bankası (Karekod Çözümlü)</t>
+          <t>2020 KPSS Eğitim Bilimleri Hem Konu Hem Soru Seti</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>520</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256519015</t>
+          <t>9786057701619</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Vatandaşlık Soru Bankası</t>
+          <t>Hedef 2020 KPSS Hızlı Seri Genel Kültür Genel Yetenek Soru Bankası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256519046</t>
+          <t>9786258221206</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Coğrafya Soru Bankası</t>
+          <t>4. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256440951</t>
+          <t>9786256440975</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Tarih Konu Anlatımlı</t>
+          <t>Ultra Serisi KPSS Coğrafya Konu Anlatımı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256440999</t>
+          <t>9786256519022</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Vatandaşlık Konu Anlatımlı</t>
+          <t>Ultra Serisi KPSS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256440968</t>
+          <t>4444444443296</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Türkçe Konu Anlatımlı</t>
+          <t>KPSS Tek Kitap Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256440982</t>
+          <t>9786256519015</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Matematik - Geometri Konu Anlatımı</t>
+          <t>KPSS Ultra Serisi Vatandaşlık Soru Bankası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256519039</t>
+          <t>9786256519046</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ultra Serisi Matematik Soru Bankası</t>
+          <t>KPSS Ultra Serisi Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256519534</t>
+          <t>9786256440951</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>KPSS Ultra Serisi Tarih Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256519541</t>
+          <t>9786256440999</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Müdür Yardımcısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>KPSS Ultra Serisi Vatandaşlık Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057701244</t>
+          <t>9786256440968</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>GYS TİGEM Tarım İşletmeleri Konu Anlatımlı Soru Bankası</t>
+          <t>KPSS Ultra Serisi Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256519596</t>
+          <t>9786256440982</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>KPSS Ultra Serisi Matematik - Geometri Konu Anlatımı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256519602</t>
+          <t>9786256519039</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Folklor Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>KPSS Ultra Serisi Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256519589</t>
+          <t>9786258221640</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>LGS 1. Dönem Sözel Soru Bankası -</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256519572</t>
+          <t>9786258221657</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Müze Araştırmacısı Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>LGS 1. Dönem Sayısal Soru Bankası -</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>340</v>
+        <v>95</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257753524</t>
+          <t>9786256440746</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür Ve Turizm Bakanlığı Kütüphane Müdürü Görevde Yükselme Sınavı Konu Anlatımlı</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256519558</t>
+          <t>9786258221947</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>GYS T.C Kültür ve Turizm Bakanlığı Eğitim Uzmanı Görevde Yükselme Onu Anlatımlı</t>
+          <t>KPSS Eğitim Bilimleri Program Geliştirme 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>335</v>
+        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>4444444442953</t>
+          <t>9786256519312</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>T.C. Milli Eğitim Bakanlığı Memur GYS Soru Bankası</t>
+          <t>Bilmeyenler İçin KPSS Matematik</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>4444444443226</t>
+          <t>9786258221237</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Orman Genel Müdürlüğü Sayman Görevde Yükselme Sınavı Tamamı Çözümlü 5 Deneme</t>
+          <t>İletişim Başkanlığı GYS Şef Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258221640</t>
+          <t>9786256519367</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Sözel Soru Bankası -</t>
+          <t>2026 KPSS Coğrafya Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258221657</t>
+          <t>9786256519008</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Sayısal Soru Bankası -</t>
+          <t>2024 KPSS Ultra Serisi Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255580344</t>
+          <t>9786256440913</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Pomem 31. Dönem Mülakat Çıkmış Sorular ve Cevapları</t>
+          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>40</v>
+        <v>850</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257753975</t>
+          <t>4444444444246</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri İdare Memuru GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>DGS Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256440272</t>
+          <t>9786256519374</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri Denetimli Serbestlik Müdür Yardımcılığı ve Şeflik GYS Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 KPSS Tarih Çalışma Notları ve Testleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258469578</t>
+          <t>9786256200197</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Polis Meslek İçi Komiser Yardımcılığı Tamamı Çözümlü Bankası</t>
+          <t>2025 YÖK GYS Tam İsabet Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256440746</t>
+          <t>9786256440647</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256519695</t>
+          <t>9786256200951</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Polis Akademisi Başkanlığı 9. Dönem İlk Derece Amirlik Eğitimi (Komiser Yardımcılığı) Yazılı Sınavı Soru Bankası</t>
+          <t>2026 AGS Sayısal Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>800</v>
+        <v>175</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255580337</t>
+          <t>4444444444175</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Aile ve Sosyal Hizmetler Bakanlığı Sosyolog Soru Bankası Çözümlü Görevde Yükselme Ünvan Değişikliği</t>
+          <t>2025 AGS Mevzuat Tamamı Çözümlü 22 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257552042</t>
+          <t>4444444444176</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Hazırlık Kitabı</t>
+          <t>2025 AGS Sözel Yetenek Tamamı Çözümlü 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257753999</t>
+          <t>4444444444177</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Soru Bankası</t>
+          <t>2025 AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi Tamamı Çözümlü 21 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257552004</t>
+          <t>4444444444178</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Muhasebeci GYS Hazırlık Kitabı</t>
+          <t>2025 AGS Tarih Tamamı Çözümlü 50 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257552103</t>
+          <t>4444444444179</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Hazırlık Kitabı</t>
+          <t>2025 AGS Türkiye Coğrafyası Tamamı Çözümlü 50 Deneme Sınavı Anlatımlı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257552097</t>
+          <t>9786255580016</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı GYS Tekniker Teknisyen Soru Bankası</t>
+          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257552899</t>
+          <t>9786057511072</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kurumu SGK GYS Konu Anlatımlı</t>
+          <t>2026 ALES Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257552035</t>
+          <t>4444444444248</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Şef GYS Soru Bankası</t>
+          <t>2025 DGS Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257552073</t>
+          <t>9786258221176</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>T.C. Gençlik ve Spor Bakanlığı Veri Hazırlama ve Kontrol İşletmeni Yurt Yönetim Memuru GYS Hazırlık</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255580238</t>
+          <t>9786055930929</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Laboratuvar Teknikeri Kadrosu Soru Bankası (Karekod Çözümlü)</t>
+          <t>Number One Vocational English For Computersthe Internet</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786255580276</t>
+          <t>9786258469110</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Konu Anlatımlı</t>
+          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı ALES</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786255580283</t>
+          <t>4444444444165</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı Yurt Yönetim Memuru GYS Soru Bankası (Karekod Çözümlü)</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258469295</t>
+          <t>4444444444297</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Read Everywhere - 1</t>
+          <t>2025 ÖABT Din Kültürü ve Ahlak Bilgisi DKAB/İHL Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258469929</t>
+          <t>4444444444163</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile ve Sosyal Hizmetler Bakanlığı GYS Şef ve İdari Hizmetler Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek (Matematik) Soru Bankası</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258221923</t>
+          <t>9786258221220</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>JSPS Müşterek Konular Konu Anlatımlı Soru Bankası</t>
+          <t>İletişim Başkanlığı GYS Şef Soru Bankası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>580</v>
+        <v>195</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258221947</t>
+          <t>9786057701312</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>KPSS Eğitim Bilimleri Program Geliştirme 15 Deneme Sınavı</t>
+          <t>Dizayn Paragraf KPSS - DGS - ALES</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786255580184</t>
+          <t>9786256200869</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Beton Reolojisi</t>
+          <t>5. Sınıf Bursluluk Sınavı Fasiküllü Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256519206</t>
+          <t>4444444444159</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>JSPS Jandarma ve Sahil Güvenlik Havacılık Branşı Personeli Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2025 MEB AGS Eğitimin Temelleri Türk Milli Eğitim Sistemi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256440050</t>
+          <t>4444444444170</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Coğrafya Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2025 AGS Ultra Serisi Türkiye Coğrafyası Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786255580177</t>
+          <t>4444444444169</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Soru Bankası (Tamamı Karekod Çözümlü)</t>
+          <t>2025 AGS Ultra Serisi Tarih Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786255580160</t>
+          <t>4444444444168</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Diyetisyen Konu Anlatımlı</t>
+          <t>2025 AGS Ultra Serisi Tarih Konu Anlatımlı Data Yayınları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258221145</t>
+          <t>4444444444171</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Defterdarlık Uzmanlığı Özel Sınavı Tamamı Çözümlü Soru Bankası</t>
+          <t>2025 MEB AGS Ultra Serisi Türkiye Coğrafyası Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>775</v>
+        <v>275</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256519312</t>
+          <t>4444444444162</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bilmeyenler İçin KPSS Matematik</t>
+          <t>2025 MEB AGS Ultra Serisi Mevzuat Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786255580009</t>
+          <t>4444444444161</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Soru Bankası</t>
+          <t>2025 AGS Ultra Serisi Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786255580153</t>
+          <t>4444444444160</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Çocuk Gelişimcisi Konu Anlatımlı</t>
+          <t>2025 MEB AGS Ultra Serisi Eğitimin Temelleri Türk Milli Eğitim Sistemi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256440807</t>
+          <t>9786256200289</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Dış Misyon Koruma Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 KPSS Genel Kültür - Genel Yetenek 41 Deneme Sınavı + Dijital Eğitim Platformu Hediye</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>70</v>
+        <v>750</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258221237</t>
+          <t>9786256200845</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İletişim Başkanlığı GYS Şef Konu Anlatımlı</t>
+          <t>Derviş Hoca ile 2025 AGS Mevzuat Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257951869</t>
+          <t>9786256200333</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>AFAD Tekniker 2025 ÜDS Konu Anlatımlı</t>
+          <t>2026 KPSS Ultra Serisi Vatandaşlık 40 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258221534</t>
+          <t>9786256200296</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı Şef Tamamı Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Ultra Serisi Coğrafya 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256440005</t>
+          <t>9786256200319</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Komiser Yardımcılığı Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 KPSS Ultra Serisi Tarih 30 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258221060</t>
+          <t>9786256200326</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>GYS Ticaret Bakanlığı GYS Gümrük Gümrük Grubu Konu Anlatımlı</t>
+          <t>2026 KPSS Ultra Serisi Türkçe 20 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>1650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756305225</t>
+          <t>4444444444173</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Biyoharmoloji</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257951876</t>
+          <t>4444444444172</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>AFAD Tekniker 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 AGS Ultra Serisi Sayısal Yetenek - Sözel Yetenek Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257951913</t>
+          <t>9786256440203</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 2 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>800</v>
+        <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257951906</t>
+          <t>9786258221619</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>AFAD 2025 GYS Eğitim Uzmanı - Sivil Savunma Uzmanı Konu Anlatımlı</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>950</v>
+        <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257951852</t>
+          <t>9786258221626</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>AFAD Mühendis-Mimar 2025 ÜDS Soru Bankası - Karekod Çözümlü</t>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 6 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257951845</t>
+          <t>9786057511553</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>AFAD Mühendis-Mimar 2025 ÜDS Konu Anlatımlı</t>
+          <t>Sözel MY Mantık Soru Bankası (KPSS ALES DGS)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1020</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257951883</t>
+          <t>9786258221725</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 DGS Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257951890</t>
+          <t>4444444444067</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>AFAD Santral Memuru, Satınalma Memuru ile V.H.K.İ. 2025 GYS Konu Anlatımlı</t>
+          <t>MEB AGS Sözel Yetenek Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257951838</t>
+          <t>9786256440425</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şef 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 DGS Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257951821</t>
+          <t>9786256440418</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şef 2025 GYS Konu Anlatımlı</t>
+          <t>2026 ALES Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257951807</t>
+          <t>9786258221350</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şube Müdürü 2025 GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>2026 ALES Tamamı Çözümlü 7 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257951791</t>
+          <t>9786258221718</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>AFAD Şube Müdürü GYS Konu Anlatımlı</t>
+          <t>2026 ALES Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256519367</t>
+          <t>9786258221053</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Coğrafya Çalışma Notları ve Testleri</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258221909</t>
+          <t>9786258221299</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2024 Tarih Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü 4 fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256519008</t>
+          <t>9786258221190</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Ultra Serisi Tarih Soru Bankası</t>
+          <t>3. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256440913</t>
+          <t>9786258221046</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek - Genel Kültür Tek Kitap Ortaöğretim Ön Lisans Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>850</v>
+        <v>175</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256440067</t>
+          <t>9786258221282</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>ÖABT İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258221886</t>
+          <t>9786258221183</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Genel Yetenek Türkçe-Matematik Yaprak Test</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786255580146</t>
+          <t>9786258221039</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Soru Bankası</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257951074</t>
+          <t>9786258221275</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS ÜDS Hava Kuvvetleri Komutanlığı Konu Anlatımlı</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Fasikül 4 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>525</v>
+        <v>175</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786255580108</t>
+          <t>9786256200234</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı ÜDS Tıbbi Sekreter Soru BankasI (Tamamı Karekod Çözümlü)</t>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057701237</t>
+          <t>9786256200227</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavına Hazırlık Konu Anlatımlı</t>
+          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258469417</t>
+          <t>9786057701282</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kuvvetleri Komutanlığı Personeli Görevde Yükselme Sınavı Soru Bankası</t>
+          <t>TYT Duble Zor Türkçe Soruları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786255580115</t>
+          <t>9786057701060</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bakanlığı ÜDS Sosyal Çalışmacı Soru Bankası</t>
+          <t>TYT Duble Zor Matematik Soruları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258221572</t>
+          <t>9786057701169</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>T.C Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>TYT Hızlı Felsefe Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256519640</t>
+          <t>9786057701299</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>DHMİ Koruma ve Güvenlik Şefi GYS Soru Bankası</t>
+          <t>TYT Hızlı Geometri Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256519732</t>
+          <t>9786057701305</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Soru Bankası - Karekod Çözümlü</t>
+          <t>TYT Hızlı Matematik Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256519725</t>
+          <t>9786057701183</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şeker Fabrikaları AŞ Genel Müdürlüğü GYS Konu Anlatımlı</t>
+          <t>TYT-AYT Hızlı Biyoloji Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258221602</t>
+          <t>9786057701107</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı GYS Tıbbi Sekreter Tamamı Çözümlü 10 Deneme Sınavı</t>
+          <t>AYT Hızlı Edebiyat Konu Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258221367</t>
+          <t>9786057701091</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>2025 T.C. Sağlık Bakanlığı Memur VHKİ GYS Konu Anlatımlı</t>
+          <t>TYT Hızlı Kimya Konu Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>850</v>
+        <v>75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786255580085</t>
+          <t>9786057701015</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Soru Bankası</t>
+          <t>TYT Hızlı Fizik Konu Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786255580078</t>
+          <t>9786258469264</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tedaş Genel Müdürlüğü GYS - ÜDS Ortak Konular Konu Anlatımlı</t>
+          <t>TYT Hızlı Türkçe Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258469103</t>
+          <t>9786057511850</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Vaktim Yok Zamanım Az Diyenler İçin Hızlı DGS</t>
+          <t>TYT Hızlı Coğrafya Konu Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257753722</t>
+          <t>9786057511843</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2025 Ceza ve Tevkifevleri CTE Öğretmen ÜDS Hazırlık Kitabı</t>
+          <t>TYT-AYT Hızlı Tarih Konu Enfes Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257753913</t>
+          <t>9786055001469</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tevkifevleri CTE Öğretmen ÜDS Tamamı 5 Deneme Sınavı</t>
+          <t>Biraz Çalışırsam Tamamını Yapabilirim Diyenler İçin Matematik Antrenörü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052327579</t>
+          <t>9786057511409</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Konu Anlatımlı</t>
+          <t>Temelim Yok Hiç Bilmiyorum Diyenler için Matematik Antrenörü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1050</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>4444444444246</t>
+          <t>9786258469448</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>DGS Çevir Konu Çevir Soru</t>
+          <t>8. Sınıf Bursluluk 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256440630</t>
+          <t>9786057701800</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Prestij Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>7. Sınıf Bursluluk 5 Deneme Sınavı (İOKBS-PYBS)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>690</v>
+        <v>180</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>4444444443567</t>
+          <t>9786256519442</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS Soru Bankası</t>
+          <t>7. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786255580054</t>
+          <t>9786256519466</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>T.C Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı Soru Bankası</t>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256440692</t>
+          <t>9786257951678</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>LGS BİR TIK Din Kültürü Ve Ahlak Bilgisi Soruları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258221268</t>
+          <t>9786257951661</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı UDS Mühendis - İstatistik - Tekniker - Teknisyen Konu Anlatımlı</t>
+          <t>LGS Bir Tık Zor İngilizce Soruları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052327586</t>
+          <t>9786257951654</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sanayi ve Teknoloji Bakanlığı GYS Şube Müdürü - Şef - Memur Soru Bankası</t>
+          <t>LGS BİR TIK İnkılap Tarihi Soruları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256519305</t>
+          <t>9786057701275</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB-AGS-ÖABT Mutmain DKAB/İHL Tamamı Çözümlü Soru Bankası</t>
+          <t>LGS Bir Tık Zor Türkçe Soruları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256440029</t>
+          <t>9786057701268</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS Bir Tık Zor Matematik Soruları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>4444444444180</t>
+          <t>9786256519251</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>2025 AGS Fasiküllü Tamamı Çözümlü 4 Deneme Sınavı</t>
+          <t>TYT Dil Bilgisi Fasikül Konu Anlatımlı Soru Bankası Set</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
-[...3193 lines deleted...]
-      <c r="C583" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>