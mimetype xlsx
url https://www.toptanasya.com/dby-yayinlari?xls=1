--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,6100 +85,6340 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255905291</t>
+          <t>9786255905932</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mecmu'a-i Eş'ar</t>
+          <t>Teslimiyetten Güvene: Kur'an'ın Toplum İnşası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>770</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255905314</t>
+          <t>9786255905956</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Salahi Mevlidi</t>
+          <t>Doğu Türkçesi İle Yazılmış Yusuf Kıssası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255905239</t>
+          <t>9786255905901</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştiri Kuramları Işığında Metin Okumaları</t>
+          <t>Edebiyat Yazıları V: Dilbilim-Edebiyat Araştırmaları 3</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255905253</t>
+          <t>9786255905925</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kanser Güncesi</t>
+          <t>Divan Edebiyatından Kaside Şerhleri (14-18. Yüzyıl)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255905260</t>
+          <t>9786255905895</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cemiyete Adanmış Bir Hayat Doktor Ali Rıza Rüstem Pekolcay</t>
+          <t>Hû: Kur’ân’a Göre Allah</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255905307</t>
+          <t>9786255905864</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Havassu’l-Kur’an</t>
+          <t>Mehmet Vecihi Bey’in Feryat Romanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256063969</t>
+          <t>9786257471558</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Özdeşlik, Varlık ve Fiil</t>
+          <t>Foucault ve Baudrillard’ı Birlikte Okumak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257471541</t>
+          <t>9786255905871</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İttihad-ı İslam ve Avrupa</t>
+          <t>Aile ve Devlet Yönetimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054635795</t>
+          <t>9786255905383</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Karagöz Fıkraları</t>
+          <t>Tarihçiler İçin Edebiyat Edebiyatçılar İçin Tarih</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255905222</t>
+          <t>9786255905833</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı’nda Osmanlı Hilal-i Ahmer Cemiyeti</t>
+          <t>Mecmü'atü'l-Leta'if Sandükatü'l-Ma'arif</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255905215</t>
+          <t>9786255905857</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Eğitim Tarihi</t>
+          <t>İki Güzel Günahkar: Bedia-Güzel Eleni</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255905185</t>
+          <t>9786255905321</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Katib’in Aşere-i Mübeşşire ve Seb‘a-i Münzire Adlı Risaleleri</t>
+          <t>Sosyal Eleştiri Işığında Mesnevilerde Toplumsal Yapı ve Zihniyet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>730</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255905086</t>
+          <t>9786255905376</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hamamda Kaybolan Kadınlar</t>
+          <t>Klasik Türk Edebiyatında Dijital Uygulamalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258371710</t>
+          <t>9786255905338</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hakayık u Dekayık</t>
+          <t>Beyitlerin Gölgesinde Bir Temaşa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255905208</t>
+          <t>9786255905406</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Nâzım Paşa’nın Telif Eserleri</t>
+          <t>Dijitalin Korku Ağında: Suç Korkusu Sosyal Medyaya Nasıl Yansıyor?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255905178</t>
+          <t>9786255905345</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kevâ'ib-i Şi'r ü İnşâ</t>
+          <t>Türk Lehçe Bilgisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>455</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255905161</t>
+          <t>9786255905291</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mısır Romanına Eleştirel Bir Bakış (1914-1944)</t>
+          <t>Mecmu'a-i Eş'ar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>205</v>
+        <v>770</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255905154</t>
+          <t>9786255905314</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Esrâr-ı Serendib</t>
+          <t>Salahi Mevlidi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255905147</t>
+          <t>9786255905239</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edası Hub Manası Rana Bir Şair Bâkî’ye Dair</t>
+          <t>Edebiyat Eleştiri Kuramları Işığında Metin Okumaları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255905109</t>
+          <t>9786255905253</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakırlı Osman Nûrî Paşa ve Dîvânı</t>
+          <t>Kanser Güncesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257471626</t>
+          <t>9786255905260</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Numune-i Kitabet - Örneklerle Yazı Yazma Uğraşısı</t>
+          <t>Cemiyete Adanmış Bir Hayat Doktor Ali Rıza Rüstem Pekolcay</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>59</v>
+        <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257471442</t>
+          <t>9786255905307</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kitap</t>
+          <t>Havassu’l-Kur’an</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255905116</t>
+          <t>9786256063969</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinin Coğrafyası</t>
+          <t>Özdeşlik, Varlık ve Fiil</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>750</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255905130</t>
+          <t>9786257471541</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>İttihad-ı İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255905093</t>
+          <t>9786054635795</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhiti Divanı</t>
+          <t>Türk Edebiyatında Karagöz Fıkraları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>490</v>
+        <v>425</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255905079</t>
+          <t>9786255905222</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asım'ın Nesli'ne Safahat'ın Nesri</t>
+          <t>Balkan Savaşı’nda Osmanlı Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256063945</t>
+          <t>9786255905215</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşerî Bilimler Araçlarının Metin Analizinde ve Görselleştirmede Kullanılabilirliği ve Uygulamaları</t>
+          <t>Metinlerle Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255905062</t>
+          <t>9786255905185</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Anlatılarında İslam ve Eski Türk Dini</t>
+          <t>Katib’in Aşere-i Mübeşşire ve Seb‘a-i Münzire Adlı Risaleleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>475</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255905048</t>
+          <t>9786255905086</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Sesler: Ev Kadınları</t>
+          <t>Hamamda Kaybolan Kadınlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255905000</t>
+          <t>9786258371710</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aksaraylı Hasan Rızâyî’nin Manzum Tecelliyât-ı Hüdâyî Şerhi (İnceleme-Metin-Tıpkıbasım)</t>
+          <t>Hakayık u Dekayık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255905024</t>
+          <t>9786255905208</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme Din ve Parti Politikası</t>
+          <t>Mehmed Nâzım Paşa’nın Telif Eserleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255905017</t>
+          <t>9786255905178</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tilimsan Camileri</t>
+          <t>Kevâ'ib-i Şi'r ü İnşâ</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>455</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255905031</t>
+          <t>9786255905161</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nedîm (Nedîmî) Dîvânı (İnceleme-Metin-Tıpkıbasım)</t>
+          <t>Mısır Romanına Eleştirel Bir Bakış (1914-1944)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256063976</t>
+          <t>9786255905154</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Senâyî Mehmed Efendi’nin Şevâhîdü’n-Nübüvve Tercümesi</t>
+          <t>Esrâr-ı Serendib</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>445</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256063938</t>
+          <t>9786255905147</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hocazâde Muhammed Râsim Hikmet’in Hâb-nâme’sinde Kıyâfet İlmi Bölümü</t>
+          <t>Edası Hub Manası Rana Bir Şair Bâkî’ye Dair</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>535</v>
+        <v>560</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256063723</t>
+          <t>9786255905109</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>سـمت الوصول إلى علم الأصول Semtü’l-Vüsûl İlâ İlmi’l-Usûl</t>
+          <t>Diyarbakırlı Osman Nûrî Paşa ve Dîvânı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256063952</t>
+          <t>9786257471626</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Ahlâkî Değerlerimiz</t>
+          <t>Numune-i Kitabet - Örneklerle Yazı Yazma Uğraşısı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256063891</t>
+          <t>9786257471442</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dürrü’l-Fu’âd ve Şeyhü’l-İrşâd</t>
+          <t>Beyaz Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256063884</t>
+          <t>9786255905116</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Fuzûlî Divanı Sözlüğü</t>
+          <t>Osmanlı Şiirinin Coğrafyası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>535</v>
+        <v>750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256063921</t>
+          <t>9786255905130</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Emînüddin Baba’nın Risâle-i Kudsiyyesi</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256063730</t>
+          <t>9786255905093</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşlıcalı Yahyâ Meselesi</t>
+          <t>Muhiti Divanı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256063747</t>
+          <t>9786255905079</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Lêkolînên li Ser Ziman, Çand û Edebîyatê</t>
+          <t>Asım'ın Nesli'ne Safahat'ın Nesri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>515</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256063662</t>
+          <t>9786256063945</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ve Klasik Sosyoloji</t>
+          <t>Dijital Beşerî Bilimler Araçlarının Metin Analizinde ve Görselleştirmede Kullanılabilirliği ve Uygulamaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256063655</t>
+          <t>9786255905062</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi'nin Yedinci Cildi’nin Manzum Tercümesi</t>
+          <t>Türk Anlatılarında İslam ve Eski Türk Dini</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256063716</t>
+          <t>9786255905048</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Kader</t>
+          <t>Gölgede Kalan Sesler: Ev Kadınları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256063600</t>
+          <t>9786255905000</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Adanalı Nafi‘ Divanı</t>
+          <t>Aksaraylı Hasan Rızâyî’nin Manzum Tecelliyât-ı Hüdâyî Şerhi (İnceleme-Metin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>685</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256063631</t>
+          <t>9786255905024</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi IV / Metin ve Minyatür Okumaları I-II-III-IV</t>
+          <t>Türkiye’de Modernleşme Din ve Parti Politikası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>610</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256063648</t>
+          <t>9786255905017</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ara Dönem Hanefi-Maturidi Düşüncesinde İmamet ve Hilafet (Hicri 6-7. Asırlar)</t>
+          <t>Tilimsan Camileri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256063570</t>
+          <t>9786255905031</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Yolculuğu</t>
+          <t>Nedîm (Nedîmî) Dîvânı (İnceleme-Metin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256063594</t>
+          <t>9786256063976</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Enderunlu Fâzıl’ın Bütün Eserleri</t>
+          <t>Senâyî Mehmed Efendi’nin Şevâhîdü’n-Nübüvve Tercümesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>930</v>
+        <v>445</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256063556</t>
+          <t>9786256063938</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ziyâ Paşa’nın Bütün Şiirleri Dîvân Mukaddime-i Harâbât • Zafer-nâme ve Tahmîsi</t>
+          <t>Hocazâde Muhammed Râsim Hikmet’in Hâb-nâme’sinde Kıyâfet İlmi Bölümü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>415</v>
+        <v>535</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256063518</t>
+          <t>9786256063723</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Diyârbekirli Lüzûmî ve Farsça Şiirleri</t>
+          <t>سـمت الوصول إلى علم الأصول Semtü’l-Vüsûl İlâ İlmi’l-Usûl</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256063525</t>
+          <t>9786256063952</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Arap-Fars Edebiyatı Okumaları I-II-III-IV</t>
+          <t>Divan Şiirinde Ahlâkî Değerlerimiz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256769946</t>
+          <t>9786256063891</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sivâsî Mevlidi ve Şerhi</t>
+          <t>Dürrü’l-Fu’âd ve Şeyhü’l-İrşâd</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256063495</t>
+          <t>9786256063884</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gazel Ajandası</t>
+          <t>Fuzûlî Divanı Sözlüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>535</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256063365</t>
+          <t>9786256063921</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Süleyman’ın Altın Çağı: Kültür ve Edebiyat</t>
+          <t>Emînüddin Baba’nın Risâle-i Kudsiyyesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256063389</t>
+          <t>9786256063730</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tercemetu'l-'Atâ'iyye</t>
+          <t>Bir Taşlıcalı Yahyâ Meselesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256063372</t>
+          <t>9786256063747</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasında Dil Kurumları ve Çalışmaları</t>
+          <t>Lêkolînên li Ser Ziman, Çand û Edebîyatê</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256063341</t>
+          <t>9786256063662</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>1980’li Yıllarda Azerbaycan Edebiyatında Roman</t>
+          <t>İbn Haldun ve Klasik Sosyoloji</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256063068</t>
+          <t>9786256063655</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Eleştiri Türü Olarak Osmanlı Edebiyatında Nefsülemr Metinleri</t>
+          <t>Mesnevi-i Ma’nevi'nin Yedinci Cildi’nin Manzum Tercümesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256063358</t>
+          <t>9786256063716</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şaban Teoman Duralı’da İnsan Tasavvuru</t>
+          <t>İslam Kelamında Kader</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256063112</t>
+          <t>9786256063600</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Busiri’nin Kaside-i Bürde’si Cilt 2: Metinler</t>
+          <t>Adanalı Nafi‘ Divanı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>465</v>
+        <v>685</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256063105</t>
+          <t>9786256063631</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Busiri’nin Kaside-i Bürde’si Cilt 1: Nüshalar</t>
+          <t>Klasik Divan Metinler Dizisi IV / Metin ve Minyatür Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>635</v>
+        <v>610</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256063310</t>
+          <t>9786256063648</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’te Nedenler Teorisi</t>
+          <t>Ara Dönem Hanefi-Maturidi Düşüncesinde İmamet ve Hilafet (Hicri 6-7. Asırlar)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256063297</t>
+          <t>9786256063570</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa’nın Oluşumu</t>
+          <t>Medeniyet Yolculuğu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256769564</t>
+          <t>9786256063594</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gülzar - Şeyh Nasuh Oğlu Abdülmecid’in Muhtasar Gülistan Tercümesi</t>
+          <t>Enderunlu Fâzıl’ın Bütün Eserleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>930</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256063082</t>
+          <t>9786256063556</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Postmodernite, Sivil Toplum ve İslam</t>
+          <t>Ziyâ Paşa’nın Bütün Şiirleri Dîvân Mukaddime-i Harâbât • Zafer-nâme ve Tahmîsi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>330</v>
+        <v>415</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256063051</t>
+          <t>9786256063518</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Diyârbekirli Lüzûmî ve Farsça Şiirleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256063013</t>
+          <t>9786256063525</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yakarış Klasik Türk Şiirinde Dua</t>
+          <t>Arap-Fars Edebiyatı Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256063037</t>
+          <t>9786256769946</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Müneccimbaşı Ahmed Dede Efendi</t>
+          <t>Şemseddin Sivâsî Mevlidi ve Şerhi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256063020</t>
+          <t>9786256063495</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Tercümesi ve Tahmisi</t>
+          <t>Gazel Ajandası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256769991</t>
+          <t>9786256063365</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm'in Kırbacı Güç ve Cazibe İslam Britanya'da 1558-1685</t>
+          <t>Süleyman’ın Altın Çağı: Kültür ve Edebiyat</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256769892</t>
+          <t>9786256063389</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Edebiyatında Satıraltı Tercüme Tekniği ve Satıraltı Bir Bostan Tercümesi</t>
+          <t>Tercemetu'l-'Atâ'iyye</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>880</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256063006</t>
+          <t>9786256063372</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mecma’u’l-Ma’arif</t>
+          <t>Arap Dünyasında Dil Kurumları ve Çalışmaları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256769663</t>
+          <t>9786256063341</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Münazarat-ı Ahali-yi Memleket-i İnsani</t>
+          <t>1980’li Yıllarda Azerbaycan Edebiyatında Roman</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256769984</t>
+          <t>9786256063068</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim-Edebiyat Araştırmaları 1</t>
+          <t>Sosyal Eleştiri Türü Olarak Osmanlı Edebiyatında Nefsülemr Metinleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256769953</t>
+          <t>9786256063358</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Diplomasisi</t>
+          <t>Şaban Teoman Duralı’da İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256769885</t>
+          <t>9786256063112</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kasım'ın Nazm-ı Leali İsimli Eseri</t>
+          <t>Busiri’nin Kaside-i Bürde’si Cilt 2: Metinler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>415</v>
+        <v>465</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256769977</t>
+          <t>9786256063105</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şevket Bilali Divanı</t>
+          <t>Busiri’nin Kaside-i Bürde’si Cilt 1: Nüshalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>395</v>
+        <v>635</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256769960</t>
+          <t>9786256063310</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Aristoteles’te Nedenler Teorisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>610</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256769908</t>
+          <t>9786256063297</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan’dan Azerbaycan’a Ağız Sözlüğü</t>
+          <t>Modern Avrupa’nın Oluşumu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>515</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256769731</t>
+          <t>9786256769564</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Kızıl Kırgın Kurbanı Bir Çift: Ümmügülsüm Sadıkzade ve Seyid Hüseyin</t>
+          <t>Gülzar - Şeyh Nasuh Oğlu Abdülmecid’in Muhtasar Gülistan Tercümesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256769595</t>
+          <t>9786256063082</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 7. Cilt (Hindistan - Jüpiter)</t>
+          <t>Postmodernite, Sivil Toplum ve İslam</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1125</v>
+        <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256769717</t>
+          <t>9786256063051</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Divane Rüşdi Divanı</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>580</v>
+        <v>285</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256769724</t>
+          <t>9786256063013</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Böyle Söyler Üstad</t>
+          <t>Allah’a Yakarış Klasik Türk Şiirinde Dua</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256769632</t>
+          <t>9786256063037</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Üç Muhit Bir Felsefe</t>
+          <t>Müneccimbaşı Ahmed Dede Efendi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256769656</t>
+          <t>9786256063020</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Sanatı Tarihi (1. Cilt)</t>
+          <t>Kaside-i Bürde Tercümesi ve Tahmisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>465</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256769274</t>
+          <t>9786256769991</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Şehidlerine (Şerh - Tahlil) - Töreli Türk Edebiyatı Çalışmaları 2</t>
+          <t>Oryantalizm'in Kırbacı Güç ve Cazibe İslam Britanya'da 1558-1685</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>640</v>
+        <v>495</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256769625</t>
+          <t>9786256769892</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Türküsü (Şerh - Tahlil)</t>
+          <t>Osmanlı Edebiyatında Satıraltı Tercüme Tekniği ve Satıraltı Bir Bostan Tercümesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>515</v>
+        <v>880</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256769700</t>
+          <t>9786256063006</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Politik Sosyoloji - Kuramsal ve Kavramsal Bir Çerçeve</t>
+          <t>Mecma’u’l-Ma’arif</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256769687</t>
+          <t>9786256769663</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Siyaset Arasında Aile Felsefesi</t>
+          <t>Münazarat-ı Ahali-yi Memleket-i İnsani</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256769571</t>
+          <t>9786256769984</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Kılıcın Şiiri - La Seyfe İlla Zülfikar</t>
+          <t>Dilbilim-Edebiyat Araştırmaları 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256769670</t>
+          <t>9786256769953</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Teo-Politiği Vadedilmiş Topraklar</t>
+          <t>Lezzet Diplomasisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256769618</t>
+          <t>9786256769885</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi II - Yûnus Emre Okumaları I-II-III-IV</t>
+          <t>Kasım'ın Nazm-ı Leali İsimli Eseri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>415</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256432147</t>
+          <t>9786256769977</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hurşid ü Cemşid</t>
+          <t>Şevket Bilali Divanı (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>930</v>
+        <v>395</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256769601</t>
+          <t>9786256769960</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi I - Mecmua Okumaları I-II-III-IV</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>225</v>
+        <v>610</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256769328</t>
+          <t>9786256769908</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gazaname</t>
+          <t>Gürcistan’dan Azerbaycan’a Ağız Sözlüğü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>430</v>
+        <v>515</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256769540</t>
+          <t>9786256769731</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nüzhet-i Cihan ve Nadire-i Zaman (Nigaristan)</t>
+          <t>Azerbaycan’da Kızıl Kırgın Kurbanı Bir Çift: Ümmügülsüm Sadıkzade ve Seyid Hüseyin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>790</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256769366</t>
+          <t>9786256769595</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset ve Düşünce Akımları</t>
+          <t>Osmanlı Şiiri Kılavuzu 7. Cilt (Hindistan - Jüpiter)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256769526</t>
+          <t>9786256769717</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Suç, Suçluluk ve Ötesi Suç Sosyolojisi Üzerine</t>
+          <t>Divane Rüşdi Divanı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>390</v>
+        <v>580</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256769342</t>
+          <t>9786256769724</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Geleneklerin Göçü - Coğrafya ve Kaderin Değişimi</t>
+          <t>Şiiri Böyle Söyler Üstad</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>315</v>
+        <v>235</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256769359</t>
+          <t>9786256769632</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ayine-i Hikem</t>
+          <t>Üç Muhit Bir Felsefe</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256769335</t>
+          <t>9786256769656</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Töreli Türk Edebiyatı Çalışmaları-1 - Su Kasidesi (Şerh - Tahlil)</t>
+          <t>Osmanlı Şiir Sanatı Tarihi (1. Cilt)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>805</v>
+        <v>465</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256769298</t>
+          <t>9786256769274</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Mu‘ammayat-ı Emri</t>
+          <t>Çanakkale Şehidlerine (Şerh - Tahlil) - Töreli Türk Edebiyatı Çalışmaları 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>640</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256769311</t>
+          <t>9786256769625</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hasan Rızayi-i Aksarayî ve Şiirleri</t>
+          <t>Sakarya Türküsü (Şerh - Tahlil)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>515</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256769281</t>
+          <t>9786256769700</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Siyaset'in S'si</t>
+          <t>Politik Sosyoloji - Kuramsal ve Kavramsal Bir Çerçeve</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256769304</t>
+          <t>9786256769687</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nüru’l-Ulvi fi Şerhi’l-Hizbi’l-İmami’n-Nevevi</t>
+          <t>Ahlak ve Siyaset Arasında Aile Felsefesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256769175</t>
+          <t>9786256769571</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>شرح ميـزان الأدب للشيخ محمد ميراك الطشقندي المتوفى سنة 980هـ (نحو-صرف-بلاغة) - Şerhu Mizani’l Edeb liş’Şeyh Muhammed Mirek et-Taşkendi (Dirase ve Tahkik)</t>
+          <t>Bir Kılıcın Şiiri - La Seyfe İlla Zülfikar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>690</v>
+        <v>530</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256769137</t>
+          <t>9786256769670</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet'in İmamet Anlayışı</t>
+          <t>İsrail’in Teo-Politiği Vadedilmiş Topraklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256769151</t>
+          <t>9786256769618</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıldan Bir Şair Savunusu: Mehmed Hasib’in İbrahim Tırsi’yi Müdafaası</t>
+          <t>Klasik Divan Metinler Dizisi II - Yûnus Emre Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256769182</t>
+          <t>9786256432147</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Baki’nin Poetikası</t>
+          <t>Hurşid ü Cemşid</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>930</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256769168</t>
+          <t>9786256769601</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Belediyeciliğin Esasları</t>
+          <t>Klasik Divan Metinler Dizisi I - Mecmua Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256432345</t>
+          <t>9786256769328</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun’da Edebiyat Dersleri (1914-1915)</t>
+          <t>Gazaname</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256769144</t>
+          <t>9786256769540</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinin Kodları - Nebiler ve Rasüller</t>
+          <t>Nüzhet-i Cihan ve Nadire-i Zaman (Nigaristan)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>790</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256432352</t>
+          <t>9786256769366</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’nin Nübüvvet Savunması</t>
+          <t>Üç Tarz-ı Siyaset ve Düşünce Akımları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256432338</t>
+          <t>9786256769526</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sosyolojisi</t>
+          <t>Suç, Suçluluk ve Ötesi Suç Sosyolojisi Üzerine</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256432321</t>
+          <t>9786256769342</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Niğdeli Ahmed Namî’nin Manzum Üç Erba‘in Tercümesi</t>
+          <t>İnanç ve Geleneklerin Göçü - Coğrafya ve Kaderin Değişimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256432291</t>
+          <t>9786256769359</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hekimbaşı Aziz Efendi'nin Tercüme-i Eşcar u Esmar'ı - Tarihi Astrolojinin Kaynaklarından Ağaçlar ve Meyveler</t>
+          <t>Ayine-i Hikem</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256432314</t>
+          <t>9786256769335</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Edebiyat Dersleri</t>
+          <t>Töreli Türk Edebiyatı Çalışmaları-1 - Su Kasidesi (Şerh - Tahlil)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>235</v>
+        <v>805</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256432277</t>
+          <t>9786256769298</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İngiltere ile Fransa Arasında Bir Tanzimat Aydını - 1835 Tarihli Resimli Seyyahname</t>
+          <t>Şerh-i Mu‘ammayat-ı Emri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256432284</t>
+          <t>9786256769311</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Menkıbe-i Evliyaiyye fi Ahval-i Rızaiyye</t>
+          <t>Hasan Rızayi-i Aksarayî ve Şiirleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256432307</t>
+          <t>9786256769281</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan Edebiyatında Hikaye</t>
+          <t>Siyaset'in S'si</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256432178</t>
+          <t>9786256769304</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tematik ve Teorik Kur'an Okumaları Işığında Toplumsal Cinsiyet</t>
+          <t>Nüru’l-Ulvi fi Şerhi’l-Hizbi’l-İmami’n-Nevevi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256432260</t>
+          <t>9786256769175</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gencine-i Leva'ih</t>
+          <t>شرح ميـزان الأدب للشيخ محمد ميراك الطشقندي المتوفى سنة 980هـ (نحو-صرف-بلاغة) - Şerhu Mizani’l Edeb liş’Şeyh Muhammed Mirek et-Taşkendi (Dirase ve Tahkik)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>235</v>
+        <v>690</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256432161</t>
+          <t>9786256769137</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Divanı</t>
+          <t>Ehl-i Sünnet'in İmamet Anlayışı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>935</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256432239</t>
+          <t>9786256769151</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kadri’nin Manzum 101 Hadis Tercümesi</t>
+          <t>17. Yüzyıldan Bir Şair Savunusu: Mehmed Hasib’in İbrahim Tırsi’yi Müdafaası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256432215</t>
+          <t>9786256769182</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Hırka</t>
+          <t>Baki’nin Poetikası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256432253</t>
+          <t>9786256769168</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mekki b. Ebi Talib ve Ebü'l-Ferec İbnu'l-Cevzi'nin Nesih Problemine Bakışının Mukayesesi</t>
+          <t>Belediyeciliğin Esasları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256432222</t>
+          <t>9786256432345</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Düzce İktisat ve Kalkınma Kongresi 25-26 Aralık 2021</t>
+          <t>Darülfünun’da Edebiyat Dersleri (1914-1915)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256432185</t>
+          <t>9786256769144</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>M. A. Yekta Saraç Armağanı (2 Cilt)</t>
+          <t>İnsanlık Tarihinin Kodları - Nebiler ve Rasüller</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256432246</t>
+          <t>9786256432352</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Arab-zade'nin Manzum Nasihatnamesi</t>
+          <t>Mu’tezile’nin Nübüvvet Savunması</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256432130</t>
+          <t>9786256432338</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akkoyunlu ve Karakoyunlu Türkmen Devletleri Mimarîsinde Sanat Üslubu</t>
+          <t>Yaşlanma Sosyolojisi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>415</v>
+        <v>495</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256432154</t>
+          <t>9786256432321</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Okuyup Yazarak Yaşamak - Prof. Dr. Kemal Yavuz Armağanı</t>
+          <t>Niğdeli Ahmed Namî’nin Manzum Üç Erba‘in Tercümesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256432123</t>
+          <t>9786256432291</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Vesilesi Mevlid Denizinde</t>
+          <t>Hekimbaşı Aziz Efendi'nin Tercüme-i Eşcar u Esmar'ı - Tarihi Astrolojinin Kaynaklarından Ağaçlar ve Meyveler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>286</v>
+        <v>490</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258371963</t>
+          <t>9786256432314</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hakkın Düşmesi</t>
+          <t>Türkçe Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256432024</t>
+          <t>9786256432277</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>el-Bedi Fi'l-İrab (Arapça)</t>
+          <t>İngiltere ile Fransa Arasında Bir Tanzimat Aydını - 1835 Tarihli Resimli Seyyahname</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258371949</t>
+          <t>9786256432284</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Debusi’nin Fıkhi Metodu</t>
+          <t>Menkıbe-i Evliyaiyye fi Ahval-i Rızaiyye</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256432116</t>
+          <t>9786256432307</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cevher-name</t>
+          <t>Kırgızistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>425</v>
+        <v>315</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256432109</t>
+          <t>9786256432178</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Lugatçe-i Edebiyat</t>
+          <t>Tematik ve Teorik Kur'an Okumaları Işığında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256432093</t>
+          <t>9786256432260</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Edebiyatında Hikaye</t>
+          <t>Gencine-i Leva'ih</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256432086</t>
+          <t>9786256432161</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l-Müridin Tercümesi (İnceleme-Metin)</t>
+          <t>Şehirler Divanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>165</v>
+        <v>935</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256432031</t>
+          <t>9786256432239</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü’l-Emsal (İnceleme-Metin-Dizin)</t>
+          <t>Kadri’nin Manzum 101 Hadis Tercümesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>615</v>
+        <v>225</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256432062</t>
+          <t>9786256432215</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Raz-name (İnceleme-Metin)</t>
+          <t>Bir Şiir Bir Hırka</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054635344</t>
+          <t>9786256432253</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeni Malumat-ı Medeniye</t>
+          <t>Mekki b. Ebi Talib ve Ebü'l-Ferec İbnu'l-Cevzi'nin Nesih Problemine Bakışının Mukayesesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257760447</t>
+          <t>9786256432222</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesinin Deyimler Sözlüğü</t>
+          <t>Düzce İktisat ve Kalkınma Kongresi 25-26 Aralık 2021</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>365</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258371994</t>
+          <t>9786256432185</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>M. A. Yekta Saraç Armağanı (2 Cilt)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>245</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256432017</t>
+          <t>9786256432246</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Din ve Modernite Bağlamında Değerler</t>
+          <t>Arab-zade'nin Manzum Nasihatnamesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256432000</t>
+          <t>9786256432130</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı İmam Gazzali</t>
+          <t>Akkoyunlu ve Karakoyunlu Türkmen Devletleri Mimarîsinde Sanat Üslubu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258371765</t>
+          <t>9786256432154</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şehitlik 2: Yahudi-Hıristiyan Geleneğinde Şehitlik Olgusu</t>
+          <t>Okuyup Yazarak Yaşamak - Prof. Dr. Kemal Yavuz Armağanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258371987</t>
+          <t>9786256432123</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Din Okuryazarlığının Doğuşu</t>
+          <t>Kurtuluş Vesilesi Mevlid Denizinde</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>405</v>
+        <v>286</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257760577</t>
+          <t>9786258371963</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Müftüsü Abdullah Esad (Zeyni) Efendi ve Mevlidleri</t>
+          <t>İslam Hukukunda Hakkın Düşmesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258371840</t>
+          <t>9786256432024</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Işığında Osmanlı</t>
+          <t>el-Bedi Fi'l-İrab (Arapça)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258371956</t>
+          <t>9786258371949</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Vadisi'nde Din, Kültür ve Medeniyet Sosyolojisi</t>
+          <t>Debusi’nin Fıkhi Metodu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258371970</t>
+          <t>9786256432116</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Canik Mebusu Mehmet Emin (Geveci) Bey'in Siyasi Faaliyetleri</t>
+          <t>Cevher-name</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>265</v>
+        <v>425</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258371826</t>
+          <t>9786256432109</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 6. Cilt</t>
+          <t>Lugatçe-i Edebiyat</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258371833</t>
+          <t>9786256432093</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Süleyman İzzi Divançesi</t>
+          <t>Kazakistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258371932</t>
+          <t>9786256432086</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Teşrih-i Tıba'</t>
+          <t>Nuru’l-Müridin Tercümesi (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258371857</t>
+          <t>9786256432031</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Heşt Behişt Mesnevisi (Behişt-Abad)</t>
+          <t>Tuhfetü’l-Emsal (İnceleme-Metin-Dizin)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>395</v>
+        <v>615</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258371758</t>
+          <t>9786256432062</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şehitlik 1 - İslam Geleneğinde Şehitlik Olgusu</t>
+          <t>Raz-name (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258371567</t>
+          <t>9786054635344</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumda Mit ve Efsane</t>
+          <t>Yeni Malumat-ı Medeniye</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258371802</t>
+          <t>9786257760447</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mesafe</t>
+          <t>Eski Türkiye Türkçesinin Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>490</v>
+        <v>365</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258371925</t>
+          <t>9786258371994</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Dostan Şerh-i Bostan</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>535</v>
+        <v>245</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258371871</t>
+          <t>9786256432017</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Taşra Yönetim Sisteminin Teşekkülü (1362-1949)</t>
+          <t>Din ve Modernite Bağlamında Değerler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258371888</t>
+          <t>9786256432000</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Lebib Divanı (3 Cilt, Takım)</t>
+          <t>Menakıb-ı İmam Gazzali</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>2500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258371796</t>
+          <t>9786258371765</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Güzellik ve Çirkinliğe Bakışı</t>
+          <t>Şehitlik 2: Yahudi-Hıristiyan Geleneğinde Şehitlik Olgusu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>385</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258371819</t>
+          <t>9786258371987</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İki Ölüm İki Hayat</t>
+          <t>Din Okuryazarlığının Doğuşu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258371772</t>
+          <t>9786257760577</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Manzume-i Ahval-i Alaka</t>
+          <t>Balıkesir Müftüsü Abdullah Esad (Zeyni) Efendi ve Mevlidleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257471466</t>
+          <t>9786258371840</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türkmenistan Edebiyatında Hikaye</t>
+          <t>17. Yüzyıl Işığında Osmanlı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>340</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258371673</t>
+          <t>9786258371956</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir İslam Mimarisinde Beytülmal Binaları</t>
+          <t>Kurtlar Vadisi'nde Din, Kültür ve Medeniyet Sosyolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258371727</t>
+          <t>9786258371970</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Süleyman-name-i Kebir (16. Cilt)</t>
+          <t>Canik Mebusu Mehmet Emin (Geveci) Bey'in Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258371734</t>
+          <t>9786258371826</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dini/Manevi Danışmanlık ve Rehberlik</t>
+          <t>Osmanlı Şiiri Kılavuzu 6. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>275</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258371703</t>
+          <t>9786258371833</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Fenni Divanı</t>
+          <t>Süleyman İzzi Divançesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>630</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258371741</t>
+          <t>9786258371932</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Divan / Edirneli Mecdi</t>
+          <t>Teşrih-i Tıba'</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258371697</t>
+          <t>9786258371857</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Farklı Yaklaşımlar</t>
+          <t>Heşt Behişt Mesnevisi (Behişt-Abad)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258371680</t>
+          <t>9786258371758</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Zari Divanı</t>
+          <t>Şehitlik 1 - İslam Geleneğinde Şehitlik Olgusu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>265</v>
+        <v>155</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258371666</t>
+          <t>9786258371567</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Sebk-i Türkistani/Horasani</t>
+          <t>Modern Toplumda Mit ve Efsane</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258371611</t>
+          <t>9786258371802</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Naşid Safvet Divanı</t>
+          <t>Sosyal Mesafe</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258371581</t>
+          <t>9786258371925</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Estetik Öznenin Epistemolojik Dönüşümü</t>
+          <t>Tuhfe-i Dostan Şerh-i Bostan</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>185</v>
+        <v>535</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258371574</t>
+          <t>9786258371871</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Salar Baba Oğuznamesi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Taşra Yönetim Sisteminin Teşekkülü (1362-1949)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>455</v>
+        <v>440</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258371659</t>
+          <t>9786258371888</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahmedi Divanı</t>
+          <t>İstanbullu Lebib Divanı (3 Cilt, Takım)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>990</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258371628</t>
+          <t>9786258371796</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Okçuzade Mehmed Şahi ve Münşeatı Münşe’atü'l-İnşa'</t>
+          <t>Kur'an'ın Güzellik ve Çirkinliğe Bakışı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>810</v>
+        <v>385</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257471565</t>
+          <t>9786258371819</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'in Teoloji Anlayışı ve Onto-Teoloji Eleştirisi</t>
+          <t>İki Ölüm İki Hayat</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>215</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258371642</t>
+          <t>9786258371772</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Kan Kal'ası ile Hikaye-i Haver-Zemin</t>
+          <t>Manzume-i Ahval-i Alaka</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>875</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258371635</t>
+          <t>9786257471466</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Altın Şehrin Romanı</t>
+          <t>Türkmenistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258371598</t>
+          <t>9786258371673</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Baki Kitabı</t>
+          <t>Erken Devir İslam Mimarisinde Beytülmal Binaları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>660</v>
+        <v>255</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258371604</t>
+          <t>9786258371727</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Yahya Vakıf ve Divanı</t>
+          <t>Süleyman-name-i Kebir (16. Cilt)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258371550</t>
+          <t>9786258371734</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aşık Rüstem Alyansoğlu</t>
+          <t>Dini/Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>460</v>
+        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258371543</t>
+          <t>9786258371703</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumun Geleceği</t>
+          <t>Mustafa Fenni Divanı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>225</v>
+        <v>630</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258371499</t>
+          <t>9786258371741</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kadi ‘Ali’nin Sergüzeşt-name'si</t>
+          <t>Divan / Edirneli Mecdi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258371512</t>
+          <t>9786258371697</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cemali'nin İki Tasavvufi Mesnevisi</t>
+          <t>Toplumsal Cinsiyete Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258371482</t>
+          <t>9786258371680</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mecmû‘a-i Eş‘arım</t>
+          <t>Zari Divanı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258371338</t>
+          <t>9786258371666</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kadı Mevlana Hasan ve Divanı</t>
+          <t>Klasik Türk Şiirinde Sebk-i Türkistani/Horasani</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258371345</t>
+          <t>9786258371611</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Hakikat</t>
+          <t>Naşid Safvet Divanı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>730</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258371291</t>
+          <t>9786258371581</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuk ve Gençlerin Spora Katılım Engelleri</t>
+          <t>Türk Şiirinde Estetik Öznenin Epistemolojik Dönüşümü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258371321</t>
+          <t>9786258371574</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Gka</t>
+          <t>Salar Baba Oğuznamesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>455</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258371314</t>
+          <t>9786258371659</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Göç Olgusunun Felsefİ Sosyolojisi</t>
+          <t>Ahmedi Divanı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>295</v>
+        <v>990</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258371307</t>
+          <t>9786258371628</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İsmail Habip Sevük’ün Türk Folkloruna Katkıları</t>
+          <t>Okçuzade Mehmed Şahi ve Münşeatı Münşe’atü'l-İnşa'</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>340</v>
+        <v>810</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258371277</t>
+          <t>9786257471565</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mirza Meryemhan Divanı</t>
+          <t>Martin Heidegger'in Teoloji Anlayışı ve Onto-Teoloji Eleştirisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>670</v>
+        <v>215</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258371260</t>
+          <t>9786258371642</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Kelile ve Dimne Tercümesi</t>
+          <t>Kıssa-i Kan Kal'ası ile Hikaye-i Haver-Zemin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>835</v>
+        <v>875</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258371284</t>
+          <t>9786258371635</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Globalleşmenin Kültürel-Politik Sosyolojisi</t>
+          <t>Altın Şehrin Romanı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257471671</t>
+          <t>9786258371598</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Behişt Sinan'ın Mihr ü Müşteri Adlı Mesnevisi</t>
+          <t>Baki Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>500</v>
+        <v>660</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258371246</t>
+          <t>9786258371604</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Cehanname</t>
+          <t>Seyyid Yahya Vakıf ve Divanı</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258371185</t>
+          <t>9786258371550</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Nakd-i Gayret-i Hanif</t>
+          <t>Aşık Rüstem Alyansoğlu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258371215</t>
+          <t>9786258371543</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ruhu - Derun-i Dil</t>
+          <t>Modern Toplumun Geleceği</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257471848</t>
+          <t>9786258371499</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyolojinin İnşası</t>
+          <t>Kadi ‘Ali’nin Sergüzeşt-name'si</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257471725</t>
+          <t>9786258371512</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatında Hikaye</t>
+          <t>Cemali'nin İki Tasavvufi Mesnevisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257471282</t>
+          <t>9786258371482</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İzmirli İsmail Hakkı’nın Meali ve Türkçe Namaz Fetvası</t>
+          <t>Mecmû‘a-i Eş‘arım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257471251</t>
+          <t>9786258371338</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mircea Eliade ve Din: Dinler Tarihinde Felsefe ve Metodoloji</t>
+          <t>Kadı Mevlana Hasan ve Divanı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>625</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257471244</t>
+          <t>9786258371345</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Burçlarla İmtihanı: Teorik ve Gündelik Fragmanlar</t>
+          <t>Varlık ve Hakikat</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>245</v>
+        <v>730</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257760133</t>
+          <t>9786258371291</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Vatandaşlık Eğitimi Metinleri - 7 Kitap Takım</t>
+          <t>Türkiye'de Çocuk ve Gençlerin Spora Katılım Engelleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257471589</t>
+          <t>9786258371321</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karaçay-Balkarlıların Kimlik Algısı</t>
+          <t>Aforizmalar - Gka</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257471503</t>
+          <t>9786258371314</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayriyye Naziresi Fehminame</t>
+          <t>Göç Olgusunun Felsefİ Sosyolojisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257471596</t>
+          <t>9786258371307</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayal-i Sitare</t>
+          <t>İsmail Habip Sevük’ün Türk Folkloruna Katkıları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054635641</t>
+          <t>9786258371277</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Mesneviden Seçme Hikayeler 1</t>
+          <t>Mirza Meryemhan Divanı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>225</v>
+        <v>670</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054635580</t>
+          <t>9786258371260</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dil Yanlışı Sözcükler Defteri</t>
+          <t>Çağatayca Kelile ve Dimne Tercümesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>275</v>
+        <v>835</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054635290</t>
+          <t>9786258371284</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Esami</t>
+          <t>Globalleşmenin Kültürel-Politik Sosyolojisi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258371505</t>
+          <t>9786257471671</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Mesleki Eğitim ve Rehabilitasyon Hizmetlerinde Körler</t>
+          <t>Behişt Sinan'ın Mihr ü Müşteri Adlı Mesnevisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>355</v>
+        <v>500</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258371475</t>
+          <t>9786258371246</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Savaş Aletleri</t>
+          <t>Cehanname</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>610</v>
+        <v>325</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258371192</t>
+          <t>9786258371185</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Külliler Meselesi</t>
+          <t>Nakd-i Gayret-i Hanif</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257471718</t>
+          <t>9786258371215</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Derunizade Muhammed Hulusi Divanı</t>
+          <t>Kadın Ruhu - Derun-i Dil</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257471657</t>
+          <t>9786257471848</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hikayeti Yemame Sehaveti İmam Ali</t>
+          <t>Türkiye’de Sosyolojinin İnşası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257471701</t>
+          <t>9786257471725</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İsyani Divanı</t>
+          <t>Azerbaycan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257471695</t>
+          <t>9786257471282</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Feminist Söylemde Yeni Bir Bakış: Judith Butler</t>
+          <t>İzmirli İsmail Hakkı’nın Meali ve Türkçe Namaz Fetvası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257471664</t>
+          <t>9786257471251</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi’nde İstanbul’da Rumeli Göçmenleri</t>
+          <t>Mircea Eliade ve Din: Dinler Tarihinde Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>155</v>
+        <v>625</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257471602</t>
+          <t>9786257471244</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dil Tartışmaları</t>
+          <t>Toplumun Burçlarla İmtihanı: Teorik ve Gündelik Fragmanlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>405</v>
+        <v>245</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257471619</t>
+          <t>9786257760133</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger Düşüncesinde Zaman-Hakikat İlişkisi</t>
+          <t>Cumhuriyet Öncesi Vatandaşlık Eğitimi Metinleri - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257471633</t>
+          <t>9786257471589</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Distopik Romanlarda Kaygı</t>
+          <t>Karaçay-Balkarlıların Kimlik Algısı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>580</v>
+        <v>305</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257471510</t>
+          <t>9786257471503</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Murtazaviyye</t>
+          <t>Bir Hayriyye Naziresi Fehminame</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257471572</t>
+          <t>9786257471596</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Ütopya</t>
+          <t>Hayal-i Sitare</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>205</v>
+        <v>110</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257471527</t>
+          <t>9786054635641</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Araştırmaları</t>
+          <t>Osmanlıca Öğrenenler İçin Mesneviden Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257471497</t>
+          <t>9786054635580</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 5. Cilt</t>
+          <t>Dil Yanlışı Sözcükler Defteri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257471480</t>
+          <t>9786054635290</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Süleyman ve Divanı</t>
+          <t>Esami</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>535</v>
+        <v>290</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257471473</t>
+          <t>9786258371505</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Varlık Vardan Gelir</t>
+          <t>Türkiye’de ve Dünyada Mesleki Eğitim ve Rehabilitasyon Hizmetlerinde Körler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>355</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257471435</t>
+          <t>9786258371475</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sakızlı İsa Efendi ve Nizamü’l-Edviyesi Üzerine İncelemeler</t>
+          <t>Klasik Türk Şiirinde Savaş Aletleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>480</v>
+        <v>610</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257471428</t>
+          <t>9786258371192</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname-i Londra</t>
+          <t>İbn Sina'da Külliler Meselesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257471411</t>
+          <t>9786257471718</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Münazara</t>
+          <t>Derunizade Muhammed Hulusi Divanı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>475</v>
+        <v>215</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257471268</t>
+          <t>9786257471657</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Makamat-ı Hariri Şerhi</t>
+          <t>Hikayeti Yemame Sehaveti İmam Ali</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1040</v>
+        <v>295</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257471305</t>
+          <t>9786257471701</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Edmund Burke’te Politik Akıl ve Modernite Eleştirisi</t>
+          <t>İsyani Divanı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257760485</t>
+          <t>9786257471695</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane Kelkit Söğütlü Ağzı</t>
+          <t>Feminist Söylemde Yeni Bir Bakış: Judith Butler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257471299</t>
+          <t>9786257471664</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yazıcılığında Dönüşüm</t>
+          <t>93 Harbi’nde İstanbul’da Rumeli Göçmenleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257471152</t>
+          <t>9786257471602</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü’nün Mahiyeti</t>
+          <t>Türkiye'de Dil Tartışmaları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257471237</t>
+          <t>9786257471619</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Partiler Sosyolojisi</t>
+          <t>Martin Heidegger Düşüncesinde Zaman-Hakikat İlişkisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257471220</t>
+          <t>9786257471633</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Ahlak</t>
+          <t>Distopik Romanlarda Kaygı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257471275</t>
+          <t>9786257471510</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bir Anayasa Yapımının İzahlı Kronolojisi 1961</t>
+          <t>Menakıb-ı Murtazaviyye</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>295</v>
+        <v>700</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257471145</t>
+          <t>9786257471572</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'nin Siyaset ve Toplum Düşüncesi</t>
+          <t>Eleştiri ve Ütopya</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257471206</t>
+          <t>9786257471527</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Kuramları ve Metin Tahlilleri</t>
+          <t>Halkbilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>470</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257471190</t>
+          <t>9786257471497</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Manzume-i Pend-i Attar</t>
+          <t>Osmanlı Şiiri Kılavuzu 5. Cilt</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>330</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257471183</t>
+          <t>9786257471480</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Şuara</t>
+          <t>Süleyman ve Divanı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>535</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257471176</t>
+          <t>9786257471473</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bosnalı Sami'i Divanı</t>
+          <t>Varlık Vardan Gelir</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257471138</t>
+          <t>9786257471435</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halveti’nin Tasavvufi Mesnevileri</t>
+          <t>Sakızlı İsa Efendi ve Nizamü’l-Edviyesi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>730</v>
+        <v>480</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257471121</t>
+          <t>9786257471428</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Cebir ve Denklem Hesabı Üzerine Özet Kitap</t>
+          <t>Seyahatname-i Londra</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257471114</t>
+          <t>9786257471411</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Bir Alimin Serencamı: Ahmed Mikdad Efendi</t>
+          <t>Klasik Türk Edebiyatında Münazara</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>515</v>
+        <v>475</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257471107</t>
+          <t>9786257471268</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hukuk İlmine Giriş</t>
+          <t>Makamat-ı Hariri Şerhi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>205</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257471091</t>
+          <t>9786257471305</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Fenomen Olarak İslam’da Hac Olgusu</t>
+          <t>Edmund Burke’te Politik Akıl ve Modernite Eleştirisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257471060</t>
+          <t>9786257760485</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Telhisü’n-Nasayıh</t>
+          <t>Gümüşhane Kelkit Söğütlü Ağzı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257471077</t>
+          <t>9786257471299</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tannane ve Tayyare Kasideleri Şerhi</t>
+          <t>Siyer Yazıcılığında Dönüşüm</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257471084</t>
+          <t>9786257471152</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İhya’dan Hikmetler</t>
+          <t>Tefsir Usulü’nün Mahiyeti</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257471053</t>
+          <t>9786257471237</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Siirt Arapçası</t>
+          <t>Siyasal Partiler Sosyolojisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257471015</t>
+          <t>9786257471220</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>İnanç ve Ahlak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257471039</t>
+          <t>9786257471275</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Teoloji</t>
+          <t>Türkiye’de Bir Anayasa Yapımının İzahlı Kronolojisi 1961</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257438995</t>
+          <t>9786257471145</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Müslimi Divanı</t>
+          <t>Gazzali'nin Siyaset ve Toplum Düşüncesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257471046</t>
+          <t>9786257471206</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Divanlar Kataloğu (Bibliyografya)</t>
+          <t>Eleştiri Kuramları ve Metin Tahlilleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257471022</t>
+          <t>9786257471190</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kafiyeci - Sa'di Bağlamında Kavaidü’t-Tefsir Kavramı ve Literatürü</t>
+          <t>Tercüme-i Manzume-i Pend-i Attar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257471008</t>
+          <t>9786257471183</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Eleştiri Terimleri Sözlüğü</t>
+          <t>Tezkire-i Şuara</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257438988</t>
+          <t>9786257471176</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mushaf Hattatları Rehberi</t>
+          <t>Bosnalı Sami'i Divanı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257438957</t>
+          <t>9786257471138</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Nüsha Işığında Eski Anadolu Türkçesi Devri Manzum - Hz. Ali Cenk-Nameleri</t>
+          <t>Cemal-i Halveti’nin Tasavvufi Mesnevileri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>530</v>
+        <v>730</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257438964</t>
+          <t>9786257471121</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizme Entegrasyon ve İslamcılık(lar)</t>
+          <t>Cebir ve Denklem Hesabı Üzerine Özet Kitap</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257438971</t>
+          <t>9786257471114</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Osmanlı'dan Cumhuriyet'e Bir Alimin Serencamı: Ahmed Mikdad Efendi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>325</v>
+        <v>515</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257760560</t>
+          <t>9786257471107</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İslami Türk Edebiyatı Metinleri</t>
+          <t>Hukuk İlmine Giriş</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257760492</t>
+          <t>9786257471091</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Safahat’tan Seçme Şiirler</t>
+          <t>Bir Sosyal Fenomen Olarak İslam’da Hac Olgusu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>410</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257760584</t>
+          <t>9786257471060</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Arzusu</t>
+          <t>Telhisü’n-Nasayıh</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257760553</t>
+          <t>9786257471077</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kent İmgesi ve Kentli Kimliği</t>
+          <t>Tannane ve Tayyare Kasideleri Şerhi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257760539</t>
+          <t>9786257471084</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Divançe Ve Münşeat-ı Türkiyye</t>
+          <t>İhya’dan Hikmetler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>435</v>
+        <v>165</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257760546</t>
+          <t>9786257471053</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Gelibolulu Süruri - Şerh-i Risale-i Mu'amma-yı 'Ali Ker</t>
+          <t>Geçmişten Günümüze Siirt Arapçası</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257760522</t>
+          <t>9786257471015</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şiirimizden Seçmeler Mecmuası 17. Yüzyıl</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>670</v>
+        <v>300</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257760515</t>
+          <t>9786257471039</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide İlişkisellik ve İlişkisel Sosyoloji</t>
+          <t>Postmodern Teoloji</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257760478</t>
+          <t>9786257438995</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Pend-Nameler ve Levh-Name</t>
+          <t>Müslimi Divanı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>175</v>
+        <v>440</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257760508</t>
+          <t>9786257471046</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Rutin ve Hayret</t>
+          <t>Türkçe Divanlar Kataloğu (Bibliyografya)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257760461</t>
+          <t>9786257471022</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür, Gençlik ve Hallyu</t>
+          <t>Kafiyeci - Sa'di Bağlamında Kavaidü’t-Tefsir Kavramı ve Literatürü</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257760454</t>
+          <t>9786257471008</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mahremi’nin Belgrad Fethine Kasidesi Ya Da Kanuni Methiyesi</t>
+          <t>Klasik Türk Edebiyatı Eleştiri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>425</v>
+        <v>490</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257760430</t>
+          <t>9786257438988</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Refah Muhitinde Dindar Kadın</t>
+          <t>Mushaf Hattatları Rehberi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257760416</t>
+          <t>9786257438957</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcı Yabancılaşma</t>
+          <t>Yeni Bir Nüsha Işığında Eski Anadolu Türkçesi Devri Manzum - Hz. Ali Cenk-Nameleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>305</v>
+        <v>530</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257760423</t>
+          <t>9786257438964</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılıktan Postyapısalcılığa</t>
+          <t>Kapitalizme Entegrasyon ve İslamcılık(lar)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257760393</t>
+          <t>9786257438971</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Gülistan’dan Seçme Hikayeler</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257760409</t>
+          <t>9786257760560</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hastalık, Sağlık ve Toplum</t>
+          <t>İslami Türk Edebiyatı Metinleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257760379</t>
+          <t>9786257760492</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sünbülistan Şerhi</t>
+          <t>Osmanlıca Öğrenenler İçin Safahat’tan Seçme Şiirler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>530</v>
+        <v>90</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257760386</t>
+          <t>9786257760584</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Anadolu’da Evlilik 1075-1308</t>
+          <t>Demokrasi Arzusu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>235</v>
+        <v>305</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257760362</t>
+          <t>9786257760553</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Rağmi Divanı</t>
+          <t>Kent İmgesi ve Kentli Kimliği</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257760355</t>
+          <t>9786257760539</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Şerhi</t>
+          <t>Divançe Ve Münşeat-ı Türkiyye</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>265</v>
+        <v>435</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257760348</t>
+          <t>9786257760546</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Şiir Üzerine</t>
+          <t>Gelibolulu Süruri - Şerh-i Risale-i Mu'amma-yı 'Ali Ker</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257760324</t>
+          <t>9786257760522</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 4. Cilt (Ebabil - Füsun)</t>
+          <t>Kadim Şiirimizden Seçmeler Mecmuası 17. Yüzyıl</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>1125</v>
+        <v>670</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257760126</t>
+          <t>9786257760515</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Şehir</t>
+          <t>Sosyolojide İlişkisellik ve İlişkisel Sosyoloji</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>240</v>
+        <v>305</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257760331</t>
+          <t>9786257760478</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dili</t>
+          <t>Pend-Nameler ve Levh-Name</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257760119</t>
+          <t>9786257760508</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme ve Ailenin Değişimi</t>
+          <t>Rutin ve Hayret</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257760263</t>
+          <t>9786257760461</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Metafizikçi Olarak Nietzsche</t>
+          <t>Popüler Kültür, Gençlik ve Hallyu</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257760270</t>
+          <t>9786257760454</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Yunan Zulüm ve Vahşeti</t>
+          <t>Mahremi’nin Belgrad Fethine Kasidesi Ya Da Kanuni Methiyesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>490</v>
+        <v>425</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257760256</t>
+          <t>9786257760430</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Mantığı</t>
+          <t>Refah Muhitinde Dindar Kadın</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257760294</t>
+          <t>9786257760416</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir, Sosyalizm ve Devlet</t>
+          <t>Yapısalcı Yabancılaşma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257760287</t>
+          <t>9786257760423</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Daima Hilekar</t>
+          <t>Yapısalcılıktan Postyapısalcılığa</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257760317</t>
+          <t>9786257760393</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Süreç Yapılaşma ve Model Bağlamında Kur'an'da Firavun Tipolojisi</t>
+          <t>Osmanlıca Öğrenenler İçin Gülistan’dan Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>310</v>
+        <v>125</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257760300</t>
+          <t>9786257760409</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Duyuşsal Boyut</t>
+          <t>Hastalık, Sağlık ve Toplum</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257760249</t>
+          <t>9786257760379</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı Şerhi</t>
+          <t>Sünbülistan Şerhi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>600</v>
+        <v>530</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257760225</t>
+          <t>9786257760386</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hisler ve Fikirler</t>
+          <t>Selçuklular Zamanında Anadolu’da Evlilik 1075-1308</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257760232</t>
+          <t>9786257760362</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Lane-i Melal</t>
+          <t>Rağmi Divanı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257760218</t>
+          <t>9786257760355</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sesi</t>
+          <t>Kaside-i Bürde Şerhi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257760195</t>
+          <t>9786257760348</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Postmodernizm ve Şiir Üzerine</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257760201</t>
+          <t>9786257760324</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Resimli Vezaif-i Medeniye (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Osmanlı Şiiri Kılavuzu 4. Cilt (Ebabil - Füsun)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257760188</t>
+          <t>9786257760126</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kitap - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Yavaş Şehir</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257760171</t>
+          <t>9786257760331</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İbtidaiyelere Malumat-ı Ahlakiye ve Medeniye (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Kur'an Dili</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257760164</t>
+          <t>9786257760119</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yeni Malumat-ı Medeniye (Ahlaki Vatani Dersler - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Kentleşme ve Ailenin Değişimi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257760157</t>
+          <t>9786257760263</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye ve Ahlakiye (İkinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Metafizikçi Olarak Nietzsche</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257760140</t>
+          <t>9786257760270</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Anadolu'da Yunan Zulüm ve Vahşeti</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>175</v>
+        <v>490</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257760027</t>
+          <t>9786257760256</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Arap İzzet Paşa - Sultan 2. Abdülhamid’in Mabeyn İkinci Katibi</t>
+          <t>Toplumun Mantığı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257760003</t>
+          <t>9786257760294</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Tekniğin Diyalektiği</t>
+          <t>Kemal Tahir, Sosyalizm ve Devlet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257760102</t>
+          <t>9786257760287</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l-Hulefa</t>
+          <t>Daima Hilekar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257760072</t>
+          <t>9786257760317</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kovuğundan Çıkmak</t>
+          <t>Süreç Yapılaşma ve Model Bağlamında Kur'an'da Firavun Tipolojisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257760041</t>
+          <t>9786257760300</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şairin İlimle İmtihanı</t>
+          <t>Din Eğitiminde Duyuşsal Boyut</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257760089</t>
+          <t>9786257760249</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Edebi ve Kültürel Açıdan Osmanlı Mezar Taşları</t>
+          <t>Yavuz Sultan Selim Divanı Şerhi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257760096</t>
+          <t>9786257760225</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Söylem</t>
+          <t>Hisler ve Fikirler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054635993</t>
+          <t>9786257760232</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Tarihiyye ve Edebiyye</t>
+          <t>Lane-i Melal</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257760058</t>
+          <t>9786257760218</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Bir Vizyon Tasarımı</t>
+          <t>Aşkın Sesi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257760065</t>
+          <t>9786257760195</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Erzincanlı Visali Divanı</t>
+          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054635986</t>
+          <t>9786257760201</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Evrensel ve Komşu</t>
+          <t>Resimli Vezaif-i Medeniye (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257760034</t>
+          <t>9786257760188</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Nişancı Abdurrahman Abdi Paşa Divançesi</t>
+          <t>Malumat-ı Medeniye (Birinci Kitap - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054635979</t>
+          <t>9786257760171</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tartışma: Birey mi, Toplum mu?</t>
+          <t>İbtidaiyelere Malumat-ı Ahlakiye ve Medeniye (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054635962</t>
+          <t>9786257760164</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İyinin Peşinde</t>
+          <t>Yeni Malumat-ı Medeniye (Ahlaki Vatani Dersler - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054635955</t>
+          <t>9786257760157</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Karşı-Ütopya ve Modernite</t>
+          <t>Malumat-ı Medeniye ve Ahlakiye (İkinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054635702</t>
+          <t>9786257760140</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cami‘ü’l-Hikayat Tercümesi</t>
+          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054635948</t>
+          <t>9786257760027</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim Tarihinde Bir Metot Olarak Rıhle</t>
+          <t>Arap İzzet Paşa - Sultan 2. Abdülhamid’in Mabeyn İkinci Katibi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054635924</t>
+          <t>9786257760003</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiden Denemeye Bir Yol Gider</t>
+          <t>Aklın ve Tekniğin Diyalektiği</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054635931</t>
+          <t>9786257760102</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti'nin Seçimleri</t>
+          <t>Tezkiretü'l-Hulefa</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>205</v>
+        <v>520</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054635900</t>
+          <t>9786257760072</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Düşüncede Temsil Krizi</t>
+          <t>Ağaç Kovuğundan Çıkmak</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054635894</t>
+          <t>9786257760041</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Şairin İlimle İmtihanı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>645</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054635870</t>
+          <t>9786257760089</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bolkvadze-zade İbrahim Kadem ve Manzum İki Eseri: Delilü’l-Harameyn - Mevlidü’n-Nebi</t>
+          <t>Tarihi Edebi ve Kültürel Açıdan Osmanlı Mezar Taşları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054635863</t>
+          <t>9786257760096</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ruzi ve Şiiri</t>
+          <t>Yaşam ve Söylem</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054635856</t>
+          <t>9786054635993</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Tevessül - Necib Efendi’nin Kaside-i Bürde Şerhi</t>
+          <t>Makalat-ı Tarihiyye ve Edebiyye</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054635788</t>
+          <t>9786257760058</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mir’at-i Muhammedi - Divan Şiirinden Na‘t Örnekleri</t>
+          <t>Türkiye İçin Bir Vizyon Tasarımı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054635849</t>
+          <t>9786257760065</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hafız Ahmedi Şükri’nin Mevlüdü’n-Nebi’si</t>
+          <t>Erzincanlı Visali Divanı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054635740</t>
+          <t>9786054635986</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Siham-ı Kaza</t>
+          <t>Evrensel ve Komşu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054635764</t>
+          <t>9786257760034</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Lozan - Sulh Muahedenamesi</t>
+          <t>Nişancı Abdurrahman Abdi Paşa Divançesi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054635818</t>
+          <t>9786054635979</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Semhudi’nin İdahu’l-Beyan’ı ve Alemin Mükemmelliği Düşüncesi</t>
+          <t>Kadim Tartışma: Birey mi, Toplum mu?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054635771</t>
+          <t>9786054635962</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bitlisli Şükri Divanı</t>
+          <t>İyinin Peşinde</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>155</v>
+        <v>440</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054635757</t>
+          <t>9786054635955</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Eslaf - Teracim-i Ahval - Tercim-i Ahval-ı Meşahir</t>
+          <t>Ütopya Karşı-Ütopya ve Modernite</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054635733</t>
+          <t>9786054635702</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Hadis-i Erbain Tercümesi</t>
+          <t>Cami‘ü’l-Hikayat Tercümesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054635726</t>
+          <t>9786054635948</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 3. Cilt</t>
+          <t>İslam Eğitim Tarihinde Bir Metot Olarak Rıhle</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>1125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054635696</t>
+          <t>9786054635924</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mir'atu'l Gaybi'l H-akani</t>
+          <t>Söyleşiden Denemeye Bir Yol Gider</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054635672</t>
+          <t>9786054635931</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ziver ve Divanı</t>
+          <t>Demokrat Parti'nin Seçimleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>620</v>
+        <v>205</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054635665</t>
+          <t>9786054635900</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kuduri Şerhi El-Lübab Kaynak ve Metod</t>
+          <t>Postmodern Düşüncede Temsil Krizi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054635627</t>
+          <t>9786054635894</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Torunu Satıa Hanım Sultan’ın Hatıralarında Eski İstanbul ve Sosyal Hayat</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>210</v>
+        <v>645</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054635658</t>
+          <t>9786054635870</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aynasında Kadın</t>
+          <t>Bolkvadze-zade İbrahim Kadem ve Manzum İki Eseri: Delilü’l-Harameyn - Mevlidü’n-Nebi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054635634</t>
+          <t>9786054635863</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Belagat</t>
+          <t>Aşık Ruzi ve Şiiri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054635603</t>
+          <t>9786054635856</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Baha Tevfik'te Din ve Tanrı Problemi</t>
+          <t>Muhtasar Tevessül - Necib Efendi’nin Kaside-i Bürde Şerhi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054635610</t>
+          <t>9786054635788</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Borden Parker Bowne'un Tanrı Anlayışı</t>
+          <t>Mir’at-i Muhammedi - Divan Şiirinden Na‘t Örnekleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054635597</t>
+          <t>9786054635849</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Partilerin Programlarında Sağlık Politikaları 1923 - 2018</t>
+          <t>Hafız Ahmedi Şükri’nin Mevlüdü’n-Nebi’si</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054635573</t>
+          <t>9786054635740</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cevher-Name-i Sultan Muradi</t>
+          <t>Siham-ı Kaza</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>395</v>
+        <v>600</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054635566</t>
+          <t>9786054635764</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Muamma</t>
+          <t>Lozan - Sulh Muahedenamesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>305</v>
+        <v>420</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054635559</t>
+          <t>9786054635818</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Semhudi’nin İdahu’l-Beyan’ı ve Alemin Mükemmelliği Düşüncesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>675</v>
+        <v>450</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054635542</t>
+          <t>9786054635771</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun İstikbali ve Akdeniz Meselesi</t>
+          <t>Bitlisli Şükri Divanı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054635429</t>
+          <t>9786054635757</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sanat-ı Tahrir ve Edebiyat</t>
+          <t>Eslaf - Teracim-i Ahval - Tercim-i Ahval-ı Meşahir</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>385</v>
+        <v>500</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054635535</t>
+          <t>9786054635733</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Muallim-i Kavaid-i Farisi</t>
+          <t>Şerh-i Hadis-i Erbain Tercümesi</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054635528</t>
+          <t>9786054635726</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Envaru’l-Kulub</t>
+          <t>Osmanlı Şiiri Kılavuzu 3. Cilt</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>715</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054635511</t>
+          <t>9786054635696</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Kami ve Divanı</t>
+          <t>Mir'atu'l Gaybi'l H-akani</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054635498</t>
+          <t>9786054635672</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Altın Merdiven</t>
+          <t>Ziver ve Divanı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054635504</t>
+          <t>9786054635665</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Memluk Sultanlarının Alayları - (1250-1517)</t>
+          <t>Kuduri Şerhi El-Lübab Kaynak ve Metod</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054635450</t>
+          <t>9786054635627</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Sultan 2. Abdülhamid’in Torunu Satıa Hanım Sultan’ın Hatıralarında Eski İstanbul ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>850</v>
+        <v>210</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054635474</t>
+          <t>9786054635658</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Fedaileri 1</t>
+          <t>Zaman Aynasında Kadın</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>325</v>
+        <v>335</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054635481</t>
+          <t>9786054635634</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Fedaileri 2</t>
+          <t>Şerh-i Belagat</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054635467</t>
+          <t>9786054635603</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Nazariyyat-ı Edebiyye (Cilt 1-2)</t>
+          <t>Baha Tevfik'te Din ve Tanrı Problemi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>385</v>
+        <v>205</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054635443</t>
+          <t>9786054635610</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktörün Hatıraları</t>
+          <t>Borden Parker Bowne'un Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>235</v>
+        <v>395</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054635436</t>
+          <t>9786054635597</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Babıali'den Son Selam</t>
+          <t>Türkiye'de Siyasi Partilerin Programlarında Sağlık Politikaları 1923 - 2018</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054635405</t>
+          <t>9786054635573</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İmtiyazlar Bağlamında-Osmanlı Devleti’nde Ermeniler</t>
+          <t>Cevher-Name-i Sultan Muradi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054635412</t>
+          <t>9786054635566</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Baki’nin Ses Dünyası</t>
+          <t>Risale-i Muamma</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>575</v>
+        <v>305</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054635399</t>
+          <t>9786054635559</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Devrimler - İsyanlar - Darbeler</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>505</v>
+        <v>675</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054635382</t>
+          <t>9786054635542</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Eski Şeyler (Birinci Cilt)</t>
+          <t>Anadolu'nun İstikbali ve Akdeniz Meselesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054635368</t>
+          <t>9786054635429</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık Yöntemleri</t>
+          <t>Sanat-ı Tahrir ve Edebiyat</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>385</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054635375</t>
+          <t>9786054635535</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Divan (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Muallim-i Kavaid-i Farisi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054635351</t>
+          <t>9786054635528</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Modeli</t>
+          <t>Envaru’l-Kulub</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>715</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054635283</t>
+          <t>9786054635511</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>TBMM İçtüzüğüne Göre Bir Dakika</t>
+          <t>Diyarbekirli Kami ve Divanı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054635306</t>
+          <t>9786054635498</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Hilal Uğruna</t>
+          <t>Altın Merdiven</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>435</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054635320</t>
+          <t>9786054635504</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>1877-1878 Osmanlı-Rus Seferinde Osmanlı Kumandanları</t>
+          <t>Memluk Sultanlarının Alayları - (1250-1517)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054635337</t>
+          <t>9786054635450</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kadı Şefi'i Divanı</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054635313</t>
+          <t>9786054635474</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Edirne Kuşatması Günlüğü</t>
+          <t>Boğaz’ın Fedaileri 1</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054635276</t>
+          <t>9786054635481</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Nef-i</t>
+          <t>Boğaz’ın Fedaileri 2</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054635269</t>
+          <t>9786054635467</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Türk'e ve Ötesi</t>
+          <t>Nazariyyat-ı Edebiyye (Cilt 1-2)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054635245</t>
+          <t>9786054635443</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze KOP (Ciltli)</t>
+          <t>Bir Aktörün Hatıraları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054635238</t>
+          <t>9786054635436</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ta'lim-i Edebiyyat</t>
+          <t>Babıali'den Son Selam</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054635207</t>
+          <t>9786054635405</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Baki Divanı Sözlüğü (2 Cilt Takım)</t>
+          <t>İmtiyazlar Bağlamında-Osmanlı Devleti’nde Ermeniler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>1300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054635184</t>
+          <t>9786054635412</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Paylaşıldı?</t>
+          <t>Baki’nin Ses Dünyası</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>165</v>
+        <v>575</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054635146</t>
+          <t>9786054635399</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Dostları</t>
+          <t>Devrimler - İsyanlar - Darbeler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>350</v>
+        <v>505</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054635122</t>
+          <t>9786054635382</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Nümune-i Edebiyat-ı Osmaniyye</t>
+          <t>Eski Şeyler (Birinci Cilt)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>1125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054635108</t>
+          <t>9786054635368</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Gördüklerim ve Yaşadıklarım</t>
+          <t>Metinlerarasılık Yöntemleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>720</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054635061</t>
+          <t>9786054635375</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğu (1288-1924)</t>
+          <t>Divan (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>525</v>
+        <v>190</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054635023</t>
+          <t>9786054635351</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp’ı Nasıl Aldık</t>
+          <t>Cumhurbaşkanlığı Modeli</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054635047</t>
+          <t>9786054635283</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Ermeniler ve Ermenistan Fetihleri</t>
+          <t>TBMM İçtüzüğüne Göre Bir Dakika</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054635009</t>
+          <t>9786054635306</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hatırat (1913 - 1922) Cemal Paşa</t>
+          <t>Bir Hilal Uğruna</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>470</v>
+        <v>435</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786056133114</t>
+          <t>9786054635320</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Haremde Yaşam</t>
+          <t>1877-1878 Osmanlı-Rus Seferinde Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786058800205</t>
+          <t>9786054635337</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda Siyonistler</t>
+          <t>Kadı Şefi'i Divanı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786058800243</t>
+          <t>9786054635313</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir İstiklal Aşığı Mehmet Akif</t>
+          <t>Edirne Kuşatması Günlüğü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786058800212</t>
+          <t>9786054635276</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıraları</t>
+          <t>Nef-i</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786056133183</t>
+          <t>9786054635269</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e</t>
+          <t>Osmanlı'dan Türk'e ve Ötesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786056133107</t>
+          <t>9786054635245</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet ve Sonrası Hatıralarım</t>
+          <t>Geçmişten Günümüze KOP (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054635139</t>
+          <t>9786054635238</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Silahdar-Zade</t>
+          <t>Ta'lim-i Edebiyyat</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>330</v>
+        <v>700</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054635153</t>
+          <t>9786054635207</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hazine Kitabı</t>
+          <t>Baki Divanı Sözlüğü (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>175</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
+          <t>9786054635184</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Nasıl Paylaşıldı?</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786054635146</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Son Dostları</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786054635122</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Nümune-i Edebiyat-ı Osmaniyye</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786054635108</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı'nda Gördüklerim ve Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786054635061</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Türk İmparatorluğu (1288-1924)</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786054635023</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Trablusgarp’ı Nasıl Aldık</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786054635047</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinde Ermeniler ve Ermenistan Fetihleri</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786054635009</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Hatırat (1913 - 1922) Cemal Paşa</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786056133114</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Haremde Yaşam</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786058800205</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşı’nda Siyonistler</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786058800243</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Bir İstiklal Aşığı Mehmet Akif</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786058800212</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Harbi Hatıraları</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786056133183</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786056133107</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet ve Sonrası Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786054635139</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Tezkire-i Silahdar-Zade</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786054635153</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Kitabı</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
           <t>9786054635078</t>
         </is>
       </c>
-      <c r="B405" s="1" t="inlineStr">
+      <c r="B421" s="1" t="inlineStr">
         <is>
           <t>İttihat ve Terakkiye Açık Mektuplar</t>
         </is>
       </c>
-      <c r="C405" s="1">
+      <c r="C421" s="1">
         <v>370</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>