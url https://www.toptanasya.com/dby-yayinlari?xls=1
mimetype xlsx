--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,6340 +85,6535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255905932</t>
+          <t>9786255905949</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetten Güvene: Kur'an'ın Toplum İnşası</t>
+          <t>Seçilmişliğin Teo-Politiği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255905956</t>
+          <t>9786258686067</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesi İle Yazılmış Yusuf Kıssası</t>
+          <t>Varlığın Birliği, Şiirin Dili: Klasik Türk Şiirinde Vahdet Düşüncesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255905901</t>
+          <t>9786255905994</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları V: Dilbilim-Edebiyat Araştırmaları 3</t>
+          <t>Manzum Dini-Edebi Türler (Metin ve Şerh)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255905925</t>
+          <t>9786258686050</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatından Kaside Şerhleri (14-18. Yüzyıl)</t>
+          <t>Türk Mitolojisi ve Medya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>510</v>
+        <v>620</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255905895</t>
+          <t>9786258686005</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hû: Kur’ân’a Göre Allah</t>
+          <t>Geleneksel İstanbul Tavrı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255905864</t>
+          <t>9786257438872</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Vecihi Bey’in Feryat Romanı</t>
+          <t>Destan-ı Ebu Müslim (Cilt I-IV)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257471558</t>
+          <t>9786256432451</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Baudrillard’ı Birlikte Okumak</t>
+          <t>Temaşa-yı Celal-i Huda: Yozgat ve Kırşehir Seyahatnamesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255905871</t>
+          <t>9786255905987</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Devlet Yönetimi</t>
+          <t>Beyan-ı Hakikat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255905383</t>
+          <t>9786255905963</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarihçiler İçin Edebiyat Edebiyatçılar İçin Tarih</t>
+          <t>Sivaslı Bir Halveti Şeyhi: Ahmed Süzi ve Sülük-name’si</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255905833</t>
+          <t>9786255905352</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mecmü'atü'l-Leta'if Sandükatü'l-Ma'arif</t>
+          <t>Felsefi Dindarlık Kipliğinde Ahlaki Öznenin Söylemsel Kurulumu I: Davranış</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255905857</t>
+          <t>9786255905369</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İki Güzel Günahkar: Bedia-Güzel Eleni</t>
+          <t>İlm-i Ahval-i Ruh Risaleleri: Yeni Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255905321</t>
+          <t>9786255905390</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Eleştiri Işığında Mesnevilerde Toplumsal Yapı ve Zihniyet</t>
+          <t>Hubanname</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>730</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255905376</t>
+          <t>9786255905918</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Dijital Uygulamalar</t>
+          <t>Sivaslı Katibi ve Eserleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255905338</t>
+          <t>9786255905932</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beyitlerin Gölgesinde Bir Temaşa</t>
+          <t>Teslimiyetten Güvene: Kur'an'ın Toplum İnşası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255905406</t>
+          <t>9786255905956</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Korku Ağında: Suç Korkusu Sosyal Medyaya Nasıl Yansıyor?</t>
+          <t>Doğu Türkçesi İle Yazılmış Yusuf Kıssası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>460</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255905345</t>
+          <t>9786255905901</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Lehçe Bilgisi</t>
+          <t>Edebiyat Yazıları V: Dilbilim-Edebiyat Araştırmaları 3</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255905291</t>
+          <t>9786255905925</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mecmu'a-i Eş'ar</t>
+          <t>Divan Edebiyatından Kaside Şerhleri (14-18. Yüzyıl)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>770</v>
+        <v>510</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255905314</t>
+          <t>9786255905895</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Salahi Mevlidi</t>
+          <t>Hû: Kur’ân’a Göre Allah</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255905239</t>
+          <t>9786255905864</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştiri Kuramları Işığında Metin Okumaları</t>
+          <t>Mehmet Vecihi Bey’in Feryat Romanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255905253</t>
+          <t>9786257471558</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kanser Güncesi</t>
+          <t>Foucault ve Baudrillard’ı Birlikte Okumak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255905260</t>
+          <t>9786255905871</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cemiyete Adanmış Bir Hayat Doktor Ali Rıza Rüstem Pekolcay</t>
+          <t>Aile ve Devlet Yönetimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255905307</t>
+          <t>9786255905383</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Havassu’l-Kur’an</t>
+          <t>Tarihçiler İçin Edebiyat Edebiyatçılar İçin Tarih</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256063969</t>
+          <t>9786255905833</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Özdeşlik, Varlık ve Fiil</t>
+          <t>Mecmü'atü'l-Leta'if Sandükatü'l-Ma'arif</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257471541</t>
+          <t>9786255905857</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İttihad-ı İslam ve Avrupa</t>
+          <t>İki Güzel Günahkar: Bedia-Güzel Eleni</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054635795</t>
+          <t>9786255905321</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Karagöz Fıkraları</t>
+          <t>Sosyal Eleştiri Işığında Mesnevilerde Toplumsal Yapı ve Zihniyet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>425</v>
+        <v>730</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255905222</t>
+          <t>9786255905376</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı’nda Osmanlı Hilal-i Ahmer Cemiyeti</t>
+          <t>Klasik Türk Edebiyatında Dijital Uygulamalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255905215</t>
+          <t>9786255905338</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Eğitim Tarihi</t>
+          <t>Beyitlerin Gölgesinde Bir Temaşa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255905185</t>
+          <t>9786255905406</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Katib’in Aşere-i Mübeşşire ve Seb‘a-i Münzire Adlı Risaleleri</t>
+          <t>Dijitalin Korku Ağında: Suç Korkusu Sosyal Medyaya Nasıl Yansıyor?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255905086</t>
+          <t>9786255905345</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hamamda Kaybolan Kadınlar</t>
+          <t>Türk Lehçe Bilgisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258371710</t>
+          <t>9786255905291</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hakayık u Dekayık</t>
+          <t>Mecmu'a-i Eş'ar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>510</v>
+        <v>770</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255905208</t>
+          <t>9786255905314</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Nâzım Paşa’nın Telif Eserleri</t>
+          <t>Salahi Mevlidi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255905178</t>
+          <t>9786255905239</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kevâ'ib-i Şi'r ü İnşâ</t>
+          <t>Edebiyat Eleştiri Kuramları Işığında Metin Okumaları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255905161</t>
+          <t>9786255905253</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mısır Romanına Eleştirel Bir Bakış (1914-1944)</t>
+          <t>Kanser Güncesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255905154</t>
+          <t>9786255905260</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Esrâr-ı Serendib</t>
+          <t>Cemiyete Adanmış Bir Hayat Doktor Ali Rıza Rüstem Pekolcay</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255905147</t>
+          <t>9786255905307</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Edası Hub Manası Rana Bir Şair Bâkî’ye Dair</t>
+          <t>Havassu’l-Kur’an</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255905109</t>
+          <t>9786256063969</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakırlı Osman Nûrî Paşa ve Dîvânı</t>
+          <t>Özdeşlik, Varlık ve Fiil</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257471626</t>
+          <t>9786257471541</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Numune-i Kitabet - Örneklerle Yazı Yazma Uğraşısı</t>
+          <t>İttihad-ı İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>59</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257471442</t>
+          <t>9786054635795</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kitap</t>
+          <t>Türk Edebiyatında Karagöz Fıkraları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255905116</t>
+          <t>9786255905222</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinin Coğrafyası</t>
+          <t>Balkan Savaşı’nda Osmanlı Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255905130</t>
+          <t>9786255905215</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>Metinlerle Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255905093</t>
+          <t>9786255905185</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Muhiti Divanı</t>
+          <t>Katib’in Aşere-i Mübeşşire ve Seb‘a-i Münzire Adlı Risaleleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255905079</t>
+          <t>9786255905086</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Asım'ın Nesli'ne Safahat'ın Nesri</t>
+          <t>Hamamda Kaybolan Kadınlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>515</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256063945</t>
+          <t>9786258371710</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşerî Bilimler Araçlarının Metin Analizinde ve Görselleştirmede Kullanılabilirliği ve Uygulamaları</t>
+          <t>Hakayık u Dekayık</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255905062</t>
+          <t>9786255905208</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Anlatılarında İslam ve Eski Türk Dini</t>
+          <t>Mehmed Nâzım Paşa’nın Telif Eserleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>475</v>
+        <v>420</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255905048</t>
+          <t>9786255905178</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Sesler: Ev Kadınları</t>
+          <t>Kevâ'ib-i Şi'r ü İnşâ</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255905000</t>
+          <t>9786255905161</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aksaraylı Hasan Rızâyî’nin Manzum Tecelliyât-ı Hüdâyî Şerhi (İnceleme-Metin-Tıpkıbasım)</t>
+          <t>Mısır Romanına Eleştirel Bir Bakış (1914-1944)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255905024</t>
+          <t>9786255905154</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme Din ve Parti Politikası</t>
+          <t>Esrâr-ı Serendib</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255905017</t>
+          <t>9786255905147</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tilimsan Camileri</t>
+          <t>Edası Hub Manası Rana Bir Şair Bâkî’ye Dair</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>710</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255905031</t>
+          <t>9786255905109</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nedîm (Nedîmî) Dîvânı (İnceleme-Metin-Tıpkıbasım)</t>
+          <t>Diyarbakırlı Osman Nûrî Paşa ve Dîvânı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256063976</t>
+          <t>9786257471626</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Senâyî Mehmed Efendi’nin Şevâhîdü’n-Nübüvve Tercümesi</t>
+          <t>Numune-i Kitabet - Örneklerle Yazı Yazma Uğraşısı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>445</v>
+        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256063938</t>
+          <t>9786257471442</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hocazâde Muhammed Râsim Hikmet’in Hâb-nâme’sinde Kıyâfet İlmi Bölümü</t>
+          <t>Beyaz Kitap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>535</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256063723</t>
+          <t>9786255905116</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>سـمت الوصول إلى علم الأصول Semtü’l-Vüsûl İlâ İlmi’l-Usûl</t>
+          <t>Osmanlı Şiirinin Coğrafyası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>970</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256063952</t>
+          <t>9786255905130</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Ahlâkî Değerlerimiz</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256063891</t>
+          <t>9786255905093</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dürrü’l-Fu’âd ve Şeyhü’l-İrşâd</t>
+          <t>Muhiti Divanı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256063884</t>
+          <t>9786255905079</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fuzûlî Divanı Sözlüğü</t>
+          <t>Asım'ın Nesli'ne Safahat'ın Nesri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>535</v>
+        <v>660</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256063921</t>
+          <t>9786256063945</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Emînüddin Baba’nın Risâle-i Kudsiyyesi</t>
+          <t>Dijital Beşerî Bilimler Araçlarının Metin Analizinde ve Görselleştirmede Kullanılabilirliği ve Uygulamaları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>590</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256063730</t>
+          <t>9786255905062</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşlıcalı Yahyâ Meselesi</t>
+          <t>Türk Anlatılarında İslam ve Eski Türk Dini</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256063747</t>
+          <t>9786255905048</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lêkolînên li Ser Ziman, Çand û Edebîyatê</t>
+          <t>Gölgede Kalan Sesler: Ev Kadınları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256063662</t>
+          <t>9786255905000</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ve Klasik Sosyoloji</t>
+          <t>Aksaraylı Hasan Rızâyî’nin Manzum Tecelliyât-ı Hüdâyî Şerhi (İnceleme-Metin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256063655</t>
+          <t>9786255905024</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi'nin Yedinci Cildi’nin Manzum Tercümesi</t>
+          <t>Türkiye’de Modernleşme Din ve Parti Politikası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256063716</t>
+          <t>9786255905017</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Kader</t>
+          <t>Tilimsan Camileri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256063600</t>
+          <t>9786255905031</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Adanalı Nafi‘ Divanı</t>
+          <t>Nedîm (Nedîmî) Dîvânı (İnceleme-Metin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>685</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256063631</t>
+          <t>9786256063976</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi IV / Metin ve Minyatür Okumaları I-II-III-IV</t>
+          <t>Senâyî Mehmed Efendi’nin Şevâhîdü’n-Nübüvve Tercümesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>610</v>
+        <v>570</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256063648</t>
+          <t>9786256063938</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ara Dönem Hanefi-Maturidi Düşüncesinde İmamet ve Hilafet (Hicri 6-7. Asırlar)</t>
+          <t>Hocazâde Muhammed Râsim Hikmet’in Hâb-nâme’sinde Kıyâfet İlmi Bölümü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256063570</t>
+          <t>9786256063723</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Yolculuğu</t>
+          <t>سـمت الوصول إلى علم الأصول Semtü’l-Vüsûl İlâ İlmi’l-Usûl</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256063594</t>
+          <t>9786256063952</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Enderunlu Fâzıl’ın Bütün Eserleri</t>
+          <t>Divan Şiirinde Ahlâkî Değerlerimiz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>930</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256063556</t>
+          <t>9786256063891</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ziyâ Paşa’nın Bütün Şiirleri Dîvân Mukaddime-i Harâbât • Zafer-nâme ve Tahmîsi</t>
+          <t>Dürrü’l-Fu’âd ve Şeyhü’l-İrşâd</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>415</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256063518</t>
+          <t>9786256063884</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Diyârbekirli Lüzûmî ve Farsça Şiirleri</t>
+          <t>Fuzûlî Divanı Sözlüğü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256063525</t>
+          <t>9786256063921</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arap-Fars Edebiyatı Okumaları I-II-III-IV</t>
+          <t>Emînüddin Baba’nın Risâle-i Kudsiyyesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256769946</t>
+          <t>9786256063730</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sivâsî Mevlidi ve Şerhi</t>
+          <t>Bir Taşlıcalı Yahyâ Meselesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256063495</t>
+          <t>9786256063747</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gazel Ajandası</t>
+          <t>Lêkolînên li Ser Ziman, Çand û Edebîyatê</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256063365</t>
+          <t>9786256063662</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Süleyman’ın Altın Çağı: Kültür ve Edebiyat</t>
+          <t>İbn Haldun ve Klasik Sosyoloji</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256063389</t>
+          <t>9786256063655</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tercemetu'l-'Atâ'iyye</t>
+          <t>Mesnevi-i Ma’nevi'nin Yedinci Cildi’nin Manzum Tercümesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256063372</t>
+          <t>9786256063716</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Arap Dünyasında Dil Kurumları ve Çalışmaları</t>
+          <t>İslam Kelamında Kader</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256063341</t>
+          <t>9786256063600</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>1980’li Yıllarda Azerbaycan Edebiyatında Roman</t>
+          <t>Adanalı Nafi‘ Divanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>215</v>
+        <v>880</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256063068</t>
+          <t>9786256063631</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Eleştiri Türü Olarak Osmanlı Edebiyatında Nefsülemr Metinleri</t>
+          <t>Klasik Divan Metinler Dizisi IV / Metin ve Minyatür Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>780</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256063358</t>
+          <t>9786256063648</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şaban Teoman Duralı’da İnsan Tasavvuru</t>
+          <t>Ara Dönem Hanefi-Maturidi Düşüncesinde İmamet ve Hilafet (Hicri 6-7. Asırlar)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256063112</t>
+          <t>9786256063570</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Busiri’nin Kaside-i Bürde’si Cilt 2: Metinler</t>
+          <t>Medeniyet Yolculuğu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256063105</t>
+          <t>9786256063594</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Busiri’nin Kaside-i Bürde’si Cilt 1: Nüshalar</t>
+          <t>Enderunlu Fâzıl’ın Bütün Eserleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>635</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256063310</t>
+          <t>9786256063556</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’te Nedenler Teorisi</t>
+          <t>Ziyâ Paşa’nın Bütün Şiirleri Dîvân Mukaddime-i Harâbât • Zafer-nâme ve Tahmîsi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256063297</t>
+          <t>9786256063518</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa’nın Oluşumu</t>
+          <t>Diyârbekirli Lüzûmî ve Farsça Şiirleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256769564</t>
+          <t>9786256063525</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gülzar - Şeyh Nasuh Oğlu Abdülmecid’in Muhtasar Gülistan Tercümesi</t>
+          <t>Arap-Fars Edebiyatı Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256063082</t>
+          <t>9786256769946</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Postmodernite, Sivil Toplum ve İslam</t>
+          <t>Şemseddin Sivâsî Mevlidi ve Şerhi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256063051</t>
+          <t>9786256063495</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Gazel Ajandası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>285</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256063013</t>
+          <t>9786256063365</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yakarış Klasik Türk Şiirinde Dua</t>
+          <t>Süleyman’ın Altın Çağı: Kültür ve Edebiyat</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256063037</t>
+          <t>9786256063389</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Müneccimbaşı Ahmed Dede Efendi</t>
+          <t>Tercemetu'l-'Atâ'iyye</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256063020</t>
+          <t>9786256063372</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Tercümesi ve Tahmisi</t>
+          <t>Arap Dünyasında Dil Kurumları ve Çalışmaları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256769991</t>
+          <t>9786256063341</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm'in Kırbacı Güç ve Cazibe İslam Britanya'da 1558-1685</t>
+          <t>1980’li Yıllarda Azerbaycan Edebiyatında Roman</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256769892</t>
+          <t>9786256063068</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Edebiyatında Satıraltı Tercüme Tekniği ve Satıraltı Bir Bostan Tercümesi</t>
+          <t>Sosyal Eleştiri Türü Olarak Osmanlı Edebiyatında Nefsülemr Metinleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>880</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256063006</t>
+          <t>9786256063358</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mecma’u’l-Ma’arif</t>
+          <t>Şaban Teoman Duralı’da İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256769663</t>
+          <t>9786256063112</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Münazarat-ı Ahali-yi Memleket-i İnsani</t>
+          <t>Busiri’nin Kaside-i Bürde’si Cilt 2: Metinler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>395</v>
+        <v>600</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256769984</t>
+          <t>9786256063105</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim-Edebiyat Araştırmaları 1</t>
+          <t>Busiri’nin Kaside-i Bürde’si Cilt 1: Nüshalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>820</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256769953</t>
+          <t>9786256063310</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Diplomasisi</t>
+          <t>Aristoteles’te Nedenler Teorisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256769885</t>
+          <t>9786256063297</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kasım'ın Nazm-ı Leali İsimli Eseri</t>
+          <t>Modern Avrupa’nın Oluşumu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>415</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256769977</t>
+          <t>9786256769564</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şevket Bilali Divanı (İnceleme-Metin)</t>
+          <t>Gülzar - Şeyh Nasuh Oğlu Abdülmecid’in Muhtasar Gülistan Tercümesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>395</v>
+        <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256769960</t>
+          <t>9786256063082</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Postmodernite, Sivil Toplum ve İslam</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>610</v>
+        <v>430</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256769908</t>
+          <t>9786256063051</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan’dan Azerbaycan’a Ağız Sözlüğü</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>515</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256769731</t>
+          <t>9786256063013</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Kızıl Kırgın Kurbanı Bir Çift: Ümmügülsüm Sadıkzade ve Seyid Hüseyin</t>
+          <t>Allah’a Yakarış Klasik Türk Şiirinde Dua</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256769595</t>
+          <t>9786256063037</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 7. Cilt (Hindistan - Jüpiter)</t>
+          <t>Müneccimbaşı Ahmed Dede Efendi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256769717</t>
+          <t>9786256063020</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Divane Rüşdi Divanı</t>
+          <t>Kaside-i Bürde Tercümesi ve Tahmisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256769724</t>
+          <t>9786256769991</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Böyle Söyler Üstad</t>
+          <t>Oryantalizm'in Kırbacı Güç ve Cazibe İslam Britanya'da 1558-1685</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>235</v>
+        <v>640</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256769632</t>
+          <t>9786256769892</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Üç Muhit Bir Felsefe</t>
+          <t>Osmanlı Edebiyatında Satıraltı Tercüme Tekniği ve Satıraltı Bir Bostan Tercümesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>255</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256769656</t>
+          <t>9786256063006</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiir Sanatı Tarihi (1. Cilt)</t>
+          <t>Mecma’u’l-Ma’arif</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>465</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256769274</t>
+          <t>9786256769663</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Şehidlerine (Şerh - Tahlil) - Töreli Türk Edebiyatı Çalışmaları 2</t>
+          <t>Münazarat-ı Ahali-yi Memleket-i İnsani</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>640</v>
+        <v>510</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256769625</t>
+          <t>9786256769984</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Türküsü (Şerh - Tahlil)</t>
+          <t>Dilbilim-Edebiyat Araştırmaları 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256769700</t>
+          <t>9786256769953</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Politik Sosyoloji - Kuramsal ve Kavramsal Bir Çerçeve</t>
+          <t>Lezzet Diplomasisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>265</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256769687</t>
+          <t>9786256769885</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Siyaset Arasında Aile Felsefesi</t>
+          <t>Kasım'ın Nazm-ı Leali İsimli Eseri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256769571</t>
+          <t>9786256769977</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Kılıcın Şiiri - La Seyfe İlla Zülfikar</t>
+          <t>Şevket Bilali Divanı (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>530</v>
+        <v>510</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256769670</t>
+          <t>9786256769960</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Teo-Politiği Vadedilmiş Topraklar</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256769618</t>
+          <t>9786256769908</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi II - Yûnus Emre Okumaları I-II-III-IV</t>
+          <t>Gürcistan’dan Azerbaycan’a Ağız Sözlüğü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>670</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256432147</t>
+          <t>9786256769731</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hurşid ü Cemşid</t>
+          <t>Azerbaycan’da Kızıl Kırgın Kurbanı Bir Çift: Ümmügülsüm Sadıkzade ve Seyid Hüseyin</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>930</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256769601</t>
+          <t>9786256769595</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Klasik Divan Metinler Dizisi I - Mecmua Okumaları I-II-III-IV</t>
+          <t>Osmanlı Şiiri Kılavuzu 7. Cilt (Hindistan - Jüpiter)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256769328</t>
+          <t>9786256769717</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gazaname</t>
+          <t>Divane Rüşdi Divanı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>430</v>
+        <v>750</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256769540</t>
+          <t>9786256769724</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nüzhet-i Cihan ve Nadire-i Zaman (Nigaristan)</t>
+          <t>Şiiri Böyle Söyler Üstad</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>790</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256769366</t>
+          <t>9786256769632</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset ve Düşünce Akımları</t>
+          <t>Üç Muhit Bir Felsefe</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256769526</t>
+          <t>9786256769656</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Suç, Suçluluk ve Ötesi Suç Sosyolojisi Üzerine</t>
+          <t>Osmanlı Şiir Sanatı Tarihi (1. Cilt)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256769342</t>
+          <t>9786256769274</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Geleneklerin Göçü - Coğrafya ve Kaderin Değişimi</t>
+          <t>Çanakkale Şehidlerine (Şerh - Tahlil) - Töreli Türk Edebiyatı Çalışmaları 2</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>315</v>
+        <v>820</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256769359</t>
+          <t>9786256769625</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ayine-i Hikem</t>
+          <t>Sakarya Türküsü (Şerh - Tahlil)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>370</v>
+        <v>660</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256769335</t>
+          <t>9786256769700</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Töreli Türk Edebiyatı Çalışmaları-1 - Su Kasidesi (Şerh - Tahlil)</t>
+          <t>Politik Sosyoloji - Kuramsal ve Kavramsal Bir Çerçeve</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>805</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256769298</t>
+          <t>9786256769687</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Mu‘ammayat-ı Emri</t>
+          <t>Ahlak ve Siyaset Arasında Aile Felsefesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256769311</t>
+          <t>9786256769571</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hasan Rızayi-i Aksarayî ve Şiirleri</t>
+          <t>Bir Kılıcın Şiiri - La Seyfe İlla Zülfikar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>680</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256769281</t>
+          <t>9786256769670</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Siyaset'in S'si</t>
+          <t>İsrail’in Teo-Politiği Vadedilmiş Topraklar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256769304</t>
+          <t>9786256769618</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nüru’l-Ulvi fi Şerhi’l-Hizbi’l-İmami’n-Nevevi</t>
+          <t>Klasik Divan Metinler Dizisi II - Yûnus Emre Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256769175</t>
+          <t>9786256432147</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>شرح ميـزان الأدب للشيخ محمد ميراك الطشقندي المتوفى سنة 980هـ (نحو-صرف-بلاغة) - Şerhu Mizani’l Edeb liş’Şeyh Muhammed Mirek et-Taşkendi (Dirase ve Tahkik)</t>
+          <t>Hurşid ü Cemşid</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>690</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256769137</t>
+          <t>9786256769601</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet'in İmamet Anlayışı</t>
+          <t>Klasik Divan Metinler Dizisi I - Mecmua Okumaları I-II-III-IV</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256769151</t>
+          <t>9786256769328</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıldan Bir Şair Savunusu: Mehmed Hasib’in İbrahim Tırsi’yi Müdafaası</t>
+          <t>Gazaname</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256769182</t>
+          <t>9786256769540</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Baki’nin Poetikası</t>
+          <t>Nüzhet-i Cihan ve Nadire-i Zaman (Nigaristan)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>270</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256769168</t>
+          <t>9786256769366</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Belediyeciliğin Esasları</t>
+          <t>Üç Tarz-ı Siyaset ve Düşünce Akımları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256432345</t>
+          <t>9786256769526</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun’da Edebiyat Dersleri (1914-1915)</t>
+          <t>Suç, Suçluluk ve Ötesi Suç Sosyolojisi Üzerine</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256769144</t>
+          <t>9786256769342</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinin Kodları - Nebiler ve Rasüller</t>
+          <t>İnanç ve Geleneklerin Göçü - Coğrafya ve Kaderin Değişimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256432352</t>
+          <t>9786256769359</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’nin Nübüvvet Savunması</t>
+          <t>Ayine-i Hikem</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>285</v>
+        <v>470</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256432338</t>
+          <t>9786256769335</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sosyolojisi</t>
+          <t>Töreli Türk Edebiyatı Çalışmaları-1 - Su Kasidesi (Şerh - Tahlil)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>495</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256432321</t>
+          <t>9786256769298</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Niğdeli Ahmed Namî’nin Manzum Üç Erba‘in Tercümesi</t>
+          <t>Şerh-i Mu‘ammayat-ı Emri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256432291</t>
+          <t>9786256769311</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hekimbaşı Aziz Efendi'nin Tercüme-i Eşcar u Esmar'ı - Tarihi Astrolojinin Kaynaklarından Ağaçlar ve Meyveler</t>
+          <t>Hasan Rızayi-i Aksarayî ve Şiirleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256432314</t>
+          <t>9786256769281</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Edebiyat Dersleri</t>
+          <t>Siyaset'in S'si</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>235</v>
+        <v>430</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256432277</t>
+          <t>9786256769304</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İngiltere ile Fransa Arasında Bir Tanzimat Aydını - 1835 Tarihli Resimli Seyyahname</t>
+          <t>Nüru’l-Ulvi fi Şerhi’l-Hizbi’l-İmami’n-Nevevi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256432284</t>
+          <t>9786256769175</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Menkıbe-i Evliyaiyye fi Ahval-i Rızaiyye</t>
+          <t>شرح ميـزان الأدب للشيخ محمد ميراك الطشقندي المتوفى سنة 980هـ (نحو-صرف-بلاغة) - Şerhu Mizani’l Edeb liş’Şeyh Muhammed Mirek et-Taşkendi (Dirase ve Tahkik)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>890</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256432307</t>
+          <t>9786256769137</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan Edebiyatında Hikaye</t>
+          <t>Ehl-i Sünnet'in İmamet Anlayışı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256432178</t>
+          <t>9786256769151</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tematik ve Teorik Kur'an Okumaları Işığında Toplumsal Cinsiyet</t>
+          <t>17. Yüzyıldan Bir Şair Savunusu: Mehmed Hasib’in İbrahim Tırsi’yi Müdafaası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256432260</t>
+          <t>9786256769182</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gencine-i Leva'ih</t>
+          <t>Baki’nin Poetikası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256432161</t>
+          <t>9786256769168</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Divanı</t>
+          <t>Belediyeciliğin Esasları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>935</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256432239</t>
+          <t>9786256432345</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kadri’nin Manzum 101 Hadis Tercümesi</t>
+          <t>Darülfünun’da Edebiyat Dersleri (1914-1915)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>225</v>
+        <v>670</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256432215</t>
+          <t>9786256769144</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Hırka</t>
+          <t>İnsanlık Tarihinin Kodları - Nebiler ve Rasüller</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256432253</t>
+          <t>9786256432352</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mekki b. Ebi Talib ve Ebü'l-Ferec İbnu'l-Cevzi'nin Nesih Problemine Bakışının Mukayesesi</t>
+          <t>Mu’tezile’nin Nübüvvet Savunması</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256432222</t>
+          <t>9786256432338</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Düzce İktisat ve Kalkınma Kongresi 25-26 Aralık 2021</t>
+          <t>Yaşlanma Sosyolojisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>630</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256432185</t>
+          <t>9786256432321</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>M. A. Yekta Saraç Armağanı (2 Cilt)</t>
+          <t>Niğdeli Ahmed Namî’nin Manzum Üç Erba‘in Tercümesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256432246</t>
+          <t>9786256432291</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Arab-zade'nin Manzum Nasihatnamesi</t>
+          <t>Hekimbaşı Aziz Efendi'nin Tercüme-i Eşcar u Esmar'ı - Tarihi Astrolojinin Kaynaklarından Ağaçlar ve Meyveler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>215</v>
+        <v>630</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256432130</t>
+          <t>9786256432314</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Akkoyunlu ve Karakoyunlu Türkmen Devletleri Mimarîsinde Sanat Üslubu</t>
+          <t>Türkçe Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>415</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256432154</t>
+          <t>9786256432277</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Okuyup Yazarak Yaşamak - Prof. Dr. Kemal Yavuz Armağanı</t>
+          <t>İngiltere ile Fransa Arasında Bir Tanzimat Aydını - 1835 Tarihli Resimli Seyyahname</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256432123</t>
+          <t>9786256432284</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Vesilesi Mevlid Denizinde</t>
+          <t>Menkıbe-i Evliyaiyye fi Ahval-i Rızaiyye</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>286</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258371963</t>
+          <t>9786256432307</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hakkın Düşmesi</t>
+          <t>Kırgızistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256432024</t>
+          <t>9786256432178</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>el-Bedi Fi'l-İrab (Arapça)</t>
+          <t>Tematik ve Teorik Kur'an Okumaları Işığında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258371949</t>
+          <t>9786256432260</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Debusi’nin Fıkhi Metodu</t>
+          <t>Gencine-i Leva'ih</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256432116</t>
+          <t>9786256432161</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cevher-name</t>
+          <t>Şehirler Divanı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>425</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256432109</t>
+          <t>9786256432239</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Lugatçe-i Edebiyat</t>
+          <t>Kadri’nin Manzum 101 Hadis Tercümesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256432093</t>
+          <t>9786256432215</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Edebiyatında Hikaye</t>
+          <t>Bir Şiir Bir Hırka</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256432086</t>
+          <t>9786256432253</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l-Müridin Tercümesi (İnceleme-Metin)</t>
+          <t>Mekki b. Ebi Talib ve Ebü'l-Ferec İbnu'l-Cevzi'nin Nesih Problemine Bakışının Mukayesesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256432031</t>
+          <t>9786256432222</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü’l-Emsal (İnceleme-Metin-Dizin)</t>
+          <t>Düzce İktisat ve Kalkınma Kongresi 25-26 Aralık 2021</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>615</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256432062</t>
+          <t>9786256432185</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Raz-name (İnceleme-Metin)</t>
+          <t>M. A. Yekta Saraç Armağanı (2 Cilt)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054635344</t>
+          <t>9786256432246</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yeni Malumat-ı Medeniye</t>
+          <t>Arab-zade'nin Manzum Nasihatnamesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257760447</t>
+          <t>9786256432130</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesinin Deyimler Sözlüğü</t>
+          <t>Akkoyunlu ve Karakoyunlu Türkmen Devletleri Mimarîsinde Sanat Üslubu</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>365</v>
+        <v>530</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258371994</t>
+          <t>9786256432154</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Okuyup Yazarak Yaşamak - Prof. Dr. Kemal Yavuz Armağanı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>520</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256432017</t>
+          <t>9786256432123</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Din ve Modernite Bağlamında Değerler</t>
+          <t>Kurtuluş Vesilesi Mevlid Denizinde</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>370</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256432000</t>
+          <t>9786258371963</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı İmam Gazzali</t>
+          <t>İslam Hukukunda Hakkın Düşmesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258371765</t>
+          <t>9786256432024</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şehitlik 2: Yahudi-Hıristiyan Geleneğinde Şehitlik Olgusu</t>
+          <t>el-Bedi Fi'l-İrab (Arapça)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258371987</t>
+          <t>9786258371949</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Din Okuryazarlığının Doğuşu</t>
+          <t>Debusi’nin Fıkhi Metodu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>405</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257760577</t>
+          <t>9786256432116</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Müftüsü Abdullah Esad (Zeyni) Efendi ve Mevlidleri</t>
+          <t>Cevher-name</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258371840</t>
+          <t>9786256432109</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Işığında Osmanlı</t>
+          <t>Lugatçe-i Edebiyat</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258371956</t>
+          <t>9786256432093</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Vadisi'nde Din, Kültür ve Medeniyet Sosyolojisi</t>
+          <t>Kazakistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258371970</t>
+          <t>9786256432086</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Canik Mebusu Mehmet Emin (Geveci) Bey'in Siyasi Faaliyetleri</t>
+          <t>Nuru’l-Müridin Tercümesi (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258371826</t>
+          <t>9786256432031</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 6. Cilt</t>
+          <t>Tuhfetü’l-Emsal (İnceleme-Metin-Dizin)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1125</v>
+        <v>790</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258371833</t>
+          <t>9786256432062</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Süleyman İzzi Divançesi</t>
+          <t>Raz-name (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258371932</t>
+          <t>9786054635344</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Teşrih-i Tıba'</t>
+          <t>Yeni Malumat-ı Medeniye</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258371857</t>
+          <t>9786257760447</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Heşt Behişt Mesnevisi (Behişt-Abad)</t>
+          <t>Eski Türkiye Türkçesinin Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>395</v>
+        <v>470</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258371758</t>
+          <t>9786258371994</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Şehitlik 1 - İslam Geleneğinde Şehitlik Olgusu</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>155</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258371567</t>
+          <t>9786256432017</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumda Mit ve Efsane</t>
+          <t>Din ve Modernite Bağlamında Değerler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258371802</t>
+          <t>9786256432000</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mesafe</t>
+          <t>Menakıb-ı İmam Gazzali</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258371925</t>
+          <t>9786258371765</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Dostan Şerh-i Bostan</t>
+          <t>Şehitlik 2: Yahudi-Hıristiyan Geleneğinde Şehitlik Olgusu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>535</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258371871</t>
+          <t>9786258371987</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Taşra Yönetim Sisteminin Teşekkülü (1362-1949)</t>
+          <t>Din Okuryazarlığının Doğuşu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258371888</t>
+          <t>9786257760577</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Lebib Divanı (3 Cilt, Takım)</t>
+          <t>Balıkesir Müftüsü Abdullah Esad (Zeyni) Efendi ve Mevlidleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>2500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258371796</t>
+          <t>9786258371840</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Güzellik ve Çirkinliğe Bakışı</t>
+          <t>17. Yüzyıl Işığında Osmanlı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>385</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258371819</t>
+          <t>9786258371956</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İki Ölüm İki Hayat</t>
+          <t>Kurtlar Vadisi'nde Din, Kültür ve Medeniyet Sosyolojisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258371772</t>
+          <t>9786258371970</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Manzume-i Ahval-i Alaka</t>
+          <t>Canik Mebusu Mehmet Emin (Geveci) Bey'in Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257471466</t>
+          <t>9786258371826</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türkmenistan Edebiyatında Hikaye</t>
+          <t>Osmanlı Şiiri Kılavuzu 6. Cilt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>340</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258371673</t>
+          <t>9786258371833</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir İslam Mimarisinde Beytülmal Binaları</t>
+          <t>Süleyman İzzi Divançesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258371727</t>
+          <t>9786258371932</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Süleyman-name-i Kebir (16. Cilt)</t>
+          <t>Teşrih-i Tıba'</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258371734</t>
+          <t>9786258371857</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dini/Manevi Danışmanlık ve Rehberlik</t>
+          <t>Heşt Behişt Mesnevisi (Behişt-Abad)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>275</v>
+        <v>510</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258371703</t>
+          <t>9786258371758</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Fenni Divanı</t>
+          <t>Şehitlik 1 - İslam Geleneğinde Şehitlik Olgusu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>630</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258371741</t>
+          <t>9786258371567</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Divan / Edirneli Mecdi</t>
+          <t>Modern Toplumda Mit ve Efsane</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258371697</t>
+          <t>9786258371802</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Farklı Yaklaşımlar</t>
+          <t>Sosyal Mesafe</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258371680</t>
+          <t>9786258371925</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zari Divanı</t>
+          <t>Tuhfe-i Dostan Şerh-i Bostan</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>265</v>
+        <v>690</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258371666</t>
+          <t>9786258371871</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Sebk-i Türkistani/Horasani</t>
+          <t>Osmanlı’dan Cumhuriyet’e Taşra Yönetim Sisteminin Teşekkülü (1362-1949)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>425</v>
+        <v>560</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258371611</t>
+          <t>9786258371888</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Naşid Safvet Divanı</t>
+          <t>İstanbullu Lebib Divanı (3 Cilt, Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258371581</t>
+          <t>9786258371796</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Estetik Öznenin Epistemolojik Dönüşümü</t>
+          <t>Kur'an'ın Güzellik ve Çirkinliğe Bakışı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>185</v>
+        <v>490</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258371574</t>
+          <t>9786258371819</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Salar Baba Oğuznamesi</t>
+          <t>İki Ölüm İki Hayat</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>455</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258371659</t>
+          <t>9786258371772</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ahmedi Divanı</t>
+          <t>Manzume-i Ahval-i Alaka</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>990</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258371628</t>
+          <t>9786257471466</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Okçuzade Mehmed Şahi ve Münşeatı Münşe’atü'l-İnşa'</t>
+          <t>Türkmenistan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>810</v>
+        <v>440</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257471565</t>
+          <t>9786258371673</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'in Teoloji Anlayışı ve Onto-Teoloji Eleştirisi</t>
+          <t>Erken Devir İslam Mimarisinde Beytülmal Binaları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258371642</t>
+          <t>9786258371727</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Kan Kal'ası ile Hikaye-i Haver-Zemin</t>
+          <t>Süleyman-name-i Kebir (16. Cilt)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>875</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258371635</t>
+          <t>9786258371734</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Altın Şehrin Romanı</t>
+          <t>Dini/Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258371598</t>
+          <t>9786258371703</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Baki Kitabı</t>
+          <t>Mustafa Fenni Divanı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>660</v>
+        <v>810</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258371604</t>
+          <t>9786258371741</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Yahya Vakıf ve Divanı</t>
+          <t>Divan / Edirneli Mecdi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258371550</t>
+          <t>9786258371697</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşık Rüstem Alyansoğlu</t>
+          <t>Toplumsal Cinsiyete Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258371543</t>
+          <t>9786258371680</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumun Geleceği</t>
+          <t>Zari Divanı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258371499</t>
+          <t>9786258371666</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kadi ‘Ali’nin Sergüzeşt-name'si</t>
+          <t>Klasik Türk Şiirinde Sebk-i Türkistani/Horasani</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258371512</t>
+          <t>9786258371611</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cemali'nin İki Tasavvufi Mesnevisi</t>
+          <t>Naşid Safvet Divanı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258371482</t>
+          <t>9786258371581</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mecmû‘a-i Eş‘arım</t>
+          <t>Türk Şiirinde Estetik Öznenin Epistemolojik Dönüşümü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258371338</t>
+          <t>9786258371574</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kadı Mevlana Hasan ve Divanı</t>
+          <t>Salar Baba Oğuznamesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258371345</t>
+          <t>9786258371659</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Hakikat</t>
+          <t>Ahmedi Divanı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>730</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258371291</t>
+          <t>9786258371628</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuk ve Gençlerin Spora Katılım Engelleri</t>
+          <t>Okçuzade Mehmed Şahi ve Münşeatı Münşe’atü'l-İnşa'</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258371321</t>
+          <t>9786257471565</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Gka</t>
+          <t>Martin Heidegger'in Teoloji Anlayışı ve Onto-Teoloji Eleştirisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258371314</t>
+          <t>9786258371642</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Göç Olgusunun Felsefİ Sosyolojisi</t>
+          <t>Kıssa-i Kan Kal'ası ile Hikaye-i Haver-Zemin</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>295</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258371307</t>
+          <t>9786258371635</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İsmail Habip Sevük’ün Türk Folkloruna Katkıları</t>
+          <t>Altın Şehrin Romanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>340</v>
+        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258371277</t>
+          <t>9786258371598</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mirza Meryemhan Divanı</t>
+          <t>Baki Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>670</v>
+        <v>850</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258371260</t>
+          <t>9786258371604</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Kelile ve Dimne Tercümesi</t>
+          <t>Seyyid Yahya Vakıf ve Divanı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>835</v>
+        <v>420</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258371284</t>
+          <t>9786258371550</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Globalleşmenin Kültürel-Politik Sosyolojisi</t>
+          <t>Aşık Rüstem Alyansoğlu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257471671</t>
+          <t>9786258371543</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Behişt Sinan'ın Mihr ü Müşteri Adlı Mesnevisi</t>
+          <t>Modern Toplumun Geleceği</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258371246</t>
+          <t>9786258371499</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cehanname</t>
+          <t>Kadi ‘Ali’nin Sergüzeşt-name'si</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258371185</t>
+          <t>9786258371512</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Nakd-i Gayret-i Hanif</t>
+          <t>Cemali'nin İki Tasavvufi Mesnevisi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258371215</t>
+          <t>9786258371482</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ruhu - Derun-i Dil</t>
+          <t>Mecmû‘a-i Eş‘arım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257471848</t>
+          <t>9786258371338</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyolojinin İnşası</t>
+          <t>Kadı Mevlana Hasan ve Divanı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257471725</t>
+          <t>9786258371345</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatında Hikaye</t>
+          <t>Varlık ve Hakikat</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>305</v>
+        <v>940</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257471282</t>
+          <t>9786258371291</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İzmirli İsmail Hakkı’nın Meali ve Türkçe Namaz Fetvası</t>
+          <t>Türkiye'de Çocuk ve Gençlerin Spora Katılım Engelleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257471251</t>
+          <t>9786258371321</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mircea Eliade ve Din: Dinler Tarihinde Felsefe ve Metodoloji</t>
+          <t>Aforizmalar - Gka</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>625</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257471244</t>
+          <t>9786258371314</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Burçlarla İmtihanı: Teorik ve Gündelik Fragmanlar</t>
+          <t>Göç Olgusunun Felsefİ Sosyolojisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257760133</t>
+          <t>9786258371307</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Vatandaşlık Eğitimi Metinleri - 7 Kitap Takım</t>
+          <t>İsmail Habip Sevük’ün Türk Folkloruna Katkıları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1475</v>
+        <v>440</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257471589</t>
+          <t>9786258371277</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Karaçay-Balkarlıların Kimlik Algısı</t>
+          <t>Mirza Meryemhan Divanı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>305</v>
+        <v>860</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257471503</t>
+          <t>9786258371260</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayriyye Naziresi Fehminame</t>
+          <t>Çağatayca Kelile ve Dimne Tercümesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>340</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257471596</t>
+          <t>9786258371284</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hayal-i Sitare</t>
+          <t>Globalleşmenin Kültürel-Politik Sosyolojisi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054635641</t>
+          <t>9786257471671</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Mesneviden Seçme Hikayeler 1</t>
+          <t>Behişt Sinan'ın Mihr ü Müşteri Adlı Mesnevisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>640</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054635580</t>
+          <t>9786258371246</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dil Yanlışı Sözcükler Defteri</t>
+          <t>Cehanname</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054635290</t>
+          <t>9786258371185</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Esami</t>
+          <t>Nakd-i Gayret-i Hanif</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258371505</t>
+          <t>9786258371215</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Mesleki Eğitim ve Rehabilitasyon Hizmetlerinde Körler</t>
+          <t>Kadın Ruhu - Derun-i Dil</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>355</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258371475</t>
+          <t>9786257471848</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Savaş Aletleri</t>
+          <t>Türkiye’de Sosyolojinin İnşası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>610</v>
+        <v>380</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258371192</t>
+          <t>9786257471725</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Külliler Meselesi</t>
+          <t>Azerbaycan Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257471718</t>
+          <t>9786257471282</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Derunizade Muhammed Hulusi Divanı</t>
+          <t>İzmirli İsmail Hakkı’nın Meali ve Türkçe Namaz Fetvası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257471657</t>
+          <t>9786257471251</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hikayeti Yemame Sehaveti İmam Ali</t>
+          <t>Mircea Eliade ve Din: Dinler Tarihinde Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>295</v>
+        <v>800</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257471701</t>
+          <t>9786257471244</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İsyani Divanı</t>
+          <t>Toplumun Burçlarla İmtihanı: Teorik ve Gündelik Fragmanlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257471695</t>
+          <t>9786257760133</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Feminist Söylemde Yeni Bir Bakış: Judith Butler</t>
+          <t>Cumhuriyet Öncesi Vatandaşlık Eğitimi Metinleri - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257471664</t>
+          <t>9786257471589</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi’nde İstanbul’da Rumeli Göçmenleri</t>
+          <t>Karaçay-Balkarlıların Kimlik Algısı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>155</v>
+        <v>390</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257471602</t>
+          <t>9786257471503</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dil Tartışmaları</t>
+          <t>Bir Hayriyye Naziresi Fehminame</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>405</v>
+        <v>440</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257471619</t>
+          <t>9786257471596</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger Düşüncesinde Zaman-Hakikat İlişkisi</t>
+          <t>Hayal-i Sitare</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257471633</t>
+          <t>9786054635641</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Distopik Romanlarda Kaygı</t>
+          <t>Osmanlıca Öğrenenler İçin Mesneviden Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257471510</t>
+          <t>9786054635580</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Murtazaviyye</t>
+          <t>Dil Yanlışı Sözcükler Defteri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257471572</t>
+          <t>9786054635290</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Ütopya</t>
+          <t>Esami</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>205</v>
+        <v>380</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257471527</t>
+          <t>9786258371505</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Araştırmaları</t>
+          <t>Türkiye’de ve Dünyada Mesleki Eğitim ve Rehabilitasyon Hizmetlerinde Körler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257471497</t>
+          <t>9786258371475</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 5. Cilt</t>
+          <t>Klasik Türk Şiirinde Savaş Aletleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1125</v>
+        <v>790</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257471480</t>
+          <t>9786258371192</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Süleyman ve Divanı</t>
+          <t>İbn Sina'da Külliler Meselesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>535</v>
+        <v>380</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257471473</t>
+          <t>9786257471718</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Varlık Vardan Gelir</t>
+          <t>Derunizade Muhammed Hulusi Divanı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257471435</t>
+          <t>9786257471657</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sakızlı İsa Efendi ve Nizamü’l-Edviyesi Üzerine İncelemeler</t>
+          <t>Hikayeti Yemame Sehaveti İmam Ali</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257471428</t>
+          <t>9786257471701</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname-i Londra</t>
+          <t>İsyani Divanı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257471411</t>
+          <t>9786257471695</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Münazara</t>
+          <t>Feminist Söylemde Yeni Bir Bakış: Judith Butler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257471268</t>
+          <t>9786257471664</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Makamat-ı Hariri Şerhi</t>
+          <t>93 Harbi’nde İstanbul’da Rumeli Göçmenleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1040</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257471305</t>
+          <t>9786257471602</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Edmund Burke’te Politik Akıl ve Modernite Eleştirisi</t>
+          <t>Türkiye'de Dil Tartışmaları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>255</v>
+        <v>520</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257760485</t>
+          <t>9786257471619</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane Kelkit Söğütlü Ağzı</t>
+          <t>Martin Heidegger Düşüncesinde Zaman-Hakikat İlişkisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257471299</t>
+          <t>9786257471633</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yazıcılığında Dönüşüm</t>
+          <t>Distopik Romanlarda Kaygı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257471152</t>
+          <t>9786257471510</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü’nün Mahiyeti</t>
+          <t>Menakıb-ı Murtazaviyye</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>375</v>
+        <v>900</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257471237</t>
+          <t>9786257471572</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Partiler Sosyolojisi</t>
+          <t>Eleştiri ve Ütopya</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257471220</t>
+          <t>9786257471527</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Ahlak</t>
+          <t>Halkbilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>550</v>
+        <v>370</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257471275</t>
+          <t>9786257471497</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bir Anayasa Yapımının İzahlı Kronolojisi 1961</t>
+          <t>Osmanlı Şiiri Kılavuzu 5. Cilt</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>295</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257471145</t>
+          <t>9786257471480</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'nin Siyaset ve Toplum Düşüncesi</t>
+          <t>Süleyman ve Divanı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>690</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257471206</t>
+          <t>9786257471473</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Kuramları ve Metin Tahlilleri</t>
+          <t>Varlık Vardan Gelir</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257471190</t>
+          <t>9786257471435</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Manzume-i Pend-i Attar</t>
+          <t>Sakızlı İsa Efendi ve Nizamü’l-Edviyesi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257471183</t>
+          <t>9786257471428</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Şuara</t>
+          <t>Seyahatname-i Londra</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257471176</t>
+          <t>9786257471411</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bosnalı Sami'i Divanı</t>
+          <t>Klasik Türk Edebiyatında Münazara</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>245</v>
+        <v>610</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257471138</t>
+          <t>9786257471268</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Cemal-i Halveti’nin Tasavvufi Mesnevileri</t>
+          <t>Makamat-ı Hariri Şerhi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>730</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257471121</t>
+          <t>9786257471305</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Cebir ve Denklem Hesabı Üzerine Özet Kitap</t>
+          <t>Edmund Burke’te Politik Akıl ve Modernite Eleştirisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257471114</t>
+          <t>9786257760485</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Bir Alimin Serencamı: Ahmed Mikdad Efendi</t>
+          <t>Gümüşhane Kelkit Söğütlü Ağzı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>515</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257471107</t>
+          <t>9786257471299</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hukuk İlmine Giriş</t>
+          <t>Siyer Yazıcılığında Dönüşüm</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257471091</t>
+          <t>9786257471152</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Fenomen Olarak İslam’da Hac Olgusu</t>
+          <t>Tefsir Usulü’nün Mahiyeti</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257471060</t>
+          <t>9786257471237</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Telhisü’n-Nasayıh</t>
+          <t>Siyasal Partiler Sosyolojisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257471077</t>
+          <t>9786257471220</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tannane ve Tayyare Kasideleri Şerhi</t>
+          <t>İnanç ve Ahlak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>710</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257471084</t>
+          <t>9786257471275</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İhya’dan Hikmetler</t>
+          <t>Türkiye’de Bir Anayasa Yapımının İzahlı Kronolojisi 1961</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257471053</t>
+          <t>9786257471145</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Siirt Arapçası</t>
+          <t>Gazzali'nin Siyaset ve Toplum Düşüncesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257471015</t>
+          <t>9786257471206</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Eleştiri Kuramları ve Metin Tahlilleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>670</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257471039</t>
+          <t>9786257471190</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Teoloji</t>
+          <t>Tercüme-i Manzume-i Pend-i Attar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257438995</t>
+          <t>9786257471183</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Müslimi Divanı</t>
+          <t>Tezkire-i Şuara</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257471046</t>
+          <t>9786257471176</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Divanlar Kataloğu (Bibliyografya)</t>
+          <t>Bosnalı Sami'i Divanı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257471022</t>
+          <t>9786257471138</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kafiyeci - Sa'di Bağlamında Kavaidü’t-Tefsir Kavramı ve Literatürü</t>
+          <t>Cemal-i Halveti’nin Tasavvufi Mesnevileri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>940</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257471008</t>
+          <t>9786257471121</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Eleştiri Terimleri Sözlüğü</t>
+          <t>Cebir ve Denklem Hesabı Üzerine Özet Kitap</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257438988</t>
+          <t>9786257471114</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mushaf Hattatları Rehberi</t>
+          <t>Osmanlı'dan Cumhuriyet'e Bir Alimin Serencamı: Ahmed Mikdad Efendi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>660</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257438957</t>
+          <t>9786257471107</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Nüsha Işığında Eski Anadolu Türkçesi Devri Manzum - Hz. Ali Cenk-Nameleri</t>
+          <t>Hukuk İlmine Giriş</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>530</v>
+        <v>260</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257438964</t>
+          <t>9786257471091</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizme Entegrasyon ve İslamcılık(lar)</t>
+          <t>Bir Sosyal Fenomen Olarak İslam’da Hac Olgusu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>475</v>
+        <v>530</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257438971</t>
+          <t>9786257471060</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Telhisü’n-Nasayıh</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257760560</t>
+          <t>9786257471077</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İslami Türk Edebiyatı Metinleri</t>
+          <t>Tannane ve Tayyare Kasideleri Şerhi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257760492</t>
+          <t>9786257471084</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Safahat’tan Seçme Şiirler</t>
+          <t>İhya’dan Hikmetler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257760584</t>
+          <t>9786257471053</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Arzusu</t>
+          <t>Geçmişten Günümüze Siirt Arapçası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>305</v>
+        <v>370</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257760553</t>
+          <t>9786257471015</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kent İmgesi ve Kentli Kimliği</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257760539</t>
+          <t>9786257471039</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Divançe Ve Münşeat-ı Türkiyye</t>
+          <t>Postmodern Teoloji</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>435</v>
+        <v>330</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257760546</t>
+          <t>9786257438995</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Gelibolulu Süruri - Şerh-i Risale-i Mu'amma-yı 'Ali Ker</t>
+          <t>Müslimi Divanı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>290</v>
+        <v>570</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257760522</t>
+          <t>9786257471046</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şiirimizden Seçmeler Mecmuası 17. Yüzyıl</t>
+          <t>Türkçe Divanlar Kataloğu (Bibliyografya)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>670</v>
+        <v>390</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257760515</t>
+          <t>9786257471022</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide İlişkisellik ve İlişkisel Sosyoloji</t>
+          <t>Kafiyeci - Sa'di Bağlamında Kavaidü’t-Tefsir Kavramı ve Literatürü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257760478</t>
+          <t>9786257471008</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Pend-Nameler ve Levh-Name</t>
+          <t>Klasik Türk Edebiyatı Eleştiri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>175</v>
+        <v>630</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257760508</t>
+          <t>9786257438988</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Rutin ve Hayret</t>
+          <t>Mushaf Hattatları Rehberi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257760461</t>
+          <t>9786257438957</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür, Gençlik ve Hallyu</t>
+          <t>Yeni Bir Nüsha Işığında Eski Anadolu Türkçesi Devri Manzum - Hz. Ali Cenk-Nameleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>345</v>
+        <v>680</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257760454</t>
+          <t>9786257438964</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mahremi’nin Belgrad Fethine Kasidesi Ya Da Kanuni Methiyesi</t>
+          <t>Kapitalizme Entegrasyon ve İslamcılık(lar)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>425</v>
+        <v>620</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257760430</t>
+          <t>9786257438971</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Refah Muhitinde Dindar Kadın</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257760416</t>
+          <t>9786257760560</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcı Yabancılaşma</t>
+          <t>İslami Türk Edebiyatı Metinleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257760423</t>
+          <t>9786257760492</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılıktan Postyapısalcılığa</t>
+          <t>Osmanlıca Öğrenenler İçin Safahat’tan Seçme Şiirler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257760393</t>
+          <t>9786257760584</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Öğrenenler İçin Gülistan’dan Seçme Hikayeler</t>
+          <t>Demokrasi Arzusu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>125</v>
+        <v>440</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257760409</t>
+          <t>9786257760553</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hastalık, Sağlık ve Toplum</t>
+          <t>Kent İmgesi ve Kentli Kimliği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257760379</t>
+          <t>9786257760539</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sünbülistan Şerhi</t>
+          <t>Divançe Ve Münşeat-ı Türkiyye</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>530</v>
+        <v>560</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257760386</t>
+          <t>9786257760546</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Anadolu’da Evlilik 1075-1308</t>
+          <t>Gelibolulu Süruri - Şerh-i Risale-i Mu'amma-yı 'Ali Ker</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>235</v>
+        <v>370</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257760362</t>
+          <t>9786257760522</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Rağmi Divanı</t>
+          <t>Kadim Şiirimizden Seçmeler Mecmuası 17. Yüzyıl</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>310</v>
+        <v>860</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257760355</t>
+          <t>9786257760515</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Şerhi</t>
+          <t>Sosyolojide İlişkisellik ve İlişkisel Sosyoloji</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257760348</t>
+          <t>9786257760478</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Şiir Üzerine</t>
+          <t>Pend-Nameler ve Levh-Name</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257760324</t>
+          <t>9786257760508</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 4. Cilt (Ebabil - Füsun)</t>
+          <t>Rutin ve Hayret</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257760126</t>
+          <t>9786257760461</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Şehir</t>
+          <t>Popüler Kültür, Gençlik ve Hallyu</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257760331</t>
+          <t>9786257760454</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dili</t>
+          <t>Mahremi’nin Belgrad Fethine Kasidesi Ya Da Kanuni Methiyesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257760119</t>
+          <t>9786257760430</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme ve Ailenin Değişimi</t>
+          <t>Refah Muhitinde Dindar Kadın</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257760263</t>
+          <t>9786257760416</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Metafizikçi Olarak Nietzsche</t>
+          <t>Yapısalcı Yabancılaşma</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>215</v>
+        <v>390</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257760270</t>
+          <t>9786257760423</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Yunan Zulüm ve Vahşeti</t>
+          <t>Yapısalcılıktan Postyapısalcılığa</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257760256</t>
+          <t>9786257760393</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Mantığı</t>
+          <t>Osmanlıca Öğrenenler İçin Gülistan’dan Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257760294</t>
+          <t>9786257760409</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir, Sosyalizm ve Devlet</t>
+          <t>Hastalık, Sağlık ve Toplum</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257760287</t>
+          <t>9786257760379</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Daima Hilekar</t>
+          <t>Sünbülistan Şerhi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257760317</t>
+          <t>9786257760386</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Süreç Yapılaşma ve Model Bağlamında Kur'an'da Firavun Tipolojisi</t>
+          <t>Selçuklular Zamanında Anadolu’da Evlilik 1075-1308</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257760300</t>
+          <t>9786257760362</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Duyuşsal Boyut</t>
+          <t>Rağmi Divanı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257760249</t>
+          <t>9786257760355</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı Şerhi</t>
+          <t>Kaside-i Bürde Şerhi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257760225</t>
+          <t>9786257760348</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hisler ve Fikirler</t>
+          <t>Postmodernizm ve Şiir Üzerine</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257760232</t>
+          <t>9786257760324</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Lane-i Melal</t>
+          <t>Osmanlı Şiiri Kılavuzu 4. Cilt (Ebabil - Füsun)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257760218</t>
+          <t>9786257760126</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sesi</t>
+          <t>Yavaş Şehir</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257760195</t>
+          <t>9786257760331</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Kur'an Dili</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257760201</t>
+          <t>9786257760119</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Resimli Vezaif-i Medeniye (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Kentleşme ve Ailenin Değişimi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257760188</t>
+          <t>9786257760263</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kitap - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Metafizikçi Olarak Nietzsche</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257760171</t>
+          <t>9786257760270</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İbtidaiyelere Malumat-ı Ahlakiye ve Medeniye (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Anadolu'da Yunan Zulüm ve Vahşeti</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>185</v>
+        <v>630</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257760164</t>
+          <t>9786257760256</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yeni Malumat-ı Medeniye (Ahlaki Vatani Dersler - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Toplumun Mantığı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257760157</t>
+          <t>9786257760294</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye ve Ahlakiye (İkinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Kemal Tahir, Sosyalizm ve Devlet</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257760140</t>
+          <t>9786257760287</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
+          <t>Daima Hilekar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>175</v>
+        <v>520</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257760027</t>
+          <t>9786257760317</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Arap İzzet Paşa - Sultan 2. Abdülhamid’in Mabeyn İkinci Katibi</t>
+          <t>Süreç Yapılaşma ve Model Bağlamında Kur'an'da Firavun Tipolojisi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257760003</t>
+          <t>9786257760300</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Tekniğin Diyalektiği</t>
+          <t>Din Eğitiminde Duyuşsal Boyut</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257760102</t>
+          <t>9786257760249</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l-Hulefa</t>
+          <t>Yavuz Sultan Selim Divanı Şerhi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>520</v>
+        <v>780</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257760072</t>
+          <t>9786257760225</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kovuğundan Çıkmak</t>
+          <t>Hisler ve Fikirler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>225</v>
+        <v>370</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257760041</t>
+          <t>9786257760232</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şairin İlimle İmtihanı</t>
+          <t>Lane-i Melal</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257760089</t>
+          <t>9786257760218</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Edebi ve Kültürel Açıdan Osmanlı Mezar Taşları</t>
+          <t>Aşkın Sesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257760096</t>
+          <t>9786257760195</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Söylem</t>
+          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054635993</t>
+          <t>9786257760201</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Tarihiyye ve Edebiyye</t>
+          <t>Resimli Vezaif-i Medeniye (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257760058</t>
+          <t>9786257760188</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Bir Vizyon Tasarımı</t>
+          <t>Malumat-ı Medeniye (Birinci Kitap - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257760065</t>
+          <t>9786257760171</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Erzincanlı Visali Divanı</t>
+          <t>İbtidaiyelere Malumat-ı Ahlakiye ve Medeniye (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054635986</t>
+          <t>9786257760164</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Evrensel ve Komşu</t>
+          <t>Yeni Malumat-ı Medeniye (Ahlaki Vatani Dersler - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257760034</t>
+          <t>9786257760157</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Nişancı Abdurrahman Abdi Paşa Divançesi</t>
+          <t>Malumat-ı Medeniye ve Ahlakiye (İkinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>190</v>
+        <v>530</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054635979</t>
+          <t>9786257760140</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tartışma: Birey mi, Toplum mu?</t>
+          <t>Malumat-ı Medeniye (Birinci Kısım - Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054635962</t>
+          <t>9786257760027</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İyinin Peşinde</t>
+          <t>Arap İzzet Paşa - Sultan 2. Abdülhamid’in Mabeyn İkinci Katibi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054635955</t>
+          <t>9786257760003</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Karşı-Ütopya ve Modernite</t>
+          <t>Aklın ve Tekniğin Diyalektiği</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054635702</t>
+          <t>9786257760102</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Cami‘ü’l-Hikayat Tercümesi</t>
+          <t>Tezkiretü'l-Hulefa</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>295</v>
+        <v>670</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054635948</t>
+          <t>9786257760072</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İslam Eğitim Tarihinde Bir Metot Olarak Rıhle</t>
+          <t>Ağaç Kovuğundan Çıkmak</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054635924</t>
+          <t>9786257760041</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiden Denemeye Bir Yol Gider</t>
+          <t>Şairin İlimle İmtihanı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054635931</t>
+          <t>9786257760089</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti'nin Seçimleri</t>
+          <t>Tarihi Edebi ve Kültürel Açıdan Osmanlı Mezar Taşları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054635900</t>
+          <t>9786257760096</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Düşüncede Temsil Krizi</t>
+          <t>Yaşam ve Söylem</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054635894</t>
+          <t>9786054635993</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Makalat-ı Tarihiyye ve Edebiyye</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>645</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054635870</t>
+          <t>9786257760058</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bolkvadze-zade İbrahim Kadem ve Manzum İki Eseri: Delilü’l-Harameyn - Mevlidü’n-Nebi</t>
+          <t>Türkiye İçin Bir Vizyon Tasarımı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054635863</t>
+          <t>9786257760065</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ruzi ve Şiiri</t>
+          <t>Erzincanlı Visali Divanı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>660</v>
+        <v>420</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054635856</t>
+          <t>9786054635986</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Tevessül - Necib Efendi’nin Kaside-i Bürde Şerhi</t>
+          <t>Evrensel ve Komşu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054635788</t>
+          <t>9786257760034</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mir’at-i Muhammedi - Divan Şiirinden Na‘t Örnekleri</t>
+          <t>Nişancı Abdurrahman Abdi Paşa Divançesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054635849</t>
+          <t>9786054635979</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hafız Ahmedi Şükri’nin Mevlüdü’n-Nebi’si</t>
+          <t>Kadim Tartışma: Birey mi, Toplum mu?</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>185</v>
+        <v>360</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054635740</t>
+          <t>9786054635962</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Siham-ı Kaza</t>
+          <t>İyinin Peşinde</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>600</v>
+        <v>560</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054635764</t>
+          <t>9786054635955</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Lozan - Sulh Muahedenamesi</t>
+          <t>Ütopya Karşı-Ütopya ve Modernite</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054635818</t>
+          <t>9786054635702</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Semhudi’nin İdahu’l-Beyan’ı ve Alemin Mükemmelliği Düşüncesi</t>
+          <t>Cami‘ü’l-Hikayat Tercümesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054635771</t>
+          <t>9786054635948</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bitlisli Şükri Divanı</t>
+          <t>İslam Eğitim Tarihinde Bir Metot Olarak Rıhle</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>155</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054635757</t>
+          <t>9786054635924</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Eslaf - Teracim-i Ahval - Tercim-i Ahval-ı Meşahir</t>
+          <t>Söyleşiden Denemeye Bir Yol Gider</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054635733</t>
+          <t>9786054635931</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Hadis-i Erbain Tercümesi</t>
+          <t>Demokrat Parti'nin Seçimleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054635726</t>
+          <t>9786054635900</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri Kılavuzu 3. Cilt</t>
+          <t>Postmodern Düşüncede Temsil Krizi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054635696</t>
+          <t>9786054635894</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Mir'atu'l Gaybi'l H-akani</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>410</v>
+        <v>830</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054635672</t>
+          <t>9786054635870</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ziver ve Divanı</t>
+          <t>Bolkvadze-zade İbrahim Kadem ve Manzum İki Eseri: Delilü’l-Harameyn - Mevlidü’n-Nebi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054635665</t>
+          <t>9786054635863</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kuduri Şerhi El-Lübab Kaynak ve Metod</t>
+          <t>Aşık Ruzi ve Şiiri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054635627</t>
+          <t>9786054635856</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Torunu Satıa Hanım Sultan’ın Hatıralarında Eski İstanbul ve Sosyal Hayat</t>
+          <t>Muhtasar Tevessül - Necib Efendi’nin Kaside-i Bürde Şerhi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054635658</t>
+          <t>9786054635788</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aynasında Kadın</t>
+          <t>Mir’at-i Muhammedi - Divan Şiirinden Na‘t Örnekleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>335</v>
+        <v>450</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054635634</t>
+          <t>9786054635849</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Belagat</t>
+          <t>Hafız Ahmedi Şükri’nin Mevlüdü’n-Nebi’si</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054635603</t>
+          <t>9786054635740</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Baha Tevfik'te Din ve Tanrı Problemi</t>
+          <t>Siham-ı Kaza</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>205</v>
+        <v>750</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054635610</t>
+          <t>9786054635764</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Borden Parker Bowne'un Tanrı Anlayışı</t>
+          <t>Lozan - Sulh Muahedenamesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>395</v>
+        <v>540</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054635597</t>
+          <t>9786054635818</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Partilerin Programlarında Sağlık Politikaları 1923 - 2018</t>
+          <t>Semhudi’nin İdahu’l-Beyan’ı ve Alemin Mükemmelliği Düşüncesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>580</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054635573</t>
+          <t>9786054635771</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Cevher-Name-i Sultan Muradi</t>
+          <t>Bitlisli Şükri Divanı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054635566</t>
+          <t>9786054635757</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Muamma</t>
+          <t>Eslaf - Teracim-i Ahval - Tercim-i Ahval-ı Meşahir</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>305</v>
+        <v>640</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054635559</t>
+          <t>9786054635733</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Şerh-i Hadis-i Erbain Tercümesi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>675</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054635542</t>
+          <t>9786054635726</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun İstikbali ve Akdeniz Meselesi</t>
+          <t>Osmanlı Şiiri Kılavuzu 3. Cilt</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054635429</t>
+          <t>9786054635696</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sanat-ı Tahrir ve Edebiyat</t>
+          <t>Mir'atu'l Gaybi'l H-akani</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>385</v>
+        <v>530</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054635535</t>
+          <t>9786054635672</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Muallim-i Kavaid-i Farisi</t>
+          <t>Ziver ve Divanı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>165</v>
+        <v>800</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054635528</t>
+          <t>9786054635665</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Envaru’l-Kulub</t>
+          <t>Kuduri Şerhi El-Lübab Kaynak ve Metod</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>715</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054635511</t>
+          <t>9786054635627</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Kami ve Divanı</t>
+          <t>Sultan 2. Abdülhamid’in Torunu Satıa Hanım Sultan’ın Hatıralarında Eski İstanbul ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054635498</t>
+          <t>9786054635658</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Altın Merdiven</t>
+          <t>Zaman Aynasında Kadın</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054635504</t>
+          <t>9786054635634</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Memluk Sultanlarının Alayları - (1250-1517)</t>
+          <t>Şerh-i Belagat</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054635450</t>
+          <t>9786054635603</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Baha Tevfik'te Din ve Tanrı Problemi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054635474</t>
+          <t>9786054635610</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Fedaileri 1</t>
+          <t>Borden Parker Bowne'un Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>325</v>
+        <v>510</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054635481</t>
+          <t>9786054635597</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’ın Fedaileri 2</t>
+          <t>Türkiye'de Siyasi Partilerin Programlarında Sağlık Politikaları 1923 - 2018</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054635467</t>
+          <t>9786054635573</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nazariyyat-ı Edebiyye (Cilt 1-2)</t>
+          <t>Cevher-Name-i Sultan Muradi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>385</v>
+        <v>510</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054635443</t>
+          <t>9786054635566</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktörün Hatıraları</t>
+          <t>Risale-i Muamma</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054635436</t>
+          <t>9786054635559</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Babıali'den Son Selam</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>340</v>
+        <v>870</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054635405</t>
+          <t>9786054635542</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İmtiyazlar Bağlamında-Osmanlı Devleti’nde Ermeniler</t>
+          <t>Anadolu'nun İstikbali ve Akdeniz Meselesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054635412</t>
+          <t>9786054635429</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Baki’nin Ses Dünyası</t>
+          <t>Sanat-ı Tahrir ve Edebiyat</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054635399</t>
+          <t>9786054635535</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Devrimler - İsyanlar - Darbeler</t>
+          <t>Muallim-i Kavaid-i Farisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>505</v>
+        <v>210</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054635382</t>
+          <t>9786054635528</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eski Şeyler (Birinci Cilt)</t>
+          <t>Envaru’l-Kulub</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>450</v>
+        <v>920</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054635368</t>
+          <t>9786054635511</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık Yöntemleri</t>
+          <t>Diyarbekirli Kami ve Divanı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054635375</t>
+          <t>9786054635498</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Divan (Osmanlıca Aslıyla Birlikte)</t>
+          <t>Altın Merdiven</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054635351</t>
+          <t>9786054635504</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Modeli</t>
+          <t>Memluk Sultanlarının Alayları - (1250-1517)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054635283</t>
+          <t>9786054635450</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>TBMM İçtüzüğüne Göre Bir Dakika</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>215</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054635306</t>
+          <t>9786054635474</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bir Hilal Uğruna</t>
+          <t>Boğaz’ın Fedaileri 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>435</v>
+        <v>500</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054635320</t>
+          <t>9786054635481</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>1877-1878 Osmanlı-Rus Seferinde Osmanlı Kumandanları</t>
+          <t>Boğaz’ın Fedaileri 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054635337</t>
+          <t>9786054635467</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kadı Şefi'i Divanı</t>
+          <t>Nazariyyat-ı Edebiyye (Cilt 1-2)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054635313</t>
+          <t>9786054635443</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Edirne Kuşatması Günlüğü</t>
+          <t>Bir Aktörün Hatıraları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054635276</t>
+          <t>9786054635436</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Nef-i</t>
+          <t>Babıali'den Son Selam</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054635269</t>
+          <t>9786054635405</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Türk'e ve Ötesi</t>
+          <t>İmtiyazlar Bağlamında-Osmanlı Devleti’nde Ermeniler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054635245</t>
+          <t>9786054635412</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze KOP (Ciltli)</t>
+          <t>Baki’nin Ses Dünyası</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>750</v>
+        <v>740</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054635238</t>
+          <t>9786054635399</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ta'lim-i Edebiyyat</t>
+          <t>Devrimler - İsyanlar - Darbeler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054635207</t>
+          <t>9786054635382</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Baki Divanı Sözlüğü (2 Cilt Takım)</t>
+          <t>Eski Şeyler (Birinci Cilt)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1300</v>
+        <v>670</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054635184</t>
+          <t>9786054635368</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Paylaşıldı?</t>
+          <t>Metinlerarasılık Yöntemleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054635146</t>
+          <t>9786054635375</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Dostları</t>
+          <t>Divan (Osmanlıca Aslıyla Birlikte)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054635122</t>
+          <t>9786054635351</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Nümune-i Edebiyat-ı Osmaniyye</t>
+          <t>Cumhurbaşkanlığı Modeli</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>1125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054635108</t>
+          <t>9786054635283</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Gördüklerim ve Yaşadıklarım</t>
+          <t>TBMM İçtüzüğüne Göre Bir Dakika</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>720</v>
+        <v>310</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054635061</t>
+          <t>9786054635306</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğu (1288-1924)</t>
+          <t>Bir Hilal Uğruna</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>525</v>
+        <v>560</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054635023</t>
+          <t>9786054635320</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp’ı Nasıl Aldık</t>
+          <t>1877-1878 Osmanlı-Rus Seferinde Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054635047</t>
+          <t>9786054635337</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Ermeniler ve Ermenistan Fetihleri</t>
+          <t>Kadı Şefi'i Divanı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054635009</t>
+          <t>9786054635313</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hatırat (1913 - 1922) Cemal Paşa</t>
+          <t>Edirne Kuşatması Günlüğü</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786056133114</t>
+          <t>9786054635276</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Haremde Yaşam</t>
+          <t>Nef-i</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786058800205</t>
+          <t>9786054635269</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda Siyonistler</t>
+          <t>Osmanlı'dan Türk'e ve Ötesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786058800243</t>
+          <t>9786054635245</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir İstiklal Aşığı Mehmet Akif</t>
+          <t>Geçmişten Günümüze KOP (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>880</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786058800212</t>
+          <t>9786054635238</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıraları</t>
+          <t>Ta'lim-i Edebiyyat</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>230</v>
+        <v>940</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786056133183</t>
+          <t>9786054635207</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e</t>
+          <t>Baki Divanı Sözlüğü (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>525</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786056133107</t>
+          <t>9786054635184</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet ve Sonrası Hatıralarım</t>
+          <t>Türkiye Nasıl Paylaşıldı?</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054635139</t>
+          <t>9786054635146</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Silahdar-Zade</t>
+          <t>Osmanlı'nın Son Dostları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054635153</t>
+          <t>9786054635122</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hazine Kitabı</t>
+          <t>Nümune-i Edebiyat-ı Osmaniyye</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>175</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
+          <t>9786054635108</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı'nda Gördüklerim ve Yaşadıklarım</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786054635061</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Türk İmparatorluğu (1288-1924)</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786054635023</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Trablusgarp’ı Nasıl Aldık</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786054635047</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinde Ermeniler ve Ermenistan Fetihleri</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786054635009</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Hatırat (1913 - 1922) Cemal Paşa</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786056133114</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Haremde Yaşam</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786058800205</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşı’nda Siyonistler</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786058800243</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Bir İstiklal Aşığı Mehmet Akif</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786058800212</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Harbi Hatıraları</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786056133183</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786056133107</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>2. Meşrutiyet ve Sonrası Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786054635139</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Tezkire-i Silahdar-Zade</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786054635153</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Kitabı</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
           <t>9786054635078</t>
         </is>
       </c>
-      <c r="B421" s="1" t="inlineStr">
+      <c r="B434" s="1" t="inlineStr">
         <is>
           <t>İttihat ve Terakkiye Açık Mektuplar</t>
         </is>
       </c>
-      <c r="C421" s="1">
-        <v>370</v>
+      <c r="C434" s="1">
+        <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>