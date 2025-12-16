--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3295 +85,3325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255658258</t>
+          <t>9786255658265</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Leopar Desenli Şapka</t>
+          <t>Kasap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255658234</t>
+          <t>9786255658272</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şişeye Tıkılan Şeyler</t>
+          <t>Doktor Graesler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255658227</t>
+          <t>9786255658258</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Bir Yas</t>
+          <t>Leopar Desenli Şapka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255658241</t>
+          <t>9786255658234</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Şişeye Tıkılan Şeyler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057639073</t>
+          <t>9786255658227</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üç Pastoral ve Pastorize Tablo</t>
+          <t>Sahipsiz Bir Yas</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057639967</t>
+          <t>9786255658241</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kefaret Gemisi</t>
+          <t>Apartman</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057639110</t>
+          <t>9786057639073</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pembe Tütülü Amiral</t>
+          <t>Üç Pastoral ve Pastorize Tablo</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057639578</t>
+          <t>9786057639967</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar Seti - 10 Kitap Takım</t>
+          <t>Kefaret Gemisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057639271</t>
+          <t>9786057639110</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ağacı</t>
+          <t>Pembe Tütülü Amiral</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255658081</t>
+          <t>9786057639578</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal, Bay Chips</t>
+          <t>Pardayanlar Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255658098</t>
+          <t>9786057639271</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Her Zaman Mordur</t>
+          <t>Deniz Ağacı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255658074</t>
+          <t>9786255658081</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ilgın Yolu</t>
+          <t>Hoşça Kal, Bay Chips</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255658067</t>
+          <t>9786255658098</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Hanrahan</t>
+          <t>Gökyüzü Her Zaman Mordur</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255658050</t>
+          <t>9786255658074</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Kabus</t>
+          <t>Ilgın Yolu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256920804</t>
+          <t>9786255658067</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beni Bekleyen Bir Dağ Biliyorum</t>
+          <t>Kızıl Hanrahan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256920811</t>
+          <t>9786255658050</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Adası</t>
+          <t>Sıradan Bir Kabus</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256920767</t>
+          <t>9786256920804</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulutlar</t>
+          <t>Beni Bekleyen Bir Dağ Biliyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256920774</t>
+          <t>9786256920811</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Parıltılar</t>
+          <t>Penguenler Adası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256920750</t>
+          <t>9786256920767</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zaferler</t>
+          <t>Kara Bulutlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256920743</t>
+          <t>9786256920774</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Yangının Tarihçesi</t>
+          <t>Parıltılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057639721</t>
+          <t>9786256920750</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Harap</t>
+          <t>Muhteşem Zaferler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256920682</t>
+          <t>9786256920743</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 10 Cilt Takım - (Özel Baskı-Siyah) (Ciltli)</t>
+          <t>Bir Yangının Tarihçesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>14000</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059203388</t>
+          <t>9786057639721</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yunanlı Bir Kız Aranıyor</t>
+          <t>Harap</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054708871</t>
+          <t>9786256920682</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek Şehirde</t>
+          <t>Pardayanlar 10 Cilt Takım - (Özel Baskı-Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054708048</t>
+          <t>9786059203388</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ölmek</t>
+          <t>Yunanlı Bir Kız Aranıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059203586</t>
+          <t>9786054708871</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hassas Düğmeler</t>
+          <t>Sivrisinek Şehirde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256920736</t>
+          <t>9786054708048</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Analog Dağ</t>
+          <t>Ölmek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256920071</t>
+          <t>9786059203586</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sığ Sularda Dans</t>
+          <t>Hassas Düğmeler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256920729</t>
+          <t>9786256920736</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Erwin Schlumpf Davası &amp; Müfettiş Studer-1</t>
+          <t>Analog Dağ</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057639516</t>
+          <t>9786256920071</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ne Cennet Şey Şu Deniz!</t>
+          <t>Sığ Sularda Dans</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059203470</t>
+          <t>9786256920729</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kelt Şafağı</t>
+          <t>Erwin Schlumpf Davası &amp; Müfettiş Studer-1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057639240</t>
+          <t>9786057639516</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tek Parça Kadın</t>
+          <t>Ne Cennet Şey Şu Deniz!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256920712</t>
+          <t>9786059203470</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Füg</t>
+          <t>Kelt Şafağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256920019</t>
+          <t>9786057639240</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şato</t>
+          <t>Tek Parça Kadın</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059203210</t>
+          <t>9786256920712</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kulübe</t>
+          <t>Füg</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057639769</t>
+          <t>9786256920019</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mola</t>
+          <t>Mavi Şato</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057639868</t>
+          <t>9786059203210</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Cinayetleri</t>
+          <t>Kulübe</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057639691</t>
+          <t>9786057639769</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Bir Hata</t>
+          <t>Mola</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059203821</t>
+          <t>9786057639868</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Serserinin Gezi Notları</t>
+          <t>Peygamber Cinayetleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059203869</t>
+          <t>9786057639691</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Düşüş Öyküleri</t>
+          <t>Hayırlı Bir Hata</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059203968</t>
+          <t>9786059203821</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Atlası</t>
+          <t>Mor Bir Serserinin Gezi Notları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256920064</t>
+          <t>9786059203869</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gelin Taşı</t>
+          <t>Düşüş Öyküleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256920705</t>
+          <t>9786059203968</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi</t>
+          <t>Edebiyat Atlası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256920255</t>
+          <t>9786256920064</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Alevler</t>
+          <t>Gelin Taşı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256920293</t>
+          <t>9786256920705</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarım</t>
+          <t>Bir Yaz Gecesi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056280092</t>
+          <t>9786256920255</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şarabın Şiiri ve Esrarın Şiiri</t>
+          <t>Alevler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059203401</t>
+          <t>9786256920293</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yumurtalar</t>
+          <t>Hayvanlarım</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054708017</t>
+          <t>9786056280092</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Joyce’un Öğrencisi</t>
+          <t>Şarabın Şiiri ve Esrarın Şiiri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056280009</t>
+          <t>9786059203401</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Elleme, Baba Yorgun!</t>
+          <t>Ölümcül Yumurtalar</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056280085</t>
+          <t>9786054708017</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yasası - Şiddetin Yasası</t>
+          <t>Joyce’un Öğrencisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256920576</t>
+          <t>9786056280009</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar Seti (Ciltli)</t>
+          <t>Elleme, Baba Yorgun!</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256920453</t>
+          <t>9786056280085</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Mevsim</t>
+          <t>Aşkın Yasası - Şiddetin Yasası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256920248</t>
+          <t>9786256920576</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bow Esrarı</t>
+          <t>Pardayanlar Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256920040</t>
+          <t>9786256920453</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Badanalı Yüzler</t>
+          <t>Yeryüzünde Bir Mevsim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256920187</t>
+          <t>9786256920248</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğum Lekeli Kadın</t>
+          <t>Büyük Bow Esrarı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256920286</t>
+          <t>9786256920040</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Parmak İzi</t>
+          <t>Badanalı Yüzler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256920231</t>
+          <t>9786256920187</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sirius</t>
+          <t>Doğum Lekeli Kadın</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256920224</t>
+          <t>9786256920286</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>David Levinsky’nin Yükselişi</t>
+          <t>Kanlı Parmak İzi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256920026</t>
+          <t>9786256920231</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Acı İçin Bir Şey - Bir Hipodrom Hatıratı</t>
+          <t>Sirius</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256920057</t>
+          <t>9786256920224</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hamburg Barikatları &amp; 1923 Hamburg Ayaklanması</t>
+          <t>David Levinsky’nin Yükselişi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059203302</t>
+          <t>9786256920026</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Kadın</t>
+          <t>Acı İçin Bir Şey - Bir Hipodrom Hatıratı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256920033</t>
+          <t>9786256920057</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Köylü</t>
+          <t>Hamburg Barikatları &amp; 1923 Hamburg Ayaklanması</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256920002</t>
+          <t>9786059203302</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda Bir Ömür</t>
+          <t>Kayıp Bir Kadın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057639141</t>
+          <t>9786256920033</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Holding</t>
+          <t>Yolcu ve Köylü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059203142</t>
+          <t>9786256920002</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Podyum</t>
+          <t>Bulutlarda Bir Ömür</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057639943</t>
+          <t>9786057639141</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Sevdiği Adam</t>
+          <t>Holding</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057639820</t>
+          <t>9786059203142</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aquila Yarığı'nın Ötesi &amp; Toplu Öyküler - 2</t>
+          <t>Podyum</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059203180</t>
+          <t>9786057639943</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sazlar ve Çamur</t>
+          <t>Ağaçların Sevdiği Adam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057639813</t>
+          <t>9786057639820</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zima Mavisi - Toplu Öyküler 1</t>
+          <t>Aquila Yarığı'nın Ötesi &amp; Toplu Öyküler - 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057639950</t>
+          <t>9786059203180</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arınma Geçidi</t>
+          <t>Sazlar ve Çamur</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057639936</t>
+          <t>9786057639813</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Keşif Uzayı</t>
+          <t>Zima Mavisi - Toplu Öyküler 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057639837</t>
+          <t>9786057639950</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eriha'nın Duvarları</t>
+          <t>Arınma Geçidi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057639981</t>
+          <t>9786057639936</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Kasabanın Gün Işığı Eskizleri</t>
+          <t>Keşif Uzayı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057639912</t>
+          <t>9786057639837</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çağrılmayan</t>
+          <t>Eriha'nın Duvarları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057639998</t>
+          <t>9786057639981</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kara Kılavuz</t>
+          <t>Küçük Bir Kasabanın Gün Işığı Eskizleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057639929</t>
+          <t>9786057639912</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fluxo-Floema</t>
+          <t>Çağrılmayan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057639974</t>
+          <t>9786057639998</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ajda'nın Elmasları</t>
+          <t>Kara Kılavuz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057639905</t>
+          <t>9786057639929</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Huzur Cinayetleri</t>
+          <t>Fluxo-Floema</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057639844</t>
+          <t>9786057639974</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Killarney Blues</t>
+          <t>Ajda'nın Elmasları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786087639899</t>
+          <t>9786057639905</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peruklu Cinayetler</t>
+          <t>Huzur Cinayetleri</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057639752</t>
+          <t>9786057639844</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Melek</t>
+          <t>Killarney Blues</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057639851</t>
+          <t>9786087639899</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Oyunu</t>
+          <t>Peruklu Cinayetler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057639875</t>
+          <t>9786057639752</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Buse Cinayeti</t>
+          <t>Mühürlü Melek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057639882</t>
+          <t>9786057639851</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Jigolo Cinayeti</t>
+          <t>Tanrıların Oyunu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057639745</t>
+          <t>9786057639875</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gurur Ağaçları</t>
+          <t>Buse Cinayeti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057639776</t>
+          <t>9786057639882</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 10 Cilt Takım (Özel Baskı) (Ciltli)</t>
+          <t>Jigolo Cinayeti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054708475</t>
+          <t>9786057639745</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kader’in Peşinde</t>
+          <t>Gurur Ağaçları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059203494</t>
+          <t>9786057639776</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gözlemcileri Gözlemleyenin Gözlemi</t>
+          <t>Pardayanlar - 10 Cilt Takım (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059203678</t>
+          <t>9786054708475</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Kader’in Peşinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054708697</t>
+          <t>9786059203494</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karanfilsiz</t>
+          <t>Gözlemcileri Gözlemleyenin Gözlemi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054708604</t>
+          <t>9786059203678</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>1956 ve Küçük Adam</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057639790</t>
+          <t>9786054708697</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Borkmann Noktası - Müfettiş Van Veeteren 2</t>
+          <t>Karanfilsiz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057639783</t>
+          <t>9786054708604</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gözü</t>
+          <t>1956 ve Küçük Adam</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057639806</t>
+          <t>9786057639790</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dönüş - Müfettiş Van Veeteren 3</t>
+          <t>Borkmann Noktası - Müfettiş Van Veeteren 2</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057639738</t>
+          <t>9786057639783</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Papazının Güncesi</t>
+          <t>Zihin Gözü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057639714</t>
+          <t>9786057639806</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 10</t>
+          <t>Dönüş - Müfettiş Van Veeteren 3</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057639653</t>
+          <t>9786057639738</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkaran Mektuplar</t>
+          <t>Bir Taşra Papazının Güncesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057639707</t>
+          <t>9786057639714</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 9 - Pardaillan’ın Kızı</t>
+          <t>Pardayanlar 10</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057639684</t>
+          <t>9786057639653</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 8 - Pardaillan’ın Milyonları</t>
+          <t>Baştan Çıkaran Mektuplar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057639677</t>
+          <t>9786057639707</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 7 - Pardaillan'ın Oğlu</t>
+          <t>Pardayanlar 9 - Pardaillan’ın Kızı</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057639646</t>
+          <t>9786057639684</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 5 - Pardaillan ve Fausta</t>
+          <t>Pardayanlar 8 - Pardaillan’ın Milyonları</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057639660</t>
+          <t>9786057639677</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 6 - Chico’nun Aşkı</t>
+          <t>Pardayanlar 7 - Pardaillan'ın Oğlu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057639639</t>
+          <t>9786057639646</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Senso: Kontes Livia’nın Gizli Not Defteri</t>
+          <t>Pardayanlar 5 - Pardaillan ve Fausta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057639622</t>
+          <t>9786057639660</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 4 - Fausta’nın Yenilgisi</t>
+          <t>Pardayanlar 6 - Chico’nun Aşkı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057639615</t>
+          <t>9786057639639</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 3 - Fausta</t>
+          <t>Senso: Kontes Livia’nın Gizli Not Defteri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057639554</t>
+          <t>9786057639622</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Yetmez</t>
+          <t>Pardayanlar 4 - Fausta’nın Yenilgisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057639561</t>
+          <t>9786057639615</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tekerleği</t>
+          <t>Pardayanlar 3 - Fausta</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057639592</t>
+          <t>9786057639554</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 2 - Pardaillan’ın Aşkı</t>
+          <t>Bir Ömür Yetmez</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057639585</t>
+          <t>9786057639561</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 1 - Pardayanlar</t>
+          <t>Zamanın Tekerleği</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057639547</t>
+          <t>9786057639592</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Roger’ın Ailesi</t>
+          <t>Pardayanlar 2 - Pardaillan’ın Aşkı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059203791</t>
+          <t>9786057639585</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Pardayanlar 1 - Pardayanlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057639530</t>
+          <t>9786057639547</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Yabani Kadın</t>
+          <t>Roger’ın Ailesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054708185</t>
+          <t>9786059203791</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Ölümü</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054708628</t>
+          <t>9786057639530</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Nefret</t>
+          <t>Keşiş ve Yabani Kadın</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057639523</t>
+          <t>9786054708185</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazonya</t>
+          <t>Büyücünün Ölümü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057639509</t>
+          <t>9786054708628</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ey Öncüler!</t>
+          <t>Sevgili Nefret</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057639493</t>
+          <t>9786057639523</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız Masallar</t>
+          <t>Yeni Amazonya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057639486</t>
+          <t>9786057639509</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Akılçelen</t>
+          <t>Ey Öncüler!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057639066</t>
+          <t>9786057639493</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İçki Alemi</t>
+          <t>Ahlaksız Masallar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057639479</t>
+          <t>9786057639486</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Asılmışlar Ormanı</t>
+          <t>Akılçelen</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057639462</t>
+          <t>9786057639066</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Oyunu</t>
+          <t>İçki Alemi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057639448</t>
+          <t>9786057639479</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Ev</t>
+          <t>Asılmışlar Ormanı</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057639431</t>
+          <t>9786057639462</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Annelerin En Güzeli</t>
+          <t>Hayatta Kalma Oyunu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057639424</t>
+          <t>9786057639448</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gece Panayırı</t>
+          <t>Kerpiç Ev</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057639417</t>
+          <t>9786057639431</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ivır Zıvır Öyküler</t>
+          <t>Annelerin En Güzeli</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057639356</t>
+          <t>9786057639424</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sığırcıklar</t>
+          <t>Gece Panayırı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057639400</t>
+          <t>9786057639417</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Bir Mesafe</t>
+          <t>Ivır Zıvır Öyküler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059203197</t>
+          <t>9786057639356</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Rahibe</t>
+          <t>Sığırcıklar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057639394</t>
+          <t>9786057639400</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Altın Küpü</t>
+          <t>Kusursuz Bir Mesafe</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057639387</t>
+          <t>9786059203197</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol</t>
+          <t>Zoraki Rahibe</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057639370</t>
+          <t>9786057639394</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizlerinin Avaresi</t>
+          <t>Altın Küpü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057639349</t>
+          <t>9786057639387</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Oxen - İlk Kurban</t>
+          <t>Uzun Yol</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057639332</t>
+          <t>9786057639370</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Adam</t>
+          <t>Güney Denizlerinin Avaresi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057639325</t>
+          <t>9786057639349</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Jenny</t>
+          <t>Oxen - İlk Kurban</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057639318</t>
+          <t>9786057639332</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zafer Meydanı</t>
+          <t>Kuyudaki Adam</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057639301</t>
+          <t>9786057639325</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orfoz</t>
+          <t>Jenny</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057639295</t>
+          <t>9786057639318</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Meyve</t>
+          <t>Zafer Meydanı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057639288</t>
+          <t>9786057639301</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Işıkları</t>
+          <t>Büyük Orfoz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057639264</t>
+          <t>9786057639295</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Vahşi Meyve</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057639257</t>
+          <t>9786057639288</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Kuzey Işıkları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057639233</t>
+          <t>9786057639264</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Poonachi veya Kara Keçinin Hikayesi</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057639226</t>
+          <t>9786057639257</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Kasım</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057639219</t>
+          <t>9786057639233</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Marta Oulie - Bir İhanetin Romanı</t>
+          <t>Poonachi veya Kara Keçinin Hikayesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057639202</t>
+          <t>9786057639226</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Edepsiz Madam T</t>
+          <t>Mayıs Kasım</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057639172</t>
+          <t>9786057639219</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Kitabı</t>
+          <t>Marta Oulie - Bir İhanetin Romanı</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054708819</t>
+          <t>9786057639202</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bırak Seni Seveyim Mektuplar</t>
+          <t>Edepsiz Madam T</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057639165</t>
+          <t>9786057639172</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Toplar Enstitüsü - Bitmemiş Bir Beyzbol Destanı</t>
+          <t>Çıkış Kitabı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057639103</t>
+          <t>9786054708819</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kasabamız</t>
+          <t>Bırak Seni Seveyim Mektuplar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057639158</t>
+          <t>9786057639165</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ben, Ninem, İliko ve İlarion</t>
+          <t>Hatalı Toplar Enstitüsü - Bitmemiş Bir Beyzbol Destanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054708567</t>
+          <t>9786057639103</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Işık, Biraz</t>
+          <t>Kasabamız</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059203722</t>
+          <t>9786057639158</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kaybeden Adam</t>
+          <t>Ben, Ninem, İliko ve İlarion</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057639080</t>
+          <t>9786054708567</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Murişa</t>
+          <t>Işık, Biraz</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057639097</t>
+          <t>9786059203722</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Homologlar Evi</t>
+          <t>Kendini Kaybeden Adam</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059203845</t>
+          <t>9786057639080</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ayın Son Çeyreği</t>
+          <t>Murişa</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057639011</t>
+          <t>9786057639097</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Öfke Üzerine Üç Öykü</t>
+          <t>Homologlar Evi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059203876</t>
+          <t>9786059203845</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Lukundoo ve Başka Korkular</t>
+          <t>Ayın Son Çeyreği</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059203944</t>
+          <t>9786057639011</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Öncüleri - Montesquieu ve Rousseau</t>
+          <t>Öfke Üzerine Üç Öykü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059203838</t>
+          <t>9786059203876</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>O Gece Gördüm Onu</t>
+          <t>Lukundoo ve Başka Korkular</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059203890</t>
+          <t>9786059203944</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin Hakkında Her Şey</t>
+          <t>Sosyolojinin Öncüleri - Montesquieu ve Rousseau</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059203784</t>
+          <t>9786059203838</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dalgıcın Sonbaharı</t>
+          <t>O Gece Gördüm Onu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059203715</t>
+          <t>9786059203890</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Walter Benjamin Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059203418</t>
+          <t>9786059203784</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hansen’in Evlatları</t>
+          <t>Ölü Dalgıcın Sonbaharı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059203760</t>
+          <t>9786059203715</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Kırk Kapısı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059203630</t>
+          <t>9786059203418</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İlk Taş</t>
+          <t>Hansen’in Evlatları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059203746</t>
+          <t>9786059203760</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ters Kule</t>
+          <t>Öykümüzün Kırk Kapısı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059203661</t>
+          <t>9786059203630</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Adam</t>
+          <t>İlk Taş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059203708</t>
+          <t>9786059203746</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Barışın Şikayeti</t>
+          <t>Ters Kule</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059203616</t>
+          <t>9786059203661</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kızı</t>
+          <t>Yasemin Adam</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059203654</t>
+          <t>9786059203708</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Sanat Yapanlar</t>
+          <t>Barışın Şikayeti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059203555</t>
+          <t>9786059203616</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Vano ile Niko</t>
+          <t>Büyücünün Kızı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059203524</t>
+          <t>9786059203654</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Öyküyü Sanat Yapanlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059203562</t>
+          <t>9786059203555</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Adsız Ağaç</t>
+          <t>Vano ile Niko</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059203579</t>
+          <t>9786059203524</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çin İmparatoru</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059203531</t>
+          <t>9786059203562</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Cennet, Cehennem, Araf</t>
+          <t>Adsız Ağaç</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059203500</t>
+          <t>9786059203579</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Otuzüçüncü Peron</t>
+          <t>Çin İmparatoru</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059203289</t>
+          <t>9786059203531</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Bölgesi</t>
+          <t>Cennet, Cehennem, Araf</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054708550</t>
+          <t>9786059203500</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Uçurumlar</t>
+          <t>Otuzüçüncü Peron</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059203425</t>
+          <t>9786059203289</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Havanın Rengini Gören Çocuk</t>
+          <t>İnfaz Bölgesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059203432</t>
+          <t>9786054708550</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>7 Korku</t>
+          <t>Küller ve Uçurumlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059203487</t>
+          <t>9786059203425</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Emanet Hikayeler</t>
+          <t>Havanın Rengini Gören Çocuk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059203463</t>
+          <t>9786059203432</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dili</t>
+          <t>7 Korku</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059203333</t>
+          <t>9786059203487</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nagazaki</t>
+          <t>Emanet Hikayeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059203227</t>
+          <t>9786059203463</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Pandavapuram</t>
+          <t>Kedilerin Dili</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059203340</t>
+          <t>9786059203333</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Sınır Taşları</t>
+          <t>Nagazaki</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059203319</t>
+          <t>9786059203227</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eski Zaman Delileri</t>
+          <t>Pandavapuram</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059203272</t>
+          <t>9786059203340</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Köpek Suratlı Maymun</t>
+          <t>Öykümüzün Sınır Taşları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>540</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059203203</t>
+          <t>9786059203319</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Khasak Efsaneleri</t>
+          <t>Eski Zaman Delileri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054708314</t>
+          <t>9786059203272</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Deneyim</t>
+          <t>Köpek Suratlı Maymun</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059203104</t>
+          <t>9786059203203</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Picasso</t>
+          <t>Khasak Efsaneleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059203043</t>
+          <t>9786054708314</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Tarihsel Deneyim</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059203012</t>
+          <t>9786059203104</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Öyküsü</t>
+          <t>Picasso</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054708994</t>
+          <t>9786059203043</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kürek Mahkumu</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054708574</t>
+          <t>9786059203012</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı Değil Silahşor</t>
+          <t>Günümüz Öyküsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054708741</t>
+          <t>9786054708994</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Boynu Vurulmuş Ay</t>
+          <t>Kürek Mahkumu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054708901</t>
+          <t>9786054708574</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Sen Benim En İyi Arkadaşım Mısın?</t>
+          <t>İp Cambazı Değil Silahşor</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054708956</t>
+          <t>9786054708741</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Boynu Vurulmuş Ay</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054708796</t>
+          <t>9786054708901</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Yoksa Sen Benim En İyi Arkadaşım Mısın?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054708666</t>
+          <t>9786054708956</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ehrengard : Küçük Bir Romans</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054708611</t>
+          <t>9786054708796</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kralın Düşüşü</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054708086</t>
+          <t>9786054708666</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Piliç Oyunu</t>
+          <t>Ehrengard : Küçük Bir Romans</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786056280078</t>
+          <t>9786054708611</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Panofsky ve Sanat Tarihinin Kökleri</t>
+          <t>Kralın Düşüşü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054708109</t>
+          <t>9786054708086</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öteki Yakasına Yolculuk (Ciltli)</t>
+          <t>Piliç Oyunu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054708253</t>
+          <t>9786056280078</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gambara</t>
+          <t>Panofsky ve Sanat Tarihinin Kökleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054708543</t>
+          <t>9786054708109</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Benito Cereno</t>
+          <t>Gecenin Öteki Yakasına Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059203029</t>
+          <t>9786054708253</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Bekleme Salonu</t>
+          <t>Gambara</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054708499</t>
+          <t>9786054708543</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar ve Köpekler</t>
+          <t>Benito Cereno</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054708635</t>
+          <t>9786059203029</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Gece</t>
+          <t>Hayat Bir Bekleme Salonu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054708505</t>
+          <t>9786054708499</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Vera Veya Nihilistler</t>
+          <t>Tanrılar ve Köpekler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054708406</t>
+          <t>9786054708635</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Üzerine Üç Konuşma</t>
+          <t>Güneşli Gece</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054708147</t>
+          <t>9786054708505</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çok Şey Bilen Adam</t>
+          <t>Vera Veya Nihilistler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054708208</t>
+          <t>9786054708406</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kimin İçin Açıyor?</t>
+          <t>Puşkin Üzerine Üç Konuşma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786056280054</t>
+          <t>9786054708147</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Çok Şey Bilen Adam</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054708826</t>
+          <t>9786054708208</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Reading Zindanı Baladı</t>
+          <t>Çiçekler Kimin İçin Açıyor?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054708345</t>
+          <t>9786056280054</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Joyce</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054708482</t>
+          <t>9786054708826</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Reading Zindanı Baladı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054708291</t>
+          <t>9786054708345</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pek Saygıdeğer Ptolemy Grey</t>
+          <t>Bildiğin Joyce</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
+          <t>9786054708482</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054708291</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Pek Saygıdeğer Ptolemy Grey</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
           <t>9786054708246</t>
         </is>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Koşan Köpeğin Rengi</t>
         </is>
       </c>
-      <c r="C218" s="1">
+      <c r="C220" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>