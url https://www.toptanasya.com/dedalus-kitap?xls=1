--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,3325 +85,3370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255658265</t>
+          <t>9786255658289</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kasap</t>
+          <t>Atları da Vururlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255658272</t>
+          <t>9786255658319</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Doktor Graesler</t>
+          <t>İkarus Kız</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255658258</t>
+          <t>9786255658302</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Leopar Desenli Şapka</t>
+          <t>Kefenli Kadın</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255658234</t>
+          <t>9786255658265</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şişeye Tıkılan Şeyler</t>
+          <t>Kasap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255658227</t>
+          <t>9786255658272</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Bir Yas</t>
+          <t>Doktor Graesler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255658241</t>
+          <t>9786255658258</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Apartman</t>
+          <t>Leopar Desenli Şapka</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057639073</t>
+          <t>9786255658234</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üç Pastoral ve Pastorize Tablo</t>
+          <t>Şişeye Tıkılan Şeyler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057639967</t>
+          <t>9786255658227</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kefaret Gemisi</t>
+          <t>Sahipsiz Bir Yas</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057639110</t>
+          <t>9786255658241</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pembe Tütülü Amiral</t>
+          <t>Apartman</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057639578</t>
+          <t>9786057639073</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar Seti - 10 Kitap Takım</t>
+          <t>Üç Pastoral ve Pastorize Tablo</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>3800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057639271</t>
+          <t>9786057639967</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ağacı</t>
+          <t>Kefaret Gemisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255658081</t>
+          <t>9786057639110</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal, Bay Chips</t>
+          <t>Pembe Tütülü Amiral</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255658098</t>
+          <t>9786057639578</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Her Zaman Mordur</t>
+          <t>Pardayanlar Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255658074</t>
+          <t>9786057639271</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ilgın Yolu</t>
+          <t>Deniz Ağacı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255658067</t>
+          <t>9786255658081</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Hanrahan</t>
+          <t>Hoşça Kal, Bay Chips</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255658050</t>
+          <t>9786255658098</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Kabus</t>
+          <t>Gökyüzü Her Zaman Mordur</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256920804</t>
+          <t>9786255658074</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beni Bekleyen Bir Dağ Biliyorum</t>
+          <t>Ilgın Yolu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256920811</t>
+          <t>9786255658067</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Adası</t>
+          <t>Kızıl Hanrahan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256920767</t>
+          <t>9786255658050</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulutlar</t>
+          <t>Sıradan Bir Kabus</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256920774</t>
+          <t>9786256920804</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Parıltılar</t>
+          <t>Beni Bekleyen Bir Dağ Biliyorum</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256920750</t>
+          <t>9786256920811</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zaferler</t>
+          <t>Penguenler Adası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256920743</t>
+          <t>9786256920767</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Yangının Tarihçesi</t>
+          <t>Kara Bulutlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057639721</t>
+          <t>9786256920774</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Harap</t>
+          <t>Parıltılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256920682</t>
+          <t>9786256920750</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 10 Cilt Takım - (Özel Baskı-Siyah) (Ciltli)</t>
+          <t>Muhteşem Zaferler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>14000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059203388</t>
+          <t>9786256920743</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yunanlı Bir Kız Aranıyor</t>
+          <t>Bir Yangının Tarihçesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054708871</t>
+          <t>9786057639721</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek Şehirde</t>
+          <t>Harap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054708048</t>
+          <t>9786256920682</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölmek</t>
+          <t>Pardayanlar 10 Cilt Takım - (Özel Baskı-Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059203586</t>
+          <t>9786059203388</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hassas Düğmeler</t>
+          <t>Yunanlı Bir Kız Aranıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256920736</t>
+          <t>9786054708871</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Analog Dağ</t>
+          <t>Sivrisinek Şehirde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256920071</t>
+          <t>9786054708048</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sığ Sularda Dans</t>
+          <t>Ölmek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256920729</t>
+          <t>9786059203586</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Erwin Schlumpf Davası &amp; Müfettiş Studer-1</t>
+          <t>Hassas Düğmeler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057639516</t>
+          <t>9786256920736</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ne Cennet Şey Şu Deniz!</t>
+          <t>Analog Dağ</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059203470</t>
+          <t>9786256920071</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kelt Şafağı</t>
+          <t>Sığ Sularda Dans</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057639240</t>
+          <t>9786256920729</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tek Parça Kadın</t>
+          <t>Erwin Schlumpf Davası &amp; Müfettiş Studer-1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256920712</t>
+          <t>9786057639516</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Füg</t>
+          <t>Ne Cennet Şey Şu Deniz!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256920019</t>
+          <t>9786059203470</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mavi Şato</t>
+          <t>Kelt Şafağı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059203210</t>
+          <t>9786057639240</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kulübe</t>
+          <t>Tek Parça Kadın</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057639769</t>
+          <t>9786256920712</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mola</t>
+          <t>Füg</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057639868</t>
+          <t>9786256920019</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Cinayetleri</t>
+          <t>Mavi Şato</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057639691</t>
+          <t>9786059203210</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Bir Hata</t>
+          <t>Kulübe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059203821</t>
+          <t>9786057639769</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Serserinin Gezi Notları</t>
+          <t>Mola</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059203869</t>
+          <t>9786057639868</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Düşüş Öyküleri</t>
+          <t>Peygamber Cinayetleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059203968</t>
+          <t>9786057639691</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Atlası</t>
+          <t>Hayırlı Bir Hata</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256920064</t>
+          <t>9786059203821</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gelin Taşı</t>
+          <t>Mor Bir Serserinin Gezi Notları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256920705</t>
+          <t>9786059203869</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi</t>
+          <t>Düşüş Öyküleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256920255</t>
+          <t>9786059203968</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Alevler</t>
+          <t>Edebiyat Atlası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256920293</t>
+          <t>9786256920064</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarım</t>
+          <t>Gelin Taşı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056280092</t>
+          <t>9786256920705</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şarabın Şiiri ve Esrarın Şiiri</t>
+          <t>Bir Yaz Gecesi</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059203401</t>
+          <t>9786256920255</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yumurtalar</t>
+          <t>Alevler</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054708017</t>
+          <t>9786256920293</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Joyce’un Öğrencisi</t>
+          <t>Hayvanlarım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056280009</t>
+          <t>9786056280092</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Elleme, Baba Yorgun!</t>
+          <t>Şarabın Şiiri ve Esrarın Şiiri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056280085</t>
+          <t>9786059203401</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yasası - Şiddetin Yasası</t>
+          <t>Ölümcül Yumurtalar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256920576</t>
+          <t>9786054708017</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar Seti (Ciltli)</t>
+          <t>Joyce’un Öğrencisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>5000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256920453</t>
+          <t>9786056280009</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Mevsim</t>
+          <t>Elleme, Baba Yorgun!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256920248</t>
+          <t>9786056280085</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bow Esrarı</t>
+          <t>Aşkın Yasası - Şiddetin Yasası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256920040</t>
+          <t>9786256920576</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Badanalı Yüzler</t>
+          <t>Pardayanlar Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256920187</t>
+          <t>9786256920453</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Doğum Lekeli Kadın</t>
+          <t>Yeryüzünde Bir Mevsim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256920286</t>
+          <t>9786256920248</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Parmak İzi</t>
+          <t>Büyük Bow Esrarı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256920231</t>
+          <t>9786256920040</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sirius</t>
+          <t>Badanalı Yüzler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256920224</t>
+          <t>9786256920187</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>David Levinsky’nin Yükselişi</t>
+          <t>Doğum Lekeli Kadın</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256920026</t>
+          <t>9786256920286</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Acı İçin Bir Şey - Bir Hipodrom Hatıratı</t>
+          <t>Kanlı Parmak İzi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256920057</t>
+          <t>9786256920231</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hamburg Barikatları &amp; 1923 Hamburg Ayaklanması</t>
+          <t>Sirius</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059203302</t>
+          <t>9786256920224</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Kadın</t>
+          <t>David Levinsky’nin Yükselişi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256920033</t>
+          <t>9786256920026</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Köylü</t>
+          <t>Acı İçin Bir Şey - Bir Hipodrom Hatıratı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256920002</t>
+          <t>9786256920057</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda Bir Ömür</t>
+          <t>Hamburg Barikatları &amp; 1923 Hamburg Ayaklanması</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057639141</t>
+          <t>9786059203302</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Holding</t>
+          <t>Kayıp Bir Kadın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059203142</t>
+          <t>9786256920033</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Podyum</t>
+          <t>Yolcu ve Köylü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057639943</t>
+          <t>9786256920002</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Sevdiği Adam</t>
+          <t>Bulutlarda Bir Ömür</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057639820</t>
+          <t>9786057639141</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aquila Yarığı'nın Ötesi &amp; Toplu Öyküler - 2</t>
+          <t>Holding</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059203180</t>
+          <t>9786059203142</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sazlar ve Çamur</t>
+          <t>Podyum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057639813</t>
+          <t>9786057639943</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zima Mavisi - Toplu Öyküler 1</t>
+          <t>Ağaçların Sevdiği Adam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057639950</t>
+          <t>9786057639820</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Arınma Geçidi</t>
+          <t>Aquila Yarığı'nın Ötesi &amp; Toplu Öyküler - 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057639936</t>
+          <t>9786059203180</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Keşif Uzayı</t>
+          <t>Sazlar ve Çamur</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057639837</t>
+          <t>9786057639813</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eriha'nın Duvarları</t>
+          <t>Zima Mavisi - Toplu Öyküler 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057639981</t>
+          <t>9786057639950</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Kasabanın Gün Işığı Eskizleri</t>
+          <t>Arınma Geçidi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057639912</t>
+          <t>9786057639936</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çağrılmayan</t>
+          <t>Keşif Uzayı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057639998</t>
+          <t>9786057639837</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kara Kılavuz</t>
+          <t>Eriha'nın Duvarları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057639929</t>
+          <t>9786057639981</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Fluxo-Floema</t>
+          <t>Küçük Bir Kasabanın Gün Işığı Eskizleri</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057639974</t>
+          <t>9786057639912</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ajda'nın Elmasları</t>
+          <t>Çağrılmayan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057639905</t>
+          <t>9786057639998</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Huzur Cinayetleri</t>
+          <t>Kara Kılavuz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057639844</t>
+          <t>9786057639929</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Killarney Blues</t>
+          <t>Fluxo-Floema</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786087639899</t>
+          <t>9786057639974</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Peruklu Cinayetler</t>
+          <t>Ajda'nın Elmasları</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057639752</t>
+          <t>9786057639905</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Melek</t>
+          <t>Huzur Cinayetleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057639851</t>
+          <t>9786057639844</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Oyunu</t>
+          <t>Killarney Blues</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057639875</t>
+          <t>9786087639899</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Buse Cinayeti</t>
+          <t>Peruklu Cinayetler</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057639882</t>
+          <t>9786057639752</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Jigolo Cinayeti</t>
+          <t>Mühürlü Melek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057639745</t>
+          <t>9786057639851</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gurur Ağaçları</t>
+          <t>Tanrıların Oyunu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057639776</t>
+          <t>9786057639875</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 10 Cilt Takım (Özel Baskı) (Ciltli)</t>
+          <t>Buse Cinayeti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054708475</t>
+          <t>9786057639882</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kader’in Peşinde</t>
+          <t>Jigolo Cinayeti</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059203494</t>
+          <t>9786057639745</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gözlemcileri Gözlemleyenin Gözlemi</t>
+          <t>Gurur Ağaçları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059203678</t>
+          <t>9786057639776</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Pardayanlar - 10 Cilt Takım (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054708697</t>
+          <t>9786054708475</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karanfilsiz</t>
+          <t>Kader’in Peşinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054708604</t>
+          <t>9786059203494</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>1956 ve Küçük Adam</t>
+          <t>Gözlemcileri Gözlemleyenin Gözlemi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057639790</t>
+          <t>9786059203678</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Borkmann Noktası - Müfettiş Van Veeteren 2</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057639783</t>
+          <t>9786054708697</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gözü</t>
+          <t>Karanfilsiz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057639806</t>
+          <t>9786054708604</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dönüş - Müfettiş Van Veeteren 3</t>
+          <t>1956 ve Küçük Adam</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057639738</t>
+          <t>9786057639790</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Papazının Güncesi</t>
+          <t>Borkmann Noktası - Müfettiş Van Veeteren 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057639714</t>
+          <t>9786057639783</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 10</t>
+          <t>Zihin Gözü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057639653</t>
+          <t>9786057639806</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkaran Mektuplar</t>
+          <t>Dönüş - Müfettiş Van Veeteren 3</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057639707</t>
+          <t>9786057639738</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 9 - Pardaillan’ın Kızı</t>
+          <t>Bir Taşra Papazının Güncesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057639684</t>
+          <t>9786057639714</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 8 - Pardaillan’ın Milyonları</t>
+          <t>Pardayanlar 10</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057639677</t>
+          <t>9786057639653</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 7 - Pardaillan'ın Oğlu</t>
+          <t>Baştan Çıkaran Mektuplar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057639646</t>
+          <t>9786057639707</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 5 - Pardaillan ve Fausta</t>
+          <t>Pardayanlar 9 - Pardaillan’ın Kızı</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057639660</t>
+          <t>9786057639684</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 6 - Chico’nun Aşkı</t>
+          <t>Pardayanlar 8 - Pardaillan’ın Milyonları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057639639</t>
+          <t>9786057639677</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Senso: Kontes Livia’nın Gizli Not Defteri</t>
+          <t>Pardayanlar 7 - Pardaillan'ın Oğlu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057639622</t>
+          <t>9786057639646</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 4 - Fausta’nın Yenilgisi</t>
+          <t>Pardayanlar 5 - Pardaillan ve Fausta</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057639615</t>
+          <t>9786057639660</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 3 - Fausta</t>
+          <t>Pardayanlar 6 - Chico’nun Aşkı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057639554</t>
+          <t>9786057639639</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Yetmez</t>
+          <t>Senso: Kontes Livia’nın Gizli Not Defteri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057639561</t>
+          <t>9786057639622</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tekerleği</t>
+          <t>Pardayanlar 4 - Fausta’nın Yenilgisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057639592</t>
+          <t>9786057639615</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 2 - Pardaillan’ın Aşkı</t>
+          <t>Pardayanlar 3 - Fausta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057639585</t>
+          <t>9786057639554</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 1 - Pardayanlar</t>
+          <t>Bir Ömür Yetmez</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057639547</t>
+          <t>9786057639561</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Roger’ın Ailesi</t>
+          <t>Zamanın Tekerleği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059203791</t>
+          <t>9786057639592</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Pardayanlar 2 - Pardaillan’ın Aşkı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057639530</t>
+          <t>9786057639585</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Yabani Kadın</t>
+          <t>Pardayanlar 1 - Pardayanlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054708185</t>
+          <t>9786057639547</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Ölümü</t>
+          <t>Roger’ın Ailesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054708628</t>
+          <t>9786059203791</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Nefret</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057639523</t>
+          <t>9786057639530</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amazonya</t>
+          <t>Keşiş ve Yabani Kadın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057639509</t>
+          <t>9786054708185</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ey Öncüler!</t>
+          <t>Büyücünün Ölümü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057639493</t>
+          <t>9786054708628</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız Masallar</t>
+          <t>Sevgili Nefret</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057639486</t>
+          <t>9786057639523</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Akılçelen</t>
+          <t>Yeni Amazonya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057639066</t>
+          <t>9786057639509</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İçki Alemi</t>
+          <t>Ey Öncüler!</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057639479</t>
+          <t>9786057639493</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Asılmışlar Ormanı</t>
+          <t>Ahlaksız Masallar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057639462</t>
+          <t>9786057639486</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Oyunu</t>
+          <t>Akılçelen</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057639448</t>
+          <t>9786057639066</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Ev</t>
+          <t>İçki Alemi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057639431</t>
+          <t>9786057639479</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Annelerin En Güzeli</t>
+          <t>Asılmışlar Ormanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057639424</t>
+          <t>9786057639462</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gece Panayırı</t>
+          <t>Hayatta Kalma Oyunu</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057639417</t>
+          <t>9786057639448</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ivır Zıvır Öyküler</t>
+          <t>Kerpiç Ev</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057639356</t>
+          <t>9786057639431</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sığırcıklar</t>
+          <t>Annelerin En Güzeli</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057639400</t>
+          <t>9786057639424</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Bir Mesafe</t>
+          <t>Gece Panayırı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059203197</t>
+          <t>9786057639417</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Rahibe</t>
+          <t>Ivır Zıvır Öyküler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057639394</t>
+          <t>9786057639356</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Altın Küpü</t>
+          <t>Sığırcıklar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057639387</t>
+          <t>9786057639400</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol</t>
+          <t>Kusursuz Bir Mesafe</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057639370</t>
+          <t>9786059203197</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizlerinin Avaresi</t>
+          <t>Zoraki Rahibe</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057639349</t>
+          <t>9786057639394</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Oxen - İlk Kurban</t>
+          <t>Altın Küpü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057639332</t>
+          <t>9786057639387</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Adam</t>
+          <t>Uzun Yol</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057639325</t>
+          <t>9786057639370</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Jenny</t>
+          <t>Güney Denizlerinin Avaresi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057639318</t>
+          <t>9786057639349</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zafer Meydanı</t>
+          <t>Oxen - İlk Kurban</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057639301</t>
+          <t>9786057639332</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orfoz</t>
+          <t>Kuyudaki Adam</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057639295</t>
+          <t>9786057639325</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Meyve</t>
+          <t>Jenny</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057639288</t>
+          <t>9786057639318</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Işıkları</t>
+          <t>Zafer Meydanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057639264</t>
+          <t>9786057639301</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Büyük Orfoz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057639257</t>
+          <t>9786057639295</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Vahşi Meyve</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057639233</t>
+          <t>9786057639288</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Poonachi veya Kara Keçinin Hikayesi</t>
+          <t>Kuzey Işıkları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057639226</t>
+          <t>9786057639264</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Kasım</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057639219</t>
+          <t>9786057639257</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Marta Oulie - Bir İhanetin Romanı</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057639202</t>
+          <t>9786057639233</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Edepsiz Madam T</t>
+          <t>Poonachi veya Kara Keçinin Hikayesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057639172</t>
+          <t>9786057639226</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Kitabı</t>
+          <t>Mayıs Kasım</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054708819</t>
+          <t>9786057639219</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bırak Seni Seveyim Mektuplar</t>
+          <t>Marta Oulie - Bir İhanetin Romanı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057639165</t>
+          <t>9786057639202</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Toplar Enstitüsü - Bitmemiş Bir Beyzbol Destanı</t>
+          <t>Edepsiz Madam T</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057639103</t>
+          <t>9786057639172</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kasabamız</t>
+          <t>Çıkış Kitabı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057639158</t>
+          <t>9786054708819</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ben, Ninem, İliko ve İlarion</t>
+          <t>Bırak Seni Seveyim Mektuplar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054708567</t>
+          <t>9786057639165</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Işık, Biraz</t>
+          <t>Hatalı Toplar Enstitüsü - Bitmemiş Bir Beyzbol Destanı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059203722</t>
+          <t>9786057639103</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kaybeden Adam</t>
+          <t>Kasabamız</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057639080</t>
+          <t>9786057639158</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Murişa</t>
+          <t>Ben, Ninem, İliko ve İlarion</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057639097</t>
+          <t>9786054708567</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Homologlar Evi</t>
+          <t>Işık, Biraz</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059203845</t>
+          <t>9786059203722</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ayın Son Çeyreği</t>
+          <t>Kendini Kaybeden Adam</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057639011</t>
+          <t>9786057639080</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Öfke Üzerine Üç Öykü</t>
+          <t>Murişa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059203876</t>
+          <t>9786057639097</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Lukundoo ve Başka Korkular</t>
+          <t>Homologlar Evi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059203944</t>
+          <t>9786059203845</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Öncüleri - Montesquieu ve Rousseau</t>
+          <t>Ayın Son Çeyreği</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059203838</t>
+          <t>9786057639011</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>O Gece Gördüm Onu</t>
+          <t>Öfke Üzerine Üç Öykü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059203890</t>
+          <t>9786059203876</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin Hakkında Her Şey</t>
+          <t>Lukundoo ve Başka Korkular</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059203784</t>
+          <t>9786059203944</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dalgıcın Sonbaharı</t>
+          <t>Sosyolojinin Öncüleri - Montesquieu ve Rousseau</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059203715</t>
+          <t>9786059203838</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>O Gece Gördüm Onu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059203418</t>
+          <t>9786059203890</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hansen’in Evlatları</t>
+          <t>Walter Benjamin Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059203760</t>
+          <t>9786059203784</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Kırk Kapısı</t>
+          <t>Ölü Dalgıcın Sonbaharı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059203630</t>
+          <t>9786059203715</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İlk Taş</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059203746</t>
+          <t>9786059203418</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ters Kule</t>
+          <t>Hansen’in Evlatları</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059203661</t>
+          <t>9786059203760</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Adam</t>
+          <t>Öykümüzün Kırk Kapısı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059203708</t>
+          <t>9786059203630</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Barışın Şikayeti</t>
+          <t>İlk Taş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059203616</t>
+          <t>9786059203746</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kızı</t>
+          <t>Ters Kule</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059203654</t>
+          <t>9786059203661</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Öyküyü Sanat Yapanlar</t>
+          <t>Yasemin Adam</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059203555</t>
+          <t>9786059203708</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vano ile Niko</t>
+          <t>Barışın Şikayeti</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059203524</t>
+          <t>9786059203616</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Büyücünün Kızı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059203562</t>
+          <t>9786059203654</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Adsız Ağaç</t>
+          <t>Öyküyü Sanat Yapanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059203579</t>
+          <t>9786059203555</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çin İmparatoru</t>
+          <t>Vano ile Niko</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059203531</t>
+          <t>9786059203524</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cennet, Cehennem, Araf</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059203500</t>
+          <t>9786059203562</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Otuzüçüncü Peron</t>
+          <t>Adsız Ağaç</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059203289</t>
+          <t>9786059203579</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Bölgesi</t>
+          <t>Çin İmparatoru</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054708550</t>
+          <t>9786059203531</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Küller ve Uçurumlar</t>
+          <t>Cennet, Cehennem, Araf</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059203425</t>
+          <t>9786059203500</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Havanın Rengini Gören Çocuk</t>
+          <t>Otuzüçüncü Peron</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059203432</t>
+          <t>9786059203289</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>7 Korku</t>
+          <t>İnfaz Bölgesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059203487</t>
+          <t>9786054708550</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Emanet Hikayeler</t>
+          <t>Küller ve Uçurumlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059203463</t>
+          <t>9786059203425</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dili</t>
+          <t>Havanın Rengini Gören Çocuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059203333</t>
+          <t>9786059203432</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Nagazaki</t>
+          <t>7 Korku</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059203227</t>
+          <t>9786059203487</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pandavapuram</t>
+          <t>Emanet Hikayeler</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059203340</t>
+          <t>9786059203463</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Sınır Taşları</t>
+          <t>Kedilerin Dili</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059203319</t>
+          <t>9786059203333</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Eski Zaman Delileri</t>
+          <t>Nagazaki</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059203272</t>
+          <t>9786059203227</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Köpek Suratlı Maymun</t>
+          <t>Pandavapuram</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059203203</t>
+          <t>9786059203340</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Khasak Efsaneleri</t>
+          <t>Öykümüzün Sınır Taşları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054708314</t>
+          <t>9786059203319</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Deneyim</t>
+          <t>Eski Zaman Delileri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059203104</t>
+          <t>9786059203272</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Picasso</t>
+          <t>Köpek Suratlı Maymun</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059203043</t>
+          <t>9786059203203</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Khasak Efsaneleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059203012</t>
+          <t>9786054708314</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Öyküsü</t>
+          <t>Tarihsel Deneyim</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054708994</t>
+          <t>9786059203104</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kürek Mahkumu</t>
+          <t>Picasso</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054708574</t>
+          <t>9786059203043</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı Değil Silahşor</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>24</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054708741</t>
+          <t>9786059203012</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Boynu Vurulmuş Ay</t>
+          <t>Günümüz Öyküsü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054708901</t>
+          <t>9786054708994</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Sen Benim En İyi Arkadaşım Mısın?</t>
+          <t>Kürek Mahkumu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054708956</t>
+          <t>9786054708574</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>İp Cambazı Değil Silahşor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054708796</t>
+          <t>9786054708741</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Marcel</t>
+          <t>Boynu Vurulmuş Ay</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054708666</t>
+          <t>9786054708901</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ehrengard : Küçük Bir Romans</t>
+          <t>Yoksa Sen Benim En İyi Arkadaşım Mısın?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054708611</t>
+          <t>9786054708956</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kralın Düşüşü</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054708086</t>
+          <t>9786054708796</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Piliç Oyunu</t>
+          <t>Marcel</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056280078</t>
+          <t>9786054708666</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Panofsky ve Sanat Tarihinin Kökleri</t>
+          <t>Ehrengard : Küçük Bir Romans</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054708109</t>
+          <t>9786054708611</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öteki Yakasına Yolculuk (Ciltli)</t>
+          <t>Kralın Düşüşü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054708253</t>
+          <t>9786054708086</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gambara</t>
+          <t>Piliç Oyunu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054708543</t>
+          <t>9786056280078</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Benito Cereno</t>
+          <t>Panofsky ve Sanat Tarihinin Kökleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059203029</t>
+          <t>9786054708109</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Bekleme Salonu</t>
+          <t>Gecenin Öteki Yakasına Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054708499</t>
+          <t>9786054708253</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar ve Köpekler</t>
+          <t>Gambara</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054708635</t>
+          <t>9786054708543</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Gece</t>
+          <t>Benito Cereno</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054708505</t>
+          <t>9786059203029</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Vera Veya Nihilistler</t>
+          <t>Hayat Bir Bekleme Salonu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054708406</t>
+          <t>9786054708499</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Üzerine Üç Konuşma</t>
+          <t>Tanrılar ve Köpekler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054708147</t>
+          <t>9786054708635</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çok Şey Bilen Adam</t>
+          <t>Güneşli Gece</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054708208</t>
+          <t>9786054708505</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kimin İçin Açıyor?</t>
+          <t>Vera Veya Nihilistler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786056280054</t>
+          <t>9786054708406</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Puşkin Üzerine Üç Konuşma</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054708826</t>
+          <t>9786054708147</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Reading Zindanı Baladı</t>
+          <t>Çok Şey Bilen Adam</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054708345</t>
+          <t>9786054708208</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Joyce</t>
+          <t>Çiçekler Kimin İçin Açıyor?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054708482</t>
+          <t>9786056280054</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054708291</t>
+          <t>9786054708826</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pek Saygıdeğer Ptolemy Grey</t>
+          <t>Reading Zindanı Baladı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
+          <t>9786054708345</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bildiğin Joyce</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786054708482</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786054708291</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Pek Saygıdeğer Ptolemy Grey</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
           <t>9786054708246</t>
         </is>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Koşan Köpeğin Rengi</t>
         </is>
       </c>
-      <c r="C220" s="1">
+      <c r="C223" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>