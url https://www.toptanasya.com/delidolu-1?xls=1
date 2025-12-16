--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3295 +85,3325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052349052</t>
+          <t>9786256084209</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ulak</t>
+          <t>Türkçeyi Savunmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052349588</t>
+          <t>9786256084216</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Ciltli)</t>
+          <t>Ejderha: Kadim Zamanlardan Günümüze Sevdiğimiz Ejderhalar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058629189</t>
+          <t>9786052349052</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gohor 2 - Kurtlar Yolu</t>
+          <t>Yedi Ulak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>13.89</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055060008</t>
+          <t>9786052349588</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Canavar</t>
+          <t>Okuma Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052349168</t>
+          <t>9786058629189</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Gohor 2 - Kurtlar Yolu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055060350</t>
+          <t>9786055060008</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben Öykülere İnanırım</t>
+          <t>İnsan Denen Canavar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>29</v>
+        <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055060053</t>
+          <t>9786052349168</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sorgu ve Yanıt</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>25.93</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055060084</t>
+          <t>9786055060350</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çirkinler</t>
+          <t>Ben Öykülere İnanırım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058629103</t>
+          <t>9786055060053</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Güzeller</t>
+          <t>Sorgu ve Yanıt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>22</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055060060</t>
+          <t>9786055060084</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Umut Bıçağı</t>
+          <t>Çirkinler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>25.93</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056332609</t>
+          <t>9786058629103</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kara Cümle</t>
+          <t>Güzeller</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055060589</t>
+          <t>9786055060060</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 07: Piramitler</t>
+          <t>Umut Bıçağı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055060145</t>
+          <t>9786056332609</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aynı Hayatın İçinde</t>
+          <t>Kara Cümle</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055060619</t>
+          <t>9786055060589</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
+          <t>Disk Dünya 07: Piramitler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>109</v>
+        <v>149</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056332692</t>
+          <t>9786055060145</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gohor - Cam Kent</t>
+          <t>Aynı Hayatın İçinde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056332685</t>
+          <t>9786055060619</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Candor</t>
+          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18.52</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056332678</t>
+          <t>9786056332692</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gri Gölgeler Arasında</t>
+          <t>Gohor - Cam Kent</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056332661</t>
+          <t>9786056332685</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Geri Gelenler</t>
+          <t>Candor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058629165</t>
+          <t>9786056332678</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Faust</t>
+          <t>Gri Gölgeler Arasında</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>63</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058629134</t>
+          <t>9786056332661</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Sosyetesi</t>
+          <t>Geri Gelenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256084087</t>
+          <t>9786058629165</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 3: Ateş</t>
+          <t>Bir Başka Faust</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256084186</t>
+          <t>9786058629134</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öykü Atlası</t>
+          <t>Hırsızlar Sosyetesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256084148</t>
+          <t>9786256084087</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Denizin Ötesinde</t>
+          <t>Elementler - 3: Ateş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055060824</t>
+          <t>9786256084186</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 09: Eric</t>
+          <t>Öykü Atlası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055060688</t>
+          <t>9786256084148</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Western Lane</t>
+          <t>Denizin Ötesinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256084063</t>
+          <t>9786055060824</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gece Mavisi Bir Saatte</t>
+          <t>Disk Dünya 09: Eric</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256084049</t>
+          <t>9786055060688</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarında Dua Eden Olmadı</t>
+          <t>Western Lane</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052349304</t>
+          <t>9786256084063</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yazma Dersleri</t>
+          <t>Gece Mavisi Bir Saatte</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055060343</t>
+          <t>9786256084049</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 06: Ucube Kocakarılar</t>
+          <t>Mezarlarında Dua Eden Olmadı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055060312</t>
+          <t>9786052349304</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hayat Bizimdi</t>
+          <t>Yazma Dersleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055060848</t>
+          <t>9786055060343</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Disk Dünya 06: Ucube Kocakarılar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052349977</t>
+          <t>9786055060312</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Buhar Kaldırmak (Diskdünya #40)</t>
+          <t>Bir Zamanlar Hayat Bizimdi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257314336</t>
+          <t>9786055060848</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Görünmez Öfkeleri</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>620</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055060435</t>
+          <t>9786052349977</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 2: Toprak</t>
+          <t>Buhar Kaldırmak (Diskdünya #40)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256084094</t>
+          <t>9786257314336</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 1: Su</t>
+          <t>Kalbin Görünmez Öfkeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256084001</t>
+          <t>9786055060435</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>Elementler - 2: Toprak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256084032</t>
+          <t>9786256084094</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gamsız Ruhlar Arasında</t>
+          <t>Elementler - 1: Su</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257314923</t>
+          <t>9786256084001</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Goebbels’in Propaganda Orkestrası</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256084018</t>
+          <t>9786256084032</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Anıları</t>
+          <t>Gamsız Ruhlar Arasında</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256084025</t>
+          <t>9786257314923</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Şarkısı</t>
+          <t>Goebbels’in Propaganda Orkestrası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052349120</t>
+          <t>9786256084018</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Altında Yüzmek</t>
+          <t>Geleceğin Anıları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>620</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052349144</t>
+          <t>9786256084025</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Burunotu</t>
+          <t>Peygamberin Şarkısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257314770</t>
+          <t>9786052349120</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Yağmur Altında Yüzmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055060251</t>
+          <t>9786052349144</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Domuzların Güzel Çığlıkları</t>
+          <t>Burunotu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257314930</t>
+          <t>9786257314770</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Arıların Tarihi</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052349625</t>
+          <t>9786055060251</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Akademisyenler</t>
+          <t>Domuzların Güzel Çığlıkları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257314978</t>
+          <t>9786257314930</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Arıların Tarihi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257314985</t>
+          <t>9786052349625</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yankı Odası</t>
+          <t>Görünmez Akademisyenler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055060152</t>
+          <t>9786257314978</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kaşıkçı) (Ciltli)</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257314992</t>
+          <t>9786257314985</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 09: Eric</t>
+          <t>Yankı Odası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257314961</t>
+          <t>9786055060152</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Arşivi</t>
+          <t>Okuma Günlüğü (Kaşıkçı) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257314947</t>
+          <t>9786257314992</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Taşocağı</t>
+          <t>Disk Dünya 09: Eric</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257314954</t>
+          <t>9786257314961</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalp</t>
+          <t>Duyguların Arşivi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257314893</t>
+          <t>9786257314947</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Para Basmak (Diskdünya #36)</t>
+          <t>Taşocağı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257314886</t>
+          <t>9786257314954</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güm! - Diskdünya 34</t>
+          <t>Yarım Kalp</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257314879</t>
+          <t>9786257314893</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Koloni</t>
+          <t>Para Basmak (Diskdünya #36)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257314916</t>
+          <t>9786257314886</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İyi Gazetecilik İyi ki Gazetecilik - Timur Soykan ile Nehir Söyleşi</t>
+          <t>Güm! - Diskdünya 34</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257314848</t>
+          <t>9786257314879</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Günü</t>
+          <t>Koloni</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257314671</t>
+          <t>9786257314916</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 07: Piramitler</t>
+          <t>İyi Gazetecilik İyi ki Gazetecilik - Timur Soykan ile Nehir Söyleşi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257314428</t>
+          <t>9786257314848</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hayat Bizimdi</t>
+          <t>Kurtuluş Günü</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257314763</t>
+          <t>9786257314671</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
+          <t>Disk Dünya 07: Piramitler</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257314589</t>
+          <t>9786257314428</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yazma Dersleri</t>
+          <t>Bir Zamanlar Hayat Bizimdi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257314732</t>
+          <t>9786257314763</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 06: Ucube Kocakarılar</t>
+          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257314817</t>
+          <t>9786257314589</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Yazma Dersleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257314855</t>
+          <t>9786257314732</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Postane</t>
+          <t>Disk Dünya 06: Ucube Kocakarılar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257314688</t>
+          <t>9786257314817</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Zor İş</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257314749</t>
+          <t>9786257314855</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gir Kanıma</t>
+          <t>Postane</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>490</v>
+        <v>520</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257314725</t>
+          <t>9786257314688</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Canavar Alayı (Diskdünya #31)</t>
+          <t>Ölmek Zor İş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257314718</t>
+          <t>9786257314749</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Boho) (Ciltli)</t>
+          <t>Gir Kanıma</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257314701</t>
+          <t>9786257314725</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Düşen Kız) (Ciltli)</t>
+          <t>Canavar Alayı (Diskdünya #31)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257314695</t>
+          <t>9786257314718</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Artık Hiçbir Yer Ev Değil</t>
+          <t>Okuma Günlüğü (Boho) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257314657</t>
+          <t>9786257314701</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dünyamın Merkezi</t>
+          <t>Okuma Günlüğü (Düşen Kız) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257314664</t>
+          <t>9786257314695</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Vaat</t>
+          <t>Artık Hiçbir Yer Ev Değil</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257314619</t>
+          <t>9786257314657</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 27: Son Kahraman</t>
+          <t>Dünyamın Merkezi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257314640</t>
+          <t>9786257314664</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 28: Muhteşem Maurice ve Değişmiş Fareleri</t>
+          <t>Vaat</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257314558</t>
+          <t>9786257314619</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarının Kayıp Şarkıları</t>
+          <t>Disk Dünya 27: Son Kahraman</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257314411</t>
+          <t>9786257314640</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ulak</t>
+          <t>Disk Dünya 28: Muhteşem Maurice ve Değişmiş Fareleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257314282</t>
+          <t>9786257314558</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağ: Günümüz Dünyasında Yalancılık ve Aldatma</t>
+          <t>Köpekbalıklarının Kayıp Şarkıları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052349786</t>
+          <t>9786257314411</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 01: Büyünün Rengi</t>
+          <t>Yedi Ulak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257314299</t>
+          <t>9786257314282</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 30: Küçük Özgür Adamlar</t>
+          <t>Hakikat Sonrası Çağ: Günümüz Dünyasında Yalancılık ve Aldatma</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052349908</t>
+          <t>9786052349786</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Krizalitler (Ciltli)</t>
+          <t>Disk Dünya 01: Büyünün Rengi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052349847</t>
+          <t>9786257314299</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 29: Gece Bekçileri</t>
+          <t>Disk Dünya 30: Küçük Özgür Adamlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055060916</t>
+          <t>9786052349908</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uzanan Merdiven</t>
+          <t>Krizalitler (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257314633</t>
+          <t>9786052349847</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pek Çok Kışın Ardından</t>
+          <t>Disk Dünya 29: Gece Bekçileri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257314534</t>
+          <t>9786055060916</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hizmetkar</t>
+          <t>Gökyüzüne Uzanan Merdiven</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257314596</t>
+          <t>9786257314633</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kareli) (Ciltli)</t>
+          <t>Pek Çok Kışın Ardından</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257314602</t>
+          <t>9786257314534</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Likenlerin Sırrı</t>
+          <t>Büyük Hizmetkar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257314572</t>
+          <t>9786257314596</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 26: Zaman Hırsızı</t>
+          <t>Okuma Günlüğü (Kareli) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257314473</t>
+          <t>9786257314602</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Kadın</t>
+          <t>Likenlerin Sırrı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257314480</t>
+          <t>9786257314572</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 25: Gerçek</t>
+          <t>Disk Dünya 26: Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257314541</t>
+          <t>9786257314473</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kuşlu) (Ciltli)</t>
+          <t>Kapıdaki Kadın</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257314190</t>
+          <t>9786257314480</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hakkında Hiçbir Şey Bilmediğim Şeyler</t>
+          <t>Disk Dünya 25: Gerçek</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257314503</t>
+          <t>9786257314541</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lady Who (Ciltli)</t>
+          <t>Okuma Günlüğü (Kuşlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052349878</t>
+          <t>9786257314190</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu (Ciltli)</t>
+          <t>Hakkında Hiçbir Şey Bilmediğim Şeyler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257314510</t>
+          <t>9786257314503</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü</t>
+          <t>Lady Who (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257314305</t>
+          <t>9786052349878</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Futbol Savaşı</t>
+          <t>Kim Bu (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052349854</t>
+          <t>9786257314510</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 24: Beşinci Fil</t>
+          <t>Okuma Günlüğü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257314442</t>
+          <t>9786257314305</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Motifli - Lacivert) (Ciltli)</t>
+          <t>Futbol Savaşı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257314053</t>
+          <t>9786052349854</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Sürgünü</t>
+          <t>Disk Dünya 24: Beşinci Fil</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052349861</t>
+          <t>9786257314442</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 23: Carpe Jugulum</t>
+          <t>Okuma Günlüğü (Motifli - Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055060657</t>
+          <t>9786257314053</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Adı Olmayan Adam</t>
+          <t>Akdeniz Sürgünü</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257314060</t>
+          <t>9786052349861</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca ve Eleştiri</t>
+          <t>Disk Dünya 23: Carpe Jugulum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052349236</t>
+          <t>9786055060657</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Jean Stafford Toplu Öyküler - 2</t>
+          <t>Adı Olmayan Adam</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257314046</t>
+          <t>9786257314060</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tilki 8 (Ciltli)</t>
+          <t>Kurmaca ve Eleştiri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052349892</t>
+          <t>9786052349236</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çıplakları Giydir</t>
+          <t>Jean Stafford Toplu Öyküler - 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052349762</t>
+          <t>9786257314046</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 22: Son Kıta</t>
+          <t>Tilki 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052349441</t>
+          <t>9786052349892</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Editör Ne İş Yapar?</t>
+          <t>Çıplakları Giydir</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052349823</t>
+          <t>9786052349762</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Adam</t>
+          <t>Disk Dünya 22: Son Kıta</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052349557</t>
+          <t>9786052349441</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yarın Berbat Bir Gün</t>
+          <t>Editör Ne İş Yapar?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052349649</t>
+          <t>9786052349823</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezinde Yaşayan Adam</t>
+          <t>Trendeki Adam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052349526</t>
+          <t>9786052349557</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehrin Mutfaklarında Bıçak Yok</t>
+          <t>Yarın Berbat Bir Gün</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052349250</t>
+          <t>9786052349649</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dilde Bir Hayalperest</t>
+          <t>Alışveriş Merkezinde Yaşayan Adam</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052349809</t>
+          <t>9786052349526</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kraken Uyanıyor</t>
+          <t>Bu Şehrin Mutfaklarında Bıçak Yok</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052349755</t>
+          <t>9786052349250</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 21: Savaş Naraları</t>
+          <t>Ölü Dilde Bir Hayalperest</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052349748</t>
+          <t>9786052349809</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 20: Domuz Baba</t>
+          <t>Kraken Uyanıyor</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052349700</t>
+          <t>9786052349755</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Asker Doğmayanlar</t>
+          <t>Disk Dünya 21: Savaş Naraları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052349489</t>
+          <t>9786052349748</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlandığım Mezarlar</t>
+          <t>Disk Dünya 20: Domuz Baba</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052349717</t>
+          <t>9786052349700</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme İniş Talimatnamesi</t>
+          <t>Asker Doğmayanlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052349731</t>
+          <t>9786052349489</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ölüler, Diriler ve Deliler</t>
+          <t>Yuvarlandığım Mezarlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052349670</t>
+          <t>9786052349717</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 19: Kilden Ayaklar</t>
+          <t>Cehenneme İniş Talimatnamesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052349724</t>
+          <t>9786052349731</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Taşlar</t>
+          <t>Ölüler, Diriler ve Deliler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052349687</t>
+          <t>9786052349670</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yok Şehir</t>
+          <t>Disk Dünya 19: Kilden Ayaklar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052349694</t>
+          <t>9786052349724</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Kralların Gölgeleri</t>
+          <t>Cebimdeki Taşlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052349632</t>
+          <t>9786052349687</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Amenna Bulvarı</t>
+          <t>Yok Şehir</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052349397</t>
+          <t>9786052349694</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler - 1</t>
+          <t>Sakallı Kralların Gölgeleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052349618</t>
+          <t>9786052349632</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Ağacının Gölgesinde</t>
+          <t>Amenna Bulvarı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052852583</t>
+          <t>9786052349397</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hayaletleri Ancak Sen Anlayabilirsin</t>
+          <t>Toplu Öyküler - 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052349663</t>
+          <t>9786052349618</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Romanovlar'ın Son Evi</t>
+          <t>Bilgelik Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052349571</t>
+          <t>9786052852583</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çağa Karşı Koymak</t>
+          <t>Hayaletleri Ancak Sen Anlayabilirsin</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052349656</t>
+          <t>9786052349663</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Romanovlar'ın Son Evi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052349496</t>
+          <t>9786052349571</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 18: Maskeli Balo</t>
+          <t>Çağa Karşı Koymak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052349373</t>
+          <t>9786052349656</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Kemikten Bin Söze</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055060169</t>
+          <t>9786052349496</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Midwich'in Guguk Kuşları</t>
+          <t>Disk Dünya 18: Maskeli Balo</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052349533</t>
+          <t>9786052349373</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 17: İlginç Zamanlar</t>
+          <t>Bir Kemikten Bin Söze</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052349793</t>
+          <t>9786055060169</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Çocuk</t>
+          <t>Midwich'in Guguk Kuşları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052349267</t>
+          <t>9786052349533</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Amatör</t>
+          <t>Disk Dünya 17: İlginç Zamanlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052349595</t>
+          <t>9786052349793</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzümüzdü Okyanus</t>
+          <t>Beşinci Çocuk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052349540</t>
+          <t>9786052349267</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalan</t>
+          <t>Amatör</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052349564</t>
+          <t>9786052349595</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Romanyalıyı Yiyen Yamyam</t>
+          <t>Gökyüzümüzdü Okyanus</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257314404</t>
+          <t>9786052349540</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Çiçekli) (Ciltli)</t>
+          <t>Geride Kalan</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052349472</t>
+          <t>9786052349564</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 5 - Duygusal Ajanlar</t>
+          <t>Romanyalıyı Yiyen Yamyam</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052349403</t>
+          <t>9786257314404</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Klavye Sürçmesi</t>
+          <t>Okuma Günlüğü (Çiçekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052349465</t>
+          <t>9786052349472</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zenginliklerimiz</t>
+          <t>Argos'taki Kanopus Arşivleri 5 - Duygusal Ajanlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052349410</t>
+          <t>9786052349403</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bu İş Siniklere Göre Değil - İyi Gazetecilik Üzerine Konuşmalar</t>
+          <t>Klavye Sürçmesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052349199</t>
+          <t>9786052349465</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 16: Ruh Müziği</t>
+          <t>Zenginliklerimiz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052349458</t>
+          <t>9786052349410</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Geleceği İcat Etmek</t>
+          <t>Bu İş Siniklere Göre Değil - İyi Gazetecilik Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052349434</t>
+          <t>9786052349199</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Clarke'ın Doru Tayları</t>
+          <t>Disk Dünya 16: Ruh Müziği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052349380</t>
+          <t>9786052349458</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üzerine Yakın Okumalar</t>
+          <t>Geleceği İcat Etmek</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052349366</t>
+          <t>9786052349434</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı (Ciltli)</t>
+          <t>Clarke'ın Doru Tayları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052349427</t>
+          <t>9786052349380</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 4 - Gezegen 8</t>
+          <t>Okuma Üzerine Yakın Okumalar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052349342</t>
+          <t>9786052349366</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Fırçanın Ucundaki Hikayeler</t>
+          <t>Sarı Duvar Kağıdı (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052349281</t>
+          <t>9786052349427</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşıyoruz ve Nasıl Yaşayabiliriz? (Ciltli)</t>
+          <t>Argos'taki Kanopus Arşivleri 4 - Gezegen 8</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052349359</t>
+          <t>9786052349342</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Frip'in Aşırı Israrcı Pırtlakları (Ciltli)</t>
+          <t>Fırçanın Ucundaki Hikayeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052349298</t>
+          <t>9786052349281</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 15: Asayiş Berkemal</t>
+          <t>Nasıl Yaşıyoruz ve Nasıl Yaşayabiliriz? (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052349328</t>
+          <t>9786052349359</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Faydasız Bilginin Faydası</t>
+          <t>Frip'in Aşırı Israrcı Pırtlakları (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052349335</t>
+          <t>9786052349298</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 3 - Sirius Deneyleri</t>
+          <t>Disk Dünya 15: Asayiş Berkemal</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052349311</t>
+          <t>9786052349328</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Chocky (Ciltli)</t>
+          <t>Faydasız Bilginin Faydası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052349274</t>
+          <t>9786052349335</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gevişgetirenler Zamanı (Ciltli)</t>
+          <t>Argos'taki Kanopus Arşivleri 3 - Sirius Deneyleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052349243</t>
+          <t>9786052349311</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 14: Hanımlar ve Beyler</t>
+          <t>Chocky (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052349212</t>
+          <t>9786052349274</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Katre</t>
+          <t>Gevişgetirenler Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052349205</t>
+          <t>9786052349243</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Son Okur</t>
+          <t>Disk Dünya 14: Hanımlar ve Beyler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052349229</t>
+          <t>9786052349212</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uykuyayatanlar (Ciltli)</t>
+          <t>Katre</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052349151</t>
+          <t>9786052349205</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Argos'daki Kanopus Arşivleri 2 - Evlilikler</t>
+          <t>Son Okur</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052349175</t>
+          <t>9786052349229</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Ölümsüz (Ciltli)</t>
+          <t>Uykuyayatanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052349045</t>
+          <t>9786052349151</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 13: Küçük Tanrılar</t>
+          <t>Argos'daki Kanopus Arşivleri 2 - Evlilikler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055060992</t>
+          <t>9786052349175</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 12: Cadılar Dışarıda</t>
+          <t>Ölümlü Ölümsüz (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052349038</t>
+          <t>9786052349045</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaşam</t>
+          <t>Disk Dünya 13: Küçük Tanrılar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052349007</t>
+          <t>9786055060992</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Niçin Bakarız?</t>
+          <t>Disk Dünya 12: Cadılar Dışarıda</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052349014</t>
+          <t>9786052349038</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş Diyarı Feci Düşüşte</t>
+          <t>Üç Yaşam</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055060909</t>
+          <t>9786052349007</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 1 - Şikeste</t>
+          <t>Hayvanlara Niçin Bakarız?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055060633</t>
+          <t>9786052349014</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 11: Tırpanlı Adam</t>
+          <t>İç Savaş Diyarı Feci Düşüşte</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055060886</t>
+          <t>9786055060909</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Süpermarketin Hikayesi</t>
+          <t>Argos'taki Kanopus Arşivleri 1 - Şikeste</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055060879</t>
+          <t>9786055060633</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 10: Hareketli Resimler</t>
+          <t>Disk Dünya 11: Tırpanlı Adam</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055060893</t>
+          <t>9786055060886</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Bir Süpermarketin Hikayesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055060855</t>
+          <t>9786055060879</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 38: Geceye Bürüneceğim</t>
+          <t>Disk Dünya 10: Hareketli Resimler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055060831</t>
+          <t>9786055060893</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Listesi</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055060626</t>
+          <t>9786055060855</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 35: Kış Ustası</t>
+          <t>Disk Dünya 38: Geceye Bürüneceğim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055060596</t>
+          <t>9786055060831</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 08: Muhafızlar! Muhafızlar!</t>
+          <t>Gözetleme Listesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055060817</t>
+          <t>9786055060626</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cesurlara Davet</t>
+          <t>Disk Dünya 35: Kış Ustası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055060411</t>
+          <t>9786055060596</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Takipçi (Ciltli)</t>
+          <t>Disk Dünya 08: Muhafızlar! Muhafızlar!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055060640</t>
+          <t>9786055060817</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Güz Nehri ve Daha Önce Derlenmemiş Diğer Hikayeler</t>
+          <t>Cesurlara Davet</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257314824</t>
+          <t>9786055060411</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Çağrısı</t>
+          <t>Takipçi (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055060572</t>
+          <t>9786055060640</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Pastoralya</t>
+          <t>Güz Nehri ve Daha Önce Derlenmemiş Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055060565</t>
+          <t>9786257314824</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İzmir Hayaletleri</t>
+          <t>Canavarın Çağrısı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257314237</t>
+          <t>9786055060572</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Triffidlerin Günü</t>
+          <t>Pastoralya</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055060428</t>
+          <t>9786055060565</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Buluşma (Ciltli)</t>
+          <t>İzmir Hayaletleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056332623</t>
+          <t>9786257314237</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bildirge</t>
+          <t>Triffidlerin Günü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052349502</t>
+          <t>9786055060428</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 04: Mort</t>
+          <t>Buluşma (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055060374</t>
+          <t>9786056332623</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Phil’in Dehşet Verici Kısa Saltanatı</t>
+          <t>Bildirge</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055060237</t>
+          <t>9786052349502</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Açıkta</t>
+          <t>Disk Dünya 04: Mort</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055060183</t>
+          <t>9786055060374</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kokusu</t>
+          <t>Phil’in Dehşet Verici Kısa Saltanatı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055060022</t>
+          <t>9786055060237</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Som Altın Bebek</t>
+          <t>Açıkta</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052349779</t>
+          <t>9786055060183</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 03: Eşit Haklar</t>
+          <t>Gölge Kokusu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055060282</t>
+          <t>9786055060022</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar Atlası</t>
+          <t>Som Altın Bebek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055060275</t>
+          <t>9786052349779</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Disk Dünya 03: Eşit Haklar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055060213</t>
+          <t>9786055060282</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Helena'nın Rüyaları (Ciltli)</t>
+          <t>Yanılsamalar Atlası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055060268</t>
+          <t>9786055060275</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İkna Ulusu</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055060404</t>
+          <t>9786055060213</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 41: Çobanın Tacı</t>
+          <t>Helena'nın Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786056332654</t>
+          <t>9786055060268</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bergamalı Simo</t>
+          <t>İkna Ulusu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786056332630</t>
+          <t>9786055060404</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Disk Dünya 41: Çobanın Tacı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786056332616</t>
+          <t>9786056332654</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sıradana Övgü</t>
+          <t>Bergamalı Simo</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052349830</t>
+          <t>9786056332630</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 02: Fantastik Işık</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055060121</t>
+          <t>9786056332616</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Soluğun Mucizesi</t>
+          <t>Sıradana Övgü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>8699237595124</t>
+          <t>9786052349830</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Arka Bahçesi (Kutulu)</t>
+          <t>Disk Dünya 02: Fantastik Işık</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257314275</t>
+          <t>9786055060121</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 05: Hasbüyü</t>
+          <t>Soluğun Mucizesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055060176</t>
+          <t>8699237595124</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Battallar ve İnsanlar</t>
+          <t>Cennetin Arka Bahçesi (Kutulu)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055060138</t>
+          <t>9786257314275</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aralığın Onu</t>
+          <t>Disk Dünya 05: Hasbüyü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055060015</t>
+          <t>9786055060176</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Battallar ve İnsanlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786058629172</t>
+          <t>9786055060138</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Cenneti</t>
+          <t>Aralığın Onu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257314626</t>
+          <t>9786055060015</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Einstein Yaşamı ve Evreni</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>690</v>
+        <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786058629110</t>
+          <t>9786058629172</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eşleşme</t>
+          <t>Dedemin Cenneti</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055060046</t>
+          <t>9786257314626</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Tanrısı Piper Pa-25</t>
+          <t>Einstein Yaşamı ve Evreni</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055060039</t>
+          <t>9786058629110</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Eşleşme</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055060367</t>
+          <t>9786055060046</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İs Kan Dil</t>
+          <t>Çocukluğumun Tanrısı Piper Pa-25</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055060077</t>
+          <t>9786055060039</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmasınlar Diye</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058629196</t>
+          <t>9786055060367</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İşimle Başım Dertte</t>
+          <t>İs Kan Dil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
+          <t>9786055060077</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolmasınlar Diye</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786058629196</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>İşimle Başım Dertte</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
           <t>9786056332647</t>
         </is>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Direniş</t>
         </is>
       </c>
-      <c r="C218" s="1">
+      <c r="C220" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>