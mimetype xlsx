--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,3325 +85,3355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256084209</t>
+          <t>9786256084254</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkçeyi Savunmak</t>
+          <t>Yarın Belki</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256084216</t>
+          <t>9786256084124</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ejderha: Kadim Zamanlardan Günümüze Sevdiğimiz Ejderhalar (Ciltli)</t>
+          <t>Çitkuşu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052349052</t>
+          <t>9786256084209</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ulak</t>
+          <t>Türkçeyi Savunmak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052349588</t>
+          <t>9786256084216</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Ciltli)</t>
+          <t>Ejderha: Kadim Zamanlardan Günümüze Sevdiğimiz Ejderhalar (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058629189</t>
+          <t>9786052349052</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gohor 2 - Kurtlar Yolu</t>
+          <t>Yedi Ulak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>13.89</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055060008</t>
+          <t>9786052349588</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Canavar</t>
+          <t>Okuma Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052349168</t>
+          <t>9786058629189</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Gohor 2 - Kurtlar Yolu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055060350</t>
+          <t>9786055060008</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ben Öykülere İnanırım</t>
+          <t>İnsan Denen Canavar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>29</v>
+        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055060053</t>
+          <t>9786052349168</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sorgu ve Yanıt</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25.93</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055060084</t>
+          <t>9786055060350</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çirkinler</t>
+          <t>Ben Öykülere İnanırım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058629103</t>
+          <t>9786055060053</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güzeller</t>
+          <t>Sorgu ve Yanıt</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>22</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055060060</t>
+          <t>9786055060084</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Umut Bıçağı</t>
+          <t>Çirkinler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25.93</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056332609</t>
+          <t>9786058629103</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kara Cümle</t>
+          <t>Güzeller</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055060589</t>
+          <t>9786055060060</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 07: Piramitler</t>
+          <t>Umut Bıçağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>149</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055060145</t>
+          <t>9786056332609</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aynı Hayatın İçinde</t>
+          <t>Kara Cümle</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055060619</t>
+          <t>9786055060589</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
+          <t>Disk Dünya 07: Piramitler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>109</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056332692</t>
+          <t>9786055060145</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gohor - Cam Kent</t>
+          <t>Aynı Hayatın İçinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056332685</t>
+          <t>9786055060619</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Candor</t>
+          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>18.52</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056332678</t>
+          <t>9786056332692</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gri Gölgeler Arasında</t>
+          <t>Gohor - Cam Kent</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056332661</t>
+          <t>9786056332685</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Geri Gelenler</t>
+          <t>Candor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058629165</t>
+          <t>9786056332678</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Faust</t>
+          <t>Gri Gölgeler Arasında</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>63</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058629134</t>
+          <t>9786056332661</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Sosyetesi</t>
+          <t>Geri Gelenler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256084087</t>
+          <t>9786058629165</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 3: Ateş</t>
+          <t>Bir Başka Faust</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>290</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256084186</t>
+          <t>9786058629134</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öykü Atlası</t>
+          <t>Hırsızlar Sosyetesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256084148</t>
+          <t>9786256084087</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Denizin Ötesinde</t>
+          <t>Elementler - 3: Ateş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055060824</t>
+          <t>9786256084186</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 09: Eric</t>
+          <t>Öykü Atlası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055060688</t>
+          <t>9786256084148</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Western Lane</t>
+          <t>Denizin Ötesinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256084063</t>
+          <t>9786055060824</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gece Mavisi Bir Saatte</t>
+          <t>Disk Dünya 09: Eric</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256084049</t>
+          <t>9786055060688</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarında Dua Eden Olmadı</t>
+          <t>Western Lane</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052349304</t>
+          <t>9786256084063</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yazma Dersleri</t>
+          <t>Gece Mavisi Bir Saatte</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055060343</t>
+          <t>9786256084049</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 06: Ucube Kocakarılar</t>
+          <t>Mezarlarında Dua Eden Olmadı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055060312</t>
+          <t>9786052349304</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hayat Bizimdi</t>
+          <t>Yazma Dersleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055060848</t>
+          <t>9786055060343</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Disk Dünya 06: Ucube Kocakarılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052349977</t>
+          <t>9786055060312</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Buhar Kaldırmak (Diskdünya #40)</t>
+          <t>Bir Zamanlar Hayat Bizimdi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257314336</t>
+          <t>9786055060848</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Görünmez Öfkeleri</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>620</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055060435</t>
+          <t>9786052349977</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 2: Toprak</t>
+          <t>Buhar Kaldırmak (Diskdünya #40)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256084094</t>
+          <t>9786257314336</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Elementler - 1: Su</t>
+          <t>Kalbin Görünmez Öfkeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256084001</t>
+          <t>9786055060435</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>Elementler - 2: Toprak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256084032</t>
+          <t>9786256084094</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gamsız Ruhlar Arasında</t>
+          <t>Elementler - 1: Su</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257314923</t>
+          <t>9786256084001</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Goebbels’in Propaganda Orkestrası</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256084018</t>
+          <t>9786256084032</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Anıları</t>
+          <t>Gamsız Ruhlar Arasında</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256084025</t>
+          <t>9786257314923</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Şarkısı</t>
+          <t>Goebbels’in Propaganda Orkestrası</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052349120</t>
+          <t>9786256084018</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Altında Yüzmek</t>
+          <t>Geleceğin Anıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>620</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052349144</t>
+          <t>9786256084025</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Burunotu</t>
+          <t>Peygamberin Şarkısı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257314770</t>
+          <t>9786052349120</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Yağmur Altında Yüzmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055060251</t>
+          <t>9786052349144</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Domuzların Güzel Çığlıkları</t>
+          <t>Burunotu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257314930</t>
+          <t>9786257314770</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Arıların Tarihi</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052349625</t>
+          <t>9786055060251</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Akademisyenler</t>
+          <t>Domuzların Güzel Çığlıkları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257314978</t>
+          <t>9786257314930</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Arıların Tarihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257314985</t>
+          <t>9786052349625</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yankı Odası</t>
+          <t>Görünmez Akademisyenler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055060152</t>
+          <t>9786257314978</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kaşıkçı) (Ciltli)</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257314992</t>
+          <t>9786257314985</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 09: Eric</t>
+          <t>Yankı Odası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257314961</t>
+          <t>9786055060152</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Arşivi</t>
+          <t>Okuma Günlüğü (Kaşıkçı) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257314947</t>
+          <t>9786257314992</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Taşocağı</t>
+          <t>Disk Dünya 09: Eric</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257314954</t>
+          <t>9786257314961</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalp</t>
+          <t>Duyguların Arşivi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257314893</t>
+          <t>9786257314947</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Para Basmak (Diskdünya #36)</t>
+          <t>Taşocağı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257314886</t>
+          <t>9786257314954</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güm! - Diskdünya 34</t>
+          <t>Yarım Kalp</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257314879</t>
+          <t>9786257314893</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Koloni</t>
+          <t>Para Basmak (Diskdünya #36)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257314916</t>
+          <t>9786257314886</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İyi Gazetecilik İyi ki Gazetecilik - Timur Soykan ile Nehir Söyleşi</t>
+          <t>Güm! - Diskdünya 34</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257314848</t>
+          <t>9786257314879</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Günü</t>
+          <t>Koloni</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257314671</t>
+          <t>9786257314916</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 07: Piramitler</t>
+          <t>İyi Gazetecilik İyi ki Gazetecilik - Timur Soykan ile Nehir Söyleşi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257314428</t>
+          <t>9786257314848</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hayat Bizimdi</t>
+          <t>Kurtuluş Günü</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257314763</t>
+          <t>9786257314671</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
+          <t>Disk Dünya 07: Piramitler</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257314589</t>
+          <t>9786257314428</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yazma Dersleri</t>
+          <t>Bir Zamanlar Hayat Bizimdi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257314732</t>
+          <t>9786257314763</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 06: Ucube Kocakarılar</t>
+          <t>Disk Dünya 32: Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257314817</t>
+          <t>9786257314589</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Yazma Dersleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257314855</t>
+          <t>9786257314732</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Postane</t>
+          <t>Disk Dünya 06: Ucube Kocakarılar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257314688</t>
+          <t>9786257314817</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Zor İş</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257314749</t>
+          <t>9786257314855</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gir Kanıma</t>
+          <t>Postane</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>490</v>
+        <v>520</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257314725</t>
+          <t>9786257314688</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Canavar Alayı (Diskdünya #31)</t>
+          <t>Ölmek Zor İş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257314718</t>
+          <t>9786257314749</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Boho) (Ciltli)</t>
+          <t>Gir Kanıma</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257314701</t>
+          <t>9786257314725</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Düşen Kız) (Ciltli)</t>
+          <t>Canavar Alayı (Diskdünya #31)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257314695</t>
+          <t>9786257314718</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Artık Hiçbir Yer Ev Değil</t>
+          <t>Okuma Günlüğü (Boho) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257314657</t>
+          <t>9786257314701</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyamın Merkezi</t>
+          <t>Okuma Günlüğü (Düşen Kız) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257314664</t>
+          <t>9786257314695</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Vaat</t>
+          <t>Artık Hiçbir Yer Ev Değil</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257314619</t>
+          <t>9786257314657</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 27: Son Kahraman</t>
+          <t>Dünyamın Merkezi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257314640</t>
+          <t>9786257314664</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 28: Muhteşem Maurice ve Değişmiş Fareleri</t>
+          <t>Vaat</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257314558</t>
+          <t>9786257314619</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarının Kayıp Şarkıları</t>
+          <t>Disk Dünya 27: Son Kahraman</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257314411</t>
+          <t>9786257314640</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ulak</t>
+          <t>Disk Dünya 28: Muhteşem Maurice ve Değişmiş Fareleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257314282</t>
+          <t>9786257314558</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağ: Günümüz Dünyasında Yalancılık ve Aldatma</t>
+          <t>Köpekbalıklarının Kayıp Şarkıları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052349786</t>
+          <t>9786257314411</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 01: Büyünün Rengi</t>
+          <t>Yedi Ulak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257314299</t>
+          <t>9786257314282</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 30: Küçük Özgür Adamlar</t>
+          <t>Hakikat Sonrası Çağ: Günümüz Dünyasında Yalancılık ve Aldatma</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052349908</t>
+          <t>9786052349786</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Krizalitler (Ciltli)</t>
+          <t>Disk Dünya 01: Büyünün Rengi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052349847</t>
+          <t>9786257314299</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 29: Gece Bekçileri</t>
+          <t>Disk Dünya 30: Küçük Özgür Adamlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055060916</t>
+          <t>9786052349908</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uzanan Merdiven</t>
+          <t>Krizalitler (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257314633</t>
+          <t>9786052349847</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pek Çok Kışın Ardından</t>
+          <t>Disk Dünya 29: Gece Bekçileri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257314534</t>
+          <t>9786055060916</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hizmetkar</t>
+          <t>Gökyüzüne Uzanan Merdiven</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257314596</t>
+          <t>9786257314633</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kareli) (Ciltli)</t>
+          <t>Pek Çok Kışın Ardından</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257314602</t>
+          <t>9786257314534</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Likenlerin Sırrı</t>
+          <t>Büyük Hizmetkar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257314572</t>
+          <t>9786257314596</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 26: Zaman Hırsızı</t>
+          <t>Okuma Günlüğü (Kareli) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257314473</t>
+          <t>9786257314602</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Kadın</t>
+          <t>Likenlerin Sırrı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257314480</t>
+          <t>9786257314572</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 25: Gerçek</t>
+          <t>Disk Dünya 26: Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257314541</t>
+          <t>9786257314473</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Kuşlu) (Ciltli)</t>
+          <t>Kapıdaki Kadın</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257314190</t>
+          <t>9786257314480</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hakkında Hiçbir Şey Bilmediğim Şeyler</t>
+          <t>Disk Dünya 25: Gerçek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257314503</t>
+          <t>9786257314541</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lady Who (Ciltli)</t>
+          <t>Okuma Günlüğü (Kuşlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052349878</t>
+          <t>9786257314190</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu (Ciltli)</t>
+          <t>Hakkında Hiçbir Şey Bilmediğim Şeyler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257314510</t>
+          <t>9786257314503</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü</t>
+          <t>Lady Who (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257314305</t>
+          <t>9786052349878</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Futbol Savaşı</t>
+          <t>Kim Bu (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052349854</t>
+          <t>9786257314510</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 24: Beşinci Fil</t>
+          <t>Okuma Günlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257314442</t>
+          <t>9786257314305</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Motifli - Lacivert) (Ciltli)</t>
+          <t>Futbol Savaşı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257314053</t>
+          <t>9786052349854</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Sürgünü</t>
+          <t>Disk Dünya 24: Beşinci Fil</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052349861</t>
+          <t>9786257314442</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 23: Carpe Jugulum</t>
+          <t>Okuma Günlüğü (Motifli - Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055060657</t>
+          <t>9786257314053</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Adı Olmayan Adam</t>
+          <t>Akdeniz Sürgünü</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257314060</t>
+          <t>9786052349861</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca ve Eleştiri</t>
+          <t>Disk Dünya 23: Carpe Jugulum</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052349236</t>
+          <t>9786055060657</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Jean Stafford Toplu Öyküler - 2</t>
+          <t>Adı Olmayan Adam</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257314046</t>
+          <t>9786257314060</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tilki 8 (Ciltli)</t>
+          <t>Kurmaca ve Eleştiri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052349892</t>
+          <t>9786052349236</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çıplakları Giydir</t>
+          <t>Jean Stafford Toplu Öyküler - 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052349762</t>
+          <t>9786257314046</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 22: Son Kıta</t>
+          <t>Tilki 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052349441</t>
+          <t>9786052349892</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Editör Ne İş Yapar?</t>
+          <t>Çıplakları Giydir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052349823</t>
+          <t>9786052349762</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Adam</t>
+          <t>Disk Dünya 22: Son Kıta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052349557</t>
+          <t>9786052349441</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yarın Berbat Bir Gün</t>
+          <t>Editör Ne İş Yapar?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052349649</t>
+          <t>9786052349823</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezinde Yaşayan Adam</t>
+          <t>Trendeki Adam</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052349526</t>
+          <t>9786052349557</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehrin Mutfaklarında Bıçak Yok</t>
+          <t>Yarın Berbat Bir Gün</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052349250</t>
+          <t>9786052349649</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dilde Bir Hayalperest</t>
+          <t>Alışveriş Merkezinde Yaşayan Adam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052349809</t>
+          <t>9786052349526</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kraken Uyanıyor</t>
+          <t>Bu Şehrin Mutfaklarında Bıçak Yok</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052349755</t>
+          <t>9786052349250</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 21: Savaş Naraları</t>
+          <t>Ölü Dilde Bir Hayalperest</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052349748</t>
+          <t>9786052349809</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 20: Domuz Baba</t>
+          <t>Kraken Uyanıyor</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052349700</t>
+          <t>9786052349755</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Asker Doğmayanlar</t>
+          <t>Disk Dünya 21: Savaş Naraları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052349489</t>
+          <t>9786052349748</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlandığım Mezarlar</t>
+          <t>Disk Dünya 20: Domuz Baba</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052349717</t>
+          <t>9786052349700</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme İniş Talimatnamesi</t>
+          <t>Asker Doğmayanlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052349731</t>
+          <t>9786052349489</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ölüler, Diriler ve Deliler</t>
+          <t>Yuvarlandığım Mezarlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052349670</t>
+          <t>9786052349717</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 19: Kilden Ayaklar</t>
+          <t>Cehenneme İniş Talimatnamesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052349724</t>
+          <t>9786052349731</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Taşlar</t>
+          <t>Ölüler, Diriler ve Deliler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052349687</t>
+          <t>9786052349670</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yok Şehir</t>
+          <t>Disk Dünya 19: Kilden Ayaklar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052349694</t>
+          <t>9786052349724</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Kralların Gölgeleri</t>
+          <t>Cebimdeki Taşlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052349632</t>
+          <t>9786052349687</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Amenna Bulvarı</t>
+          <t>Yok Şehir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052349397</t>
+          <t>9786052349694</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler - 1</t>
+          <t>Sakallı Kralların Gölgeleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052349618</t>
+          <t>9786052349632</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Ağacının Gölgesinde</t>
+          <t>Amenna Bulvarı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052852583</t>
+          <t>9786052349397</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hayaletleri Ancak Sen Anlayabilirsin</t>
+          <t>Toplu Öyküler - 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052349663</t>
+          <t>9786052349618</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Romanovlar'ın Son Evi</t>
+          <t>Bilgelik Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052349571</t>
+          <t>9786052852583</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çağa Karşı Koymak</t>
+          <t>Hayaletleri Ancak Sen Anlayabilirsin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052349656</t>
+          <t>9786052349663</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Romanovlar'ın Son Evi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052349496</t>
+          <t>9786052349571</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 18: Maskeli Balo</t>
+          <t>Çağa Karşı Koymak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052349373</t>
+          <t>9786052349656</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bir Kemikten Bin Söze</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055060169</t>
+          <t>9786052349496</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Midwich'in Guguk Kuşları</t>
+          <t>Disk Dünya 18: Maskeli Balo</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052349533</t>
+          <t>9786052349373</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 17: İlginç Zamanlar</t>
+          <t>Bir Kemikten Bin Söze</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052349793</t>
+          <t>9786055060169</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Çocuk</t>
+          <t>Midwich'in Guguk Kuşları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052349267</t>
+          <t>9786052349533</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Amatör</t>
+          <t>Disk Dünya 17: İlginç Zamanlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052349595</t>
+          <t>9786052349793</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzümüzdü Okyanus</t>
+          <t>Beşinci Çocuk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052349540</t>
+          <t>9786052349267</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalan</t>
+          <t>Amatör</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052349564</t>
+          <t>9786052349595</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Romanyalıyı Yiyen Yamyam</t>
+          <t>Gökyüzümüzdü Okyanus</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257314404</t>
+          <t>9786052349540</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günlüğü (Çiçekli) (Ciltli)</t>
+          <t>Geride Kalan</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052349472</t>
+          <t>9786052349564</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 5 - Duygusal Ajanlar</t>
+          <t>Romanyalıyı Yiyen Yamyam</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052349403</t>
+          <t>9786257314404</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Klavye Sürçmesi</t>
+          <t>Okuma Günlüğü (Çiçekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052349465</t>
+          <t>9786052349472</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Zenginliklerimiz</t>
+          <t>Argos'taki Kanopus Arşivleri 5 - Duygusal Ajanlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052349410</t>
+          <t>9786052349403</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bu İş Siniklere Göre Değil - İyi Gazetecilik Üzerine Konuşmalar</t>
+          <t>Klavye Sürçmesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052349199</t>
+          <t>9786052349465</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 16: Ruh Müziği</t>
+          <t>Zenginliklerimiz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052349458</t>
+          <t>9786052349410</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Geleceği İcat Etmek</t>
+          <t>Bu İş Siniklere Göre Değil - İyi Gazetecilik Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052349434</t>
+          <t>9786052349199</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Clarke'ın Doru Tayları</t>
+          <t>Disk Dünya 16: Ruh Müziği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052349380</t>
+          <t>9786052349458</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üzerine Yakın Okumalar</t>
+          <t>Geleceği İcat Etmek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052349366</t>
+          <t>9786052349434</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı (Ciltli)</t>
+          <t>Clarke'ın Doru Tayları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052349427</t>
+          <t>9786052349380</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 4 - Gezegen 8</t>
+          <t>Okuma Üzerine Yakın Okumalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052349342</t>
+          <t>9786052349366</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fırçanın Ucundaki Hikayeler</t>
+          <t>Sarı Duvar Kağıdı (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052349281</t>
+          <t>9786052349427</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşıyoruz ve Nasıl Yaşayabiliriz? (Ciltli)</t>
+          <t>Argos'taki Kanopus Arşivleri 4 - Gezegen 8</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052349359</t>
+          <t>9786052349342</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Frip'in Aşırı Israrcı Pırtlakları (Ciltli)</t>
+          <t>Fırçanın Ucundaki Hikayeler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052349298</t>
+          <t>9786052349281</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 15: Asayiş Berkemal</t>
+          <t>Nasıl Yaşıyoruz ve Nasıl Yaşayabiliriz? (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052349328</t>
+          <t>9786052349359</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Faydasız Bilginin Faydası</t>
+          <t>Frip'in Aşırı Israrcı Pırtlakları (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052349335</t>
+          <t>9786052349298</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 3 - Sirius Deneyleri</t>
+          <t>Disk Dünya 15: Asayiş Berkemal</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052349311</t>
+          <t>9786052349328</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Chocky (Ciltli)</t>
+          <t>Faydasız Bilginin Faydası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052349274</t>
+          <t>9786052349335</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gevişgetirenler Zamanı (Ciltli)</t>
+          <t>Argos'taki Kanopus Arşivleri 3 - Sirius Deneyleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052349243</t>
+          <t>9786052349311</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 14: Hanımlar ve Beyler</t>
+          <t>Chocky (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052349212</t>
+          <t>9786052349274</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Katre</t>
+          <t>Gevişgetirenler Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052349205</t>
+          <t>9786052349243</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Son Okur</t>
+          <t>Disk Dünya 14: Hanımlar ve Beyler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052349229</t>
+          <t>9786052349212</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Uykuyayatanlar (Ciltli)</t>
+          <t>Katre</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052349151</t>
+          <t>9786052349205</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Argos'daki Kanopus Arşivleri 2 - Evlilikler</t>
+          <t>Son Okur</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052349175</t>
+          <t>9786052349229</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Ölümsüz (Ciltli)</t>
+          <t>Uykuyayatanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052349045</t>
+          <t>9786052349151</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 13: Küçük Tanrılar</t>
+          <t>Argos'daki Kanopus Arşivleri 2 - Evlilikler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055060992</t>
+          <t>9786052349175</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 12: Cadılar Dışarıda</t>
+          <t>Ölümlü Ölümsüz (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052349038</t>
+          <t>9786052349045</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Üç Yaşam</t>
+          <t>Disk Dünya 13: Küçük Tanrılar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052349007</t>
+          <t>9786055060992</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlara Niçin Bakarız?</t>
+          <t>Disk Dünya 12: Cadılar Dışarıda</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052349014</t>
+          <t>9786052349038</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş Diyarı Feci Düşüşte</t>
+          <t>Üç Yaşam</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055060909</t>
+          <t>9786052349007</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Argos'taki Kanopus Arşivleri 1 - Şikeste</t>
+          <t>Hayvanlara Niçin Bakarız?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055060633</t>
+          <t>9786052349014</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 11: Tırpanlı Adam</t>
+          <t>İç Savaş Diyarı Feci Düşüşte</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055060886</t>
+          <t>9786055060909</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Süpermarketin Hikayesi</t>
+          <t>Argos'taki Kanopus Arşivleri 1 - Şikeste</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055060879</t>
+          <t>9786055060633</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 10: Hareketli Resimler</t>
+          <t>Disk Dünya 11: Tırpanlı Adam</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055060893</t>
+          <t>9786055060886</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Bir Süpermarketin Hikayesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055060855</t>
+          <t>9786055060879</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 38: Geceye Bürüneceğim</t>
+          <t>Disk Dünya 10: Hareketli Resimler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055060831</t>
+          <t>9786055060893</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Listesi</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055060626</t>
+          <t>9786055060855</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 35: Kış Ustası</t>
+          <t>Disk Dünya 38: Geceye Bürüneceğim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055060596</t>
+          <t>9786055060831</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 08: Muhafızlar! Muhafızlar!</t>
+          <t>Gözetleme Listesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055060817</t>
+          <t>9786055060626</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cesurlara Davet</t>
+          <t>Disk Dünya 35: Kış Ustası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055060411</t>
+          <t>9786055060596</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Takipçi (Ciltli)</t>
+          <t>Disk Dünya 08: Muhafızlar! Muhafızlar!</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055060640</t>
+          <t>9786055060817</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Güz Nehri ve Daha Önce Derlenmemiş Diğer Hikayeler</t>
+          <t>Cesurlara Davet</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257314824</t>
+          <t>9786055060411</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Çağrısı</t>
+          <t>Takipçi (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055060572</t>
+          <t>9786055060640</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pastoralya</t>
+          <t>Güz Nehri ve Daha Önce Derlenmemiş Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055060565</t>
+          <t>9786257314824</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İzmir Hayaletleri</t>
+          <t>Canavarın Çağrısı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257314237</t>
+          <t>9786055060572</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Triffidlerin Günü</t>
+          <t>Pastoralya</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055060428</t>
+          <t>9786055060565</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Buluşma (Ciltli)</t>
+          <t>İzmir Hayaletleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786056332623</t>
+          <t>9786257314237</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bildirge</t>
+          <t>Triffidlerin Günü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052349502</t>
+          <t>9786055060428</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 04: Mort</t>
+          <t>Buluşma (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055060374</t>
+          <t>9786056332623</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Phil’in Dehşet Verici Kısa Saltanatı</t>
+          <t>Bildirge</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055060237</t>
+          <t>9786052349502</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Açıkta</t>
+          <t>Disk Dünya 04: Mort</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055060183</t>
+          <t>9786055060374</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kokusu</t>
+          <t>Phil’in Dehşet Verici Kısa Saltanatı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055060022</t>
+          <t>9786055060237</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Som Altın Bebek</t>
+          <t>Açıkta</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052349779</t>
+          <t>9786055060183</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 03: Eşit Haklar</t>
+          <t>Gölge Kokusu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055060282</t>
+          <t>9786055060022</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar Atlası</t>
+          <t>Som Altın Bebek</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055060275</t>
+          <t>9786052349779</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Disk Dünya 03: Eşit Haklar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055060213</t>
+          <t>9786055060282</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Helena'nın Rüyaları (Ciltli)</t>
+          <t>Yanılsamalar Atlası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055060268</t>
+          <t>9786055060275</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İkna Ulusu</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055060404</t>
+          <t>9786055060213</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 41: Çobanın Tacı</t>
+          <t>Helena'nın Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786056332654</t>
+          <t>9786055060268</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bergamalı Simo</t>
+          <t>İkna Ulusu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056332630</t>
+          <t>9786055060404</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Disk Dünya 41: Çobanın Tacı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056332616</t>
+          <t>9786056332654</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sıradana Övgü</t>
+          <t>Bergamalı Simo</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052349830</t>
+          <t>9786056332630</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 02: Fantastik Işık</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055060121</t>
+          <t>9786056332616</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Soluğun Mucizesi</t>
+          <t>Sıradana Övgü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>8699237595124</t>
+          <t>9786052349830</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Arka Bahçesi (Kutulu)</t>
+          <t>Disk Dünya 02: Fantastik Işık</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257314275</t>
+          <t>9786055060121</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Disk Dünya 05: Hasbüyü</t>
+          <t>Soluğun Mucizesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055060176</t>
+          <t>8699237595124</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Battallar ve İnsanlar</t>
+          <t>Cennetin Arka Bahçesi (Kutulu)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055060138</t>
+          <t>9786257314275</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aralığın Onu</t>
+          <t>Disk Dünya 05: Hasbüyü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055060015</t>
+          <t>9786055060176</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Battallar ve İnsanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786058629172</t>
+          <t>9786055060138</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Cenneti</t>
+          <t>Aralığın Onu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257314626</t>
+          <t>9786055060015</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Einstein Yaşamı ve Evreni</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>690</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786058629110</t>
+          <t>9786058629172</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Eşleşme</t>
+          <t>Dedemin Cenneti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055060046</t>
+          <t>9786257314626</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Tanrısı Piper Pa-25</t>
+          <t>Einstein Yaşamı ve Evreni</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055060039</t>
+          <t>9786058629110</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Eşleşme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055060367</t>
+          <t>9786055060046</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İs Kan Dil</t>
+          <t>Çocukluğumun Tanrısı Piper Pa-25</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055060077</t>
+          <t>9786055060039</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmasınlar Diye</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786058629196</t>
+          <t>9786055060367</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İşimle Başım Dertte</t>
+          <t>İs Kan Dil</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
+          <t>9786055060077</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolmasınlar Diye</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786058629196</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>İşimle Başım Dertte</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
           <t>9786056332647</t>
         </is>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Direniş</t>
         </is>
       </c>
-      <c r="C220" s="1">
+      <c r="C222" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>