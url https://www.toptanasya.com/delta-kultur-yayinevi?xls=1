--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,3835 +85,2950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057698803</t>
+          <t>9786057698926</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Itsy Bitsy İtalyanca-Türkçe ,Türkçe-İtalyanca Mini Sözlük</t>
+          <t>10. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057698810</t>
+          <t>9786057698636</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Itsy Bitsy Rusça-Türkçe ,Türkçe-Rusça Mini Sözlük</t>
+          <t>Çok Net Matematik Geometri Sıfırdan Sınava</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057698797</t>
+          <t>9786052267387</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Itsy Bitsy Korece-Türkçe, Türkçe-Korece Mini Sözlük</t>
+          <t>KPSS Matematik Strateji Kartları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057698865</t>
+          <t>9789944216791</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>YDT İngilizce Kelimeleri</t>
+          <t>KPSS Anayasa Vatandaşlık Strateji Kartları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057698940</t>
+          <t>9789944216777</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İngilizce A1-A2 Kelimelerle Başlangıç</t>
+          <t>KPSS Coğrafya Strateji Kartları</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057698872</t>
+          <t>9789944216807</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>YDS İngilizce Kelimeleri</t>
+          <t>KPSS Türkçe Strateji Kartları</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057698957</t>
+          <t>9786057698124</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Almanca A1-A2 Kelimelerle Başlangıç</t>
+          <t>TYT-AYT (YKS 1. ve 2. Oturum) Din Kültürü ve Ahlak Bilgisi Özet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057698933</t>
+          <t>9786057698230</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf İngilizce Kelimeleri</t>
+          <t>TYT Kimya 40 Deneme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057698926</t>
+          <t>9786057698247</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf İngilizce Kelimeleri</t>
+          <t>TYT Fizik 40 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057698919</t>
+          <t>9786057698216</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Kelimeleri</t>
+          <t>TYT Felsefe 40 Deneme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057698841</t>
+          <t>9786057698254</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS İngilizce Kelimeleri</t>
+          <t>TYT Biyoloji 40 Deneme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057698858</t>
+          <t>9786057698155</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf İngilizce Kelimeleri</t>
+          <t>TYT (YKS 1. Oturum) Dil Bilgisi Özet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057698834</t>
+          <t>9786259261522</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf İngilizce Kelimeleri</t>
+          <t>2026 Bilgi Kültür Takvimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057698889</t>
+          <t>9786259261508</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İngilizce Kelimeleri</t>
+          <t>5. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057698902</t>
+          <t>9786057698995</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İngilizce Kelimeleri</t>
+          <t>2. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057698896</t>
+          <t>9786259261515</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf İngilizce Kelimeleri</t>
+          <t>2026 Mıknatıslı Buzdolabı Takvimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>229</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057698827</t>
+          <t>9789944216258</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf İngilizce Kelimeleri</t>
+          <t>Almanca YDS Altın Sorular</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055183639</t>
+          <t>3990000034203</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İtsy - Bitsy Fransızca - Türkçe ve Türkçe - Fransızca Mini Sözlük</t>
+          <t>YDS Almanca Altın Sorular</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057698780</t>
+          <t>9786055183158</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>A2 - Betimlemeli Fransızca Dilbilgisi Alıştırmaları (İkinci Kitap)</t>
+          <t>Popüler Resimli Almanca Sözlük / Bildwörterbuch</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>490</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059716406</t>
+          <t>9786055183134</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Özet</t>
+          <t>Popüler Resimli Rusça Sözlük</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059716154</t>
+          <t>9789944216418</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Özet</t>
+          <t>Everyday Words</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057698773</t>
+          <t>9789944216654</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Memnu Arapça Kutu Oyunu</t>
+          <t>LYS Tarih Strateji Kartları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057698766</t>
+          <t>9786055808068</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>DGS 6 Altın Fasikül Deneme</t>
+          <t>Cepte Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944216395</t>
+          <t>9786057698803</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Educational Posters İngilizce Eğitici Posterler</t>
+          <t>Itsy Bitsy İtalyanca-Türkçe ,Türkçe-İtalyanca Mini Sözlük</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052267356</t>
+          <t>9786057698810</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT 2.Oturum Sözel Çözümlü 10 Deneme</t>
+          <t>Itsy Bitsy Rusça-Türkçe ,Türkçe-Rusça Mini Sözlük</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055808075</t>
+          <t>9786057698797</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cepte Fransızca Konuşma Kılavuzu</t>
+          <t>Itsy Bitsy Korece-Türkçe, Türkçe-Korece Mini Sözlük</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057698735</t>
+          <t>9786057698865</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>2025 Mıknatıslı Buzdolabı Takvimi</t>
+          <t>YDT İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>149</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057698711</t>
+          <t>9786057698940</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>(P4C) Çocuklar için Felsefe Sohbet Kartları</t>
+          <t>İngilizce A1-A2 Kelimelerle Başlangıç</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057698742</t>
+          <t>9786057698872</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Temel Almanca ve Aile Birleşimi Sınavına Hazırlık</t>
+          <t>YDS İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057698728</t>
+          <t>9786057698957</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şaman Atalar Destesi</t>
+          <t>Almanca A1-A2 Kelimelerle Başlangıç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057698698</t>
+          <t>9786057698933</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Soru Bankası</t>
+          <t>11. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055183486</t>
+          <t>9786057698919</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Resimli İngilizce Dil Kartları</t>
+          <t>9. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055808112</t>
+          <t>9786057698841</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cepte Ruslar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>8. Sınıf LGS İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055808082</t>
+          <t>9786057698858</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cepte İtalyanca Konuşma Kılavuzu</t>
+          <t>7. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055808105</t>
+          <t>9786057698834</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cepte Çince Konuşma Kılavuzu</t>
+          <t>6. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055808143</t>
+          <t>9786057698889</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cepte Araplar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>2. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055808037</t>
+          <t>9786057698902</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cepte Arapça Konuşma Kılavuzu</t>
+          <t>4. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055808129</t>
+          <t>9786057698896</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cepte Almanlar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>3. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055808136</t>
+          <t>9786057698827</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cepte İngilizler İçin Türkçe Konuşma Kılavuzu</t>
+          <t>5. Sınıf İngilizce Kelimeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055808020</t>
+          <t>9786055183639</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cepte İngilizce Konuşma Kılavuzu</t>
+          <t>İtsy - Bitsy Fransızca - Türkçe ve Türkçe - Fransızca Mini Sözlük</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055808150</t>
+          <t>9786057698780</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cepte Fransızlar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>A2 - Betimlemeli Fransızca Dilbilgisi Alıştırmaları (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055808051</t>
+          <t>9786057698773</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cepte İspanyolca Konuşma Kılavuzu</t>
+          <t>Memnu Arapça Kutu Oyunu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057698674</t>
+          <t>9789944216395</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Dil Bilgisi Alıştırmaları</t>
+          <t>Educational Posters İngilizce Eğitici Posterler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>410</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944216784</t>
+          <t>9786055808075</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tarih Strateji Kartları</t>
+          <t>Cepte Fransızca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059716109</t>
+          <t>9786057698711</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Özet</t>
+          <t>(P4C) Çocuklar için Felsefe Sohbet Kartları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059716079</t>
+          <t>9786057698742</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf İleri Düzey Matematik Özet</t>
+          <t>Sıfırdan Temel Almanca ve Aile Birleşimi Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059716062</t>
+          <t>9786057698728</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Özet</t>
+          <t>Şaman Atalar Destesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059716215</t>
+          <t>9786055183486</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Felsefe Özet</t>
+          <t>2. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059716185</t>
+          <t>9786055808112</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Özet</t>
+          <t>Cepte Ruslar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057698285</t>
+          <t>9786055808082</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İntegral</t>
+          <t>Cepte İtalyanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057698292</t>
+          <t>9786055808105</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türev</t>
+          <t>Cepte Çince Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>96</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057698377</t>
+          <t>9786055808143</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Limit ve Süreklilik</t>
+          <t>Cepte Araplar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057698308</t>
+          <t>9786055808037</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Trigonometri 1-2</t>
+          <t>Cepte Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>102</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057698346</t>
+          <t>9786055808129</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Matematik Seti 2 Herkes İçin Temel Geometri-I</t>
+          <t>Cepte Almanlar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057698322</t>
+          <t>9786055808136</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Polinomlar - 2. Dereceden Denklemler - Parabol - Eşitsizlikler - Sistemler</t>
+          <t>Cepte İngilizler İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>102</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057698315</t>
+          <t>9786055808020</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Logaritma ve Diziler</t>
+          <t>Cepte İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>96</v>
+        <v>70</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057698339</t>
+          <t>9786055808150</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Temel Geometri 2</t>
+          <t>Cepte Fransızlar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>204</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057698353</t>
+          <t>9786055808051</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik</t>
+          <t>Cepte İspanyolca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>252</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057698681</t>
+          <t>9786057698674</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Korece Kelime Kartları (İsimler, Sıfatlar, Fiiller)</t>
+          <t>İtalyanca Dil Bilgisi Alıştırmaları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057698100</t>
+          <t>9786057698681</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>AYT Sosyal Bilimler Ölçüm Serisi 400 Soruyla Konu Tarama Föyleri</t>
+          <t>Korece Kelime Kartları (İsimler, Sıfatlar, Fiiller)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057698117</t>
+          <t>9786052267592</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>AYT Fen Bilimleri Ölçüm Serisi 450 Soruyla Konu Tarama Föyleri</t>
+          <t>YDS Fransızca</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052267592</t>
+          <t>9786057698650</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>YDS Fransızca</t>
+          <t>10 000 Exercices de Grammaire Fransızca Dilbilgisi Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>870</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052267516</t>
+          <t>9786057698667 </t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Özet</t>
+          <t>Türkçe Açıklamalı Fransızca DilBilgisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>870</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052267417</t>
+          <t>9786057698612</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Özet</t>
+          <t>Örnek ve Alıştırmalarla İtalyanca Dil Bilgisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052267400</t>
+          <t>9786057698568</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Felsefe Özet</t>
+          <t>İtalyancada Düzensiz Fiiller ve Kullanım Şekilleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057698650</t>
+          <t>9786057698599</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>10 000 Exercices de Grammaire Fransızca Dilbilgisi Alıştırma Kitabı</t>
+          <t>DGS Kitap Konu Özetli Soru Bankası Video Anlatımlı Tek Kitap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>690</v>
+        <v>800</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057698667</t>
+          <t>9786057698582</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı Fransızca DilBilgisi</t>
+          <t>Yeni Başlayanlar için Tarot Destesi ve Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>690</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057698612</t>
+          <t>9786057698605</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Örnek ve Alıştırmalarla İtalyanca Dil Bilgisi</t>
+          <t>Rusça Konuşanlar İçin Türkçe Konuşma Kılavuzu ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057698568</t>
+          <t>9789944216470</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İtalyancada Düzensiz Fiiller ve Kullanım Şekilleri</t>
+          <t>Hayata Dair Engel Atlama Hikayeleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057698599</t>
+          <t>9786057698537</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>DGS Kitap Konu Özetli Soru Bankası Video Anlatımlı Tek Kitap</t>
+          <t>Tarot Klasik Deste, 78 Kart ve Anahtar Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057698582</t>
+          <t>9786057698520</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Tarot Destesi ve Kitabı</t>
+          <t>Türkçenin Kapıları 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057698605</t>
+          <t>9786057698513</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşanlar İçin Türkçe Konuşma Kılavuzu ve Gezi Rehberi</t>
+          <t>Türkçenin Kapıları 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257159159</t>
+          <t>9786057698506</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Matematik Özet</t>
+          <t>Türkçenin Kapıları 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257159234</t>
+          <t>9786057698483</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Fizik Özet</t>
+          <t>YDS Almanca Altın Sorular</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257159210</t>
+          <t>9786057698452</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Kimya Özet</t>
+          <t>AYT Biyoloji Özet (YKS 2. Oturum)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257159197</t>
+          <t>9786057698445</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Tarih Özet</t>
+          <t>TYT Biyoloji Özet (YKS 1. Oturum)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059716208</t>
+          <t>9786057698421</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Özet</t>
+          <t>Her Yönüyle Fransızca Dilbilgisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257159296</t>
+          <t>9786057698438</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Biyoloji Özet</t>
+          <t>Betimlemeli Fransızca Dilbilgisi Alıştırmaları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257159258</t>
+          <t>9789944216371</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Felsefe Özet</t>
+          <t>YDS Stratejiler &amp; İpuçları Kartları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257159173</t>
+          <t>9786055183790</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Türk Dili ve Edebiyatı Özet</t>
+          <t>YKS 1.Oturum Tarih Kartları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257159418</t>
+          <t>9789944216265</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Felsefe Özet</t>
+          <t>İlköğretim Öğrencileri İçin Nutuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257159326</t>
+          <t>9786059716383</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Türk Dili ve Edebiyatı Soru Bankası ( Liseli )</t>
+          <t>İtalyanca Türkçe Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257159357</t>
+          <t>9786057698391</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Tarih Özet</t>
+          <t>Özbek Türkçesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059716093</t>
+          <t>9786057698278</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Özet</t>
+          <t>Yunancada Sıfatlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257159395</t>
+          <t>9786057698261</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Fizik Özet</t>
+          <t>Doğu Ermenice Temel Dil Bilgisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257159319</t>
+          <t>9786052267554</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Matematik Özet</t>
+          <t>Lehçede Fiiller</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257159388</t>
+          <t>9786052267547</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Fizik Soru Bankası ( Liseli )</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257159302</t>
+          <t>9786052267530</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Matematik Soru Bankası ( Liseli )</t>
+          <t>Rusça Konuşanlar İçin Türkçe Dil Bilgisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257159142</t>
+          <t>9786052267141</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Matematik Soru Bankası ( Liseli )</t>
+          <t>Portekizce Temel Dil Bilgisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257159227</t>
+          <t>9786052267134</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Fizik Soru Bankası ( Liseli )</t>
+          <t>Fransızca Sözcük Bilgisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257159203</t>
+          <t>9789944216449</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Kimya Soru Bankası ( Liseli )</t>
+          <t>Life Time (İngilizce Tablolarla Zamanlar)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257159289</t>
+          <t>9789944216029</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Biyoloji Soru Bankası ( Liseli )</t>
+          <t>YDS İngilizce Eş Anlamlı Sözcük Kartları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257159241</t>
+          <t>9789944216210</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Felsefe Soru Bankası ( Liseli )</t>
+          <t>YDS Almanca Eş Anlamlı Sözcük Kartları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257159166</t>
+          <t>9786055183608</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Türk Dili ve Edebiyatı Soru Bankası ( Liseli )</t>
+          <t>İtsy - Bitsy Arapça - Türkçe ve Türkçe - Arapça Mini Sözlük</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257159265</t>
+          <t>9786055183592</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Coğrafya Soru Bankası ( Liseli )</t>
+          <t>İtsy - Bitsy Almanca - Türkçe ve Türkçe - Almanca Mini Sözlük</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257159180</t>
+          <t>9786055183622</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 11. Sınıf Tarih Soru Bankası ( Liseli )</t>
+          <t>İtsy - Bitsy Türkçe - İngilizce Mini Sözlük</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257159340</t>
+          <t>9786055183615</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Tarih Soru Bankası ( Liseli )</t>
+          <t>İtsy - Bitsy İngilizce-Türkçe Mini Sözlük</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257159425</t>
+          <t>9789944216234</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Coğrafya Soru Bankası ( Liseli )</t>
+          <t>Araplar için Türkçe Dil Kartları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257159401</t>
+          <t>9789944216227</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Felsefe Soru Bankası ( Liseli )</t>
+          <t>Fransızlar için Türkçe Dil Kartları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257159364</t>
+          <t>9789944216067</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Kimya Soru Bankası ( Liseli )</t>
+          <t>Almanlar için Türkçe Dil Kartları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257159449</t>
+          <t>9789944216074</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Delta Kültür 10. Sınıf Biyoloji Soru Bankası ( Liseli )</t>
+          <t>Ruslar için Türkçe Dil Kartları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057698551</t>
+          <t>9789944216142</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>TYT Coğrafya Föy Soru Bankası</t>
+          <t>İngilizler için Türkçe Dil Kartları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944216470</t>
+          <t>9786059716000</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Engel Atlama Hikayeleri</t>
+          <t>Boşnakça Dil Kartları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057698537</t>
+          <t>9786055183950</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarot Klasik Deste, 78 Kart ve Anahtar Kitap</t>
+          <t>Makedonca Dil Kartları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057698520</t>
+          <t>9786055183943</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kapıları 3</t>
+          <t>Lehçe Dil Kartları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057698513</t>
+          <t>9786055183936</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kapıları 2</t>
+          <t>Portekizce Dil Kartları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057698506</t>
+          <t>9786055183042</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kapıları 1</t>
+          <t>Korece Dil Kartları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057698483</t>
+          <t>9789944216753</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>YDS Almanca Altın Sorular</t>
+          <t>Gürcüce Dil Kartları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057698476</t>
+          <t>9789944216739</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>TYT Geometri Yeni Nesil Föy Soru Bankası</t>
+          <t>Farsça Dil Kartları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057698469</t>
+          <t>9786055183387</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Yeni Nesil Föy Soru Bankası</t>
+          <t>Bulgarca Dil Kartları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057698452</t>
+          <t>9786055183394</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Özet (YKS 2. Oturum)</t>
+          <t>Doğu Ermenice Dil Kartları</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057698445</t>
+          <t>9789944216401</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>TYT Biyoloji Özet (YKS 1. Oturum)</t>
+          <t>Ermenice Dil Kartları</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057698421</t>
+          <t>9789944216388</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fransızca Dilbilgisi</t>
+          <t>Kürtçe Dil Kartları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>690</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057698438</t>
+          <t>9789944216357</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Betimlemeli Fransızca Dilbilgisi Alıştırmaları</t>
+          <t>Lazca Dil Kartları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944216371</t>
+          <t>9789944216128</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>YDS Stratejiler &amp; İpuçları Kartları</t>
+          <t>Japonca Dil Kartları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055183790</t>
+          <t>9789944216135</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>YKS 1.Oturum Tarih Kartları</t>
+          <t>Çince Dil Kartları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944216265</t>
+          <t>9789944216098</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Öğrencileri İçin Nutuk</t>
+          <t>Yunanca Dil Kartları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059716383</t>
+          <t>9786055183127</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Türkçe Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Arapça Dil Kartları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057698391</t>
+          <t>9789944216241</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi</t>
+          <t>Hollandaca Dil Kartları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057698278</t>
+          <t>9789944216043</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yunancada Sıfatlar</t>
+          <t>İspanyolca Dil Kartları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057698261</t>
+          <t>9789944216111</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ermenice Temel Dil Bilgisi</t>
+          <t>İtalyanca Dil Kartları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052267554</t>
+          <t>9789944216081</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Lehçede Fiiller</t>
+          <t>Fransızca Dil Kartları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052267547</t>
+          <t>9789944216050</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
+          <t>Almanca Dil Kartları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052267530</t>
+          <t>9789944216104</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşanlar İçin Türkçe Dil Bilgisi</t>
+          <t>Rusça Dil Kartları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052267141</t>
+          <t>9789944216005</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Temel Dil Bilgisi</t>
+          <t>İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052267134</t>
+          <t>9789944216838</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Sözcük Bilgisi</t>
+          <t>YDS Grammar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944216449</t>
+          <t>9786055183462</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Life Time (İngilizce Tablolarla Zamanlar)</t>
+          <t>Vocabulary Tests For YDS</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944216029</t>
+          <t>9786055183172</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>YDS İngilizce Eş Anlamlı Sözcük Kartları</t>
+          <t>YDS Soru Bankası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>610</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944216210</t>
+          <t>9786052267578</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>YDS Almanca Eş Anlamlı Sözcük Kartları</t>
+          <t>Doğu ve Batı Mitolojileri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055183608</t>
+          <t>9786052267332</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İtsy - Bitsy Arapça - Türkçe ve Türkçe - Arapça Mini Sözlük</t>
+          <t>YKS AYT 2.Oturum Eşit Ağırlık Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055183592</t>
+          <t>9786052267349</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İtsy - Bitsy Almanca - Türkçe ve Türkçe - Almanca Mini Sözlük</t>
+          <t>YKS AYT 2.Oturum Sayısal Çözümlü 10 Deneme</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055183622</t>
+          <t>9786059716987</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İtsy - Bitsy Türkçe - İngilizce Mini Sözlük</t>
+          <t>YKS 2.Oturum Coğrafya Kartları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055183615</t>
+          <t>9786052267011</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İtsy - Bitsy İngilizce-Türkçe Mini Sözlük</t>
+          <t>YKS 2.Oturum Edebiyat Kartları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944216234</t>
+          <t>9786052267073</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Araplar için Türkçe Dil Kartları</t>
+          <t>YKS 2.Oturum Tarih Kartları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944216227</t>
+          <t>9786052267097</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fransızlar için Türkçe Dil Kartları</t>
+          <t>YKS 2.Oturum Felsefe Grubu Kartları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944216067</t>
+          <t>9786052267004</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Almanlar için Türkçe Dil Kartları</t>
+          <t>YKS 2.Oturum Biyoloji Kartları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944216074</t>
+          <t>9786052267424</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ruslar için Türkçe Dil Kartları</t>
+          <t>YKS Kimya 2.Oturum</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944216142</t>
+          <t>9786052267448</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İngilizler için Türkçe Dil Kartları</t>
+          <t>YKS Fizik 2.Oturum Kartları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059716000</t>
+          <t>9786052267455</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça Dil Kartları</t>
+          <t>YKS Geometri 1.ve 2.Oturum Kartları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055183950</t>
+          <t>9786052267493</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Dil Kartları</t>
+          <t>YKS Matematik 2.Oturum</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055183943</t>
+          <t>9786052267080</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Lehçe Dil Kartları</t>
+          <t>YKS 1.Oturum Felsefe Kartları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055183936</t>
+          <t>9786059716918</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Dil Kartları</t>
+          <t>YKS 1.Oturum Coğrafya Kartları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055183042</t>
+          <t>9786059716970</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Korece Dil Kartları</t>
+          <t>YKS 1.Oturum Türkçe Kartları TYT</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944216753</t>
+          <t>9786059716963</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gürcüce Dil Kartları</t>
+          <t>YKS 1.Oturum Biyoloji Kartları TYT</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944216739</t>
+          <t>9786052267486</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dil Kartları</t>
+          <t>YKS Kimya 1.Oturum - Temel Yeterlilik Testi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055183387</t>
+          <t>9786052267431</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca Dil Kartları</t>
+          <t>YKS Fizik 1.Oturum - Temel Yeterlilik Testi Kartları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055183394</t>
+          <t>9786052267479</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ermenice Dil Kartları</t>
+          <t>YKS Matematik Kartları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944216401</t>
+          <t>9786052267127</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ermenice Dil Kartları</t>
+          <t>Türk Edebiyatında Şairler ve Yazarlar Kartları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944216388</t>
+          <t>9786052267103</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Dil Kartları</t>
+          <t>A'dan Z'ye Eser-Yazar Tür Kartları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944216357</t>
+          <t>9786052267110</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Lazca Dil Kartları</t>
+          <t>Roman Özetleri Kartları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944216128</t>
+          <t>9786055183929</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Japonca Dil Kartları</t>
+          <t>8. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944216135</t>
+          <t>9786055183585</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çince Dil Kartları</t>
+          <t>7. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944216098</t>
+          <t>9786055183578</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yunanca Dil Kartları</t>
+          <t>6. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055183127</t>
+          <t>9786055183493</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Kartları</t>
+          <t>5. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944216241</t>
+          <t>9786055183561</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hollandaca Dil Kartları</t>
+          <t>4. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944216043</t>
+          <t>9786055183554</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Dil Kartları</t>
+          <t>3. Sınıf Resimli İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944216111</t>
+          <t>9789944216845</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Dil Kartları</t>
+          <t>İngilizce YDS Özet</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944216081</t>
+          <t>9789944216524</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Dil Kartları</t>
+          <t>İngilizce Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944216050</t>
+          <t>9786052267462</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Almanca Dil Kartları</t>
+          <t>TYT-AYT (YKS 1. ve 2. Oturum) Geometri Özet</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944216104</t>
+          <t>9786059716864</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rusça Dil Kartları</t>
+          <t>TYT (YKS 1. Oturum) Tarih Özet</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944216005</t>
+          <t>9786052267509</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dil Kartları</t>
+          <t>TYT (YKS 1. Oturum) Matematik Özet</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944216777</t>
+          <t>9786059716802</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>KPSS Coğrafya Strateji Kartları</t>
+          <t>TYT (YKS 1. Oturum) Fizik Özet</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944216807</t>
+          <t>9786059716871</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Strateji Kartları</t>
+          <t>TYT Türkçe Özet (YKS 1. Oturum)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944216791</t>
+          <t>9786059716925</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>KPSS Anayasa Vatandaşlık Strateji Kartları</t>
+          <t>TYT (YKS 1. Oturum) Coğrafya Özet</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052267387</t>
+          <t>9786059716956</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik Strateji Kartları</t>
+          <t>TYT (YKS 1. Oturum) Felsefe Özet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057698254</t>
+          <t>9786059716819</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>TYT Biyoloji 40 Deneme</t>
+          <t>TYT (YKS 1. Oturum) Kimya Özet</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057698216</t>
+          <t>9786059716772</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>TYT Felsefe 40 Deneme</t>
+          <t>AYT (YKS 2. Oturum) Matematik Özet</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057698230</t>
+          <t>9786059716833</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>TYT Kimya 40 Deneme</t>
+          <t>AYT (YKS 2. Oturum) Kimya Özet</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057698247</t>
+          <t>9786052267066</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik 40 Deneme</t>
+          <t>AYT (YKS 2. Oturum) Tarih Özet</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057698155</t>
+          <t>9786059716826</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>TYT (YKS 1. Oturum) Dil Bilgisi Özet</t>
+          <t>AYT (YKS 2. Oturum) Fizik Özet</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057698124</t>
+          <t>9786059716888</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>TYT-AYT (YKS 1. ve 2. Oturum) Din Kültürü ve Ahlak Bilgisi Özet</t>
+          <t>AYT (YKS 2. Oturum) Edebiyat Özet</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057698148</t>
+          <t>9786059716994</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>YKS Püf Noktalarla Dil Bilgisi Soru Bankası</t>
+          <t>AYT (YKS 2. Oturum) Coğrafya Özet</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052267660</t>
+          <t>9786052267028</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>TYT Kimya Atak Soru Bankası</t>
+          <t>AYT (YKS 2. Oturum) Felsefe Grubu Özet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052267622</t>
+          <t>9786055183905</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>TYT Geometri Atak Soru Bankası</t>
+          <t>Hintçe Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052267677</t>
+          <t>9786055183530</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Atak Soru Bankası</t>
+          <t>Korece Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052267684</t>
+          <t>9789944216500</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>TYT Felsefe Atak Soru Bankası</t>
+          <t>Rusça Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052267691</t>
+          <t>9789944216814</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>TYT Biyoloji Atak Soru Bankası</t>
+          <t>İtalyanca Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052267707</t>
+          <t>9789944216821</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>AYT Tarih Atak Soru Bankası</t>
+          <t>İspanyolca Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052267721</t>
+          <t>9789944216517</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>AYT Kimya Atak Soru Bankası</t>
+          <t>Fransızca Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052267639</t>
+          <t>9789944216715</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>AYT Geometri Atak Soru Bankası</t>
+          <t>Arapça Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052267745</t>
+          <t>9789944216722</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>AYT Fizik Atak Soru Bankası</t>
+          <t>Almanca Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052267752</t>
+          <t>9786059716376</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>AYT Felsefe Grubu Atak Soru Bankası</t>
+          <t>Makedonca Gezi ve Konuşma Rehberi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057698018</t>
+          <t>9789944216432</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>AYT Coğrafya Atak Soru Bankası</t>
+          <t>Yenilmeyen Deha Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052267769</t>
+          <t>9789944216425</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>AYT Biyoloji Atak Soru Bankası</t>
+          <t>Satranç Silindir Kutulu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944216838</t>
+          <t>9789944216272</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>YDS Grammar</t>
+          <t>Tarot 78 Kart ve Kitap (Ahşap Kutulu)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>410</v>
+        <v>620</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055183462</t>
+          <t>9789944216364</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Vocabulary Tests For YDS</t>
+          <t>İnsan Harası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055183172</t>
+          <t>9789944216852</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>YDS Soru Bankası</t>
+          <t>Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052267578</t>
+          <t>9789944216333</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı Mitolojileri</t>
+          <t>Buzkıran</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052267332</t>
+          <t>9786055183073</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT 2.Oturum Eşit Ağırlık Çözümlü 10 Deneme</t>
+          <t>Mat Kartları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052267349</t>
+          <t>9786055183080</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>YKS AYT 2.Oturum Sayısal Çözümlü 10 Deneme</t>
+          <t>İngilizce - Türkçe Satranç Sözlüğü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059716987</t>
+          <t>9786059716017</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>YKS 2.Oturum Coğrafya Kartları</t>
+          <t>Türk Zeka Oyunları 1 - Köçürme / Mangala</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052267011</t>
+          <t>9786055183097</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>YKS 2.Oturum Edebiyat Kartları</t>
+          <t>Mangala</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>620</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052267073</t>
+          <t>9786055183141</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>YKS 2.Oturum Tarih Kartları</t>
+          <t>Popüler Resimli Fransızca Sözlük / Dictionnaire Illustre</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052267097</t>
+          <t>9786055183165</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>YKS 2.Oturum Felsefe Grubu Kartları</t>
+          <t>Popüler Resimli Arapça Sözlük</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
-[...884 lines deleted...]
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>