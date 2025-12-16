--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1660 +85,1690 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054036660</t>
+          <t>9786054036356</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf TEOG Din Kültürü ve Ahlak Bilgisi Çek Koparlı Yaprak Testler</t>
+          <t>Zekat Kitabım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054036226</t>
+          <t>9786259527192</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Giriş</t>
+          <t>Postmodern Dünyada Ahlak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054036073</t>
+          <t>9786054036660</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihine Giriş</t>
+          <t>8. Sınıf TEOG Din Kültürü ve Ahlak Bilgisi Çek Koparlı Yaprak Testler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259430997</t>
+          <t>9786054036226</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asya ve Uzak Doğu’da Okullarda Din Eğitimi</t>
+          <t>Tasavvufa Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259527109</t>
+          <t>9786054036073</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Okullarda Din Eğitimi</t>
+          <t>Mezhepler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259527130</t>
+          <t>9786259430997</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Okullarda Din Eğitimi</t>
+          <t>Asya ve Uzak Doğu’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259527147</t>
+          <t>9786259527109</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney Amerika’da Okullarda Din Eğitimi</t>
+          <t>Afrika’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054036578</t>
+          <t>9786259527130</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
+          <t>Orta Doğu’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054036554</t>
+          <t>9786259527147</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
+          <t>Kuzey ve Güney Amerika’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054036547</t>
+          <t>9786054036578</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054036530</t>
+          <t>9786054036554</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054036523</t>
+          <t>9786054036547</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
+          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054036097</t>
+          <t>9786054036530</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesine Giriş</t>
+          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756324263</t>
+          <t>9786054036523</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Din ve Değerler Psikolojisi</t>
+          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259430973</t>
+          <t>9786054036097</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Öğretmen (Öğretmenin Sınıf Yönetimi Rehberi)</t>
+          <t>İslam Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054036776</t>
+          <t>9789756324263</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Esmau'l Hüsna</t>
+          <t>Gençlik Din ve Değerler Psikolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054036219</t>
+          <t>9786259430973</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisine Giriş</t>
+          <t>Sınıfta Öğretmen (Öğretmenin Sınıf Yönetimi Rehberi)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054036516</t>
+          <t>9786054036776</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Esmau'l Hüsna</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054036929</t>
+          <t>9786054036219</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Uyum Ruh Sağlığı ve Din</t>
+          <t>Din Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058018365</t>
+          <t>9786054036516</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054036158</t>
+          <t>9786054036929</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Genç Aile Psikolojisi ve Din</t>
+          <t>Kültürel Uyum Ruh Sağlığı ve Din</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057399755</t>
+          <t>9786058018365</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Duyuşsal Boyut</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057273079</t>
+          <t>9786054036158</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Doğu Avrupa'da Okullarda Din Eğitimi</t>
+          <t>Çocuk Genç Aile Psikolojisi ve Din</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057273048</t>
+          <t>9786057399755</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Orta Avrupa'da Okullarda Din Eğitimi</t>
+          <t>Din Eğitiminde Duyuşsal Boyut</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057273055</t>
+          <t>9786057273079</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Okullarda Din Eğitimi</t>
+          <t>Kuzey ve Doğu Avrupa'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259430904</t>
+          <t>9786057273048</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Batı Avrupa’da Okullarda Din Eğitimi</t>
+          <t>Orta Avrupa'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057273093</t>
+          <t>9786057273055</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Becerileri ve Din Eğitimi - Eleştirel Bir Yaklaşım</t>
+          <t>Balkanlar’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057273031</t>
+          <t>9786259430904</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya ve Orta Asya'da Okullarda Din Eğitimi</t>
+          <t>Batı Avrupa’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057273062</t>
+          <t>9786057273093</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Dini-Ahlaki Gelişim ve Öğrenme</t>
+          <t>21. Yüzyıl Becerileri ve Din Eğitimi - Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054036868</t>
+          <t>9786057273031</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Paydaşlarına Göre İmam Hatip Ortaokullarında Din Eğitimi</t>
+          <t>Kafkasya ve Orta Asya'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054036981</t>
+          <t>9786057273062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Eğitiminde Çoğulcu Motifler</t>
+          <t>Erken Çocuklukta Dini-Ahlaki Gelişim ve Öğrenme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058018396</t>
+          <t>9786054036868</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Dine Bakışı ve Okullarda Din-Değerler Öğretimi</t>
+          <t>Paydaşlarına Göre İmam Hatip Ortaokullarında Din Eğitimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057380791</t>
+          <t>9786054036981</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Camilerin Eğitim Fonksiyonu</t>
+          <t>İlahiyat Eğitiminde Çoğulcu Motifler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057480385</t>
+          <t>9786058018396</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Hafızlık Eğitimi</t>
+          <t>Gençlerin Dine Bakışı ve Okullarda Din-Değerler Öğretimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057380753</t>
+          <t>9786057380791</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Postmodern İklimde Din ve Değerleri Öğretmek</t>
+          <t>Camilerin Eğitim Fonksiyonu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057399779</t>
+          <t>9786057480385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yüksek Din Öğretimi - Dünü, Bugünü, Yarını</t>
+          <t>Çeşitli Yönleriyle Hafızlık Eğitimi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057399793</t>
+          <t>9786057380753</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dinde Çoğulculuk ve Din Eğitimi: Türkiye Tecrübesi</t>
+          <t>Postmodern İklimde Din ve Değerleri Öğretmek</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057480323</t>
+          <t>9786057399779</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Medyada Din ve Değerler</t>
+          <t>Türkiye'de Yüksek Din Öğretimi - Dünü, Bugünü, Yarını</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058018389</t>
+          <t>9786057399793</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Dinsel Serüveni</t>
+          <t>Dinde Çoğulculuk ve Din Eğitimi: Türkiye Tecrübesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058018341</t>
+          <t>9786057480323</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dini Bilginin Üretimi - Medrese ve İlahiyatlar</t>
+          <t>Medyada Din ve Değerler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054036875</t>
+          <t>9786058018389</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Örgün Eğitimle Birlikte Hafızlık</t>
+          <t>Psikanalizin Dinsel Serüveni</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054036714</t>
+          <t>9786058018341</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Religious-Spiritual Counselling and Care</t>
+          <t>Türkiye’de Dini Bilginin Üretimi - Medrese ve İlahiyatlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058018327</t>
+          <t>9786054036875</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İş'te İnsan ve Ahlak - İş Ahlakı</t>
+          <t>Örgün Eğitimle Birlikte Hafızlık</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058018334</t>
+          <t>9786054036714</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Sosyal Barış</t>
+          <t>Religious-Spiritual Counselling and Care</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054036998</t>
+          <t>9786058018327</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Eğitimi Alan Bireylerin Motivasyon ve Psiko-Sosyal Durumları</t>
+          <t>İş'te İnsan ve Ahlak - İş Ahlakı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054036967</t>
+          <t>9786058018334</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık ve Rehberlik</t>
+          <t>Din Eğitimi ve Sosyal Barış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054036943</t>
+          <t>9786054036998</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya Şiirleri</t>
+          <t>Hafızlık Eğitimi Alan Bireylerin Motivasyon ve Psiko-Sosyal Durumları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057380760</t>
+          <t>9786054036967</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi ve Sorunları</t>
+          <t>Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054036912</t>
+          <t>9786054036943</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Din</t>
+          <t>Kısas-ı Enbiya Şiirleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054036882</t>
+          <t>9786057380760</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sosyla Hizmetlerde Manevi Danışmanlık ve Rehberlik</t>
+          <t>Türkiye'de Din Eğitimi ve Sorunları</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054036837</t>
+          <t>9786054036912</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dini Danışmanlık ve Din Hizmetleri</t>
+          <t>Bağımlılık ve Din</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054036851</t>
+          <t>9786054036882</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Din Dersi Öğretim Programları ve Ders Kitaplarında Dinler, İnançlar ve İslam Düşüncesinde Yorumlar</t>
+          <t>Sosyla Hizmetlerde Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054036820</t>
+          <t>9786054036837</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İslam</t>
+          <t>Dini Danışmanlık ve Din Hizmetleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054036844</t>
+          <t>9786054036851</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Din, Değerler ve Sağlık</t>
+          <t>Cumhuriyet Dönemi Din Dersi Öğretim Programları ve Ders Kitaplarında Dinler, İnançlar ve İslam Düşüncesinde Yorumlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054036813</t>
+          <t>9786054036820</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İyi Dersler Öğretmenim</t>
+          <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054036745</t>
+          <t>9786054036844</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık ve Rehberlik Cilt: 2</t>
+          <t>Din, Değerler ve Sağlık</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054036691</t>
+          <t>9786054036813</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Din</t>
+          <t>İyi Dersler Öğretmenim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054036646</t>
+          <t>9786054036745</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında İmam Hatip Liseleri</t>
+          <t>Manevi Danışmanlık ve Rehberlik Cilt: 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054036677</t>
+          <t>9786054036691</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Manevi Boyut</t>
+          <t>Sinema ve Din</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054036639</t>
+          <t>9786054036646</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda İnanç Gelişimi ve Din Eğitimi</t>
+          <t>100. Yılında İmam Hatip Liseleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054036448</t>
+          <t>9786054036677</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Kalite</t>
+          <t>Din Eğitiminde Manevi Boyut</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054036615</t>
+          <t>9786054036639</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Din Eğitimi</t>
+          <t>Türk Toplumunda İnanç Gelişimi ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054036110</t>
+          <t>9786054036448</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatına Giriş</t>
+          <t>Din Eğitiminde Kalite</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054036134</t>
+          <t>9786054036615</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam Psikolojisi Yazıları</t>
+          <t>Sinema ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054036561</t>
+          <t>9786054036110</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Oyunlar</t>
+          <t>İslam Sanatına Giriş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054036622</t>
+          <t>9786054036134</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Din Öğretimi Materyalleri</t>
+          <t>İslam Psikolojisi Yazıları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054036608</t>
+          <t>9786054036561</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İnönü Dönemi Dini Hayat</t>
+          <t>Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054036509</t>
+          <t>9786054036622</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Değerler ve Eğitimi</t>
+          <t>Din Öğretimi Materyalleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756324066</t>
+          <t>9786054036608</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlik Dönemi Din Eğitimi</t>
+          <t>İnönü Dönemi Dini Hayat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799756324317</t>
+          <t>9786054036509</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur’an Kurslarında Eğitimde Kalite Rehberi</t>
+          <t>Ahlak Değerler ve Eğitimi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756324998</t>
+          <t>9789756324066</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Cami Profili</t>
+          <t>Yetişkinlik Dönemi Din Eğitimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054036264</t>
+          <t>9799756324317</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Okullarda Din Öğretimi</t>
+          <t>Yaz Kur’an Kurslarında Eğitimde Kalite Rehberi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054036028</t>
+          <t>9789756324998</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Giriş</t>
+          <t>Türkiye’nin Cami Profili</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054036059</t>
+          <t>9786054036264</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşüncelere Giriş</t>
+          <t>Türkiye’de Okullarda Din Öğretimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054036042</t>
+          <t>9786054036028</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiye Giriş</t>
+          <t>Tarihe Giriş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050077049</t>
+          <t>9786054036059</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Ölüm Ötesi Psikolojisi ve Din</t>
+          <t>Siyasi Düşüncelere Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756324349</t>
+          <t>9786054036042</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen El Kitabı</t>
+          <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054036387</t>
+          <t>9786050077049</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kitabım</t>
+          <t>Ölüm, Ölüm Ötesi Psikolojisi ve Din</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054036318</t>
+          <t>9789756324349</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Değerler Eğitimi Etkinlik Dosyası - Etkinlik Kitabı (2 Kitap Takım)</t>
+          <t>Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055623753</t>
+          <t>9786054036387</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Çocuğun Din Eğitimi</t>
+          <t>Oruç Kitabım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756324011</t>
+          <t>9786054036318</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Din ve Ahlak Eğitimi</t>
+          <t>Okul Öncesi Dönemde Değerler Eğitimi Etkinlik Dosyası - Etkinlik Kitabı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054036301</t>
+          <t>9786055623753</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kitabım (Bilmeceli-Bulmacalı-Oyunlu)</t>
+          <t>Okul Öncesi Dönemde Çocuğun Din Eğitimi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054036080</t>
+          <t>9789756324011</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmine Giriş</t>
+          <t>Okul Öncesi Din ve Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054036899</t>
+          <t>9786054036301</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Ahlak</t>
+          <t>Namaz Kitabım (Bilmeceli-Bulmacalı-Oyunlu)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054036257</t>
+          <t>9786054036080</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Felsefesine Giriş</t>
+          <t>Kelam İlmine Giriş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054036035</t>
+          <t>9786054036899</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İletişime Giriş</t>
+          <t>İslam Düşüncesinde Ahlak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054036172</t>
+          <t>9786054036257</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlmine Giriş</t>
+          <t>İslam Ahlak Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054036370</t>
+          <t>9786054036035</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hac Kitabım</t>
+          <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054036165</t>
+          <t>9786054036172</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlmine Giriş</t>
+          <t>Hadis İlmine Giriş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054036189</t>
+          <t>9786054036370</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Hac Kitabım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054036363</t>
+          <t>9786054036165</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenlik</t>
+          <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054036196</t>
+          <t>9786054036189</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinlerinde Ahlak</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054036295</t>
+          <t>9786054036363</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilmeceler</t>
+          <t>Etkili Öğretmenlik</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054036288</t>
+          <t>9786054036196</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>Dünya Dinlerinde Ahlak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054036349</t>
+          <t>9786054036295</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Çağdaş Konular</t>
+          <t>Dini Bilmeceler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054036240</t>
+          <t>9786054036288</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Öğretiminde Yapılandırmacı Yaklaşım</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756324394</t>
+          <t>9786054036349</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Kur’an Öğretimi ve Yaz Kur’an Kursları</t>
+          <t>Din Eğitiminde Çağdaş Konular</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756324233</t>
+          <t>9786054036240</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Din Eğitimi Öğretmeni</t>
+          <t>Din Eğitimi ve Öğretiminde Yapılandırmacı Yaklaşım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756324219</t>
+          <t>9789756324394</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Pusulası</t>
+          <t>Din Eğitimi Açısından Kur’an Öğretimi ve Yaz Kur’an Kursları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054036486</t>
+          <t>9789756324233</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elif-Ba'sı</t>
+          <t>Cumhuriyet Döneminde Din Eğitimi Öğretmeni</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756324073</t>
+          <t>9789756324219</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi</t>
+          <t>Ahlak Pusulası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054036455</t>
+          <t>9786054036486</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pakistan Medreselerinde Bir Model Olarak İmam Hatip Okulları</t>
+          <t>Tecvidli Kur'an-ı Kerim Elif-Ba'sı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054036585</t>
+          <t>9789756324073</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Toplumu ve Din</t>
+          <t>Türkiye'de Din Eğitimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054036592</t>
+          <t>9786054036455</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik ve Ahlaki Açıdan Çocuk Suçluluğu</t>
+          <t>Pakistan Medreselerinde Bir Model Olarak İmam Hatip Okulları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054036493</t>
+          <t>9786054036585</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisine Giriş</t>
+          <t>Tüketim Toplumu ve Din</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054036394</t>
+          <t>9786054036592</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi ve Okul Etkinlikleri</t>
+          <t>Psikolojik ve Ahlaki Açıdan Çocuk Suçluluğu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054036417</t>
+          <t>9786054036493</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Din Öğretiminde Ders İçi Etkinlikler</t>
+          <t>Din Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
+          <t>9786054036394</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi ve Okul Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054036417</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Din Öğretiminde Ders İçi Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
           <t>9786054036424</t>
         </is>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>İslam Felsefesi Tarihine Giriş</t>
         </is>
       </c>
-      <c r="C109" s="1">
+      <c r="C111" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>