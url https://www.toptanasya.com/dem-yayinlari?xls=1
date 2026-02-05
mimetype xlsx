--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -94,1681 +94,1681 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786054036356</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Zekat Kitabım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259527192</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Postmodern Dünyada Ahlak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786054036660</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf TEOG Din Kültürü ve Ahlak Bilgisi Çek Koparlı Yaprak Testler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786054036226</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Tasavvufa Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786054036073</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mezhepler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259430997</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Asya ve Uzak Doğu’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259527109</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Afrika’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259527130</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Orta Doğu’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259527147</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kuzey ve Güney Amerika’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054036578</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786054036554</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786054036547</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786054036530</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786054036523</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Materyal Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786054036097</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>İslam Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789756324263</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Gençlik Din ve Değerler Psikolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786259430973</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Sınıfta Öğretmen (Öğretmenin Sınıf Yönetimi Rehberi)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786054036776</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Esmau'l Hüsna</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786054036219</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Din Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786054036516</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786054036929</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Kültürel Uyum Ruh Sağlığı ve Din</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058018365</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786054036158</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Çocuk Genç Aile Psikolojisi ve Din</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057399755</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Din Eğitiminde Duyuşsal Boyut</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057273079</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Kuzey ve Doğu Avrupa'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057273048</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Orta Avrupa'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057273055</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Balkanlar’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786259430904</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Batı Avrupa’da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057273093</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyıl Becerileri ve Din Eğitimi - Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057273031</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Kafkasya ve Orta Asya'da Okullarda Din Eğitimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057273062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Erken Çocuklukta Dini-Ahlaki Gelişim ve Öğrenme</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786054036868</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Paydaşlarına Göre İmam Hatip Ortaokullarında Din Eğitimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786054036981</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>İlahiyat Eğitiminde Çoğulcu Motifler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786058018396</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Gençlerin Dine Bakışı ve Okullarda Din-Değerler Öğretimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057380791</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Camilerin Eğitim Fonksiyonu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057480385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Çeşitli Yönleriyle Hafızlık Eğitimi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057380753</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Postmodern İklimde Din ve Değerleri Öğretmek</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057399779</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Türkiye'de Yüksek Din Öğretimi - Dünü, Bugünü, Yarını</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786057399793</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Dinde Çoğulculuk ve Din Eğitimi: Türkiye Tecrübesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057480323</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Medyada Din ve Değerler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786058018389</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Psikanalizin Dinsel Serüveni</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786058018341</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Dini Bilginin Üretimi - Medrese ve İlahiyatlar</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786054036875</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Örgün Eğitimle Birlikte Hafızlık</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786054036714</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Religious-Spiritual Counselling and Care</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786058018327</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>İş'te İnsan ve Ahlak - İş Ahlakı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786058018334</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Din Eğitimi ve Sosyal Barış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786054036998</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Hafızlık Eğitimi Alan Bireylerin Motivasyon ve Psiko-Sosyal Durumları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786054036967</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786054036943</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Kısas-ı Enbiya Şiirleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786057380760</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Türkiye'de Din Eğitimi ve Sorunları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786054036912</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Bağımlılık ve Din</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786054036882</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Sosyla Hizmetlerde Manevi Danışmanlık ve Rehberlik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786054036837</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Dini Danışmanlık ve Din Hizmetleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786054036851</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet Dönemi Din Dersi Öğretim Programları ve Ders Kitaplarında Dinler, İnançlar ve İslam Düşüncesinde Yorumlar</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786054036820</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786054036844</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Din, Değerler ve Sağlık</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786054036813</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>İyi Dersler Öğretmenim</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786054036745</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Manevi Danışmanlık ve Rehberlik Cilt: 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786054036691</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Sinema ve Din</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786054036646</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>100. Yılında İmam Hatip Liseleri</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786054036677</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Din Eğitiminde Manevi Boyut</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786054036639</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Türk Toplumunda İnanç Gelişimi ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786054036448</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Din Eğitiminde Kalite</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786054036615</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Sinema ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786054036110</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>İslam Sanatına Giriş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786054036134</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İslam Psikolojisi Yazıları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786054036561</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786054036622</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Din Öğretimi Materyalleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786054036608</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>İnönü Dönemi Dini Hayat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786054036509</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Ahlak Değerler ve Eğitimi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789756324066</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Yetişkinlik Dönemi Din Eğitimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9799756324317</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Yaz Kur’an Kurslarında Eğitimde Kalite Rehberi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789756324998</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Türkiye’nin Cami Profili</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786054036264</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Okullarda Din Öğretimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786054036028</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Tarihe Giriş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786054036059</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Siyasi Düşüncelere Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786054036042</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786050077049</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Ölüm, Ölüm Ötesi Psikolojisi ve Din</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789756324349</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786054036387</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Oruç Kitabım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786054036318</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Dönemde Değerler Eğitimi Etkinlik Dosyası - Etkinlik Kitabı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786055623753</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Dönemde Çocuğun Din Eğitimi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789756324011</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Din ve Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786054036301</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Namaz Kitabım (Bilmeceli-Bulmacalı-Oyunlu)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786054036080</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Kelam İlmine Giriş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786054036899</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>İslam Düşüncesinde Ahlak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786054036257</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>İslam Ahlak Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786054036035</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786054036172</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Hadis İlmine Giriş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786054036370</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Hac Kitabım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786054036165</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786054036189</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786054036363</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Etkili Öğretmenlik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786054036196</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Dünya Dinlerinde Ahlak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786054036295</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Dini Bilmeceler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786054036288</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786054036349</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Din Eğitiminde Çağdaş Konular</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786054036240</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Din Eğitimi ve Öğretiminde Yapılandırmacı Yaklaşım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789756324394</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Din Eğitimi Açısından Kur’an Öğretimi ve Yaz Kur’an Kursları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789756324233</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet Döneminde Din Eğitimi Öğretmeni</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9789756324219</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Ahlak Pusulası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786054036486</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Tecvidli Kur'an-ı Kerim Elif-Ba'sı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789756324073</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Türkiye'de Din Eğitimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786054036455</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Pakistan Medreselerinde Bir Model Olarak İmam Hatip Okulları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786054036585</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Tüketim Toplumu ve Din</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786054036592</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Psikolojik ve Ahlaki Açıdan Çocuk Suçluluğu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786054036493</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Din Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786054036394</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Değerler Eğitimi ve Okul Etkinlikleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786054036417</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Din Öğretiminde Ders İçi Etkinlikler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786054036424</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>İslam Felsefesi Tarihine Giriş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>