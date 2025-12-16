--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -169,51 +169,51 @@
         <is>
           <t>9786052187302</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Siyaset Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786052187265</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Kara Dağarcık</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>68</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789757011972</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Hinbuna Kurdi Pola 4-4 Glasse</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>92</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>4440000001223</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>