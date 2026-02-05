--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,985 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052187289</t>
+          <t>9786052187258</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır 5 Nolu</t>
+          <t>Bajare Xeyalen Min</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>188</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052187326</t>
+          <t>9759787011651</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İdyomen Kurdi - Cılde Peşin A-J</t>
+          <t>Mem u Zin (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4440000001224</t>
+          <t>9759787011750</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Neolitik Çağdan 1. Dünya Savaşı'na Kürtler ve Kürdistan</t>
+          <t>Ferhenga Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>336</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052187296</t>
+          <t>3990000018380</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Üzerine</t>
+          <t>Evdale Zeynike</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>154</v>
+        <v>255</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052187302</t>
+          <t>9786052187289</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Denemeler</t>
+          <t>Diyarbakır 5 Nolu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052187265</t>
+          <t>9786052187326</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kara Dağarcık</t>
+          <t>İdyomen Kurdi - Cılde Peşin A-J</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>840</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757011972</t>
+          <t>4440000001224</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hinbuna Kurdi Pola 4-4 Glasse</t>
+          <t>Neolitik Çağdan 1. Dünya Savaşı'na Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>92</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4440000001223</t>
+          <t>9786052187296</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Em Bixwinin 1</t>
+          <t>Ahlak Üzerine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>124</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4440000001222</t>
+          <t>9786052187302</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Em Bixwinin 2</t>
+          <t>Siyaset Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>124</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9759787011081</t>
+          <t>9786052187265</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Kurdi - Cılde Çaran S - Z (Ciltli)</t>
+          <t>Kara Dağarcık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>906</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9759787011996</t>
+          <t>9789757011972</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Kurdi - Cılde Sıseyan L - R (Ciltli)</t>
+          <t>Hinbuna Kurdi Pola 4-4 Glasse</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>778</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9759787011934</t>
+          <t>4440000001223</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ferhenga Kurdi - Cılde Dıduyan E - K (Ciltli)</t>
+          <t>Em Bixwinin 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>778</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052187227</t>
+          <t>4440000001222</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıldan Bugüne Kürdistan'da İdari Birimler</t>
+          <t>Em Bixwinin 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052187203</t>
+          <t>9759787011081</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mem u Zin</t>
+          <t>Ferhenga Kurdi - Cılde Çaran S - Z (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>596</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052187210</t>
+          <t>9759787011996</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Temel Sorunları</t>
+          <t>Ferhenga Kurdi - Cılde Sıseyan L - R (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>246</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052187197</t>
+          <t>9759787011934</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nebe Hiş Be Ji Min Re</t>
+          <t>Ferhenga Kurdi - Cılde Dıduyan E - K (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>156</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9759787011880</t>
+          <t>9786052187227</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mela Kuli (Ciltli)</t>
+          <t>16. Yüzyıldan Bugüne Kürdistan'da İdari Birimler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>192</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9759787011620</t>
+          <t>9786052187203</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ji Dinan Dintir (Ciltli)</t>
+          <t>Mem u Zin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>192</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9759787011217</t>
+          <t>9786052187210</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gule u Sino (Ciltli)</t>
+          <t>Ortadoğu'nun Temel Sorunları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>192</v>
+        <v>370</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757011866</t>
+          <t>9786052187197</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kurdıstan u Kurd</t>
+          <t>Nebe Hiş Be Ji Min Re</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757011736</t>
+          <t>9759787011880</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mam Xıdır Diçe Ware Hırçan</t>
+          <t>Mela Kuli (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050601404</t>
+          <t>9759787011620</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şerefa Rıstem Keya (Ciltli)</t>
+          <t>Ji Dinan Dintir (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757011989</t>
+          <t>9759787011217</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aloooo! Sesim Geliyor mu?</t>
+          <t>Gule u Sino (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052187074</t>
+          <t>9789757011866</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Guli Xatun</t>
+          <t>Kurdıstan u Kurd</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052187104</t>
+          <t>9789757011736</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kiğı'dan Berlin'e Anılar 1</t>
+          <t>Mam Xıdır Diçe Ware Hırçan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>454</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052187111</t>
+          <t>9786050601404</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Se Sinor</t>
+          <t>Şerefa Rıstem Keya (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>162</v>
+        <v>430</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052187128</t>
+          <t>9789757011989</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Listıken Geleri Lı Kurdıstane</t>
+          <t>Aloooo! Sesim Geliyor mu?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>136</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052187135</t>
+          <t>9786052187074</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Üzerine Düşünmek</t>
+          <t>Guli Xatun</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757011798</t>
+          <t>9786052187104</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çanda Kurden Sovete</t>
+          <t>Kiğı'dan Berlin'e Anılar 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>224</v>
+        <v>800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757011958</t>
+          <t>9786052187111</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ga Westiyan</t>
+          <t>Se Sinor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052187142</t>
+          <t>9786052187128</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Heme u Zeyne</t>
+          <t>Listıken Geleri Lı Kurdıstane</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>116</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052187043</t>
+          <t>9786052187135</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Büyük Yurt Savunması ve Çözüm Süreci</t>
+          <t>Demokrasi Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>234</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756452417</t>
+          <t>9789757011798</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yorulmaz Bir Düş Yolcusu Mehmet Elbistan (Ciltli)</t>
+          <t>Çanda Kurden Sovete</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>322</v>
+        <v>335</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052187166</t>
+          <t>9789757011958</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ey Dersim Bikene</t>
+          <t>Ga Westiyan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>544</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052187159</t>
+          <t>9786052187142</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dı Edebiyata Kurdi U Folklora Kurdi Da Huner</t>
+          <t>Heme u Zeyne</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>282</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052187067</t>
+          <t>9786052187043</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ji Gotinen Peşiyan</t>
+          <t>Kürtlerin Büyük Yurt Savunması ve Çözüm Süreci</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052187180</t>
+          <t>9789756452417</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ez Kam A? Ben Kimim?</t>
+          <t>Yorulmaz Bir Düş Yolcusu Mehmet Elbistan (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>128</v>
+        <v>485</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052187050</t>
+          <t>9786052187166</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kera Ko</t>
+          <t>Ey Dersim Bikene</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>128</v>
+        <v>900</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052187173</t>
+          <t>9786052187159</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ez Ki Me? Ben Kimim?</t>
+          <t>Dı Edebiyata Kurdi U Folklora Kurdi Da Huner</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>128</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052187036</t>
+          <t>9786052187067</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ve Sanat Dünyasının Ünlü Kürtleri</t>
+          <t>Ji Gotinen Peşiyan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>156</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052187098</t>
+          <t>9786052187180</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyon (Sessiz Ölüm)</t>
+          <t>Ez Kam A? Ben Kimim?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>156</v>
+        <v>195</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757011743</t>
+          <t>9786052187050</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tevgera Kurdi Li Suriye Di Bin Ronahiye De</t>
+          <t>Kera Ko</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>192</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757011088</t>
+          <t>9786052187173</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şahinşahiya Goga Lıngan</t>
+          <t>Ez Ki Me? Ben Kimim?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>154</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757011804</t>
+          <t>9786052187036</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Buke Gulsun (Ciltli)</t>
+          <t>Bilim Ve Sanat Dünyasının Ünlü Kürtleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>192</v>
+        <v>235</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757011767</t>
+          <t>9786052187098</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ilme Turık (Ciltli)</t>
+          <t>Asimilasyon (Sessiz Ölüm)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>192</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757011163</t>
+          <t>9789757011743</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ditınhezar (Ciltli)</t>
+          <t>Tevgera Kurdi Li Suriye Di Bin Ronahiye De</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757011613</t>
+          <t>9789757011088</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ez Kilameke Melül İm</t>
+          <t>Şahinşahiya Goga Lıngan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>156</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757011309</t>
+          <t>9789757011804</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Buke Gulsun (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>128</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757011590</t>
+          <t>9789757011767</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Xezeb</t>
+          <t>Ilme Turık (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757011729</t>
+          <t>9789757011163</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tev Lolo Pekeni</t>
+          <t>Ditınhezar (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>108</v>
+        <v>192</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757011637</t>
+          <t>9789757011613</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Ez Kilameke Melül İm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>164</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757011811</t>
+          <t>9789757011309</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Baxçe Zımen</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>554</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757011156</t>
+          <t>9789757011590</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Federal Çözüm</t>
+          <t>Xezeb</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>114</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757011552</t>
+          <t>9789757011729</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimi Süsleyen Şehir</t>
+          <t>Tev Lolo Pekeni</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>154</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757011545</t>
+          <t>9789757011637</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Savaşçısı Mamo</t>
+          <t>Dersim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>192</v>
+        <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757011583</t>
+          <t>9789757011811</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şahdamar Şahdemar</t>
+          <t>Baxçe Zımen</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>124</v>
+        <v>840</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757011705</t>
+          <t>9789757011156</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anılar Belgeler (Cilt 2) (Ciltli)</t>
+          <t>Federal Çözüm</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757011231</t>
+          <t>9789757011552</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anılar Belgeler (Cilt 1) (Ciltli)</t>
+          <t>Düşlerimi Süsleyen Şehir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>496</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757011712</t>
+          <t>9789757011545</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği De Yaktılar</t>
+          <t>Bir Özgürlük Savaşçısı Mamo</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>236</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757011125</t>
+          <t>9789757011583</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Can Taşır Dicle</t>
+          <t>Şahdamar Şahdemar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>128</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757011668</t>
+          <t>9789757011705</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kerkük'te Kürt ve Türkmen Soykırımı (Kimlik Değiştirme)</t>
+          <t>Anılar Belgeler (Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>164</v>
+        <v>840</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000098365</t>
+          <t>9789757011231</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aryan - Tatlı Belamız</t>
+          <t>Anılar Belgeler (Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>256</v>
+        <v>740</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
+          <t>9789757011712</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Ekmeği De Yaktılar</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789757011125</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Can Taşır Dicle</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789757011668</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Kerkük'te Kürt ve Türkmen Soykırımı (Kimlik Değiştirme)</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>3990000098365</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aryan - Tatlı Belamız</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9789757011248</t>
         </is>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Fayda - Maliyet Açısından Güneydoğu Anadolu Projesi</t>
         </is>
       </c>
-      <c r="C64" s="1">
-        <v>124</v>
+      <c r="C68" s="1">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>