--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,1525 +85,1750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259271408</t>
+          <t>9786259299655</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gülümseten Sınıf Öyküleri</t>
+          <t>Gölgesi Düşmeyen Sokaklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259670072</t>
+          <t>9786259299648</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zaman - İbni Haldun’un İzinde</t>
+          <t>Sınıfın Neşeli Halleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>296</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259670096</t>
+          <t>9786259299617</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Uykusu</t>
+          <t>Gülümseten Sınıf Öyküleri 4</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>246</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259670089</t>
+          <t>9786259299624</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Sürprizleri</t>
+          <t>Ulu Çınar’ın Gölgesinde Osmanlı’nın Çöküş Hikâyeleri / Yıkılıştan - Yeniden Doğuşa</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>452</v>
+        <v>670</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259670065</t>
+          <t>9786259299631</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Muhafız</t>
+          <t>Siz Yok Musunuz Siz…</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>348</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259576435</t>
+          <t>9786259271477</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Umudumuz</t>
+          <t>Gülümseten Sınıf Öyküleri 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259576442</t>
+          <t>9786259271484</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Aşk</t>
+          <t>Nar Tanesi Nardan Kırmızı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>296</v>
+        <v>164</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259576428</t>
+          <t>9786259299600</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dosttan Sesler</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>410</v>
+        <v>177</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259701462</t>
+          <t>9786259271491</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şiir Fısıldar Öykü Anlatır</t>
+          <t>Lahabi Ruh</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>144</v>
+        <v>186</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259670058</t>
+          <t>9786259271453</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dursun Kalemköy Gazi ve Torunu - Çanakkale</t>
+          <t>Yön Vermek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>396</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259701479</t>
+          <t>9786259271460</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kalbinde - Karadeniz Yaylaları</t>
+          <t>Memleketim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>236</v>
+        <v>458</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259670034</t>
+          <t>9786259271446</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aras’ın Kitabı Aras Ozan Arşivi - Cilt 5</t>
+          <t>Gülümseten Sınıf Öyküleri 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>246</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259670041</t>
+          <t>9786259271439</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gaye-i Aşk</t>
+          <t>Aksaçlılardan Kültür Damlaları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>164</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259670010</t>
+          <t>9786259271415</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Beton Çiçeği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>426</v>
+        <v>166</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259670003</t>
+          <t>9786259271422</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yaşantımın Mucizeleri</t>
+          <t>Gökyüzüne Uçacağım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>452</v>
+        <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259670027</t>
+          <t>9786259271408</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gümüşdereli Kalemler</t>
+          <t>Gülümseten Sınıf Öyküleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259701493</t>
+          <t>9786259670072</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Batıda Kahraman Türk Kovboyları</t>
+          <t>Zaman - İbni Haldun’un İzinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>426</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259701486</t>
+          <t>9786259670096</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Yazılmayan Alevi Türklerin Tarihi - Devlet-i Aliye'nin Kuruluşu ve Osmanlı'nın Sünnileşmesi 1240-1826</t>
+          <t>Kelimelerin Uykusu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259428895</t>
+          <t>9786259670089</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İleri Geri</t>
+          <t>Hayatın Sürprizleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>188</v>
+        <v>452</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259701455</t>
+          <t>9786259670065</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mana Pınarından Damlalar</t>
+          <t>Dokuz Muhafız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>448</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259701448</t>
+          <t>9786259576435</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Resim Gibisin</t>
+          <t>Yarınlar Umudumuz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259701431</t>
+          <t>9786259576442</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gönül Penceresinden</t>
+          <t>Zehr-i Aşk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>196</v>
+        <v>296</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259701424</t>
+          <t>9786259576428</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'le Kutlu Yolculuğa Çıkanlar 19 Mayıs 1919</t>
+          <t>Dosttan Sesler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259701417</t>
+          <t>9786259701462</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Acayip Mevzular</t>
+          <t>Şiir Fısıldar Öykü Anlatır</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259576497</t>
+          <t>9786259670058</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eylül Hikayesi</t>
+          <t>Dursun Kalemköy Gazi ve Torunu - Çanakkale</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>188</v>
+        <v>199</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259701400</t>
+          <t>9786259701479</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Gölge Gibidir Çocukluk</t>
+          <t>Doğanın Kalbinde - Karadeniz Yaylaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>236</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259576480</t>
+          <t>9786259670034</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yedi</t>
+          <t>Aras’ın Kitabı Aras Ozan Arşivi - Cilt 5</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>306</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259576473</t>
+          <t>9786259670041</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılardan Kültür Kıvılcımları</t>
+          <t>Gaye-i Aşk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>164</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259576459</t>
+          <t>9786259670010</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ormanların Koruyucusu Dutuş</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>295</v>
+        <v>426</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259576466</t>
+          <t>9786259670003</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nebun</t>
+          <t>Yaşantımın Mucizeleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>452</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259576411</t>
+          <t>9786259670027</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Minik Filozofun Gözlemleri</t>
+          <t>Gümüşdereli Kalemler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>288</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259576404</t>
+          <t>9786259701493</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Sihirli Bahçesi</t>
+          <t>Vahşi Batıda Kahraman Türk Kovboyları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>258</v>
+        <v>426</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259939575</t>
+          <t>9786259701486</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yer ve Zaman</t>
+          <t>Anadolu’da Yazılmayan Alevi Türklerin Tarihi - Devlet-i Aliye'nin Kuruluşu ve Osmanlı'nın Sünnileşmesi 1240-1826</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>412</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259516080</t>
+          <t>9786259428895</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle: 30 Manevi Öğüt</t>
+          <t>İleri Geri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259516097</t>
+          <t>9786259701455</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zeycan’mış Adı</t>
+          <t>Mana Pınarından Damlalar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>248</v>
+        <v>448</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259516042</t>
+          <t>9786259701448</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyt İslam Tarihi - Anadolu’da Yazılmayan Alevi Türklerin Tarihi</t>
+          <t>Resim Gibisin</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>326</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259516073</t>
+          <t>9786259701431</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Olmadan Vakit Dolmuyor</t>
+          <t>Gönül Penceresinden</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259516059</t>
+          <t>9786259701424</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İki Ülke Arasında - Almanya’da Bir Türk Öğretmenin Anıları</t>
+          <t>Mustafa Kemal'le Kutlu Yolculuğa Çıkanlar 19 Mayıs 1919</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259516066</t>
+          <t>9786259701417</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Hasta Mıyım?</t>
+          <t>Acayip Mevzular</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259516035</t>
+          <t>9786259576497</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kendi Düşen Ağlamaz</t>
+          <t>Eylül Hikayesi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259516028</t>
+          <t>9786259701400</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dükkan’dan Dünya’ya Mektuplar</t>
+          <t>Bir Gölge Gibidir Çocukluk</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259516011</t>
+          <t>9786259576480</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Biraz Konuşabilir Miyiz?</t>
+          <t>Yedi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259802497</t>
+          <t>9786259576473</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dünya İslama Muhtaç</t>
+          <t>Aksaçlılardan Kültür Kıvılcımları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259516004</t>
+          <t>9786259576459</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kilikya’nın Dilinden</t>
+          <t>Ormanların Koruyucusu Dutuş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259802480</t>
+          <t>9786259576466</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Nebun</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259802473</t>
+          <t>9786259576411</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Minik Filozofun Gözlemleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>288</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259802459</t>
+          <t>9786259576404</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Moşi - “մոշի”</t>
+          <t>Bilginin Sihirli Bahçesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>258</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259802411</t>
+          <t>9786259939575</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Taşı Konuşturan Güzel Düşünceler</t>
+          <t>Yer ve Zaman</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>412</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259802428</t>
+          <t>9786259516080</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seni Beklerken</t>
+          <t>Gönülden Gönüle: 30 Manevi Öğüt</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259802435</t>
+          <t>9786259516097</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Benim Mavi Duygularım</t>
+          <t>Zeycan’mış Adı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>248</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259802466</t>
+          <t>9786259516042</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Birleşen ve Büyüyen Türkiye</t>
+          <t>Ehli Beyt İslam Tarihi - Anadolu’da Yazılmayan Alevi Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>248</v>
+        <v>326</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259802442</t>
+          <t>9786259516073</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Muhabbet Olmadan Vakit Dolmuyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259470269</t>
+          <t>9786259516059</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>İki Ülke Arasında - Almanya’da Bir Türk Öğretmenin Anıları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259470290</t>
+          <t>9786259516066</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Sen Hiç Uyuyor Musun?</t>
+          <t>Anne Ben Hasta Mıyım?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259802404</t>
+          <t>9786259516035</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aras’ın Kitabı Aras Ozan Arşivi - Cilt 4</t>
+          <t>Kendi Düşen Ağlamaz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>188</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259470283</t>
+          <t>9786259516028</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>En Maviye ve En Siyaha</t>
+          <t>Dükkan’dan Dünya’ya Mektuplar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259470276</t>
+          <t>9786259516011</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Ana Kuş İle Yaramaz Çocuk</t>
+          <t>Biraz Konuşabilir Miyiz?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259470245</t>
+          <t>9786259802497</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nefis Savaşları</t>
+          <t>Dünya İslama Muhtaç</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259470252</t>
+          <t>9786259516004</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Türkiye Coğrafyası ve 81 İlimiz</t>
+          <t>Kilikya’nın Dilinden</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>284</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259470238</t>
+          <t>9786259802480</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Benim Ailem Terapistim - Act Ebeveyn Serisi-1</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259470214</t>
+          <t>9786259802473</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Fizyoloji</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>470</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259470221</t>
+          <t>9786259802459</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Güzelim Aşk Çiçeğim - Vahşi Batıda Türk Kovboyları</t>
+          <t>Moşi - “մոշի”</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259470207</t>
+          <t>9786259802411</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sorgula!</t>
+          <t>Taşı Konuşturan Güzel Düşünceler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>408</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259428871</t>
+          <t>9786259802428</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlikte İlk Yıllar</t>
+          <t>Seni Beklerken</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259428888</t>
+          <t>9786259802435</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Din ve Düşüncelerde Sözlerin Derinliği</t>
+          <t>Benim Mavi Duygularım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>528</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259892849</t>
+          <t>9786259802466</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Birleşen ve Büyüyen Türkiye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>270</v>
+        <v>248</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259428864</t>
+          <t>9786259802442</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Bir Gideni Vardır</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259428857</t>
+          <t>9786259470269</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş’un Edebi Mimarları</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>274</v>
+        <v>460</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259428840</t>
+          <t>9786259470290</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sen Hali</t>
+          <t>Öğretmenim Sen Hiç Uyuyor Musun?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259428819</t>
+          <t>9786259802404</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Hikayesi ‐ Karadal</t>
+          <t>Aras’ın Kitabı Aras Ozan Arşivi - Cilt 4</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>336</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259428826</t>
+          <t>9786259470283</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla Ardunio Dersleri</t>
+          <t>En Maviye ve En Siyaha</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259428802</t>
+          <t>9786259470276</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hayata İz Bırakanlar</t>
+          <t>Yaralı Ana Kuş İle Yaramaz Çocuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259892894</t>
+          <t>9786259470245</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Giderken</t>
+          <t>Nefis Savaşları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>302</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259428833</t>
+          <t>9786259470252</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dükkan’dan Dünya’ya Mutluluk</t>
+          <t>Şiirlerle Türkiye Coğrafyası ve 81 İlimiz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>352</v>
+        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259892870</t>
+          <t>9786259470238</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Açan Gülü</t>
+          <t>Benim Ailem Terapistim - Act Ebeveyn Serisi-1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259892863</t>
+          <t>9786259470214</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Odası</t>
+          <t>Anatomi ve Fizyoloji</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>256</v>
+        <v>470</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259892887</t>
+          <t>9786259470221</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tevafuki Hikayeler</t>
+          <t>Aşkım Güzelim Aşk Çiçeğim - Vahşi Batıda Türk Kovboyları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259892856</t>
+          <t>9786259470207</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinin Coğrafyasında Kaybolma C\esareti</t>
+          <t>Sorgula!</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>408</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259892832</t>
+          <t>9786259428871</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aklını Özgür Kıl</t>
+          <t>Öğretmenlikte İlk Yıllar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>398</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259892825</t>
+          <t>9786259428888</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Meyve Bulunmaz Mı Sevgi Dalında</t>
+          <t>Din ve Düşüncelerde Sözlerin Derinliği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>252</v>
+        <v>528</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259939582</t>
+          <t>9786259892849</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Önce Ahlak ve Maneviyat</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259892818</t>
+          <t>9786259428864</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Başucu Kitabı</t>
+          <t>Herkesin Bir Gideni Vardır</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259892801</t>
+          <t>9786259428857</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Erzurum - Sözlü Basın Tarihi</t>
+          <t>Kurtuluş’un Edebi Mimarları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>396</v>
+        <v>274</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259939544</t>
+          <t>9786259428840</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Nasıl Gidilir?</t>
+          <t>Aşkın Sen Hali</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>256</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259939599</t>
+          <t>9786259428819</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sessiz Dili</t>
+          <t>Bir Aşk Hikayesi ‐ Karadal</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>480</v>
+        <v>336</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259939520</t>
+          <t>9786259428826</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Veşair</t>
+          <t>Uygulamalarla Ardunio Dersleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259939551</t>
+          <t>9786259428802</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Hayata İz Bırakanlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>206</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259939568</t>
+          <t>9786259892894</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şıngırdaklı Melahat</t>
+          <t>Kutsal Topraklara Giderken</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>276</v>
+        <v>302</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259939537</t>
+          <t>9786259428833</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Income Theory</t>
+          <t>Dükkan’dan Dünya’ya Mutluluk</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>314</v>
+        <v>352</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259939513</t>
+          <t>9786259892870</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aysel’in Tsunami Dalgalarına Direnen Aşkı</t>
+          <t>Sevgi Bahçesinin Açan Gülü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>298</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259939506</t>
+          <t>9786259892863</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çörek Kağnısı</t>
+          <t>Öğretmen Odası</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>256</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057258793</t>
+          <t>9786259892887</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yunus Emre Teması</t>
+          <t>Tevafuki Hikayeler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057258786</t>
+          <t>9786259892856</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sarıyerli Öyküler -3</t>
+          <t>Gözlerinin Coğrafyasında Kaybolma C\esareti</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057258755</t>
+          <t>9786259892832</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Güzelliği</t>
+          <t>Aklını Özgür Kıl</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>398</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057258748</t>
+          <t>9786259892825</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Parolamız Ya İstiklal Ya Ölüm</t>
+          <t>Meyve Bulunmaz Mı Sevgi Dalında</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>252</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057258731</t>
+          <t>9786259939582</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kilim Motiflerinde Gizli ‘Tarih’ Motif mi Hiyeroglif mi?</t>
+          <t>Önce Ahlak ve Maneviyat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>496</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057258724</t>
+          <t>9786259892818</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlükleri</t>
+          <t>Türk’ün Başucu Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>298</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057258717</t>
+          <t>9786259892801</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bizler Müslüman Mıyız?</t>
+          <t>Erzurum - Sözlü Basın Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>260</v>
+        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9786259939544</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a Nasıl Gidilir?</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786259939599</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Sessiz Dili</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786259939520</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Veşair</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786259939551</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Aşure</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786259939568</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Şıngırdaklı Melahat</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786259939537</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Income Theory</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786259939513</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aysel’in Tsunami Dalgalarına Direnen Aşkı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786259939506</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Çörek Kağnısı</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057258793</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Türk Şiirinde Yunus Emre Teması</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057258786</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sarıyerli Öyküler -3</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057258755</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Güzelliği</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057258748</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Parolamız Ya İstiklal Ya Ölüm</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057258731</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kilim Motiflerinde Gizli ‘Tarih’ Motif mi Hiyeroglif mi?</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786057258724</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Korona Günlükleri</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786057258717</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bizler Müslüman Mıyız?</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
           <t>9786057258700</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>İslam'ın Maskeli Simsarları</t>
         </is>
       </c>
-      <c r="C100" s="1">
+      <c r="C115" s="1">
         <v>408</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>