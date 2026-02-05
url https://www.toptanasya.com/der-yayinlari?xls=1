--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,5935 +85,5950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753537803</t>
+          <t>9789753532839</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Giriş</t>
+          <t>Genel Matematik İktisatçılar ve İşletmeciler İçin İktisat ve İşletme Problemlerine Uygulamalı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753537827</t>
+          <t>9789753537803</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>An Introduction to Law</t>
+          <t>Hukuka Giriş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753537858</t>
+          <t>9789753537827</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Latince Teknik Terimler - Özlü Sözler</t>
+          <t>An Introduction to Law</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753537773</t>
+          <t>9789753537858</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Güvenlik Stratejileri</t>
+          <t>Hukukta Latince Teknik Terimler - Özlü Sözler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>760</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753537650</t>
+          <t>9789753537773</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstatistikler İle Neet Gençleri</t>
+          <t>Ulusal Güvenlik Stratejileri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799753531800</t>
+          <t>9789753537650</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Menkul Kıymet Pazarlarına Giriş</t>
+          <t>İstatistikler İle Neet Gençleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>690</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753535502</t>
+          <t>9799753531800</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırmalarda SPSS ile İstatistik</t>
+          <t>Menkul Kıymet Pazarlarına Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>620</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753534246</t>
+          <t>9789753535502</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika</t>
+          <t>Bilimsel Araştırmalarda SPSS ile İstatistik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753535083</t>
+          <t>9789753534246</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Anayasa Hukuku</t>
+          <t>Dış Politika</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753536158</t>
+          <t>9789753535083</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Sosyal Politika</t>
+          <t>Sorularla Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000025697</t>
+          <t>9789753536158</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama</t>
+          <t>Yerel Yönetimler ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753537735</t>
+          <t>3990000025697</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Devletleri Siyasi Sistemleri</t>
+          <t>Finansal Kiralama</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753536691</t>
+          <t>9789753537735</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Dersleri (Ciltli)</t>
+          <t>Avrasya Devletleri Siyasi Sistemleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>850</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753537629</t>
+          <t>9789753536691</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Arkeolojisi</t>
+          <t>Roma Hukuku Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753537728</t>
+          <t>9789753537629</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kültürü</t>
+          <t>Anadolu Arkeolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>475</v>
+        <v>520</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753537711</t>
+          <t>9789753537728</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sefer Çarterindeki Hukuki Gelişmeler ve GENCON 22</t>
+          <t>İletişim Kültürü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>900</v>
+        <v>570</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753537698</t>
+          <t>9789753537711</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Medya Nasıl Çalışır?</t>
+          <t>Sefer Çarterindeki Hukuki Gelişmeler ve GENCON 22</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>380</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753537704</t>
+          <t>9789753537698</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan ilişkileri (Truman Dönemi 1945-1953)</t>
+          <t>Medya Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000005998</t>
+          <t>9789753537704</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Yeni Alanlar Yeni Bakışlar</t>
+          <t>Türk-Amerikan ilişkileri (Truman Dönemi 1945-1953)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>460</v>
+        <v>590</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000025696</t>
+          <t>3990000005998</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kooperatif Tüzel Kişiliğinin Ayırıcı Özellikleri</t>
+          <t>Uluslararası Politikada Yeni Alanlar Yeni Bakışlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>620</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799753533378</t>
+          <t>3990000025696</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Hastalık Ekonomik ve Sosyolojik Bakış Açısıyla</t>
+          <t>Türk Hukukunda Kooperatif Tüzel Kişiliğinin Ayırıcı Özellikleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753536912</t>
+          <t>9799753533378</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Zarar Sigortalarında Sigorta Ettirenin Prim Ödeme Borcu</t>
+          <t>Sağlık ve Hastalık Ekonomik ve Sosyolojik Bakış Açısıyla</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>620</v>
+        <v>520</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753537117</t>
+          <t>9789753536912</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Halkla İlişkilerde Metin Yazarlığı</t>
+          <t>Türk Hukukunda Zarar Sigortalarında Sigorta Ettirenin Prim Ödeme Borcu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753537063</t>
+          <t>9789753537117</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Zaman Serileri Analizlerinde Güncel Yöntemler</t>
+          <t>Örneklerle Halkla İlişkilerde Metin Yazarlığı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>510</v>
+        <v>480</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753533683</t>
+          <t>9789753537063</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Ekonometrik Zaman Serileri Analizlerinde Güncel Yöntemler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>630</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753535090</t>
+          <t>9789753533683</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>820</v>
+        <v>780</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753532143</t>
+          <t>9789753535090</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tanımlayıcı İstatistik</t>
+          <t>Temel İstatistik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>480</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753533478</t>
+          <t>9789753532143</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler Hukuku</t>
+          <t>Tanımlayıcı İstatistik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753532853</t>
+          <t>9789753533478</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Zaman Serisi Yöntemleri</t>
+          <t>Siyasi Partiler Hukuku</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>820</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753533966</t>
+          <t>9789753532853</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sesdizimi</t>
+          <t>Geleneksel Zaman Serisi Yöntemleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753534086</t>
+          <t>9789753533966</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Finans Matematiği</t>
+          <t>Türkçenin Sesdizimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>480</v>
+        <v>540</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753534758</t>
+          <t>9789753534086</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Sözlüğü (Ciltli)</t>
+          <t>Finans Matematiği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>850</v>
+        <v>580</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753534109</t>
+          <t>9789753534758</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Anlatım Bilgileri</t>
+          <t>Uluslararası İlişkiler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>850</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753536615</t>
+          <t>9789753534109</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Psikolojisi</t>
+          <t>Türk Dili ve Anlatım Bilgileri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>950</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753537674</t>
+          <t>9789753536615</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Tedavi Nedeniyle Ceza Sorumluluğu</t>
+          <t>Sosyal Medya Psikolojisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>870</v>
+        <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753537667</t>
+          <t>9789753537674</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gözünden Farklı Bakışlarla Ekonomi</t>
+          <t>Hekimin Tedavi Nedeniyle Ceza Sorumluluğu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>490</v>
+        <v>980</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753537575</t>
+          <t>9789753537667</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Roma Borçlar Hukuku Dersleri</t>
+          <t>Kadın Gözünden Farklı Bakışlarla Ekonomi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753537605</t>
+          <t>9789753537575</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku (Ciltli)</t>
+          <t>Roma Borçlar Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>975</v>
+        <v>720</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753536974</t>
+          <t>9789753537605</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Suçun Maddi Unsurları</t>
+          <t>Genel Kamu Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>950</v>
+        <v>975</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753537469</t>
+          <t>9789753536974</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İktisadi Modeller</t>
+          <t>Suçun Maddi Unsurları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>620</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753537537</t>
+          <t>9789753537469</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Uluslararası Hukuk</t>
+          <t>Uygulamalı İktisadi Modeller</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753537520</t>
+          <t>9789753537537</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Devrim Transhümanizm - Ölümü Öldürmek</t>
+          <t>Kamusal Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>430</v>
+        <v>980</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753537490</t>
+          <t>9789753537520</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Maliye</t>
+          <t>Gelecek Devrim Transhümanizm - Ölümü Öldürmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753537438</t>
+          <t>9789753537490</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku (Ciltli)</t>
+          <t>Maliye</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>875</v>
+        <v>710</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753537506</t>
+          <t>9789753537438</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Sigorta Dolandırıcılığı</t>
+          <t>İnsan Hakları Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753537483</t>
+          <t>9789753537506</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku</t>
+          <t>Türk Hukukunda Sigorta Dolandırıcılığı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753537513</t>
+          <t>9789753537483</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümde Halkla İlişkiler</t>
+          <t>Miras Hukuku</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753537407</t>
+          <t>9789753537513</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Dersleri</t>
+          <t>Dijital Dönüşümde Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753537360</t>
+          <t>9789753537407</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Dersleri</t>
+          <t>Roma Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753537391</t>
+          <t>9789753537360</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku Dersleri</t>
+          <t>Medeni Hukuk Dersleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>820</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753533737</t>
+          <t>9789753537391</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Planlama ve Veri Zarflama Analizinde Etkinlik Ölçümü</t>
+          <t>Eşya Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>820</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753535946</t>
+          <t>9789753533737</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme</t>
+          <t>Stratejik Planlama ve Veri Zarflama Analizinde Etkinlik Ölçümü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753537346</t>
+          <t>9789753535946</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Milletvekili Zülfü Tiğrel Yaşamı ve Faaliyetleri (1877-1940)</t>
+          <t>Eleştirel Düşünme</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>850</v>
+        <v>490</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753537414</t>
+          <t>9789753537346</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Giriş</t>
+          <t>Diyarbakır Milletvekili Zülfü Tiğrel Yaşamı ve Faaliyetleri (1877-1940)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>800</v>
+        <v>950</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753537445</t>
+          <t>9789753537414</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Hukuka Giriş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>695</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753537452</t>
+          <t>9789753537445</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İran ve Türk Sinemasının Beyaz Perdede Buluşması</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>690</v>
+        <v>850</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757516101</t>
+          <t>9789753537452</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Teknik Arıcılık El Kitabı</t>
+          <t>İran ve Türk Sinemasının Beyaz Perdede Buluşması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>650</v>
+        <v>820</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753537377</t>
+          <t>9789757516101</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Giriş</t>
+          <t>Teknik Arıcılık El Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753537421</t>
+          <t>9789753537377</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>An Introduction To Law</t>
+          <t>Hukuka Giriş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>950</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753537315</t>
+          <t>9789753537421</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapiler Sözlüğü</t>
+          <t>An Introduction To Law</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753537223</t>
+          <t>9789753537315</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Saffet Arıkan'ın Kültür (Milli Eğitim) Bakanlığı Yılları (1935-1938)</t>
+          <t>Bilişsel Davranışçı Terapiler Sözlüğü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753537230</t>
+          <t>9789753537223</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Kuram ve Yaklaşımlar 101</t>
+          <t>Saffet Arıkan'ın Kültür (Milli Eğitim) Bakanlığı Yılları (1935-1938)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>580</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753537308</t>
+          <t>9789753537230</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dijital Teknolojiler ve Dijital İnovasyon Yönetimi</t>
+          <t>Yeni Medya Kuram ve Yaklaşımlar 101</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>580</v>
+        <v>680</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753537193</t>
+          <t>9789753537308</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Bağımsızlık Mücadelesi ve Dış Politika (1919-1923)</t>
+          <t>Yeni Dijital Teknolojiler ve Dijital İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>975</v>
+        <v>670</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753537285</t>
+          <t>9789753537193</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Avrupa'da Yerel Yönetimler</t>
+          <t>Türkiye'nin Bağımsızlık Mücadelesi ve Dış Politika (1919-1923)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>1050</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753537292</t>
+          <t>9789753537285</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Roma Borçlar Hukuku</t>
+          <t>Türkiye'de ve Avrupa'da Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>590</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753537339</t>
+          <t>9789753537292</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Andlaşması'nın Hazırlanışı</t>
+          <t>Roma Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>710</v>
+        <v>900</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753537322</t>
+          <t>9789753537339</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Ceza Normlarıyla Korunması</t>
+          <t>Lozan Barış Andlaşması'nın Hazırlanışı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>520</v>
+        <v>850</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753537209</t>
+          <t>9789753537322</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sosyolojisinde Yeni Yönelimler</t>
+          <t>Kişisel Verilerin Ceza Normlarıyla Korunması</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>520</v>
+        <v>790</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753537261</t>
+          <t>9789753537209</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlahi-Name Şeyhi Turabi Kuddise Sirruh</t>
+          <t>İletişim Sosyolojisinde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>595</v>
+        <v>630</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753537216</t>
+          <t>9789753537261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Araştırmalar</t>
+          <t>İlahi-Name Şeyhi Turabi Kuddise Sirruh</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>690</v>
+        <v>715</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753537254</t>
+          <t>9789753537216</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya</t>
+          <t>İktisadi Araştırmalar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>420</v>
+        <v>820</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753537278</t>
+          <t>9789753537254</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Medya İktidar ve Kitle Kontrolünde Siyasal Algı</t>
+          <t>Ayasofya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753537186</t>
+          <t>9789753537278</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Medya Algısı</t>
+          <t>Medya İktidar ve Kitle Kontrolünde Siyasal Algı</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753537162</t>
+          <t>9789753537186</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünden Üçüncü Bin Yıla Bakış ile İnsan Hakları Demokrasi ve Laiklik</t>
+          <t>Toplumsal Cinsiyet ve Medya Algısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753537179</t>
+          <t>9789753537162</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişime Alternatif Bir Bakış</t>
+          <t>Dünden Üçüncü Bin Yıla Bakış ile İnsan Hakları Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753537131</t>
+          <t>9789753537179</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Pazarlık Yöntemleri ve Kovuşturmaya Alternatif Bir Yöntem Olarak Seri Muhakeme Usulü</t>
+          <t>Dijital İletişime Alternatif Bir Bakış</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753534857</t>
+          <t>9789753537131</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Mehmet’in İşletmesi</t>
+          <t>Ceza Muhakemesinde Pazarlık Yöntemleri ve Kovuşturmaya Alternatif Bir Yöntem Olarak Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753534512</t>
+          <t>9789753534857</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İstatistik El Kitabı</t>
+          <t>Girişimci Mehmet’in İşletmesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753536592</t>
+          <t>9789753534512</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Eğitimde Dijital Yaklaşımlar</t>
+          <t>İstatistik El Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>295</v>
+        <v>630</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753537247</t>
+          <t>9789753536592</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çok Düzeyli Regresyon Modelleri: R ve Jamovi Uygulamalı</t>
+          <t>İletişim ve Eğitimde Dijital Yaklaşımlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753537056</t>
+          <t>9789753537247</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devrim</t>
+          <t>Çok Düzeyli Regresyon Modelleri: R ve Jamovi Uygulamalı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753537100</t>
+          <t>9789753537056</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisine Giriş</t>
+          <t>Dijital Devrim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753535175</t>
+          <t>9789753537100</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Vakıflar Sözlüğü (Ciltli)</t>
+          <t>Hukuk Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1050</v>
+        <v>720</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753535465</t>
+          <t>9789753535175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Toplum Yazıları</t>
+          <t>Vakıflar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753536943</t>
+          <t>9789753535465</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Medya ve Orta Doğu</t>
+          <t>Eğitim ve Toplum Yazıları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753536646</t>
+          <t>9789753536943</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Peerıng Sözleşmesi - İnternet Ara Bağlantı Pazarında</t>
+          <t>Uluslararası Medya ve Orta Doğu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>530</v>
+        <v>690</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753536790</t>
+          <t>9789753536646</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Selüloz Kimyası - Hidrofil Pamuk ve Kasar</t>
+          <t>Peerıng Sözleşmesi - İnternet Ara Bağlantı Pazarında</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753534833</t>
+          <t>9789753536790</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Selüloz Kimyası - Hidrofil Pamuk ve Kasar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753536349</t>
+          <t>9789753534833</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Roma Eşya Hukuku</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753536998</t>
+          <t>9789753536349</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Suçun Kanuni Unsurları (Ciltli)</t>
+          <t>Roma Eşya Hukuku</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753537032</t>
+          <t>9789753536998</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Dijital Oyun Psikolojisi</t>
+          <t>Suçun Kanuni Unsurları (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>655</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753537018</t>
+          <t>9789753537032</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kamu Mali Politikalarında Ekonometri Uygulamaları</t>
+          <t>Metaverse Dijital Oyun Psikolojisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>560</v>
+        <v>780</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753537001</t>
+          <t>9789753537018</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Manzara Fotoğrafçılığı</t>
+          <t>Kamu Mali Politikalarında Ekonometri Uygulamaları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753536981</t>
+          <t>9789753537001</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya</t>
+          <t>Manzara Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753536929</t>
+          <t>9789753536981</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Efemeralarla Üç Araştırmanın Panoraması</t>
+          <t>İletişim ve Medya</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>430</v>
+        <v>620</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054993185</t>
+          <t>9789753536929</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Etkili Konuşma ve Sunum Teknikleri</t>
+          <t>Efemeralarla Üç Araştırmanın Panoraması</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753536844</t>
+          <t>9786054993185</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Güncel İktisadi Analizler</t>
+          <t>Halkla İlişkilerde Etkili Konuşma ve Sunum Teknikleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>395</v>
+        <v>460</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753536660</t>
+          <t>9789753536844</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Parasal Aktarım Mekanizmalarından Kredi Kanalının Büyümeye Etkisi</t>
+          <t>Güncel İktisadi Analizler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>410</v>
+        <v>470</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753536431</t>
+          <t>9789753536660</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Makrosu</t>
+          <t>Parasal Aktarım Mekanizmalarından Kredi Kanalının Büyümeye Etkisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753536677</t>
+          <t>9789753536431</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri - Ekonometrik Okuryazarlık</t>
+          <t>Sağlığın Makrosu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>695</v>
+        <v>420</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2880000082088</t>
+          <t>9789753536677</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Milli Gelir İstihdam ve İktisadi Büyüme</t>
+          <t>Ekonometri - Ekonometrik Okuryazarlık</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>620</v>
+        <v>880</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753537025</t>
+          <t>2880000082088</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İmaj Yönetimi</t>
+          <t>Milli Gelir İstihdam ve İktisadi Büyüme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>370</v>
+        <v>750</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753537049</t>
+          <t>9789753537025</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Müzik Akış Hizmetlerini Kullanma Niyetini Etkileyen Faktörler</t>
+          <t>İmaj Yönetimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052017371</t>
+          <t>9789753537049</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sınırlı Kelimelerden Sınırsız Ruhlara</t>
+          <t>Müzik Akış Hizmetlerini Kullanma Niyetini Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753536967</t>
+          <t>9786052017371</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesinde J. J. Rousseau Araştırmaları</t>
+          <t>Sınırlı Kelimelerden Sınırsız Ruhlara</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753536950</t>
+          <t>9789753536967</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Teşkilatlanması Sürecinde Giresun Türk Ocağı (1917-2021)</t>
+          <t>Osmanlı Türkçesinde J. J. Rousseau Araştırmaları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753536905</t>
+          <t>9789753536950</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Teori ve Yaklaşımlarına Giriş</t>
+          <t>Türk Milliyetçiliğinin Teşkilatlanması Sürecinde Giresun Türk Ocağı (1917-2021)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>470</v>
+        <v>550</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753536899</t>
+          <t>9789753536905</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eski Kelimeler Arasında 2</t>
+          <t>Halkla İlişkiler Teori ve Yaklaşımlarına Giriş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>560</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753536868</t>
+          <t>9789753536899</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 2</t>
+          <t>Eski Kelimeler Arasında 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>480</v>
+        <v>410</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753536882</t>
+          <t>9789753536868</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 3</t>
+          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753536851</t>
+          <t>9789753536882</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 1</t>
+          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 3</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753536820</t>
+          <t>9789753536851</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Vasi Tayininde Yargılama Usulü</t>
+          <t>Değişen Ve Değişmeyenleri İle Covid-19 Dönemi Ve Yeni Normaller Cilt 1</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753536776</t>
+          <t>9789753536820</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Finans Araştırmaları</t>
+          <t>Vasi Tayininde Yargılama Usulü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753536653</t>
+          <t>9789753536776</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Öncesi Barış Hareketleri</t>
+          <t>Finans Araştırmaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>480</v>
+        <v>590</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753536745</t>
+          <t>9789753536653</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İç ve Dış Politikanın Geleçeği Doç. Dr. Özlem Becerik Yoldaş’a Armağan</t>
+          <t>Birinci Dünya Savaşı Öncesi Barış Hareketleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>950</v>
+        <v>580</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753536752</t>
+          <t>9789753536745</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Evrensel Bildirisi</t>
+          <t>Türkiye’de İç ve Dış Politikanın Geleçeği Doç. Dr. Özlem Becerik Yoldaş’a Armağan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>480</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753536684</t>
+          <t>9789753536752</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gazetecilik</t>
+          <t>İnsan Hakları Evrensel Bildirisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753536721</t>
+          <t>9789753536684</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Endüstri 5.0</t>
+          <t>Türkiye’de Gazetecilik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753536738</t>
+          <t>9789753536721</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dijital Sağlık Okuryazarlığı</t>
+          <t>Sürdürülebilir Kalkınma ve Endüstri 5.0</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753536622</t>
+          <t>9789753536738</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Deniz Sigortacısının Sorumluluğu</t>
+          <t>Dijital Sağlık Okuryazarlığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1950</v>
+        <v>520</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753536608</t>
+          <t>9789753536622</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İktisattan Çıkış</t>
+          <t>Deniz Sigortacısının Sorumluluğu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>520</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753536639</t>
+          <t>9789753536608</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Verileri İle Uygulamalı Mikroekonometri</t>
+          <t>İktisattan Çıkış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753536555</t>
+          <t>9789753536639</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ankara Garı'ndan Beyaz Konağa (Ciltli)</t>
+          <t>Sağlık Verileri İle Uygulamalı Mikroekonometri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>520</v>
+        <v>800</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753536578</t>
+          <t>9789753536555</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'nin Tasarruf Sorunu</t>
+          <t>Ankara Garı'ndan Beyaz Konağa (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753536585</t>
+          <t>9789753536578</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Devlet Borçları ve Türkiye’de Borç Çıkmazı</t>
+          <t>Osmanlı'dan Günümüze Türkiye'nin Tasarruf Sorunu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753536547</t>
+          <t>9789753536585</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Başarılı Kriz Yönetiminde Anahtar - Sanaldan Gerçekliğe: Doğru İletişim</t>
+          <t>Devlet Borçları ve Türkiye’de Borç Çıkmazı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753536509</t>
+          <t>9789753536547</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Risk</t>
+          <t>Dijital Çağda Başarılı Kriz Yönetiminde Anahtar - Sanaldan Gerçekliğe: Doğru İletişim</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753536530</t>
+          <t>9789753536509</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyada Yeni Şiddet</t>
+          <t>Bankacılıkta Risk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>410</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753536523</t>
+          <t>9789753536530</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 4 (Ciltli)</t>
+          <t>Sanal Dünyada Yeni Şiddet</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753536561</t>
+          <t>9789753536523</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Karşılaştırmalı 1982 Anayasası (Ciltli)</t>
+          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>850</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753536424</t>
+          <t>9789753536561</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapiler’de Motivasyon Temel Psikolojik İhtiyaçlar ve Kültürümüze Uyumlu Motivasyonel Bilişsel Duygucu Terapi’ye Giriş</t>
+          <t>Geçmişten Günümüze Karşılaştırmalı 1982 Anayasası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753536516</t>
+          <t>9789753536424</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kitle İletişimi</t>
+          <t>Bilişsel Davranışçı Terapiler’de Motivasyon Temel Psikolojik İhtiyaçlar ve Kültürümüze Uyumlu Motivasyonel Bilişsel Duygucu Terapi’ye Giriş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753536486</t>
+          <t>9789753536516</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Antalya’da Bir Ayan (Hanedan) Ailesi Tugayoğulları</t>
+          <t>Atatürk ve Kitle İletişimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753536455</t>
+          <t>9789753536486</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku'nda İftira Suçu</t>
+          <t>Antalya’da Bir Ayan (Hanedan) Ailesi Tugayoğulları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>520</v>
+        <v>790</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753536479</t>
+          <t>9789753536455</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Neoliberalizm ve Eğitim</t>
+          <t>Türk Ceza Hukuku'nda İftira Suçu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753536493</t>
+          <t>9789753536479</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Türkiye'de Neoliberalizm ve Eğitim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753536462</t>
+          <t>9789753536493</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Delil</t>
+          <t>Sağlık İletişimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>700</v>
+        <v>510</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753536387</t>
+          <t>9789753536462</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Kuramları 2</t>
+          <t>Ceza Muhakemesinde Delil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>460</v>
+        <v>850</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753536370</t>
+          <t>9789753536387</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Dijital Toplum</t>
+          <t>Yeni Medya Kuramları 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>410</v>
+        <v>580</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753536356</t>
+          <t>9789753536370</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Uygulamalar</t>
+          <t>Korona Günlerinde Dijital Toplum</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>590</v>
+        <v>520</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753530004</t>
+          <t>9789753536356</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sorunu ve Milli Mücadelenin Dış Politikası</t>
+          <t>İktisadi Uygulamalar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>290</v>
+        <v>710</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753536004</t>
+          <t>9789753530004</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Skandallar ve Medyadaki Yansımaları</t>
+          <t>Doğu Sorunu ve Milli Mücadelenin Dış Politikası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753536233</t>
+          <t>9789753536004</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve İçgörü Kapsamında İklim Değişimi ve Etkileri</t>
+          <t>Uluslararası Skandallar ve Medyadaki Yansımaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753536288</t>
+          <t>9789753536233</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>R Uygulamalı Doğrusal Olmayan Zaman Serileri Analizi</t>
+          <t>Zihin ve İçgörü Kapsamında İklim Değişimi ve Etkileri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>580</v>
+        <v>560</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753536172</t>
+          <t>9789753536288</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>R Uygulamalı Doğrusal Olmayan Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>430</v>
+        <v>700</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753536271</t>
+          <t>9789753536172</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Haczin Hukuki Niteliği</t>
+          <t>Sağlık İletişimi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>750</v>
+        <v>510</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753535915</t>
+          <t>9789753536271</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Yönetimi</t>
+          <t>Haczin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>295</v>
+        <v>900</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753536264</t>
+          <t>9789753535915</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin İçinden 21 Kavram</t>
+          <t>Dijital İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753536196</t>
+          <t>9789753536264</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nazari ve Tatbiki Ceza Hukuku Cilt: 3 (Ciltli)</t>
+          <t>Ekonominin İçinden 21 Kavram</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753536257</t>
+          <t>9789753536196</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Sonrası Yenidünya Düzeni: Ekonomi Devlet Yapay Zeka</t>
+          <t>Nazari ve Tatbiki Ceza Hukuku Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>430</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753536240</t>
+          <t>9789753536257</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>R İle Temel Ekonometri</t>
+          <t>Koronavirüs Sonrası Yenidünya Düzeni: Ekonomi Devlet Yapay Zeka</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753536035</t>
+          <t>9789753536240</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ekonometride Büyük Veri ve Makine Öğrenmesi</t>
+          <t>R İle Temel Ekonometri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753536202</t>
+          <t>9789753536035</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Yeni Boyutlarıyla Siyaset</t>
+          <t>Ekonometride Büyük Veri ve Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753536141</t>
+          <t>9789753536202</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizisi Okumaları</t>
+          <t>21. Yüzyılda Yeni Boyutlarıyla Siyaset</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>530</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753536103</t>
+          <t>9789753536141</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Uygulamacının El Kitabı</t>
+          <t>Televizyon Dizisi Okumaları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>530</v>
+        <v>630</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753536134</t>
+          <t>9789753536103</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sanayileşme ve Sanayi Politikaları</t>
+          <t>Uygulamacının El Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>580</v>
+        <v>700</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753536110</t>
+          <t>9789753536134</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Erol Manisalı'nın Bastonları</t>
+          <t>Türkiye'de Sanayileşme ve Sanayi Politikaları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>390</v>
+        <v>690</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753536028</t>
+          <t>9789753536110</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eski Kelimeler Arasında 1</t>
+          <t>Erol Manisalı'nın Bastonları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753536042</t>
+          <t>9789753536028</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zaman Serileri ve Panel Veri Yakımsama Orta Gelir Tuzağının Analizi</t>
+          <t>Eski Kelimeler Arasında 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753536127</t>
+          <t>9789753536042</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşsizlik Sorunu ve İstihdam Politikaları</t>
+          <t>Zaman Serileri ve Panel Veri Yakımsama Orta Gelir Tuzağının Analizi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753536080</t>
+          <t>9789753536127</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi Megatrendleri Ekseninde Liderlik</t>
+          <t>Türkiye'de İşsizlik Sorunu ve İstihdam Politikaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753536097</t>
+          <t>9789753536080</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya</t>
+          <t>Dördüncü Sanayi Devrimi Megatrendleri Ekseninde Liderlik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753535922</t>
+          <t>9789753536097</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Creative Advertising Strategies On Screen</t>
+          <t>Sosyal Medya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753536059</t>
+          <t>9789753535922</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Toplum 5.0 Süper Akıllı Toplum</t>
+          <t>Creative Advertising Strategies On Screen</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753536066</t>
+          <t>9789753536059</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeni Vakıflar Hukuku 1 (Ciltli)</t>
+          <t>Toplum 5.0 Süper Akıllı Toplum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>2000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753536073</t>
+          <t>9789753536066</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yeni Vakıflar Hukuku 2 (Ciltli)</t>
+          <t>Yeni Vakıflar Hukuku 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>2000</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753536011</t>
+          <t>9789753536073</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türkiye Tarihi Araştırmaları</t>
+          <t>Yeni Vakıflar Hukuku 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>750</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753535984</t>
+          <t>9789753536011</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sigorta ve Sigortalılık Algısı (Ciltli)</t>
+          <t>Yakın Dönem Türkiye Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>490</v>
+        <v>950</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753535960</t>
+          <t>9789753535984</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Uygulamalar</t>
+          <t>Sigorta ve Sigortalılık Algısı (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>620</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753535953</t>
+          <t>9789753535960</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güncel Konularla Bankacılık ve Finans</t>
+          <t>Ekonometrik Uygulamalar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>445</v>
+        <v>800</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753535816</t>
+          <t>9789753535953</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Propagandada Mizah ve İroni</t>
+          <t>Güncel Konularla Bankacılık ve Finans</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753535885</t>
+          <t>9789753535816</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>GeoDa ArcGIS Matlab Uygulamalı Mekansal Ekonometri</t>
+          <t>Propagandada Mizah ve İroni</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753535854</t>
+          <t>9789753535885</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot’tan Günümüze Toplum ve Medya</t>
+          <t>GeoDa ArcGIS Matlab Uygulamalı Mekansal Ekonometri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>410</v>
+        <v>430</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753535861</t>
+          <t>9789753535854</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve Dijital Medya</t>
+          <t>Don Kişot’tan Günümüze Toplum ve Medya</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753535830</t>
+          <t>9789753535861</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Analizinde İç-Dış Faktör Önceliği Tartışması</t>
+          <t>Endüstri 4.0 ve Dijital Medya</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753535908</t>
+          <t>9789753535830</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Güç Filistin ve İsrail</t>
+          <t>Dış Politika Analizinde İç-Dış Faktör Önceliği Tartışması</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753535793</t>
+          <t>9789753535908</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dijital Aktivizm Üzerine</t>
+          <t>Asimetrik Güç Filistin ve İsrail</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753535755</t>
+          <t>9789753535793</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tasarrufun Belirleyicileri ve Finansal Sistem İlişkisi: Bankacılık Üzerine Bir Uygulama</t>
+          <t>Dijital Aktivizm Üzerine</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753535892</t>
+          <t>9789753535755</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Krizler</t>
+          <t>Türkiye’de Tasarrufun Belirleyicileri ve Finansal Sistem İlişkisi: Bankacılık Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753535878</t>
+          <t>9789753535892</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Erkekleri: Mekanları İdeolojileri</t>
+          <t>21. Yüzyılda Krizler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>380</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753535847</t>
+          <t>9789753535878</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Dergicilik</t>
+          <t>Türk Sinemasının Erkekleri: Mekanları İdeolojileri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>495</v>
+        <v>490</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753535694</t>
+          <t>9789753535847</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih İkinci Cilt (1914 - 2014) (Ciltli)</t>
+          <t>Dijitalleşme ve Dergicilik</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>980</v>
+        <v>610</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753535786</t>
+          <t>9789753535694</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Petropolitiği</t>
+          <t>Siyasi Tarih İkinci Cilt (1914 - 2014) (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753535762</t>
+          <t>9789753535786</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Ehliyet ve Husumet</t>
+          <t>Türkiye’nin Petropolitiği</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>530</v>
+        <v>750</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753535748</t>
+          <t>9789753535762</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Finansal Okuryazarlık</t>
+          <t>İdari Yargıda Ehliyet ve Husumet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753535724</t>
+          <t>9789753535748</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Savaş Strateji ve Askeri Kültür</t>
+          <t>A'dan Z'ye Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753535564</t>
+          <t>9789753535724</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Üretim Tüketim ve Ticaretin Bölgeselleşmesi</t>
+          <t>Türklerde Savaş Strateji ve Askeri Kültür</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753535663</t>
+          <t>9789753535564</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Amerika - Çin İlişkileri (2001 - 2008)</t>
+          <t>Üretim Tüketim ve Ticaretin Bölgeselleşmesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753535601</t>
+          <t>9789753535663</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Türkiyesi’nde ve Avrupa'da Aydınlanma</t>
+          <t>Amerika - Çin İlişkileri (2001 - 2008)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753535588</t>
+          <t>9789753535601</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Serbest Zaman</t>
+          <t>Atatürk Türkiyesi’nde ve Avrupa'da Aydınlanma</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>295</v>
+        <v>690</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753535380</t>
+          <t>9789753535588</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Televizyon ve Medya</t>
+          <t>Medya ve Serbest Zaman</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753535632</t>
+          <t>9789753535380</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Maliye Politikaları</t>
+          <t>Dijital Çağda Televizyon ve Medya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753535618</t>
+          <t>9789753535632</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Habercilik</t>
+          <t>Maliye Politikaları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>420</v>
+        <v>690</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753534284</t>
+          <t>9789753535618</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İstatistik</t>
+          <t>Dijital Çağda Habercilik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753534291</t>
+          <t>9789753534284</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Analiz</t>
+          <t>İstatistik</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>520</v>
+        <v>624</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753535038</t>
+          <t>9789753534291</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Testlerde Kısa Form Geliştirme Yöntemleri</t>
+          <t>İstatistik Analiz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>640</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753534598</t>
+          <t>9789753535038</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Ölüme Bağlı Bağışlama (Donation Mortis Causa)</t>
+          <t>Psikolojik Testlerde Kısa Form Geliştirme Yöntemleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753535649</t>
+          <t>9789753534598</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Kadın Yönetmenleri Konuşuyor</t>
+          <t>Roma Hukukunda Ölüme Bağlı Bağışlama (Donation Mortis Causa)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753534253</t>
+          <t>9789753535649</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemi ve Türkiye'de Uygulanabilirliği</t>
+          <t>Türk Sinemasının Kadın Yönetmenleri Konuşuyor</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753534505</t>
+          <t>9789753534253</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Değerleme: Dönemsonu İşlemleri</t>
+          <t>Başkanlık Sistemi ve Türkiye'de Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753534307</t>
+          <t>9789753534505</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Matematik 1</t>
+          <t>Değerleme: Dönemsonu İşlemleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753535526</t>
+          <t>9789753534307</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklam Filmlerinin Tüketici Davranışlarına Etkisi</t>
+          <t>Matematik 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753535328</t>
+          <t>9789753535526</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dijital Hastalıklar</t>
+          <t>Televizyon Reklam Filmlerinin Tüketici Davranışlarına Etkisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>395</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753535540</t>
+          <t>9789753535328</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetimde Hileye İlişkin Beklenti Farklılıkları</t>
+          <t>Dijital Hastalıklar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>395</v>
+        <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753535557</t>
+          <t>9789753535540</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve Çocuk İzleyici</t>
+          <t>Bağımsız Denetimde Hileye İlişkin Beklenti Farklılıkları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753535595</t>
+          <t>9789753535557</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kuyumculuk Muhasebesi</t>
+          <t>Televizyon ve Çocuk İzleyici</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753530507</t>
+          <t>9789753535595</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Türk Dış Politikasının Analizi</t>
+          <t>Kuyumculuk Muhasebesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753535519</t>
+          <t>9789753530507</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç ve Mülteci Krizi</t>
+          <t>20. Yüzyılda Türk Dış Politikasının Analizi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753535434</t>
+          <t>9789753535519</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ekonometri</t>
+          <t>Uluslararası Göç ve Mülteci Krizi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753535441</t>
+          <t>9789753535434</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Gölgesinde Tükenen İnsan</t>
+          <t>Mekansal Ekonometri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>510</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753535021</t>
+          <t>9789753535441</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>R Uygulamalı Nonparametrik Ekonometri</t>
+          <t>Kapitalizmin Gölgesinde Tükenen İnsan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>595</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753535533</t>
+          <t>9789753535021</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erol Manisalı ile Nehir Söyleşi</t>
+          <t>R Uygulamalı Nonparametrik Ekonometri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753534680</t>
+          <t>9789753535533</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dil Temelinde Felsefe ve Medya</t>
+          <t>Prof. Dr. Erol Manisalı ile Nehir Söyleşi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753534673</t>
+          <t>9789753534680</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizm</t>
+          <t>Dil Temelinde Felsefe ve Medya</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753534956</t>
+          <t>9789753534673</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Çalışmaları</t>
+          <t>Dijital Kapitalizm</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753534918</t>
+          <t>9789753534956</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve İnsan</t>
+          <t>Televizyon Çalışmaları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753535496</t>
+          <t>9789753534918</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Prens Sabahaddin</t>
+          <t>İktisat ve İnsan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753535427</t>
+          <t>9789753535496</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Medya Skandalları</t>
+          <t>Prens Sabahaddin</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753535489</t>
+          <t>9789753535427</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 2 (Ciltli)</t>
+          <t>Uluslararası Medya Skandalları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>1150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753535458</t>
+          <t>9789753535489</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Süreç Yönetimi İle Lojistik ve Ötesi</t>
+          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>295</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>2789785825145</t>
+          <t>9789753535458</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Yeni Alanlar Yeni Bakışlar</t>
+          <t>Süreç Yönetimi İle Lojistik ve Ötesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>460</v>
+        <v>295</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753534949</t>
+          <t>2789785825145</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fındık Ziraatı ve Ticareti</t>
+          <t>Uluslararası Politikada Yeni Alanlar Yeni Bakışlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>310</v>
+        <v>620</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753534790</t>
+          <t>9789753534949</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Dış Politikada ve Denizlerde Kuşatılan Devlet-i Aliyye</t>
+          <t>Fındık Ziraatı ve Ticareti</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753534895</t>
+          <t>9789753534790</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Euro Bölgesinde Borç ve Bankacılık Krizleri</t>
+          <t>19. Yüzyılda Dış Politikada ve Denizlerde Kuşatılan Devlet-i Aliyye</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753534369</t>
+          <t>9789753534895</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Finans Piyasalarında Kullanılan Cebirsel Yöntemler ve Finans Yönetiminde Karar Alma Süreci</t>
+          <t>Euro Bölgesinde Borç ve Bankacılık Krizleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>295</v>
+        <v>550</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753535366</t>
+          <t>9789753534369</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ekonometrik Araştırmalar</t>
+          <t>Finans Piyasalarında Kullanılan Cebirsel Yöntemler ve Finans Yönetiminde Karar Alma Süreci</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>560</v>
+        <v>390</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753534925</t>
+          <t>9789753535366</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İlişkiler Odaklı İletişim</t>
+          <t>Uygulamalı Ekonometrik Araştırmalar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753534611</t>
+          <t>9789753534925</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı Eğitimi</t>
+          <t>Aile İçi İlişkiler Odaklı İletişim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753535045</t>
+          <t>9789753534611</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Küresel İklimin Rejimindeki Gelişmeler ve Türkiye'nin Durumu</t>
+          <t>Medya Okuryazarlığı Eğitimi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753534314</t>
+          <t>9789753535045</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Matematik 2</t>
+          <t>Küresel İklimin Rejimindeki Gelişmeler ve Türkiye'nin Durumu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>550</v>
+        <v>530</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753535144</t>
+          <t>9789753534314</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Medyada Algı Yönetimi</t>
+          <t>Matematik 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>340</v>
+        <v>640</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753535151</t>
+          <t>9789753535144</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Film Çalışmaları</t>
+          <t>Medyada Algı Yönetimi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753535052</t>
+          <t>9789753535151</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nihat Falay'a Armağan</t>
+          <t>Film Çalışmaları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753535403</t>
+          <t>9789753535052</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türk Dernekler Hukuku (Ciltli)</t>
+          <t>Nihat Falay'a Armağan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1800</v>
+        <v>780</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753535410</t>
+          <t>9789753535403</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Şirket Birleşmeleri ve Konsolide Finansal Tablolar</t>
+          <t>Türk Dernekler Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>430</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753535373</t>
+          <t>9789753535410</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Göç</t>
+          <t>Şirket Birleşmeleri ve Konsolide Finansal Tablolar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753535304</t>
+          <t>9789753535373</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Uluslararası İlişkilerde Göç</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753535397</t>
+          <t>9789753535304</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Teorinin Ekonometrik Uygulamaları</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753534901</t>
+          <t>9789753535397</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinden Medya</t>
+          <t>Bulanık Teorinin Ekonometrik Uygulamaları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753534789</t>
+          <t>9789753534901</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Kamu Hizmetlerinde Hakim Durumun Kötüye Kullanılması</t>
+          <t>Halkla İlişkiler Perspektifinden Medya</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>520</v>
+        <v>470</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753535342</t>
+          <t>9789753534789</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Konaklama Operasyonu</t>
+          <t>İktisadi Kamu Hizmetlerinde Hakim Durumun Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753535359</t>
+          <t>9789753535342</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şair Mehmed Emani - Manzum Hikayeler</t>
+          <t>Konaklama Operasyonu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753535335</t>
+          <t>9789753535359</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Bilimine Giriş</t>
+          <t>Şair Mehmed Emani - Manzum Hikayeler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753535069</t>
+          <t>9789753535335</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Süper Bağlantılı</t>
+          <t>Gastronomi Bilimine Giriş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753535212</t>
+          <t>9789753535069</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar 2 (Ciltli)</t>
+          <t>Süper Bağlantılı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753535243</t>
+          <t>9789753535212</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Deconstruction: A Methodology For Reading Architecture History and Urban Space</t>
+          <t>Hukuki Mütalaalar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753535229</t>
+          <t>9789753535243</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim Unsurlarıyla İtibar Yönetimi</t>
+          <t>Deconstruction: A Methodology For Reading Architecture History and Urban Space</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753535236</t>
+          <t>9789753535229</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ondokuzuncu Yüzyılın İkinci Yarısında Dünya Fuarları ve Osmanlı Devleti'nin Mimari Temsili</t>
+          <t>Kurumsal İletişim Unsurlarıyla İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753535182</t>
+          <t>9789753535236</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kriz Modelleri</t>
+          <t>Ondokuzuncu Yüzyılın İkinci Yarısında Dünya Fuarları ve Osmanlı Devleti'nin Mimari Temsili</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753535168</t>
+          <t>9789753535182</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>The Role Of International Criminal Court On Universal Jurisdiction In Terms Of Genocide</t>
+          <t>Finansal Kriz Modelleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753535137</t>
+          <t>9789753535168</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Panel Veri Ekonometrisi</t>
+          <t>The Role Of International Criminal Court On Universal Jurisdiction In Terms Of Genocide</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>440</v>
+        <v>720</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753535113</t>
+          <t>9789753535137</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>Uygulamalı Panel Veri Ekonometrisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753534604</t>
+          <t>9789753535113</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sınırların Gölgesinde Mülteci Kadınlar</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>490</v>
+        <v>570</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753534932</t>
+          <t>9789753534604</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik VR</t>
+          <t>Uluslararası Sınırların Gölgesinde Mülteci Kadınlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>590</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753534765</t>
+          <t>9789753534932</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Göç Kimlik Çok Kültürlülük</t>
+          <t>Sanal Gerçeklik VR</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753535014</t>
+          <t>9789753534765</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Gergedanlaşmak</t>
+          <t>Göç Kimlik Çok Kültürlülük</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753534772</t>
+          <t>9789753535014</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İletişim Medya ve Gazetecilik</t>
+          <t>Gergedanlaşmak</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753534840</t>
+          <t>9789753534772</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Veri Zarflama Analizi</t>
+          <t>İletişim Medya ve Gazetecilik</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753534710</t>
+          <t>9789753534840</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çarter Sözleşmeleri 1 (Ciltli)</t>
+          <t>Veri Zarflama Analizi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1750</v>
+        <v>510</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753534697</t>
+          <t>9789753534710</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Haber Var</t>
+          <t>Çarter Sözleşmeleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>360</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753534628</t>
+          <t>9789753534697</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Dersleri</t>
+          <t>Sosyal Medyada Haber Var</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753534666</t>
+          <t>9789753534628</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Araştırma Yöntemleri ve Uygulamaları</t>
+          <t>İdare Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753534659</t>
+          <t>9789753534666</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Brezilya Dış Politikası: Gelenek ve Değişim</t>
+          <t>İletişim Çalışmalarında Araştırma Yöntemleri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753534550</t>
+          <t>9789753534659</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayatın Gizliliğini İhlal Suçu</t>
+          <t>Brezilya Dış Politikası: Gelenek ve Değişim</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753534574</t>
+          <t>9789753534550</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Ahrar Ahmet Rıza Bey</t>
+          <t>Özel Hayatın Gizliliğini İhlal Suçu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>580</v>
+        <v>780</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753534529</t>
+          <t>9789753534574</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinde Dijital Etkinlik Yönetimi</t>
+          <t>Ebü'l-Ahrar Ahmet Rıza Bey</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>320</v>
+        <v>690</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753534703</t>
+          <t>9789753534529</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Kuramları</t>
+          <t>Halkla İlişkiler Perspektifinde Dijital Etkinlik Yönetimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753534420</t>
+          <t>9789753534703</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasi, Askeri, Ekonomik ve Sosyo-Kültürel Örgütler</t>
+          <t>Yeni Medya Kuramları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>520</v>
+        <v>560</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054993956</t>
+          <t>9789753534420</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Marka İletişimi ve Dijital Stratejiler</t>
+          <t>Uluslararası Siyasi, Askeri, Ekonomik ve Sosyo-Kültürel Örgütler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753534482</t>
+          <t>9786054993956</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mevduat Rehni</t>
+          <t>Marka İletişimi ve Dijital Stratejiler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>540</v>
+        <v>475</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753534444</t>
+          <t>9789753534482</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Türk Dış Politikası</t>
+          <t>Mevduat Rehni</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>900</v>
+        <v>720</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753534437</t>
+          <t>9789753534444</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Son Onyıllarda Türk Dış Politikası</t>
+          <t>Soğuk Savaş Döneminde Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>910</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753534475</t>
+          <t>9789753534437</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çarter Sözleşmeleri 2 (Ciltli)</t>
+          <t>Son Onyıllarda Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1750</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753534468</t>
+          <t>9789753534475</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 1 (Ciltli)</t>
+          <t>Çarter Sözleşmeleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1050</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753534406</t>
+          <t>9789753534468</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Para ve Kur Politikası</t>
+          <t>Nazari ve Tatbiki Ceza Hukuku Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>390</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753534413</t>
+          <t>9789753534406</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Network Marketing Sözleşmesi</t>
+          <t>Türkiye'de Para ve Kur Politikası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>570</v>
+        <v>520</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753534390</t>
+          <t>9789753534413</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ekonomisi</t>
+          <t>Network Marketing Sözleşmesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>950</v>
+        <v>690</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753534123</t>
+          <t>9789753534390</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Kurumların Değişen Rolleri</t>
+          <t>Mühendislik Ekonomisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753530927</t>
+          <t>9789753534123</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti - Türkler Üzerine Makaleler</t>
+          <t>Uluslararası Kurumların Değişen Rolleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753534352</t>
+          <t>9789753530927</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İstatistiki Metodlar ve Matematik Modeller</t>
+          <t>Pierre Loti - Türkler Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753534345</t>
+          <t>9789753534352</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hasan Erman'a Armağan</t>
+          <t>İstatistiki Metodlar ve Matematik Modeller</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>2200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753535991</t>
+          <t>9789753534345</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Emek Göçü ve Ekonomisi</t>
+          <t>Hasan Erman'a Armağan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>370</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753534864</t>
+          <t>9789753535991</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Anahtar Metinler (Ciltli)</t>
+          <t>Emek Göçü ve Ekonomisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>950</v>
+        <v>480</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753533775</t>
+          <t>9789753534864</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Üstünlüğü</t>
+          <t>Uluslararası İlişkilerde Anahtar Metinler (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>750</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753534277</t>
+          <t>9789753533775</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeni Vakıflar Hukuku (Ciltli)</t>
+          <t>Hukukun Üstünlüğü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753534192</t>
+          <t>9789753534277</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Pratik Çalışmaları : Meseleleri</t>
+          <t>Yeni Vakıflar Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055500764</t>
+          <t>9789753534192</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
+          <t>Roma Hukuku Pratik Çalışmaları : Meseleleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>650</v>
+        <v>810</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944250504</t>
+          <t>9786055500764</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uygulanan Maliye Politikaları 1923-2008</t>
+          <t>Avrupa Birliğinin Siyasal ve Ekonomik Temelleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944250870</t>
+          <t>9789944250504</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sığınma Sisteminin Avrupalılaştırılması</t>
+          <t>Türkiye’de Uygulanan Maliye Politikaları 1923-2008</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753533546</t>
+          <t>9789944250870</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Zahit İmre’ye Armağan (Ciltli)</t>
+          <t>Türkiye’de Sığınma Sisteminin Avrupalılaştırılması</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>850</v>
+        <v>460</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753534031</t>
+          <t>9789753533546</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İthalat - İhracat İşlemleri</t>
+          <t>Prof. Dr. Zahit İmre’ye Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>720</v>
+        <v>950</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055500092</t>
+          <t>9789753534031</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Rasyonalite ve Para Politikası</t>
+          <t>İthalat - İhracat İşlemleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>330</v>
+        <v>920</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753530420</t>
+          <t>9786055500092</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Büyüsü</t>
+          <t>İktisatta Rasyonalite ve Para Politikası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>370</v>
+        <v>395</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756463635</t>
+          <t>9789753530420</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dağların Gözyaşları</t>
+          <t>Ekranın Büyüsü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753531535</t>
+          <t>9789756463635</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik Nedir?</t>
+          <t>Dağların Gözyaşları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753534222</t>
+          <t>9789753531535</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku'nda Çocukların Cinsel İstismarı</t>
+          <t>Bektaşilik Nedir?</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>3990000015605</t>
+          <t>9789753534222</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlığı ve Enuştekinler Devleti</t>
+          <t>Türk Ceza Hukuku'nda Çocukların Cinsel İstismarı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>395</v>
+        <v>820</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753533249</t>
+          <t>3990000015605</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Harezmşahlığı ve Enuştekinler Devleti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753535267</t>
+          <t>9789753533249</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Finansal Ekonometri</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>790</v>
+        <v>550</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753534154</t>
+          <t>9789753535267</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yargının Yönetimi ve Denetimi</t>
+          <t>Finansal Ekonometri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>320</v>
+        <v>890</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753534208</t>
+          <t>9789753534154</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Pratik Çalışmaları</t>
+          <t>Yargının Yönetimi ve Denetimi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753530139</t>
+          <t>9789753534208</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kendi Mektuplarında Enver Paşa</t>
+          <t>İdare Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753533485</t>
+          <t>9789753530139</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasası ve Anayasa Mahkemesi Kararları</t>
+          <t>Kendi Mektuplarında Enver Paşa</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>985</v>
+        <v>650</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9799753530896</t>
+          <t>9789753533485</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yazının İşlevsel Kullanımı</t>
+          <t>1982 Anayasası ve Anayasa Mahkemesi Kararları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9799753533309</t>
+          <t>9799753530896</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yayıncılığın Değişen Yüzü</t>
+          <t>Yazının İşlevsel Kullanımı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753533935</t>
+          <t>9799753533309</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretim Yöntemleri</t>
+          <t>Yayıncılığın Değişen Yüzü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>440</v>
+        <v>620</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753533447</t>
+          <t>9789753533935</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasi, Askeri ve Ekonomik Örgütler</t>
+          <t>Yabancı Dil Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753535717</t>
+          <t>9789753533447</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politika ve Dış Politika Analizi</t>
+          <t>Uluslararası Siyasi, Askeri ve Ekonomik Örgütler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>950</v>
+        <v>510</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753530453</t>
+          <t>9789753535717</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Medya</t>
+          <t>Uluslararası Politika ve Dış Politika Analizi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>520</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753536400</t>
+          <t>9789753530453</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Giriş</t>
+          <t>Uluslararası Medya</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>550</v>
+        <v>620</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753532471</t>
+          <t>9789753536400</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İdari Yapısı</t>
+          <t>Uluslararası İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>670</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753533522</t>
+          <t>9789753532471</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Basın</t>
+          <t>Türkiye’nin İdari Yapısı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753533270</t>
+          <t>9789753533522</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Parasal Kesim ve Merkez Bankası İşlemlerinin Analizi</t>
+          <t>Türkiye’de Yerel Basın</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753530019</t>
+          <t>9789753533270</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılap Tarihi</t>
+          <t>Türkiye’de Parasal Kesim ve Merkez Bankası İşlemlerinin Analizi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753533652</t>
+          <t>9789753530019</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Anlatım Türleri</t>
+          <t>Türk İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753538593</t>
+          <t>9789753533652</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında "İz" Bırakanlar</t>
+          <t>Türk Dili Anlatım Türleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753532433</t>
+          <t>9789753538593</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Traditio (Teslim)’nun Tarihsel Gelişimi ve Constitutum Possessorium</t>
+          <t>Türk Basınında "İz" Bırakanlar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753534048</t>
+          <t>9789753532433</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>TMS - TFRS Türkiye Muhasebe ve Finansal Raporlama Standartları</t>
+          <t>Traditio (Teslim)’nun Tarihsel Gelişimi ve Constitutum Possessorium</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753536448</t>
+          <t>9789753534048</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>TMS - TFRS Türkiye Muhasebe ve Finansal Raporlama Standartları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>420</v>
+        <v>860</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9799753530513</t>
+          <t>9789753536448</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tatbiki İktisat</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799753530964</t>
+          <t>9799753530513</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi Tekdüzen Hesap Planına Uygun</t>
+          <t>Tatbiki İktisat</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753533850</t>
+          <t>9799753530964</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sponsorluk</t>
+          <t>Şirketler Muhasebesi Tekdüzen Hesap Planına Uygun</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>750</v>
+        <v>520</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9799753533439</t>
+          <t>9789753533850</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Söyleşi mi? Röportaj mı?</t>
+          <t>Sponsorluk</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753530002</t>
+          <t>9799753533439</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji (Toplumbilimi)</t>
+          <t>Söyleşi mi? Röportaj mı?</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753535571</t>
+          <t>9789753530002</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Sosyoloji (Toplumbilimi)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>550</v>
+        <v>950</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753534000</t>
+          <t>9789753535571</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yapı ve Sosyal Değişme</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753534963</t>
+          <t>9789753534000</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
+          <t>Sosyal Yapı ve Sosyal Değişme</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753535687</t>
+          <t>9789753534963</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih Birinci Cilt (1789 - 1914) (Ciltli)</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>960</v>
+        <v>510</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753533904</t>
+          <t>9789753535687</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşünceler Tarihi</t>
+          <t>Siyasi Tarih Birinci Cilt (1789 - 1914) (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>700</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753530941</t>
+          <t>9789753533904</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimine Giriş</t>
+          <t>Siyasi Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753533225</t>
+          <t>9789753530941</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sicill-i Ahval Komisyonunun Kuruluşu ve İşlevi (1879-1909)</t>
+          <t>Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>380</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756463260</t>
+          <t>9789753533225</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası’nda Varlık Fiyatlama Teorileri</t>
+          <t>Sicill-i Ahval Komisyonunun Kuruluşu ve İşlevi (1879-1909)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753532426</t>
+          <t>9789756463260</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Türkiye’de Seçimler</t>
+          <t>Sermaye Piyasası’nda Varlık Fiyatlama Teorileri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753531894</t>
+          <t>9789753532426</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunun Güncelliği</t>
+          <t>Seçim Sistemleri ve Türkiye’de Seçimler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753532242</t>
+          <t>9789753531894</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Mülkiyet Hakkının Sınırları</t>
+          <t>Roma Hukukunun Güncelliği</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>720</v>
+        <v>470</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9799753532319</t>
+          <t>9789753532242</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Gasp (Rapına)</t>
+          <t>Roma Hukukunda Mülkiyet Hakkının Sınırları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>420</v>
+        <v>720</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753533768</t>
+          <t>9799753532319</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Protokol ve Sosyal Davranış Kurallarına Giriş</t>
+          <t>Roma Hukukunda Gasp (Rapına)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753533805</t>
+          <t>9789753533768</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Akad’a Armağan (Ciltli)</t>
+          <t>Protokol ve Sosyal Davranış Kurallarına Giriş</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>2200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753533782</t>
+          <t>9789753533805</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Belgin Erdoğmuş’a Armağan (Ciltli)</t>
+          <t>Prof. Dr. Mehmet Akad’a Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>2300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753532990</t>
+          <t>9789753533782</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Miras Sebebiyle İstihkak Davası</t>
+          <t>Prof. Dr. Belgin Erdoğmuş’a Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>800</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753530021</t>
+          <t>9789753532990</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukun Genel Teorisi</t>
+          <t>Miras Sebebiyle İstihkak Davası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753530224</t>
+          <t>9789753530021</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi İlkeler ve Uygulama</t>
+          <t>Medeni Hukukun Genel Teorisi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>620</v>
+        <v>950</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753533744</t>
+          <t>9789753530224</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Beyannameler</t>
+          <t>Maliyet Muhasebesi İlkeler ve Uygulama</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>520</v>
+        <v>850</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753530101</t>
+          <t>9789753533744</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personel Yönetimi</t>
+          <t>Kurumsal Beyannameler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>550</v>
+        <v>730</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753533928</t>
+          <t>9789753530101</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukuku Bilgisi</t>
+          <t>Kamu Personel Yönetimi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>320</v>
+        <v>790</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753533942</t>
+          <t>9789753533928</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji Cilt 2</t>
+          <t>Kamu Hukuku Bilgisi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>620</v>
+        <v>400</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753532136</t>
+          <t>9789753533942</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfoloji Cilt 1</t>
+          <t>Jeomorfoloji Cilt 2</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>695</v>
+        <v>800</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753532594</t>
+          <t>9789753532136</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Matematiksel Yöntemlere Giriş Çözümlü Problemler</t>
+          <t>Jeomorfoloji Cilt 1</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>440</v>
+        <v>850</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9799753530087</t>
+          <t>9789753532594</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Matematiksel Yöntemlere Giriş</t>
+          <t>İktisatta Matematiksel Yöntemlere Giriş Çözümlü Problemler</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753533263</t>
+          <t>9799753530087</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İktisatçılar İçin Sosyal Siyaset</t>
+          <t>İktisatta Matematiksel Yöntemlere Giriş</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753537551</t>
+          <t>9789753533263</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İktisat Tarihi</t>
+          <t>İktisatçılar İçin Sosyal Siyaset</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753533690</t>
+          <t>9789753537551</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İki Savaş Sırası ve Arasında Türk Dış Politikası</t>
+          <t>İktisat Tarihi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>890</v>
+        <v>720</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753534581</t>
+          <t>9789753533690</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku (Ciltli)</t>
+          <t>İki Savaş Sırası ve Arasında Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>1250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753533867</t>
+          <t>9789753534581</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar</t>
+          <t>İdare Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753532952</t>
+          <t>9789753533867</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Hukuki Mütalaalar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>330</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753536813</t>
+          <t>9789753532952</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
           <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753533454</t>
+          <t>9789753536813</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Haberden Yayına Gazetecilik</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>280</v>
+        <v>950</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753532006</t>
+          <t>9789753533454</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Atatürkçülük</t>
+          <t>Haberden Yayına Gazetecilik</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753530017</t>
+          <t>9789753532006</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Genel Olarak ve Türkiye’de Siyasal Değişme</t>
+          <t>Günümüzde Atatürkçülük</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9799753531817</t>
+          <t>9789753530017</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Finans Yönetimi</t>
+          <t>Genel Olarak ve Türkiye’de Siyasal Değişme</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>3990000018214</t>
+          <t>9799753531817</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Fikri-Sınai Mülkiyet Hukuku Mevzuatı</t>
+          <t>Finans Yönetimi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753534260</t>
+          <t>3990000018214</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Sosyoloji, Hukuk ve Devlet</t>
+          <t>Fikri-Sınai Mülkiyet Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753533102</t>
+          <t>9789753534260</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Excel ile Temel Ekonometri</t>
+          <t>Felsefe, Sosyoloji, Hukuk ve Devlet</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>475</v>
+        <v>750</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753534802</t>
+          <t>9789753533102</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Eviews ile Temel Ekonometri</t>
+          <t>Excel ile Temel Ekonometri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>750</v>
+        <v>580</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753533676</t>
+          <t>9789753534802</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Emeklilik Sözleşmesi</t>
+          <t>Eviews ile Temel Ekonometri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>520</v>
+        <v>950</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753533365</t>
+          <t>9789753533676</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Yapı ve Politik Analizi</t>
+          <t>Emeklilik Sözleşmesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753532495</t>
+          <t>9789753533365</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bunalımların Dünya’da ve Türkiye’de Yansımaları</t>
+          <t>Ekonomik Yapı ve Politik Analizi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753535298</t>
+          <t>9789753532495</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri Temel Kavramlar</t>
+          <t>Ekonomik Bunalımların Dünya’da ve Türkiye’de Yansımaları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>675</v>
+        <v>470</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753533645</t>
+          <t>9789753535298</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dönem Sonu Muhasebe Uygulamaları</t>
+          <t>Ekonometri Temel Kavramlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>620</v>
+        <v>850</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753533621</t>
+          <t>9789753533645</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dönem İçi Muhasebe Uygulamaları</t>
+          <t>Dönem Sonu Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>620</v>
+        <v>850</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753533539</t>
+          <t>9789753533621</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Devrik Tümce ve Odaklama</t>
+          <t>Dönem İçi Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753531177</t>
+          <t>9789753533539</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Devrik Tümce ve Odaklama</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9799753530193</t>
+          <t>9789753531177</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753535120</t>
+          <t>9799753530193</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Çalışma İktisadı</t>
+          <t>Çevre Sorunları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9799753532128</t>
+          <t>9789753535120</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Devlet Sistemleri</t>
+          <t>Çalışma İktisadı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>620</v>
+        <v>550</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753532419</t>
+          <t>9799753532128</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Culpa In Eligendo</t>
+          <t>Çağdaş Devlet Sistemleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753531313</t>
+          <t>9789753532419</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar Başbakanlık Dönemi 1937-1939</t>
+          <t>Culpa In Eligendo</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>440</v>
+        <v>510</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753530412</t>
+          <t>9789753531313</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Çevresel Analiz Örneği Trakya</t>
+          <t>Celal Bayar Başbakanlık Dönemi 1937-1939</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753533980</t>
+          <t>9789753530412</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Bir Çevresel Analiz Örneği Trakya</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753531524</t>
+          <t>9789753533980</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nde Turizm ve Uygulanan Politikalar</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>353</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753532464</t>
+          <t>9789753531524</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Atatürkçülük</t>
+          <t>Avrupa Birliği’nde Turizm ve Uygulanan Politikalar</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753533638</t>
+          <t>9789753532464</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753532389</t>
+          <t>9789753533638</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıpla İlgili Yargıtay Kararları</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753534543</t>
+          <t>9789753532389</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Sosyoloji Sözlüğü</t>
+          <t>Adli Tıpla İlgili Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753534130</t>
+          <t>9789753534543</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Becerileri</t>
+          <t>Ansiklopedik Sosyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753534093</t>
+          <t>9789753534130</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik</t>
+          <t>Yönetim Becerileri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753534147</t>
+          <t>9789753534093</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Genel Esaslar İdare Hukuku</t>
+          <t>Temel Matematik</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>1100</v>
+        <v>670</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753532204</t>
+          <t>9789753534147</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp</t>
+          <t>Genel Esaslar İdare Hukuku</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>985</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753533881</t>
+          <t>9789753532204</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türk Dış Politikasının Analizi</t>
+          <t>Adli Tıp</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>650</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753533799</t>
+          <t>9789753533881</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Teorisinde Milli Gelir ve Denge Politikaları</t>
+          <t>21. Yüzyılda Türk Dış Politikasının Analizi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>295</v>
+        <v>850</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753533836</t>
+          <t>9789753533799</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kurumları</t>
+          <t>Makro İktisat Teorisinde Milli Gelir ve Denge Politikaları</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
+          <t>9789753533836</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Kurumları</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
           <t>9789753531249</t>
         </is>
       </c>
-      <c r="B394" s="1" t="inlineStr">
+      <c r="B395" s="1" t="inlineStr">
         <is>
           <t>İktisatta Model ve Plan Teknikleri</t>
         </is>
       </c>
-      <c r="C394" s="1">
-        <v>530</v>
+      <c r="C395" s="1">
+        <v>630</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>