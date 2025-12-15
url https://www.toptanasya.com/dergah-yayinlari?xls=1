--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,16525 +85,16735 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259956332</t>
+          <t>9786255629050</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Terbiyenin Mertebeleri</t>
+          <t>Saatleri Ayarlama Enstitüsü Üzerine 20 Ders</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>216</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255629128</t>
+          <t>9786255629302</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeniler, Eskileri Nasıl Okur?</t>
+          <t>Paşalar ve Generaller Arasında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255629142</t>
+          <t>4444444444411</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>N'etti Bu Yunus N'etti</t>
+          <t>Zemin Edebiyat Dil ve Kültür Araştırmaları Dergisi Sayı: 10 Aralık 2025</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255629180</t>
+          <t>9786255629234</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Beklerken</t>
+          <t>Uçurtmanın İpi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255629135</t>
+          <t>9789759956356</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
+          <t>Mısır Tarlasında Bir Aksak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255629036</t>
+          <t>4444444444410</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeni, Hep Daha Yeni</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 52 Aralık 2025</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259556123</t>
+          <t>9786255629296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Kelimat Amişnameler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256839922</t>
+          <t>9786255629197</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Okumalar</t>
+          <t>Bençağının Sonu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759953690</t>
+          <t>9786255629111</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Şiir Dünyası</t>
+          <t>Phaidon Üzerine Notlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>132</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258437089</t>
+          <t>9786255629104</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
+          <t>Phaidon - Ruh Üzerine</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759958602</t>
+          <t>9786255629098</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
+          <t>Aslı Yok Sözleri Mecnun Söyler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>12.2</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759957629</t>
+          <t>9786255629203</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı</t>
+          <t>Yarına Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>92</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759959555</t>
+          <t>9786259556192</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi</t>
+          <t>Rumeli Bilimine Giriş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759958268</t>
+          <t>9786255629210</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzde Taş</t>
+          <t>Islıkla Çağrılan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759958091</t>
+          <t>9786259956332</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çamlıhemşin Seyahatnamesi</t>
+          <t>Tasavvufi Terbiyenin Mertebeleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759959487</t>
+          <t>9786255629128</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>1835 Tarihli Rize Nüfus Defteri</t>
+          <t>Yeniler, Eskileri Nasıl Okur?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759958046</t>
+          <t>9786255629142</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>N'etti Bu Yunus N'etti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759955120</t>
+          <t>9786255629180</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
+          <t>Ezanı Beklerken</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759954208</t>
+          <t>9786255629135</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
+          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759954598</t>
+          <t>9786255629036</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Yeni, Hep Daha Yeni</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759956059</t>
+          <t>9786259556123</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759954147</t>
+          <t>9786256839922</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
+          <t>Biyografik Okumalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>40</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759954154</t>
+          <t>9789759953690</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
+          <t>Tanpınar'ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>48</v>
+        <v>132</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759955854</t>
+          <t>9786258437089</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yenişehirli Avni Bey</t>
+          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759956073</t>
+          <t>9789759958602</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
+          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>29</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759957094</t>
+          <t>9789759957629</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Buşido</t>
+          <t>Babailer İsyanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789759957261</t>
+          <t>9789759959555</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Notlarıyla)</t>
+          <t>Kalbin Sesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789759957254</t>
+          <t>9789759958268</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kültürümüzde Taş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789759954888</t>
+          <t>9789759958091</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
+          <t>Çamlıhemşin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>16</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789759957926</t>
+          <t>9789759959487</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
+          <t>1835 Tarihli Rize Nüfus Defteri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757032395</t>
+          <t>9789759958046</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759958152</t>
+          <t>9789759955120</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
+          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789759957759</t>
+          <t>9786255629173</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk Dikkati</t>
+          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>25</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759957797</t>
+          <t>9789759954598</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000087634</t>
+          <t>9789759956059</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759956691</t>
+          <t>9789759954147</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759956028</t>
+          <t>9789759954154</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759956042</t>
+          <t>9789759955854</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
+          <t>Yenişehirli Avni Bey</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>42</v>
+        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759958534</t>
+          <t>9789759956073</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalarak Avrupalı Olmak</t>
+          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>750</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759957278</t>
+          <t>9789759957094</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
+          <t>Buşido</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759956714</t>
+          <t>9789759957261</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
+          <t>Beş Şehir (Notlarıyla)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759958855</t>
+          <t>9789759957254</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Babur - Büyük Moğolların Tarihi</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759958596</t>
+          <t>9789759954888</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Köyde Mimari Doğu Karadeniz</t>
+          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000034670</t>
+          <t>9789759957926</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
+          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759957810</t>
+          <t>9789757032395</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
+          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759954239</t>
+          <t>9789759958152</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ardeşen'in İnsanları</t>
+          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759954093</t>
+          <t>9789759957759</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
+          <t>Türk Dikkati</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>198</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000018020</t>
+          <t>9789759957797</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
+          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759953232</t>
+          <t>3990000087634</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>55.56</v>
+        <v>900</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759951887</t>
+          <t>9789759956691</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756611715</t>
+          <t>9789759956028</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Üslubu</t>
+          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>8.33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757462225</t>
+          <t>9789759956042</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin Kaynakları</t>
+          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.89</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000014467</t>
+          <t>9789759958534</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Modernist Düşünce</t>
+          <t>Müslüman Kalarak Avrupalı Olmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>14.81</v>
+        <v>750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756611265</t>
+          <t>9789759957278</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İran’a ve Turan’a Seyahat</t>
+          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>22.22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759950019</t>
+          <t>9789759956714</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kadimle Cedit Arasında Musa Carullah</t>
+          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18.52</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759952303</t>
+          <t>9789759958855</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnci Enginün Kitabı</t>
+          <t>Babur - Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756611395</t>
+          <t>9789759958596</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
+          <t>Köyde Mimari Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759952747</t>
+          <t>3990000034670</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İl, Dil, Din Üzerine</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759952563</t>
+          <t>9789759957810</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İkiz Hayaletler</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756611005</t>
+          <t>9789759954239</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun Üzerine Araştırmalar</t>
+          <t>Ardeşen'in İnsanları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>35.19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756611517</t>
+          <t>9789759954093</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Işığın Yansıdığı Yer</t>
+          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>12.04</v>
+        <v>198</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759951177</t>
+          <t>3990000018020</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi Kitabı</t>
+          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000014530</t>
+          <t>9789759953232</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Avni Ulaş</t>
+          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>19</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759955748</t>
+          <t>9789759951887</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757032662</t>
+          <t>9789756611715</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Defteri</t>
+          <t>İslam Siyaset Üslubu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759950088</t>
+          <t>9789757462225</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Haristan</t>
+          <t>İslam Felsefesinin Kaynakları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759954741</t>
+          <t>3990000014467</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hücviri - Hakikat Bilgisi</t>
+          <t>İslam Dünyasında Modernist Düşünce</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>480</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756611128</t>
+          <t>9789756611265</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güneyce - Rize Sözlüğü</t>
+          <t>İran’a ve Turan’a Seyahat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756611616</t>
+          <t>9789759950019</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gizli Özne</t>
+          <t>Kadimle Cedit Arasında Musa Carullah</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759950453</t>
+          <t>9789759952303</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali İlahiler</t>
+          <t>İnci Enginün Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759955366</t>
+          <t>9789756611395</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759950057</t>
+          <t>9789759952747</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Film Defteri</t>
+          <t>İl, Dil, Din Üzerine</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.96</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759950200</t>
+          <t>9786255629166</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Haberler</t>
+          <t>İkiz Hayaletler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>17</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759953058</t>
+          <t>9789756611005</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
+          <t>İbn-i Haldun Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>52</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000011900</t>
+          <t>9789756611517</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
+          <t>Işığın Yansıdığı Yer</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20.37</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756611081</t>
+          <t>9789759951177</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Şair Hazık</t>
+          <t>Hüsrev Hatemi Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>22.22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756611524</t>
+          <t>3990000014530</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Sıtkı Bey</t>
+          <t>Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.04</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757032892</t>
+          <t>9789759955748</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yazıları</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>22</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757032960</t>
+          <t>9789757032662</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
+          <t>Hatıra Defteri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759953942</t>
+          <t>9789759950088</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Fıkraları</t>
+          <t>Haristan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759952556</t>
+          <t>9789759954741</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 2</t>
+          <t>Hücviri - Hakikat Bilgisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>37</v>
+        <v>480</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756611241</t>
+          <t>9789756611128</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Evrâk-I Leyâl</t>
+          <t>Güneyce - Rize Sözlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757032793</t>
+          <t>9789756611616</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Elbistanlı Rahmi Eray</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757032366</t>
+          <t>9789759950453</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Saldıran Şair</t>
+          <t>Gitanjali İlahiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759951481</t>
+          <t>9789759955366</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Laiklik</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759951306</t>
+          <t>9789759950057</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 1</t>
+          <t>Film Defteri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>34</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759950675</t>
+          <t>9789759950200</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Divançe</t>
+          <t>Fıkra Tadında Haberler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759950514</t>
+          <t>9789759953058</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Mistisizm</t>
+          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>108</v>
+        <v>52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759950354</t>
+          <t>3990000011900</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dine Dönüş</t>
+          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759952761</t>
+          <t>9789756611081</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
+          <t>Erzurumlu Şair Hazık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>700</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759950552</t>
+          <t>9789756611524</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dergah Yazıları Güldestesi</t>
+          <t>Erzurumlu Sıtkı Bey</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>27.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759950095</t>
+          <t>9789757032892</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Denemeler 1</t>
+          <t>Erzurum Yazıları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759951504</t>
+          <t>9789757032960</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dekorlar Kaldı Geride</t>
+          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757032441</t>
+          <t>9789759953942</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun ve Darüşşifa</t>
+          <t>Erzurum Fıkraları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>14.81</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756611883</t>
+          <t>9789759952556</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Erzurum Belediyesi Tarihi 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>6.48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759950347</t>
+          <t>9789756611241</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Evrâk-I Leyâl</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000012656</t>
+          <t>9789757032793</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Endişe</t>
+          <t>Elbistanlı Rahmi Eray</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759950583</t>
+          <t>9789757032366</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
+          <t>Dünyaya Saldıran Şair</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>23</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759952693</t>
+          <t>9789759951481</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Copernicusçu İlk Bildirim</t>
+          <t>Dünyada Laiklik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759951733</t>
+          <t>9789759951306</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Erzurum Belediyesi Tarihi 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>10</v>
+        <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759951146</t>
+          <t>9789759950675</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
+          <t>Divançe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>13.89</v>
+        <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759950002</t>
+          <t>9789759950514</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
+          <t>Dini Tecrübe ve Mistisizm</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7.41</v>
+        <v>108</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756611845</t>
+          <t>9789759950354</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
+          <t>Dine Dönüş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>21</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759950460</t>
+          <t>9789759952761</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>700</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757462576</t>
+          <t>9789759950552</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
+          <t>Dergah Yazıları Güldestesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756611067</t>
+          <t>9789759950095</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
+          <t>Denemeler 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759950682</t>
+          <t>9789759951504</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Hiciv Ustası Şair Eşref</t>
+          <t>Dekorlar Kaldı Geride</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759952716</t>
+          <t>9789757032441</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
+          <t>Darülfünun ve Darüşşifa</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>8</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759952280</t>
+          <t>9789756611883</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bilge Seyidoğlu Kitabı</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>24</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759952051</t>
+          <t>9789759950347</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bergson’da Ruh-Beden İlişkisi</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000006172</t>
+          <t>3990000012656</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Batı Çıkmazı</t>
+          <t>Endişe</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759955021</t>
+          <t>9789759950583</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Balık ve Tango</t>
+          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759950392</t>
+          <t>9789759952693</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Copernicusçu İlk Bildirim</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789759950378</t>
+          <t>9789759951733</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Babamın Emanetleri</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>32.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789757032434</t>
+          <t>9789759951146</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aydın, Toplum ve Tarih</t>
+          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>21.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789759952587</t>
+          <t>9789759950002</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ay Dolanır Günler Geçer</t>
+          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756611333</t>
+          <t>9789756611845</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
+          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789757032953</t>
+          <t>9789759950460</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Araştırmalar ve Belgeler</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>35.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789759950927</t>
+          <t>9789757462576</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Anılar Ömür Süvarisi</t>
+          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759950323</t>
+          <t>9789756611067</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
+          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>145</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000010841</t>
+          <t>9789759950682</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ali’ye Mektuplar</t>
+          <t>Bir Hiciv Ustası Şair Eşref</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>16.67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756611500</t>
+          <t>9789759952716</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Akrepler</t>
+          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.48</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759951924</t>
+          <t>9789759952280</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kerman Kitabı</t>
+          <t>Bilge Seyidoğlu Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756611388</t>
+          <t>9789759952051</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
+          <t>Bergson’da Ruh-Beden İlişkisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789759950248</t>
+          <t>3990000006172</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Batı Çıkmazı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000014077</t>
+          <t>9789759955021</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asırda Felsefe</t>
+          <t>Balık ve Tango</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789759952228</t>
+          <t>9789759950392</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759952273</t>
+          <t>9789759950378</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
+          <t>Babamın Emanetleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759952266</t>
+          <t>9789757032434</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
+          <t>Aydın, Toplum ve Tarih</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789759952235</t>
+          <t>9789759952587</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
+          <t>Ay Dolanır Günler Geçer</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789759951559</t>
+          <t>9789756611333</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı İncelemeleri</t>
+          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>44.44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759953591</t>
+          <t>9789757032953</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
+          <t>Araştırmalar ve Belgeler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>55.56</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759953584</t>
+          <t>9789759950927</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
+          <t>Anılar Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>59.26</v>
+        <v>49</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757462156</t>
+          <t>9789759950323</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları</t>
+          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>31.48</v>
+        <v>145</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789759952259</t>
+          <t>3990000010841</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
+          <t>Ali’ye Mektuplar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759952242</t>
+          <t>9789756611500</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
+          <t>Akrepler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759950705</t>
+          <t>9789759951924</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
+          <t>Zeynep Kerman Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259556161</t>
+          <t>9789756611388</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefesi Hareket Felsefesi</t>
+          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759950293</t>
+          <t>9789759950248</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çekmece</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756611418</t>
+          <t>3990000014077</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
+          <t>Yirminci Asırda Felsefe</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759951825</t>
+          <t>9789759952228</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
+          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>18</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756611302</t>
+          <t>9789759952273</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yazıyla Solumak</t>
+          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>8.33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759955861</t>
+          <t>9789759952266</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nden Oyani</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>42</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000024693</t>
+          <t>9789759952235</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 2</t>
+          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756611200</t>
+          <t>9789759951559</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anıcak Ol Meclisi</t>
+          <t>Yeni Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>16.67</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759957568</t>
+          <t>9789759953591</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 3</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>55</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759955236</t>
+          <t>9789759953584</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>950</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789759955250</t>
+          <t>9789757462156</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>30</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759955298</t>
+          <t>9789759952259</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759956998</t>
+          <t>9789759952242</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yakup Şevki Karaalioğlu</t>
+          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759956530</t>
+          <t>9789759950705</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759954864</t>
+          <t>9786259556161</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
+          <t>Varoluş Felsefesi Hareket Felsefesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789759954178</t>
+          <t>9789759950293</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Entelektüel Geleneği</t>
+          <t>Üçüncü Çekmece</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759954314</t>
+          <t>9789756611418</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İslam Tasavvuru</t>
+          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>49</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759954475</t>
+          <t>9789759951825</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rize'de Tasavvuf Kültürü</t>
+          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>14.81</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000090528</t>
+          <t>9789756611302</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Yazıyla Solumak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>290</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789759954543</t>
+          <t>9789759955861</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İslam Ruhu</t>
+          <t>Çayeli'nden Oyani</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>29</v>
+        <v>42</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759955090</t>
+          <t>3990000024693</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Candan Geçelim Ya Hu</t>
+          <t>Rize Defteri 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759954871</t>
+          <t>9789756611200</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaşlı Yahya Efendi</t>
+          <t>Anıcak Ol Meclisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>28</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759955113</t>
+          <t>9789759957568</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
+          <t>Rize Defteri 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>39</v>
+        <v>55</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759954635</t>
+          <t>9789759955236</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>36</v>
+        <v>950</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759955106</t>
+          <t>9789759955250</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Ramazanları</t>
+          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759955359</t>
+          <t>9789759955298</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çalab'ın Tahtı</t>
+          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759953478</t>
+          <t>9789759956998</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Osmanlı Türkçesi</t>
+          <t>Yakup Şevki Karaalioğlu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759950408</t>
+          <t>9789759956530</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Upanişadlar ’Tanrının Soluğu’</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>11.11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759952204</t>
+          <t>9789759954864</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
+          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>13.89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756611555</t>
+          <t>9789759954178</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
+          <t>Osmanlı Entelektüel Geleneği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759951962</t>
+          <t>9789759954314</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kaygılar - Türk Düşüncesi 2</t>
+          <t>Osmanlı İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>60</v>
+        <v>49</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759952600</t>
+          <t>9789759954475</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
+          <t>Rize'de Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759953041</t>
+          <t>3990000090528</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759951009</t>
+          <t>9789759954543</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
+          <t>Anadolu'da İslam Ruhu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>46.3</v>
+        <v>29</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789759950415</t>
+          <t>9789759955090</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
+          <t>Candan Geçelim Ya Hu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000006823</t>
+          <t>9789759954871</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
+          <t>Beşiktaşlı Yahya Efendi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>22.22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759953201</t>
+          <t>9789759955113</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>130</v>
+        <v>39</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759950224</t>
+          <t>9789759954635</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Erzurum</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>8.33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759953164</t>
+          <t>9789759955106</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Eski İstanbul Ramazanları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759950064</t>
+          <t>9789759955359</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
+          <t>Gönül Çalab'ın Tahtı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>16.67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756611920</t>
+          <t>9789759953478</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
+          <t>Uygulamalı Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759951283</t>
+          <t>9789759950408</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şiirler (1968-1990)</t>
+          <t>Upanişadlar ’Tanrının Soluğu’</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756611692</t>
+          <t>9789759952204</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşiğinde</t>
+          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759953393</t>
+          <t>9789756611555</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
+          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759952846</t>
+          <t>9789759951962</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Kaygılar - Türk Düşüncesi 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759950965</t>
+          <t>9789759952600</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Uludağ Kitabı</t>
+          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759950750</t>
+          <t>9789759953041</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
+          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759953447</t>
+          <t>9789759951009</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü Edebî Sanatlar</t>
+          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>29</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759952181</t>
+          <t>9789759950415</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759951672</t>
+          <t>3990000006823</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cennetin Çocukları</t>
+          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>25.93</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000012129</t>
+          <t>9789759953201</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Mücadelesi</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18.52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759950668</t>
+          <t>9789759950224</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Tarihçe-i Erzurum</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>22.22</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759952570</t>
+          <t>9789759953164</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
+          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>51</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756611579</t>
+          <t>9789759950064</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
+          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759950613</t>
+          <t>9789756611920</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Safahat Birinci Kitap</t>
+          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759950620</t>
+          <t>9789759951283</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
+          <t>Şiirler (1968-1990)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>3.7</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789759950880</t>
+          <t>9789756611692</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hatıralar Beşinci Kitap</t>
+          <t>Şiirin Eşiğinde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759950637</t>
+          <t>9789759953393</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
+          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>2.78</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759950903</t>
+          <t>9789759952846</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Gölgeler Yedinci Kitap</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>5.56</v>
+        <v>130</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759950644</t>
+          <t>9789759950965</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
+          <t>Süleyman Uludağ Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759950897</t>
+          <t>9789759950750</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Asım Altıncı Kitap</t>
+          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>5.56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756611470</t>
+          <t>9789759953447</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sadullah Paşa Yahud Mezardan Nida</t>
+          <t>Sözün Büyüsü Edebî Sanatlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789759953645</t>
+          <t>9789759952181</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759952808</t>
+          <t>9789759951672</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 2</t>
+          <t>Soğuk Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>41.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759952129</t>
+          <t>3990000012129</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 1</t>
+          <t>Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>35.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759952907</t>
+          <t>9789759950668</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 1</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>55</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759951955</t>
+          <t>9789759952570</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Rize Bibliyografyası</t>
+          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756611142</t>
+          <t>9789756611579</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Bin Fahreddin</t>
+          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789757032861</t>
+          <t>9789759950613</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
+          <t>Safahat Birinci Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000006417</t>
+          <t>9789759950620</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Reis’in Kara Merhemi</t>
+          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>2.31</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789759951832</t>
+          <t>9789759950880</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türk Romanları</t>
+          <t>Safahat - Hatıralar Beşinci Kitap</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>20</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759955038</t>
+          <t>9789759950637</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Parçası Benden</t>
+          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>14</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789757032779</t>
+          <t>9789759950903</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri</t>
+          <t>Safahat - Gölgeler Yedinci Kitap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789757032984</t>
+          <t>9789759950644</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
+          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789757032977</t>
+          <t>9789759950897</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
+          <t>Safahat - Asım Altıncı Kitap</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759955083</t>
+          <t>9789756611470</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
+          <t>Sadullah Paşa Yahud Mezardan Nida</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759954956</t>
+          <t>9789759953645</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>25</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759954963</t>
+          <t>9789759952808</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
+          <t>Rize Şer’iyye Sicilleri 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>25</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789759953508</t>
+          <t>9789759952129</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
+          <t>Rize Şer’iyye Sicilleri 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>25</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789759957025</t>
+          <t>9789759952907</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Vehhabilik</t>
+          <t>Rize Defteri 1</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759951542</t>
+          <t>9789759951955</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
+          <t>Rize Bibliyografyası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789757032137</t>
+          <t>9789756611142</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay’a Armağan</t>
+          <t>Rızaeddin Bin Fahreddin</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>22.22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759952297</t>
+          <t>9789757032861</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay Kitabı</t>
+          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>22.22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789757032809</t>
+          <t>3990000006417</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
+          <t>Reis’in Kara Merhemi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>9.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789759950118</t>
+          <t>9789759951832</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Giden Yol</t>
+          <t>Popüler Türk Romanları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756611746</t>
+          <t>9789759955038</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime Cilt: 2</t>
+          <t>Parçası Benden</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>37.04</v>
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756611739</t>
+          <t>9789757032779</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1</t>
+          <t>Ömer Seyfettin Bütün Eserleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>37.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000006821</t>
+          <t>9789757032984</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (2 Cilt Takım)</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>74.07</v>
+        <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789757032336</t>
+          <t>9789757032977</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>32.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789759952624</t>
+          <t>9789759955083</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Devrinde İlmiye</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759950989</t>
+          <t>9789759954956</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>7.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789759951870</t>
+          <t>9789759954963</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğimizin Temel Fikirleri</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000005287</t>
+          <t>9789759953508</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Erzurum</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789766611460</t>
+          <t>9789759957025</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
+          <t>Osmanlılar ve Vehhabilik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>24.07</v>
+        <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789757032786</t>
+          <t>9789759951542</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
+          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789759950033</t>
+          <t>9789757032137</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ubeydullah Efendi</t>
+          <t>Orhan Okay’a Armağan</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759955755</t>
+          <t>9789759952297</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Orhan Okay Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756611586</t>
+          <t>9789757032809</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Vehbi Efendi</t>
+          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759952143</t>
+          <t>9789759950118</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
+          <t>Mükemmelliğe Giden Yol</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789759952815</t>
+          <t>9789756611746</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Mukaddime Cilt: 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>198</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789759950743</t>
+          <t>9789756611739</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Asâr ve İhtisasat</t>
+          <t>Mukaddime 1</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>40</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789759954062</t>
+          <t>3990000006821</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
+          <t>Mukaddime (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>58</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756611319</t>
+          <t>9789757032336</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kitaplardan Bir Kitap</t>
+          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>10.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789759952501</t>
+          <t>9789759952624</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kişver</t>
+          <t>Modernleşme Devrinde İlmiye</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>7.41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789759950316</t>
+          <t>9789759950989</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Karlar Altında Nevbahar</t>
+          <t>Mistisizm</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789759951139</t>
+          <t>9789759951870</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers’in Siyaset Felsefesi</t>
+          <t>Milliyetçiliğimizin Temel Fikirleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756611968</t>
+          <t>3990000005287</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
+          <t>Milli Mücadele'de Erzurum</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789757032908</t>
+          <t>9789766611460</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kansızlık</t>
+          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>6.48</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000076517</t>
+          <t>9789757032786</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
+          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789759954307</t>
+          <t>9789759950033</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Mehmed Ubeydullah Efendi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>23.15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789757032946</t>
+          <t>9789759955755</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>8.33</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789759951917</t>
+          <t>9789756611586</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ataç’ın Tiyatro Yazıları</t>
+          <t>Mahmut Vehbi Efendi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>35</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789759954352</t>
+          <t>9789759952143</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
+          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789759954383</t>
+          <t>9789759952815</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>198</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789759951931</t>
+          <t>9789759950743</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Külliyat-ı Asâr ve İhtisasat</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000005233</t>
+          <t>9789759954062</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Afganlı Kadın</t>
+          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>14.81</v>
+        <v>58</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756611449</t>
+          <t>9789756611319</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
+          <t>Kitaplardan Bir Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000004039</t>
+          <t>9789759952501</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
+          <t>Kişver</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000004040</t>
+          <t>9789759950316</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
+          <t>Karlar Altında Nevbahar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756611364</t>
+          <t>9789759951139</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
+          <t>Karl Jaspers’in Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756611357</t>
+          <t>9789756611968</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
+          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756611340</t>
+          <t>9789757032908</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
+          <t>Kansızlık</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>35</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000004042</t>
+          <t>3990000076517</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
+          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000004041</t>
+          <t>9789759954307</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>21</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756611210</t>
+          <t>9789757032946</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
+          <t>Avrupa Mektupları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789759950576</t>
+          <t>9789759951917</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>20 Yılın Ardından Mehmet Kaplan</t>
+          <t>Ataç’ın Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756611074</t>
+          <t>9789759954352</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
+          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789757032854</t>
+          <t>9789759954383</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
+          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000004036</t>
+          <t>9789759951931</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789759950651</t>
+          <t>3990000005233</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Afganlı Kadın</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000045658</t>
+          <t>9789756611449</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
+          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000096598</t>
+          <t>3990000004039</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nato</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256839786</t>
+          <t>3990000004040</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789759959111</t>
+          <t>9789756611364</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789759954116</t>
+          <t>9789756611357</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Geydim Hırkayı</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>380</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789759955496</t>
+          <t>9789756611340</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789759953362</t>
+          <t>3990000004042</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>280</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759953881</t>
+          <t>3990000004041</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>580</v>
+        <v>21</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789759955731</t>
+          <t>9789756611210</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789759955656</t>
+          <t>9789759950576</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
+          <t>20 Yılın Ardından Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255629043</t>
+          <t>9789756611074</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mektupları</t>
+          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789759957483</t>
+          <t>9789757032854</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Tasavvufun Mahiyeti</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789759953331</t>
+          <t>3990000004036</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hikaye</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789759953973</t>
+          <t>9789759950651</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256839779</t>
+          <t>3990000045658</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255629074</t>
+          <t>3990000096598</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
+          <t>Yeni Nato</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789759958251</t>
+          <t>9786256839786</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789759956233</t>
+          <t>9789759959111</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786255629005</t>
+          <t>9789759954116</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
+          <t>Geydim Hırkayı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1950</v>
+        <v>380</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789759956295</t>
+          <t>9789759955496</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Vaaz ve Dua</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759956219</t>
+          <t>9789759953362</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
+          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789759956110</t>
+          <t>9789759953881</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Yüklenen Anlamlar</t>
+          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>4444444444002</t>
+          <t>9789759955731</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759956011</t>
+          <t>9789759955656</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Rus İşgali</t>
+          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789759953683</t>
+          <t>9786255629043</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk Kitabı</t>
+          <t>Gönül Mektupları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789759955151</t>
+          <t>9789759957483</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Türk Müzik Kimliği</t>
+          <t>İbn Haldun Tasavvufun Mahiyeti</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257005982</t>
+          <t>9789759953331</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe ve Diğer Oyunlar</t>
+          <t>Uzun Hikaye</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759950699</t>
+          <t>9789759953973</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aka Gündüz'ün Romanlarında Kadın</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789759956080</t>
+          <t>9786256839779</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Doğruluğun Peşinde</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789759956172</t>
+          <t>9786255629074</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İhtişam ve Mutsuzluk</t>
+          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789759956127</t>
+          <t>9789759958251</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hergele</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256839663</t>
+          <t>9789759956233</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786259556185</t>
+          <t>9786255629005</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
+          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>400</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256839014</t>
+          <t>9789759956295</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bir Delideğil Ayna Karşısında</t>
+          <t>Vaaz ve Dua</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786259556178</t>
+          <t>9789759956219</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
+          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789759959661</t>
+          <t>9789759956110</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dante ve İslam</t>
+          <t>Edebiyata Yüklenen Anlamlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257660822</t>
+          <t>4444444444002</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256839939</t>
+          <t>9789759956011</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Ciltli)</t>
+          <t>Erzurum'da Rus İşgali</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257660754</t>
+          <t>9789759953683</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ten Yükünün Sarhoş Tellalı</t>
+          <t>Yoksulluk Kitabı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257660945</t>
+          <t>9789759955151</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Retractationes/ İncelemeler</t>
+          <t>Türk Müzik Kimliği</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789759958961</t>
+          <t>9786257005982</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
+          <t>Tartuffe ve Diğer Oyunlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256839823</t>
+          <t>9789759950699</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
+          <t>Aka Gündüz'ün Romanlarında Kadın</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759955823</t>
+          <t>9789759956080</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Doğruluğun Peşinde</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759955571</t>
+          <t>9789759956172</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>İhtişam ve Mutsuzluk</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759955502</t>
+          <t>9789759956127</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Hergele</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>3990000031041</t>
+          <t>9786256839663</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
+          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789759954574</t>
+          <t>9786259556185</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759959364</t>
+          <t>9786256839014</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Zafer Değil Sefer</t>
+          <t>Bir Delideğil Ayna Karşısında</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786259437270</t>
+          <t>9786259556178</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şeytankaya Tılsımı</t>
+          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789757032670</t>
+          <t>9789759959661</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Ruhu: Erzurum</t>
+          <t>Dante ve İslam</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789757032007</t>
+          <t>9786257660822</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıratım</t>
+          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789759959715</t>
+          <t>9786256839939</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kutuz Hoca’nın Hatıraları</t>
+          <t>Beş Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257005005</t>
+          <t>9786257660754</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
+          <t>Ten Yükünün Sarhoş Tellalı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786259556109</t>
+          <t>9786257660945</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
+          <t>Retractationes/ İncelemeler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256839809</t>
+          <t>9789759958961</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258437355</t>
+          <t>9786256839823</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yıldız'dan Gülistan'a</t>
+          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257005524</t>
+          <t>9789759955823</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Reinhardt’in Bahçesi</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258437997</t>
+          <t>9789759955571</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258437676</t>
+          <t>9789759955502</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>950</v>
+        <v>125</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257660389</t>
+          <t>3990000031041</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Televizyonla İhyası</t>
+          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789759955953</t>
+          <t>9789759954574</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi ve Edebiyat</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759959432</t>
+          <t>9789759959364</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
+          <t>Zafer Değil Sefer</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789759959302</t>
+          <t>9786259437270</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İbnülemin'in Rüyaları</t>
+          <t>Şeytankaya Tılsımı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759958763</t>
+          <t>9789757032670</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>Bir Şehrin Ruhu: Erzurum</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789759958541</t>
+          <t>9789757032007</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kahve Yanında Bir Lokum</t>
+          <t>Siyasi Hatıratım</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759957681</t>
+          <t>9789759959715</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Daima</t>
+          <t>Kutuz Hoca’nın Hatıraları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789759958831</t>
+          <t>9786257005005</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789759959142</t>
+          <t>9786259556109</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Terimleri Sözlüğü</t>
+          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759956707</t>
+          <t>9786256839809</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759956578</t>
+          <t>9786258437355</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Akılcılık</t>
+          <t>Yıldız'dan Gülistan'a</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759957957</t>
+          <t>9786257005524</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Dönüş Miti</t>
+          <t>Reinhardt’in Bahçesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789759954086</t>
+          <t>9786258437997</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığından Sanayiciliğe</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789759953171</t>
+          <t>9786258437676</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Pozitivizm</t>
+          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759953928</t>
+          <t>9786257660389</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>Tarihin Televizyonla İhyası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789759955663</t>
+          <t>9789759955953</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina - Descartes Metafiziği</t>
+          <t>Ahmet Mithat Efendi ve Edebiyat</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759950774</t>
+          <t>9789759959432</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
+          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789759953249</t>
+          <t>9789759959302</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
+          <t>İbnülemin'in Rüyaları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759951849</t>
+          <t>9789759958763</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bursa Mektupları</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759955694</t>
+          <t>9789759958541</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Kahve Yanında Bir Lokum</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759953935</t>
+          <t>9789759957681</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Aklın Anatomisi</t>
+          <t>Masumiyet Daima</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759955595</t>
+          <t>9789759958831</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759956561</t>
+          <t>9789759959142</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi Yazıları</t>
+          <t>Eleştiri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759955458</t>
+          <t>9789759956707</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuat</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759951160</t>
+          <t>9789759956578</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Shakespeare</t>
+          <t>Akılcılık</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789759953034</t>
+          <t>9789759957957</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Dünya Modeli</t>
+          <t>Ebedi Dönüş Miti</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759959456</t>
+          <t>9789759954086</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
+          <t>Toprak Ağalığından Sanayiciliğe</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759958473</t>
+          <t>9789759953171</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>İslamiyet ve Pozitivizm</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759954901</t>
+          <t>9789759953928</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri’nin Hatıraları</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257005340</t>
+          <t>9789759955663</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Aynı Rüyanın İçinde (Ciltli)</t>
+          <t>İbn Sina - Descartes Metafiziği</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759953850</t>
+          <t>9789759950774</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
+          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759955793</t>
+          <t>9789759953249</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759954734</t>
+          <t>9789759951849</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Bursa Mektupları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759959708</t>
+          <t>9789759955694</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Cervantes ve Türk Akdenizi</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789759958121</t>
+          <t>9789759953935</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bilim İle Siyaset Arasında Hatıralar</t>
+          <t>Aklın Anatomisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256839892</t>
+          <t>9789759955595</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258437584</t>
+          <t>9789759956561</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Ahlak Felsefesi Yazıları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258437249</t>
+          <t>9789759955458</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü</t>
+          <t>Beşir Fuat</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258437577</t>
+          <t>9789759951160</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Türkçede Shakespeare</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256839984</t>
+          <t>9789759953034</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kara Kitabı</t>
+          <t>Sömürgeciliğin Dünya Modeli</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789759957889</t>
+          <t>9789759959456</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sancısı</t>
+          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789759953966</t>
+          <t>9789759958473</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256839991</t>
+          <t>9789759954901</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Erverdi Ailesi’nin Şeceresi</t>
+          <t>Niyazi-i Mısri’nin Hatıraları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>130</v>
+        <v>470</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256839946</t>
+          <t>9786257005340</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sûfîlerin Kavramları (Ciltli)</t>
+          <t>Aynı Rüyanın İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759958626</t>
+          <t>9789759953850</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Suat'ın Mektubu</t>
+          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256839953</t>
+          <t>9789759955793</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Ne Demektir?</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258437553</t>
+          <t>9789759954734</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kutsal ve Mitik Dağlar</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256839793</t>
+          <t>9789759959708</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Cervantes ve Türk Akdenizi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256839977</t>
+          <t>9789759958121</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Üzerine Söylev</t>
+          <t>Bilim İle Siyaset Arasında Hatıralar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759952617</t>
+          <t>9786256839892</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Makaleler</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257005821</t>
+          <t>9786258437584</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kışı</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789759954550</t>
+          <t>9786258437249</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 1</t>
+          <t>Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789759958794</t>
+          <t>9786258437577</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Teorisi</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759955786</t>
+          <t>9786256839984</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Aydaki Kadın</t>
+          <t>Mustafa Kara Kitabı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759953515</t>
+          <t>9789759957889</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
+          <t>Değişim Sancısı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256839885</t>
+          <t>9789759953966</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Şaman ve Tengri</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256839908</t>
+          <t>9786256839991</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Rüya Misafirleri</t>
+          <t>Erverdi Ailesi’nin Şeceresi</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256839755</t>
+          <t>9786256839946</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
+          <t>Sûfîlerin Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256839915</t>
+          <t>9789759958626</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Elma Beklesin</t>
+          <t>Suat'ın Mektubu</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257005647</t>
+          <t>9786256839953</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Dağ Ne Kadar Yüce Olsa</t>
+          <t>Düşünmek Ne Demektir?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759955717</t>
+          <t>9786258437553</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Gibi</t>
+          <t>Kutsal ve Mitik Dağlar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>700</v>
+        <v>460</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256839007</t>
+          <t>9786256839793</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759959593</t>
+          <t>9786256839977</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Aramakla Bulunmaz</t>
+          <t>Sömürgecilik Üzerine Söylev</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>4444444442692</t>
+          <t>9789759952617</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
+          <t>Edebiyat Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256839878</t>
+          <t>9786257005821</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Yankısı</t>
+          <t>Akrebin Kışı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256839861</t>
+          <t>9789759954550</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Hikayeler</t>
+          <t>İslamcıların Siyasi Görüşleri 1</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257005036</t>
+          <t>9789759958794</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
+          <t>Edebiyat Teorisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>900</v>
+        <v>520</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256839847</t>
+          <t>9789759955786</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Yeni Zaman</t>
+          <t>Aydaki Kadın</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256839854</t>
+          <t>9789759953515</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Placita Philosophorum - Filozofların Öğretileri</t>
+          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256839762</t>
+          <t>9786256839885</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Sömürgeleştirilmesi</t>
+          <t>Şaman ve Tengri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256839830</t>
+          <t>9786256839908</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Adamları</t>
+          <t>Rüya Misafirleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789759958985</t>
+          <t>9786256839755</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Melali</t>
+          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256839816</t>
+          <t>9786256839915</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Mahallesinde Bir Aile</t>
+          <t>Elma Beklesin</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256839748</t>
+          <t>9786257005647</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Dağ Ne Kadar Yüce Olsa</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256839472</t>
+          <t>9789759955717</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Yaşadığım Gibi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256839724</t>
+          <t>9786256839007</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256839700</t>
+          <t>9789759959593</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tercümeler</t>
+          <t>Aramakla Bulunmaz</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256839588</t>
+          <t>4444444442692</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>335</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256839694</t>
+          <t>9786256839878</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Uzakların Yankısı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789759953102</t>
+          <t>9786256839861</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş</t>
+          <t>Unutulmuş Hikayeler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256839625</t>
+          <t>9786257005036</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
+          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>3000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257005746</t>
+          <t>9786256839847</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
+          <t>Eski Türkçe Yeni Zaman</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789759959203</t>
+          <t>9786256839854</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Placita Philosophorum - Filozofların Öğretileri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759953010</t>
+          <t>9786256839762</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzeldir</t>
+          <t>Mısır’ın Sömürgeleştirilmesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257660747</t>
+          <t>9786256839830</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi</t>
+          <t>Başkanın Adamları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789759955724</t>
+          <t>9789759958985</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
+          <t>Ağustos Melali</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257660952</t>
+          <t>9786256839816</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Pontus Macerası</t>
+          <t>Süleymaniye Mahallesinde Bir Aile</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789759953096</t>
+          <t>9786256839748</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tahir Sami Bey’in Özel Hayatı</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257660792</t>
+          <t>9786256839472</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sorun Nedir?</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789759955779</t>
+          <t>9786256839724</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257005937</t>
+          <t>9786256839700</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türklerin ve Moğolların Eski Dini</t>
+          <t>Tercümeler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257005371</t>
+          <t>9786256839588</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>450</v>
+        <v>335</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256839151</t>
+          <t>9786256839694</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256839717</t>
+          <t>9789759953102</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sınıf</t>
+          <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256839687</t>
+          <t>9786256839625</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Fasıldır Ey Ömrüm</t>
+          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>450</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256839557</t>
+          <t>9786257005746</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256839670</t>
+          <t>9789759959203</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Irmak</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256839540</t>
+          <t>9789759953010</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Açık Beyaz</t>
+          <t>Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256839601</t>
+          <t>9786257660747</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
+          <t>Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258437225</t>
+          <t>9789759955724</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256839533</t>
+          <t>9786257660952</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Şakıyan’ın Alametifarikası</t>
+          <t>Dünden Bugüne Pontus Macerası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256839595</t>
+          <t>9789759953096</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aş Haddini Aşma</t>
+          <t>Tahir Sami Bey’in Özel Hayatı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256839571</t>
+          <t>9786257660792</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>Sorun Nedir?</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256839564</t>
+          <t>9789759955779</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257005708</t>
+          <t>9786257005937</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Türklerin ve Moğolların Eski Dini</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256839526</t>
+          <t>9786257005371</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256839199</t>
+          <t>9786256839151</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Köşe</t>
+          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256839458</t>
+          <t>9786256839717</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
+          <t>Sınıf</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256839144</t>
+          <t>9786256839687</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
+          <t>Bu Son Fasıldır Ey Ömrüm</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256839168</t>
+          <t>9786256839557</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Altay Türklerinde Ölüm</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256839519</t>
+          <t>9786256839670</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>İçimizden Geçen Irmak</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256839496</t>
+          <t>9786256839540</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yağmuru</t>
+          <t>Açık Beyaz</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256839502</t>
+          <t>9786256839601</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Monsieur Teste</t>
+          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256839489</t>
+          <t>9786258437225</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256839465</t>
+          <t>9786256839533</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Efendi'nin Rüyaları</t>
+          <t>Şakıyan’ın Alametifarikası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257660891</t>
+          <t>9786256839595</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Kendini Aş Haddini Aşma</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258437102</t>
+          <t>9786256839571</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256839083</t>
+          <t>9786256839564</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258437881</t>
+          <t>9786257005708</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256839205</t>
+          <t>9786256839526</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Olan Hiçbir Şeyi</t>
+          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256839106</t>
+          <t>9786256839199</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Kütüğü Yaktık</t>
+          <t>Yedi İklim Dört Köşe</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257660228</t>
+          <t>9786256839458</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Babur Büyük Moğolların Tarihi</t>
+          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256839045</t>
+          <t>9786256839144</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256839052</t>
+          <t>9786256839168</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2</t>
+          <t>Altay Türklerinde Ölüm</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256839038</t>
+          <t>9786256839519</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256839175</t>
+          <t>9786256839496</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir Hac Yolculuğunun Günlükleri</t>
+          <t>Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257660082</t>
+          <t>9786256839502</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Büyük Varlık Zinciri</t>
+          <t>Monsieur Teste</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256839137</t>
+          <t>9786256839489</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Coriolanus</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256839090</t>
+          <t>9786256839465</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olma İmkanı</t>
+          <t>Abdullah Efendi'nin Rüyaları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256839076</t>
+          <t>9786257660891</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256839120</t>
+          <t>9786258437102</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
+          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256839113</t>
+          <t>9786256839083</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Son Romantikler</t>
+          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256839182</t>
+          <t>9786258437881</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Biz de Boş Adam Değiliz</t>
+          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258437911</t>
+          <t>9786256839205</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Oto-Analiz İçin Taslak</t>
+          <t>Gözleri Olan Hiçbir Şeyi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256839021</t>
+          <t>9786256839106</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Bir Aşk Kütüğü Yaktık</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258437805</t>
+          <t>9786257660228</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Temel Görüşleri</t>
+          <t>Babur Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258437966</t>
+          <t>9786256839045</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü’l-Hakayık</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258437935</t>
+          <t>9786256839052</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Bir Nevabit</t>
+          <t>Şiir Tahlilleri 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258437218</t>
+          <t>9786256839038</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258437256</t>
+          <t>9786256839175</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Müftü Arasında Hatıralarım</t>
+          <t>Bir Hac Yolculuğunun Günlükleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258437973</t>
+          <t>9786257660082</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Bekarlar Balosu</t>
+          <t>Büyük Varlık Zinciri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258437980</t>
+          <t>9786256839137</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Buşido Japon Savaş Sanatı</t>
+          <t>Coriolanus</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258437829</t>
+          <t>9786256839090</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kitap Sevenler Cemiyeti</t>
+          <t>Devlet Olma İmkanı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258437874</t>
+          <t>9786256839076</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet (Ciltli)</t>
+          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>1150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258437508</t>
+          <t>9786256839120</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ticari Kapitalizmin Kısa Tarihi</t>
+          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258437768</t>
+          <t>9786256839113</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
+          <t>Son Romantikler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>1150</v>
+        <v>150</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258437645</t>
+          <t>9786256839182</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
+          <t>Biz de Boş Adam Değiliz</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255629081</t>
+          <t>9786258437911</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Teyzeler ve Maymunlar</t>
+          <t>Bir Oto-Analiz İçin Taslak</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258437690</t>
+          <t>9786256839021</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Madde Olmayan Kısmı</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258437867</t>
+          <t>9786258437805</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
+          <t>İbn Haldun'un Temel Görüşleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258437836</t>
+          <t>9786258437966</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ariel</t>
+          <t>Zübdetü’l-Hakayık</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258437843</t>
+          <t>9786258437935</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
+          <t>Türk Düşüncesinde Bir Nevabit</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258437782</t>
+          <t>9786258437218</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yazdı Kış</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258437904</t>
+          <t>9786258437256</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
+          <t>Efendi İle Müftü Arasında Hatıralarım</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258437850</t>
+          <t>9786258437973</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhtıranın Son Yaprakları</t>
+          <t>Bekarlar Balosu</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258437898</t>
+          <t>9786258437980</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Eserlerimi Nasıl Yazdım</t>
+          <t>Buşido Japon Savaş Sanatı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258437812</t>
+          <t>9786258437829</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet</t>
+          <t>Kitap Sevenler Cemiyeti</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258437928</t>
+          <t>9786258437874</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Masum</t>
+          <t>Din ve Milliyet (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>330</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258437683</t>
+          <t>9786258437508</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
+          <t>Ticari Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258437447</t>
+          <t>9786258437768</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Tekinalp - Uyumun Havarisi</t>
+          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>480</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258437621</t>
+          <t>9786258437645</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Seza Hanım ve Kedileri</t>
+          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>140</v>
+        <v>950</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258437607</t>
+          <t>9786255629081</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ses Efekti</t>
+          <t>Teyzeler ve Maymunlar</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258437522</t>
+          <t>9786258437690</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sel Gider Kum Kalır</t>
+          <t>İnsanın Madde Olmayan Kısmı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258437720</t>
+          <t>9786258437867</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
+          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258437430</t>
+          <t>9786258437836</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sahnesi</t>
+          <t>Ariel</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258437706</t>
+          <t>9786258437843</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
+          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258437423</t>
+          <t>9786258437782</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Melekler Mezarlığı</t>
+          <t>Yazdı Kış</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258437614</t>
+          <t>9786258437904</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kuşa Benzeme Oyunu</t>
+          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258437713</t>
+          <t>9786258437850</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - İkinci Kritik</t>
+          <t>Bir Muhtıranın Son Yaprakları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258437492</t>
+          <t>9786258437898</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
+          <t>Eserlerimi Nasıl Yazdım</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>860</v>
+        <v>180</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258437478</t>
+          <t>9786258437812</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İskendername: Şerefname - İkbalname</t>
+          <t>Din ve Milliyet</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258437737</t>
+          <t>9786258437928</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Masum</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258437461</t>
+          <t>9786258437683</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
+          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258437751</t>
+          <t>9786258437447</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü</t>
+          <t>Tekinalp - Uyumun Havarisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>950</v>
+        <v>480</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258437546</t>
+          <t>9786258437621</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ervehe - Annemin Kitabı</t>
+          <t>Seza Hanım ve Kedileri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258437485</t>
+          <t>9786258437607</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Duygu Haritası</t>
+          <t>Ses Efekti</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258437638</t>
+          <t>9786258437522</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çik ve Puşkin</t>
+          <t>Sel Gider Kum Kalır</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258437652</t>
+          <t>9786258437720</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler ve Ayrıkotları</t>
+          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257660143</t>
+          <t>9786258437430</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Elifbeden Alfabeye</t>
+          <t>Osmanlı Sahnesi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257660433</t>
+          <t>9786258437706</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
+          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258437669</t>
+          <t>9786258437423</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Yeni Osmanlılar</t>
+          <t>Melekler Mezarlığı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257660266</t>
+          <t>9786258437614</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
+          <t>Kuşa Benzeme Oyunu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258437539</t>
+          <t>9786258437713</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
+          <t>Kant Okumaları - İkinci Kritik</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258437591</t>
+          <t>9786258437492</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
+          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>850</v>
+        <v>860</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258437515</t>
+          <t>9786258437478</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kendileyiş</t>
+          <t>İskendername: Şerefname - İkbalname</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257660600</t>
+          <t>9786258437737</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihinin Çeşitliliği</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258437454</t>
+          <t>9786258437461</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Günler</t>
+          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258437386</t>
+          <t>9786258437751</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
+          <t>Fars Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258437379</t>
+          <t>9786258437546</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Alaska'da Bir Kayın</t>
+          <t>Ervehe - Annemin Kitabı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258437393</t>
+          <t>9786258437485</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yer Çok ve Adımlarımız</t>
+          <t>Edebiyatın Duygu Haritası</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258437416</t>
+          <t>9786258437638</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
+          <t>Çik ve Puşkin</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258437348</t>
+          <t>9786258437652</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geçmiyor mu Buralardan</t>
+          <t>Çiçekler ve Ayrıkotları</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258437317</t>
+          <t>9786257660143</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Taş Et Ot</t>
+          <t>Elifbeden Alfabeye</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258437294</t>
+          <t>9786257660433</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Nedir?</t>
+          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258437324</t>
+          <t>9786258437669</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kaz Ayağı</t>
+          <t>İstanbul ve Yeni Osmanlılar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>130</v>
+        <v>560</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258437263</t>
+          <t>9786257660266</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlüğün Peşinde</t>
+          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258437331</t>
+          <t>9786258437539</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ademin Kardeşleri</t>
+          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258437409</t>
+          <t>9786258437591</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Dört Ebedi Doruk</t>
+          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258437362</t>
+          <t>9786258437515</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğanın Aynası</t>
+          <t>Kendileyiş</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258437041</t>
+          <t>9786257660600</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dinin Anlamı ve Sonu</t>
+          <t>Kültür Tarihinin Çeşitliliği</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258437140</t>
+          <t>9786258437454</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Husserl Ve Frege’de ‘Anlam’</t>
+          <t>İçimden Geçen Günler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258437171</t>
+          <t>9786258437386</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ve Gölge</t>
+          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258437195</t>
+          <t>9786258437379</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
+          <t>Alaska'da Bir Kayın</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258437201</t>
+          <t>9786258437393</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
+          <t>Yer Çok ve Adımlarımız</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258437096</t>
+          <t>9786258437416</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258437164</t>
+          <t>9786258437348</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Nutuklar ve Konferanslar</t>
+          <t>Köroğlu Geçmiyor mu Buralardan</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257660914</t>
+          <t>9786258437317</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Çözülemeyen Bulmaca</t>
+          <t>Taş Et Ot</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258437157</t>
+          <t>9786258437294</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Dini Matbuat</t>
+          <t>Sosyoloji Nedir?</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257660976</t>
+          <t>9786258437324</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Ve Gençlik Hatıraları</t>
+          <t>Kaz Ayağı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258437188</t>
+          <t>9786258437263</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İşin Doğrusu</t>
+          <t>Gerçek Özgürlüğün Peşinde</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258437133</t>
+          <t>9786258437331</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Trajedisi</t>
+          <t>Ademin Kardeşleri</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258437010</t>
+          <t>9786258437409</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
+          <t>Edebiyatımızda Dört Ebedi Doruk</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258437065</t>
+          <t>9786258437362</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
+          <t>Felsefe ve Doğanın Aynası</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257660655</t>
+          <t>9786258437041</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
+          <t>Dinin Anlamı ve Sonu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>2500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258437003</t>
+          <t>9786258437140</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
+          <t>Husserl Ve Frege’de ‘Anlam’</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257660723</t>
+          <t>9786258437171</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
+          <t>Güneş Ve Gölge</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258437058</t>
+          <t>9786258437195</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Neft ve Petrol</t>
+          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258437126</t>
+          <t>9786258437201</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
+          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257660440</t>
+          <t>9786258437096</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hint Kutsal Metinleri - Upanişadlar</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258437072</t>
+          <t>9786258437164</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı</t>
+          <t>Nutuklar ve Konferanslar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257660594</t>
+          <t>9786257660914</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
+          <t>Çözülemeyen Bulmaca</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257660501</t>
+          <t>9786258437157</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
+          <t>Osmanlı'da Dini Matbuat</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257660112</t>
+          <t>9786257660976</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Öncüleri</t>
+          <t>Çocukluk Ve Gençlik Hatıraları</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257660242</t>
+          <t>9786258437188</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Pak Ceddi Pak</t>
+          <t>Yanlış İşin Doğrusu</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257660372</t>
+          <t>9786258437133</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kamelyalı Kadın</t>
+          <t>Gündelik Hayatın Trajedisi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257005197</t>
+          <t>9786258437010</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257660761</t>
+          <t>9786258437065</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
+          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257660365</t>
+          <t>9786257660655</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Güneşe</t>
+          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>280</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257005722</t>
+          <t>9786258437003</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tanış Olalım</t>
+          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257660129</t>
+          <t>9786257660723</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Eşyadan Say</t>
+          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257660716</t>
+          <t>9786258437058</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler Edebiyata Girince</t>
+          <t>Osmanlı’da Neft ve Petrol</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257660570</t>
+          <t>9786258437126</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
+          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257660402</t>
+          <t>9786257660440</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
+          <t>Hint Kutsal Metinleri - Upanişadlar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257660549</t>
+          <t>9786258437072</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'yı Taşralaştırmak</t>
+          <t>Sa'di-yi Şirazi Divanı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789759959227</t>
+          <t>9786257660594</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Mumlar</t>
+          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789759955618</t>
+          <t>9786257660501</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789759952914</t>
+          <t>9786257660112</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İktisat Tarihi</t>
+          <t>Sosyolojinin Öncüleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789759953751</t>
+          <t>9786257660242</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
+          <t>Ruhu Pak Ceddi Pak</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257660624</t>
+          <t>9786257660372</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım)</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257660310</t>
+          <t>9786257005197</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257660907</t>
+          <t>9786257660761</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257660884</t>
+          <t>9786257660365</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sabahı Beklemeden</t>
+          <t>Gölgeden Güneşe</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257660990</t>
+          <t>9786257005722</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Gelin Tanış Olalım</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258437034</t>
+          <t>9786257660129</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
+          <t>Eşyadan Say</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257660785</t>
+          <t>9786257660716</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>Çingeneler Edebiyata Girince</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257660921</t>
+          <t>9786257660570</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257660969</t>
+          <t>9786257660402</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257660983</t>
+          <t>9786257660549</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şerhu’s - Sima</t>
+          <t>Avrupa'yı Taşralaştırmak</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257660617</t>
+          <t>9789759959227</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 2. Cilt</t>
+          <t>Eriyen Mumlar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257660730</t>
+          <t>9789759955618</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257660488</t>
+          <t>9789759952914</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Poetikası</t>
+          <t>Türkiye İktisat Tarihi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257660778</t>
+          <t>9789759953751</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
+          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257660563</t>
+          <t>9786257660624</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kliniğin Doğuşu</t>
+          <t>Safahat (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257660532</t>
+          <t>9786257660310</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Çegemli Sandro Dayı</t>
+          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257660587</t>
+          <t>9786257660907</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257005906</t>
+          <t>9786257660884</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ömür Süvarisi</t>
+          <t>Sabahı Beklemeden</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257660525</t>
+          <t>9786257660990</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>850</v>
+        <v>440</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257660709</t>
+          <t>9786258437034</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Telemakhos’un Maceraları</t>
+          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257660105</t>
+          <t>9786257660785</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
+          <t>Tanburi Cemil Bey</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257660419</t>
+          <t>9786257660921</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Megaralı Theognis Üzerine</t>
+          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257660556</t>
+          <t>9786257660969</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
+          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257660495</t>
+          <t>9786257660983</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Atlamadığı Balkonlar</t>
+          <t>Şerhu’s - Sima</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257660464</t>
+          <t>9786257660617</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Müdafaa 2. Cilt</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257660471</t>
+          <t>9786257660730</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kaldıramadığım Yükler</t>
+          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>130</v>
+        <v>590</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257660167</t>
+          <t>9786257660488</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ademin Yolculuğu - Toplu Şiirler</t>
+          <t>İkinci Yeni Poetikası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257660457</t>
+          <t>9786257660778</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Orada Merhamet Varmış</t>
+          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257005845</t>
+          <t>9786257660563</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Saltanata Dönüşmesi</t>
+          <t>Kliniğin Doğuşu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257660075</t>
+          <t>9786257660532</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ya Paranı Ya Canını</t>
+          <t>Çegemli Sandro Dayı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257660280</t>
+          <t>9786257660587</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
+          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257660303</t>
+          <t>9786257005906</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Mişa Kitabı</t>
+          <t>Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257660334</t>
+          <t>9786257660525</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Selam Olsun</t>
+          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>130</v>
+        <v>850</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257660341</t>
+          <t>9786257660709</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Dindar Modern İtaatkar</t>
+          <t>Telemakhos’un Maceraları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257005418</t>
+          <t>9786257660105</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Melamet Risaleleri</t>
+          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257660273</t>
+          <t>9786257660419</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Zalimdir</t>
+          <t>Megaralı Theognis Üzerine</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257660259</t>
+          <t>9786257660556</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Mirsadü'l-İbad</t>
+          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257660150</t>
+          <t>9786257660495</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Kimsenin Atlamadığı Balkonlar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257660099</t>
+          <t>9786257660464</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - Birinci Kritik</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257005999</t>
+          <t>9786257660471</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
+          <t>Bazı Kaldıramadığım Yükler</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257660044</t>
+          <t>9786257660167</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Ademin Yolculuğu - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257660037</t>
+          <t>9786257660457</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
+          <t>Orada Merhamet Varmış</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257660051</t>
+          <t>9786257005845</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Hilafetin Saltanata Dönüşmesi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>175</v>
+        <v>520</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257660013</t>
+          <t>9786257660075</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 1.Cilt</t>
+          <t>Ya Paranı Ya Canını</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257005951</t>
+          <t>9786257660280</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kitapları</t>
+          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257005661</t>
+          <t>9786257660303</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
+          <t>Mişa Kitabı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789759958138</t>
+          <t>9786257660334</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dili</t>
+          <t>Selam Olsun</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789759957049</t>
+          <t>9786257660341</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
+          <t>Dindar Modern İtaatkar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257005920</t>
+          <t>9786257005418</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Tütün Risalesi</t>
+          <t>Melamet Risaleleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257005975</t>
+          <t>9786257660273</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Siyaset Zalimdir</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>980</v>
+        <v>700</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257005968</t>
+          <t>9786257660259</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
+          <t>Mirsadü'l-İbad</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257005692</t>
+          <t>9786257660150</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257005517</t>
+          <t>9786257660099</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücut</t>
+          <t>Kant Okumaları - Birinci Kritik</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257005944</t>
+          <t>9786257005999</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
+          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789759959876</t>
+          <t>9786257660044</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Musli</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257005654</t>
+          <t>9786257660037</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Nasıl Sevilir</t>
+          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257005869</t>
+          <t>9786257660051</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Borçlandırılmış İnsanın İmali</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257005579</t>
+          <t>9786257660013</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet</t>
+          <t>Müdafaa 1.Cilt</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257005739</t>
+          <t>9786257005951</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Keçiler Dönemi</t>
+          <t>Babamın Kitapları</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257005555</t>
+          <t>9786257005661</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257005784</t>
+          <t>9789759958138</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerin Yorumlanması</t>
+          <t>Kuş Dili</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257005623</t>
+          <t>9789759957049</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Melek Kavşağı</t>
+          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257005494</t>
+          <t>9786257005920</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Tütün Risalesi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257005531</t>
+          <t>9786257005975</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Karbon Demokrasi</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>500</v>
+        <v>980</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257005609</t>
+          <t>9786257005968</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Rudeki-yi Semerkandi Divanı</t>
+          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257005586</t>
+          <t>9786257005692</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Atını Çalan Çocuk</t>
+          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257005562</t>
+          <t>9786257005517</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Görgü Tanığı</t>
+          <t>Vahdet-i Vücut</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257005593</t>
+          <t>9786257005944</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Yunan Diyarında Kurban Mutfağı</t>
+          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>430</v>
+        <v>850</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257005548</t>
+          <t>9789759959876</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
+          <t>Süleyman Musli</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257005500</t>
+          <t>9786257005654</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Henüz On Yedi Yaşında</t>
+          <t>Yusuf Nasıl Sevilir</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257005463</t>
+          <t>9786257005869</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarlasında Bir Eksik</t>
+          <t>Borçlandırılmış İnsanın İmali</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257005388</t>
+          <t>9786257005579</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
+          <t>Bir Cinayet</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>750</v>
+        <v>210</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257005456</t>
+          <t>9786257005739</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Usta Konuşmak İstiyor</t>
+          <t>Keçiler Dönemi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257005487</t>
+          <t>9786257005555</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bitemeyen</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257005470</t>
+          <t>9786257005784</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ademin Duaları</t>
+          <t>Kültürlerin Yorumlanması</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257660006</t>
+          <t>9786257005623</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Durkheim ve Modern Eğitim</t>
+          <t>Melek Kavşağı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257005203</t>
+          <t>9786257005494</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257005289</t>
+          <t>9786257005531</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Manihaist Bir İlahi Huyadagman</t>
+          <t>Karbon Demokrasi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257005296</t>
+          <t>9786257005609</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanla Karşılaşmak</t>
+          <t>Rudeki-yi Semerkandi Divanı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257005210</t>
+          <t>9786257005586</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+          <t>Atilla’nın Atını Çalan Çocuk</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257005333</t>
+          <t>9786257005562</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 2</t>
+          <t>Görgü Tanığı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257005326</t>
+          <t>9786257005593</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 1</t>
+          <t>Yunan Diyarında Kurban Mutfağı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789759959845</t>
+          <t>9786257005548</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
+          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789759959722</t>
+          <t>9786257005500</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
+          <t>Henüz On Yedi Yaşında</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257005258</t>
+          <t>9786257005463</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
+          <t>Mısır Tarlasında Bir Eksik</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257005234</t>
+          <t>9786257005388</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Vefakar Kadınım</t>
+          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789759959906</t>
+          <t>9786257005456</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Usta Konuşmak İstiyor</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257005159</t>
+          <t>9786257005487</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
+          <t>Bitemeyen</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257005166</t>
+          <t>9786257005470</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan</t>
+          <t>Ademin Duaları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257005265</t>
+          <t>9786257660006</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Üç Ermişi</t>
+          <t>Durkheim ve Modern Eğitim</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789759959814</t>
+          <t>9786257005203</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
+          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257005173</t>
+          <t>9786257005289</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Bir Düşünür Abay</t>
+          <t>Manihaist Bir İlahi Huyadagman</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257005098</t>
+          <t>9786257005296</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Yazıcızade Ali’nin Oğuznamesi</t>
+          <t>Bir İnsanla Karşılaşmak</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257005081</t>
+          <t>9786257005210</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kedi Edebiyatı</t>
+          <t>Şeyh-i Ekber’i Niçin Severim?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257005227</t>
+          <t>9786257005333</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi ile Toprağa Dönüş</t>
+          <t>Ömer Seyfettin - Hikayeler 2</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257005142</t>
+          <t>9786257005326</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Teslim</t>
+          <t>Ömer Seyfettin - Hikayeler 1</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257005135</t>
+          <t>9789759959845</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dolanan Sarmaşık</t>
+          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257005128</t>
+          <t>9789759959722</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hatırlı Yara</t>
+          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257005074</t>
+          <t>9786257005258</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İsmail Tunalı Düşüncesi</t>
+          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257005067</t>
+          <t>9786257005234</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Nermi Uygur</t>
+          <t>Sevgili Vefakar Kadınım</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257005050</t>
+          <t>9789759959906</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Modernitenin Cinsiyeti</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789759959944</t>
+          <t>9786257005159</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
+          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789759959869</t>
+          <t>9786257005166</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
+          <t>Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257005012</t>
+          <t>9786257005265</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
+          <t>Anadolu’nun Üç Ermişi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789759959968</t>
+          <t>9789759959814</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilme Teorisi</t>
+          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789759959913</t>
+          <t>9786257005173</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Vah</t>
+          <t>Hümanist Bir Düşünür Abay</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789759959081</t>
+          <t>9786257005098</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp'in Tenkidi</t>
+          <t>Yazıcızade Ali’nin Oğuznamesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789759959951</t>
+          <t>9786257005081</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 2</t>
+          <t>Kedi Edebiyatı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789759959999</t>
+          <t>9786257005227</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Kalbin Sesi ile Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789759959982</t>
+          <t>9786257005142</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Teslim</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789759959975</t>
+          <t>9786257005135</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
+          <t>Kendine Dolanan Sarmaşık</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789759959777</t>
+          <t>9786257005128</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Kanatlar</t>
+          <t>Hatırlı Yara</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789759959890</t>
+          <t>9786257005074</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Pervin-i İtisami Divanı</t>
+          <t>İsmail Tunalı Düşüncesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789759959784</t>
+          <t>9786257005067</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Doğum Lekesi</t>
+          <t>Düşünceleriyle Nermi Uygur</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789759959760</t>
+          <t>9786257005050</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Dönüşümü</t>
+          <t>Modernitenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789759959807</t>
+          <t>9789759959944</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
+          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789759959852</t>
+          <t>9789759959869</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kapısında Büyümek</t>
+          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789759959821</t>
+          <t>9786257005012</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789759959753</t>
+          <t>9789759959968</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
+          <t>Bir Bilme Teorisi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789759959692</t>
+          <t>9789759959913</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
+          <t>Vah</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789759959647</t>
+          <t>9789759959081</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Savaş</t>
+          <t>Ziya Gökalp'in Tenkidi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789759959630</t>
+          <t>9789759959951</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Kuyusu</t>
+          <t>İslamcıların Siyasi Görüşleri 2</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789759959319</t>
+          <t>9789759959999</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789759959586</t>
+          <t>9789759959982</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler Hep Senin Yüzünden</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789759959623</t>
+          <t>9789759959975</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-Name</t>
+          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789759959548</t>
+          <t>9789759959777</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hint Düşüncesinde İslam Algısı</t>
+          <t>Tedirgin Kanatlar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789759959579</t>
+          <t>9789759959890</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kaza Süsü</t>
+          <t>Pervin-i İtisami Divanı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>140</v>
+        <v>660</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789759959531</t>
+          <t>9789759959784</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
+          <t>Doğum Lekesi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789759959326</t>
+          <t>9789759959760</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Musahabat-ı Leyliye</t>
+          <t>Edebiyatın Dönüşümü</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789759959357</t>
+          <t>9789759959807</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sevda-yı Sa'y ü Amel</t>
+          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789759959012</t>
+          <t>9789759959852</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
+          <t>Osmanlı Kapısında Büyümek</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789759959470</t>
+          <t>9789759959821</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Fırtınayı Kucaklamak</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789759959340</t>
+          <t>9789759959753</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Su Üzerinde Dans</t>
+          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789759959333</t>
+          <t>9789759959692</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
+          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789759959449</t>
+          <t>9789759959647</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Karikatür</t>
+          <t>Mutlak Savaş</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789759958817</t>
+          <t>9789759959630</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Benim İçimde</t>
+          <t>Kimlik Kuyusu</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789759959425</t>
+          <t>9789759959319</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür Üzerine Yazılar</t>
+          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789759959401</t>
+          <t>9789759959586</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
+          <t>Başıma Gelenler Hep Senin Yüzünden</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789759959388</t>
+          <t>9789759959623</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
+          <t>Ramazan-Name</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789759959210</t>
+          <t>9789759959548</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Üstelik Sarışın</t>
+          <t>Hint Düşüncesinde İslam Algısı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789759959395</t>
+          <t>9789759959579</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye</t>
+          <t>Kaza Süsü</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>950</v>
+        <v>140</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789759959180</t>
+          <t>9789759959531</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Türk Mesnevi Edebiyatı</t>
+          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>540</v>
+        <v>380</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789759959371</t>
+          <t>9789759959326</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
+          <t>Musahabat-ı Leyliye</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789759959418</t>
+          <t>9789759959357</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yayla Dumanı - Bütün Eserleri</t>
+          <t>Sevda-yı Sa'y ü Amel</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789759959289</t>
+          <t>9789759959012</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatandan Bir Vatana</t>
+          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789759959296</t>
+          <t>9789759959470</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sınırları</t>
+          <t>Fırtınayı Kucaklamak</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789759958848</t>
+          <t>9789759959340</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sözün Güzeli Erzurum</t>
+          <t>Ateş ve Su Üzerinde Dans</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789759958329</t>
+          <t>9789759959333</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Alıştırmaları</t>
+          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789759957063</t>
+          <t>9789759959449</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
+          <t>Karikatür</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>740</v>
+        <v>270</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789759959272</t>
+          <t>9789759958817</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
+          <t>Gurbet Benim İçimde</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>680</v>
+        <v>170</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789759959067</t>
+          <t>9789759959425</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Dil ve Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789759959197</t>
+          <t>9789759959401</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789759959074</t>
+          <t>9789759959388</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789759959173</t>
+          <t>9789759959210</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Said Halet Efendi</t>
+          <t>Üstelik Sarışın</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257005111</t>
+          <t>9789759959395</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu Tarihi</t>
+          <t>Muhammediye</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>880</v>
+        <v>950</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789759958947</t>
+          <t>9789759959180</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Silahları</t>
+          <t>Türk Mesnevi Edebiyatı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789759958916</t>
+          <t>9789759959371</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>İtikat ve Siyaset</t>
+          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789759959159</t>
+          <t>9789759959418</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
+          <t>Yayla Dumanı - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789759959135</t>
+          <t>9789759959289</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitabı</t>
+          <t>Bir Vatandan Bir Vatana</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789759958862</t>
+          <t>9789759959296</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Musiki</t>
+          <t>Eleştirinin Sınırları</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789759959128</t>
+          <t>9789759958848</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Sözün Güzeli Erzurum</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789759959098</t>
+          <t>9789759958329</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
+          <t>Kurmaca Alıştırmaları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>1000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789759957070</t>
+          <t>9789759957063</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Edebiyat</t>
+          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789759958992</t>
+          <t>9789759959272</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789759959050</t>
+          <t>9789759959067</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anatomisi</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257005883</t>
+          <t>9789759959197</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>En-Necat - Felsefenin Temel Konuları</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789759959036</t>
+          <t>9789759959074</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kıyılarında</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789759959005</t>
+          <t>9789759959173</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
+          <t>Mehmed Said Halet Efendi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789759958893</t>
+          <t>9786257005111</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Yapısı ve Sorunları</t>
+          <t>Moğol İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>500</v>
+        <v>880</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789759958909</t>
+          <t>9789759958947</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Sultanın Silahları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789759957735</t>
+          <t>9789759958916</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
+          <t>İtikat ve Siyaset</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789759957933</t>
+          <t>9789759959159</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İbni Teymiye'ye Göre İbn Arabi</t>
+          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789759958480</t>
+          <t>9789759959135</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Şuurun Doğrudan Doğruya Verileri</t>
+          <t>Çiçek Kitabı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789759958824</t>
+          <t>9789759958862</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İffet</t>
+          <t>Saray ve Musiki</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789759958800</t>
+          <t>9789759959128</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>560</v>
+        <v>350</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789759958633</t>
+          <t>9789759959098</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
+          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789759958664</t>
+          <t>9789759957070</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
+          <t>Hermeneutik ve Edebiyat</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789759959265</t>
+          <t>9789759958992</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Nasıl Ölür</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789759958503</t>
+          <t>9789759959050</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
+          <t>Hayatın Anatomisi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789759958787</t>
+          <t>9786257005883</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Yahut Arzuhal</t>
+          <t>En-Necat - Felsefenin Temel Konuları</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789759958657</t>
+          <t>9789759959036</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
+          <t>Edebiyatın Kıyılarında</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789759958770</t>
+          <t>9789759959005</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
+          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789759958589</t>
+          <t>9789759958893</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
+          <t>Felsefenin Yapısı ve Sorunları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789759958640</t>
+          <t>9789759958909</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789759958206</t>
+          <t>9789759957735</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Pol Molla'nın Hikayesi</t>
+          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789759958671</t>
+          <t>9789759957933</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik Yazıları</t>
+          <t>İbni Teymiye'ye Göre İbn Arabi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789759958619</t>
+          <t>9789759958480</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Alkestis - Medeia - Elektra</t>
+          <t>Şuurun Doğrudan Doğruya Verileri</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789759958565</t>
+          <t>9789759958824</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhafazakarlığında Bir Cevelan</t>
+          <t>İffet</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789759958572</t>
+          <t>9789759958800</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
+          <t>Edebiyat Yazıları 2</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759958411</t>
+          <t>9789759958633</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin</t>
+          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789759958404</t>
+          <t>9789759958664</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Mahcubiyet Öyküleri</t>
+          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789759958398</t>
+          <t>9789759959265</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Uçsun Varsın</t>
+          <t>Bir Japon Nasıl Ölür</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789759958497</t>
+          <t>9789759958503</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
+          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789759958558</t>
+          <t>9789759958787</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Fransa Sefaretnamesi</t>
+          <t>İlmihal Yahut Arzuhal</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789759958510</t>
+          <t>9789759958657</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
+          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789759958527</t>
+          <t>9789759958770</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>530</v>
+        <v>650</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789759958374</t>
+          <t>9789759958589</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Kızı</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789759958183</t>
+          <t>9789759958640</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyadan Vatana</t>
+          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789759958336</t>
+          <t>9789759958206</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
+          <t>Pol Molla'nın Hikayesi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789759958367</t>
+          <t>9789759958671</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Metres</t>
+          <t>Sanat ve Estetik Yazıları</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789759958312</t>
+          <t>9789759958619</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengi</t>
+          <t>Alkestis - Medeia - Elektra</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789759958275</t>
+          <t>9789759958565</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
+          <t>Türk Muhafazakarlığında Bir Cevelan</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789759958282</t>
+          <t>9789759958572</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ah! Şiirler (2001 - 2011)</t>
+          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789759958084</t>
+          <t>9789759958411</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
+          <t>Hüsrev ü Şirin</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789759958077</t>
+          <t>9789759958404</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sofistik Düşüncenin Arka Planı</t>
+          <t>Mahcubiyet Öyküleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789759958176</t>
+          <t>9789759958398</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Uçsun Varsın</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789759958381</t>
+          <t>9789759958497</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789759958299</t>
+          <t>9789759958558</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in İzinde</t>
+          <t>Fransa Sefaretnamesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789759958343</t>
+          <t>9789759958510</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kafkas</t>
+          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789759958237</t>
+          <t>9789759958527</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
+          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>950</v>
+        <v>530</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789759958213</t>
+          <t>9789759958374</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
+          <t>Nuh’un Kızı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789759958220</t>
+          <t>9789759958183</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Tekkede Zaman</t>
+          <t>Coğrafyadan Vatana</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>340</v>
+        <v>750</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789759958190</t>
+          <t>9789759958336</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Hüseyin Avni Ulaş</t>
+          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789759958305</t>
+          <t>9789759958367</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşunun Sesi</t>
+          <t>Metres</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789759958145</t>
+          <t>9789759958312</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Defteri</t>
+          <t>Dünyanın Rengi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786257005302</t>
+          <t>9789759958275</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yakın Tarih Biraz Hurafe</t>
+          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789759957087</t>
+          <t>9789759958282</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
+          <t>Ah! Şiirler (2001 - 2011)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789759957605</t>
+          <t>9789759958084</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789759958060</t>
+          <t>9789759958077</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Sofistik Düşüncenin Arka Planı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789759959685</t>
+          <t>9789759958176</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Zaman</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789759958015</t>
+          <t>9789759958381</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler</t>
+          <t>Sayyadane Bir Cevelan</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789759957995</t>
+          <t>9789759958299</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Kırk Yılı</t>
+          <t>Robert Kolej’in İzinde</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789759958053</t>
+          <t>9789759958343</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
+          <t>Kafkas</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789759958022</t>
+          <t>9789759958237</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Heidegger'in Geç Dönem Felsefesi</t>
+          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789759957988</t>
+          <t>9789759958213</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
+          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789759957971</t>
+          <t>9789759958220</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Çeviriler</t>
+          <t>Tekkede Zaman</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789759957964</t>
+          <t>9789759958190</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bahçesinin Gülü Solmadan</t>
+          <t>Erzurumlu Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789759957940</t>
+          <t>9789759958305</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
+          <t>Tarla Kuşunun Sesi</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786257660693</t>
+          <t>9789759958145</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tekamül</t>
+          <t>Bir Ölünün Defteri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789759957872</t>
+          <t>9786257005302</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Arnavutlar Solyotlar</t>
+          <t>Biraz Yakın Tarih Biraz Hurafe</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789759956653</t>
+          <t>9789759957087</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
         </is>
       </c>
       <c r="C796" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786257005104</t>
+          <t>9789759957605</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Topyekün Harp</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789759957865</t>
+          <t>9789759958060</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789759957032</t>
+          <t>9789759959685</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Adlandırmanın Ontoteolojisi</t>
+          <t>Kuşlar ve Zaman</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789759957650</t>
+          <t>9789759958015</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Olmayan Çiçek</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789759955014</t>
+          <t>9789759957995</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'un Kara Günleri</t>
+          <t>Bir Kitabın Kırk Yılı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789759957766</t>
+          <t>9789759958053</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Heideggerin Kulübesi</t>
+          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789759957711</t>
+          <t>9789759958022</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Boşluk</t>
+          <t>Heidegger'in Geç Dönem Felsefesi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258437287</t>
+          <t>9789759957988</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
+          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789759957704</t>
+          <t>9789759957971</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mali Tarihi</t>
+          <t>Tanpınar'dan Çeviriler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789759957728</t>
+          <t>9789759957964</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Ahlak</t>
+          <t>Ömür Bahçesinin Gülü Solmadan</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789759957674</t>
+          <t>9789759957940</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Hırkası</t>
+          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789759957643</t>
+          <t>9786257660693</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Katakofti</t>
+          <t>Yaratıcı Tekamül</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786257660020</t>
+          <t>9789759957872</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Arastanın Son Çırağı</t>
+          <t>Arnavutlar Solyotlar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789759957773</t>
+          <t>9789759956653</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 1</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789759957780</t>
+          <t>9786257005104</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Yazıları</t>
+          <t>Topyekün Harp</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789759957599</t>
+          <t>9789759957865</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Mektepli / Hanım Kızlara</t>
+          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789759957636</t>
+          <t>9789759957032</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Devlet Felsefesi</t>
+          <t>Adlandırmanın Ontoteolojisi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789759956493</t>
+          <t>9789759957650</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
+          <t>Çiçek Olmayan Çiçek</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789759957667</t>
+          <t>9789759955014</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İyiler Ölmez</t>
+          <t>Erzurum'un Kara Günleri</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789759957551</t>
+          <t>9789759957766</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
+          <t>Heideggerin Kulübesi</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789759957520</t>
+          <t>9789759957711</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet İstanbul</t>
+          <t>Hep Aynı Boşluk</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789759957544</t>
+          <t>9786258437287</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Sırları</t>
+          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789759956912</t>
+          <t>9789759957704</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos'un Oyunu</t>
+          <t>Osmanlı Mali Tarihi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789759956509</t>
+          <t>9789759957728</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi</t>
+          <t>Dil ve Ahlak</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789759957056</t>
+          <t>9789759957674</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Erzurumdan Güzel Hatıralar</t>
+          <t>Depresyon Hırkası</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789759954338</t>
+          <t>9789759957643</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Silik Fotoğraflar - Portreler</t>
+          <t>Katakofti</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789759956486</t>
+          <t>9786257660020</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Musiki</t>
+          <t>Arastanın Son Çırağı</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789759958435</t>
+          <t>9789759957773</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
+          <t>Edebiyat Yazıları 1</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789759953089</t>
+          <t>9789759957780</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Ramazan</t>
+          <t>Edebiyat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789759958466</t>
+          <t>9789759957599</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
+          <t>Mini Mini Mektepli / Hanım Kızlara</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789759956745</t>
+          <t>9789759957636</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
+          <t>Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789759956516</t>
+          <t>9789759956493</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Notlar</t>
+          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789759955533</t>
+          <t>9789759957667</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Tirende Bir Keman</t>
+          <t>İyiler Ölmez</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789759956639</t>
+          <t>9789759957551</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
+          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789759955878</t>
+          <t>9789759957520</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir'le Birlikte</t>
+          <t>Bir Demet İstanbul</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257005807</t>
+          <t>9789759957544</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Tevhidin Sırları</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>950</v>
+        <v>500</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789759956684</t>
+          <t>9789759956912</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Herakleitos'un Oyunu</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789759956592</t>
+          <t>9789759956509</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
+          <t>Türkiye'de Din Eğitimi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789759955465</t>
+          <t>9789759957056</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlığın İki Yüzü</t>
+          <t>Erzurumdan Güzel Hatıralar</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789759956660</t>
+          <t>9789759954338</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Hesap Günü</t>
+          <t>Silik Fotoğraflar - Portreler</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789759955960</t>
+          <t>9789759956486</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
+          <t>İslam ve Musiki</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789759955946</t>
+          <t>9789759958435</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
+          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789759955922</t>
+          <t>9789759953089</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Şiirleri</t>
+          <t>İstanbul’da Bir Ramazan</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789759956035</t>
+          <t>9789759958466</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Hazret-i Hüdayi</t>
+          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789759955977</t>
+          <t>9789759956745</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sufi Gözüyle Bakmak</t>
+          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789759955847</t>
+          <t>9789759956516</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Udolf Hisarı</t>
+          <t>Tanpınar'dan Notlar</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789759956622</t>
+          <t>9789759955533</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Yunus Bir Haber Verir</t>
+          <t>Tirende Bir Keman</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789759956608</t>
+          <t>9789759956639</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
+          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789759956677</t>
+          <t>9789759955878</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
+          <t>Kemal Tahir'le Birlikte</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789759955991</t>
+          <t>9786257005807</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>330</v>
+        <v>950</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789759955984</t>
+          <t>9789759956684</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Tasavvuf</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789759955885</t>
+          <t>9789759956592</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
+          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789759955908</t>
+          <t>9789759955465</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İki Amerikalı Misyoner</t>
+          <t>Muhafazakarlığın İki Yüzü</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789759956066</t>
+          <t>9789759956660</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Olmak</t>
+          <t>Hesap Günü</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789759955892</t>
+          <t>9789759955960</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
+          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789759959937</t>
+          <t>9789759955946</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gayrinizami Harp Doktrini</t>
+          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789759955380</t>
+          <t>9789759955922</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
+          <t>Ahmet Haşim Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789759955342</t>
+          <t>9789759956035</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Tapu Sicil Muhafızının Anıları</t>
+          <t>Külliyat-ı Hazret-i Hüdayi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789759955373</t>
+          <t>9789759955977</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kartpostalların Fısıldadıkları</t>
+          <t>Hayata Sufi Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789759955540</t>
+          <t>9789759955847</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Diğer Hikayeler</t>
+          <t>Udolf Hisarı</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789759955670</t>
+          <t>9789759956622</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Güzel Erzurum</t>
+          <t>Yunus Bir Haber Verir</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789759955526</t>
+          <t>9789759956608</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Çevremde</t>
+          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789759955557</t>
+          <t>9789759956677</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sait Beyefendi Hazretlerine Cevap</t>
+          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789759954758</t>
+          <t>9789759955991</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset İlişkileri</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789759955649</t>
+          <t>9789759955984</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kuruluşu</t>
+          <t>Siyaset ve Tasavvuf</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789759955588</t>
+          <t>9789759955885</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bayramiye Tarikatı Menakıbı</t>
+          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789759953218</t>
+          <t>9789759955908</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İrşad</t>
+          <t>Osmanlı'da İki Amerikalı Misyoner</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789759957506</t>
+          <t>9789759956066</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
+          <t>Vitrinde Olmak</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257005852</t>
+          <t>9789759955892</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
+          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789759952969</t>
+          <t>9789759959937</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Osmanlı Gayrinizami Harp Doktrini</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257005180</t>
+          <t>9789759955380</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>İştikakçının Köşesi</t>
+          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789759953355</t>
+          <t>9789759955342</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kapıları Açmak</t>
+          <t>Tapu Sicil Muhafızının Anıları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789759953898</t>
+          <t>9789759955373</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
+          <t>Kartpostalların Fısıldadıkları</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789759954710</t>
+          <t>9789759955540</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
+          <t>Karabibik ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789759954703</t>
+          <t>9789759955670</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
+          <t>Güzel Erzurum</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786256839960</t>
+          <t>9789759955526</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
+          <t>Edebiyatçılar Çevremde</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789759956967</t>
+          <t>9789759955557</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Bilimin Doğuşu</t>
+          <t>Sait Beyefendi Hazretlerine Cevap</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789759955328</t>
+          <t>9789759954758</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Felsefe - Bilim Nedir</t>
+          <t>İslam Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789759953614</t>
+          <t>9789759955649</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
+          <t>Felsefenin Kuruluşu</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789759953607</t>
+          <t>9789759955588</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
+          <t>Bayramiye Tarikatı Menakıbı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789759954284</t>
+          <t>9789759953218</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Edebi Eser Üzerine</t>
+          <t>İslam’da İrşad</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789759952792</t>
+          <t>9789759957506</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
+          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789759951979</t>
+          <t>9786257005852</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
+          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789759955205</t>
+          <t>9789759952969</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Beliyat-ı Mudhike</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257005449</t>
+          <t>9786257005180</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>İştikakçının Köşesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789759955267</t>
+          <t>9789759953355</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
+          <t>Kapıları Açmak</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789759955304</t>
+          <t>9789759953898</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir</t>
+          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789759953416</t>
+          <t>9789759954710</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Pazar</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789759955045</t>
+          <t>9789759954703</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in Kızları</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789759954345</t>
+          <t>9786256839960</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Üss-i İnkılap</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789759954444</t>
+          <t>9789759956967</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilime Giriş</t>
+          <t>Felsefe-Bilimin Doğuşu</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789759954468</t>
+          <t>9789759955328</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
+          <t>Felsefe - Bilim Nedir</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789759954970</t>
+          <t>9789759953614</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Amiral Byng</t>
+          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789759959104</t>
+          <t>9789759953607</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
+          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789759955229</t>
+          <t>9789759954284</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıratı</t>
+          <t>Edebiyat ve Edebi Eser Üzerine</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257005401</t>
+          <t>9789759952792</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Teoriye</t>
+          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>330</v>
+        <v>950</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789759954369</t>
+          <t>9789759951979</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kafesin Ardındaki Türk Kadını</t>
+          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789759954604</t>
+          <t>9789759955205</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tenkit</t>
+          <t>Beliyat-ı Mudhike</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789759954390</t>
+          <t>9786257005449</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789759954529</t>
+          <t>9789759955267</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Üzerine</t>
+          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789759952655</t>
+          <t>9789759955304</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Bütün Eserleri 10</t>
+          <t>Dem Bu Demdir</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789759955519</t>
+          <t>9789759953416</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Medeniyet</t>
+          <t>Rüzgarlı Pazar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789759952983</t>
+          <t>9789759955045</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Anka</t>
+          <t>Robert Kolej’in Kızları</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789759953669</t>
+          <t>9789759954345</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
+          <t>Üss-i İnkılap</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>540</v>
+        <v>550</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789759951757</t>
+          <t>9789759954444</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Koca Sinan</t>
+          <t>Anlatıbilime Giriş</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789759954376</t>
+          <t>9789759954468</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
+          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789759952341</t>
+          <t>9789759954970</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Medeniyeti</t>
+          <t>Amiral Byng</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789759952433</t>
+          <t>9789759959104</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
+          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789759954260</t>
+          <t>9789759955229</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadına Giriş</t>
+          <t>Balkan Harbi Hatıratı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789759955939</t>
+          <t>9786257005401</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>İradenin Davası / Devlet ve Demokrasi</t>
+          <t>Teoriden Teoriye</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257005814</t>
+          <t>9789759954369</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İlim Bilmez Tarih Hatırlamaz</t>
+          <t>Kafesin Ardındaki Türk Kadını</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789759953874</t>
+          <t>9789759954604</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
+          <t>Tasavvuf ve Tenkit</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789759954055</t>
+          <t>9789759954390</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Islahat Siyaset Tarikat</t>
+          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789759953720</t>
+          <t>9789759954529</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Tesadüf</t>
+          <t>Türk Şiiri Üzerine</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789759951511</t>
+          <t>9789759952655</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi’den Duyduklarımız</t>
+          <t>Mehmet Akif Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789759952938</t>
+          <t>9789759955519</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-ü Aşk</t>
+          <t>Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257005357</t>
+          <t>9789759952983</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
+          <t>Küllerinden Doğan Anka</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789759954161</t>
+          <t>9789759953669</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Bacak</t>
+          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789759952884</t>
+          <t>9789759951757</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tahlilleri</t>
+          <t>Koca Sinan</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789759952921</t>
+          <t>9789759954376</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Hikaye İncelemeleri</t>
+          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789759951801</t>
+          <t>9789759952341</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
+          <t>Kağıt Medeniyeti</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789759952952</t>
+          <t>9789759952433</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Din İlişkileri</t>
+          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789759955007</t>
+          <t>9789759954260</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>İslam İktisadına Giriş</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257005715</t>
+          <t>9789759955939</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Evren Tasavvuru</t>
+          <t>İradenin Davası / Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789759953539</t>
+          <t>9786257005814</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
+          <t>İlim Bilmez Tarih Hatırlamaz</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789757032717</t>
+          <t>9789759953874</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’un Manevi Mimarları</t>
+          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789759951573</t>
+          <t>9789759954055</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’da Ziraat Kültürü</t>
+          <t>Islahat Siyaset Tarikat</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789759954109</t>
+          <t>9789759953720</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Ramazan</t>
+          <t>Hüzün ve Tesadüf</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789759958695</t>
+          <t>9789759951511</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Şairleri</t>
+          <t>Hüsrev Hatemi’den Duyduklarımız</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789759957575</t>
+          <t>9789759952938</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Masalları</t>
+          <t>Hüsn-ü Aşk</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789759958688</t>
+          <t>9786257005357</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kitabı</t>
+          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789759957582</t>
+          <t>9789759954161</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Efsaneleri</t>
+          <t>Huzursuz Bacak</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789759953782</t>
+          <t>9789759952884</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın İçinden</t>
+          <t>Hikaye Tahlilleri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789759955311</t>
+          <t>9789759952921</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
+          <t>Hikaye İncelemeleri</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789759953829</t>
+          <t>9789759951801</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi ve Tenkit</t>
+          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>700</v>
+        <v>85</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789759953768</t>
+          <t>9789759952952</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Felsefe-Din İlişkileri</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789759954918</t>
+          <t>9789759955007</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Eşik</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257660204</t>
+          <t>9786257005715</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Doğuş Devrinde Tasavvuf</t>
+          <t>Evren Tasavvuru</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789759952723</t>
+          <t>9789759953539</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Hayatı Sufinin Kelamı</t>
+          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>900</v>
+        <v>490</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789759950309</t>
+          <t>9789757032717</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>David Hume ve Din Felsefesi</t>
+          <t>Erzurum’un Manevi Mimarları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789759953317</t>
+          <t>9789759951573</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>D’Aramon Seyahatnamesi</t>
+          <t>Erzurum’da Ziraat Kültürü</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789759952174</t>
+          <t>9789759954109</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
+          <t>Erzurum'da Ramazan</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789759959838</t>
+          <t>9789759958695</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
+          <t>Erzurum Şairleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789759959609</t>
+          <t>9789759957575</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
+          <t>Erzurum Masalları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257005241</t>
+          <t>9789759958688</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Erzurum Kitabı</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789759954536</t>
+          <t>9789759957582</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Chef</t>
+          <t>Erzurum Efsaneleri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789759956646</t>
+          <t>9789759953782</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin Bütün Şiirleri</t>
+          <t>Edebiyatımızın İçinden</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789759957490</t>
+          <t>9789759955311</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye Rüyası</t>
+          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789759959739</t>
+          <t>9789759953829</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
+          <t>Edebiyat Tarihi ve Tenkit</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789759955076</t>
+          <t>9789759953768</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
+          <t>Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789759955434</t>
+          <t>9789759954918</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
+          <t>Dört Kapı Kırk Eşik</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789759952662</t>
+          <t>9786257660204</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Buhara Bursa Bosna</t>
+          <t>Doğuş Devrinde Tasavvuf</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789759951115</t>
+          <t>9789759952723</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Bu Dağların Ardı</t>
+          <t>Dervişin Hayatı Sufinin Kelamı</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789759953119</t>
+          <t>9789759950309</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bu Böyledir</t>
+          <t>David Hume ve Din Felsefesi</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789756611401</t>
+          <t>9789759953317</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Erzurum</t>
+          <t>D’Aramon Seyahatnamesi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789759954857</t>
+          <t>9789759952174</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
+          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789759952594</t>
+          <t>9789759959838</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
+          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789759958428</t>
+          <t>9789759959609</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Osmanlı Günlüğü</t>
+          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789759951894</t>
+          <t>9786257005241</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Tarihi: Cinis</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789759953195</t>
+          <t>9789759954536</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
+          <t>Chef</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789759950507</t>
+          <t>9789759956646</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
+          <t>Cenab Şahabeddin Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257660235</t>
+          <t>9789759957490</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Bir Felsefe Dili Kurmak</t>
+          <t>Büyük Türkiye Rüyası</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789759952976</t>
+          <t>9789759959739</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
+          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257005043</t>
+          <t>9789759955076</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
+          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789759955816</t>
+          <t>9789759955434</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Bergson</t>
+          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789759955441</t>
+          <t>9789759952662</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Devri Türk Edebiyatı</t>
+          <t>Buhara Bursa Bosna</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>410</v>
+        <v>900</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789759956776</t>
+          <t>9789759951115</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
+          <t>Bu Dağların Ardı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789759953461</t>
+          <t>9789759953119</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Akımlar</t>
+          <t>Bu Böyledir</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789759954895</t>
+          <t>9789756611401</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Arkakapak Yazıları</t>
+          <t>Bir Vakitler Erzurum</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789759952754</t>
+          <t>9789759954857</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim</t>
+          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789759952990</t>
+          <t>9789759952594</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yakası</t>
+          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257005395</t>
+          <t>9789759958428</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sosyalizmine Bir Katkı</t>
+          <t>Bir Papazın Osmanlı Günlüğü</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789759955809</t>
+          <t>9789759951894</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
+          <t>Bir Köy Tarihi: Cinis</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257005630</t>
+          <t>9789759953195</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Akıl, İrade Hürriyet</t>
+          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789759952945</t>
+          <t>9789759950507</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Akasya ve Mandolin</t>
+          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789759953430</t>
+          <t>9786257660235</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Nizamı</t>
+          <t>Bir Felsefe Dili Kurmak</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789759954246</t>
+          <t>9789759952976</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Hatıraları</t>
+          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789759952679</t>
+          <t>9786257005043</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
+          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>130</v>
+        <v>630</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789759954451</t>
+          <t>9789759955816</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
+          <t>Bergson</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789759955199</t>
+          <t>9789759955441</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Batılılaşma Devri Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>130</v>
+        <v>410</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257660877</t>
+          <t>9789759956776</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse</t>
+          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257005760</t>
+          <t>9789759953461</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklorunda Kesik Baş</t>
+          <t>Batı Edebiyatında Akımlar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789759955274</t>
+          <t>9789759954895</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Ders Notları</t>
+          <t>Arkakapak Yazıları</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789759953560</t>
+          <t>9789759952754</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Beyhude Ömrüm</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789759952839</t>
+          <t>9789759952990</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
+          <t>Anadolu Yakası</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257660396</t>
+          <t>9786257005395</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Hafızanın Kıyısında</t>
+          <t>Anadolu Sosyalizmine Bir Katkı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789759955403</t>
+          <t>9789759955809</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Fikri ve Edebiyat</t>
+          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789759955397</t>
+          <t>9786257005630</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
+          <t>Akıl, İrade Hürriyet</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789759959746</t>
+          <t>9789759952945</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Bir Cevelan</t>
+          <t>Akasya ve Mandolin</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789759956820</t>
+          <t>9789759953430</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Paris</t>
+          <t>Ahlak Nizamı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789759956875</t>
+          <t>9789759954246</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Modern İktisadın İzinde 2</t>
+          <t>Abdülhak Hamid’in Hatıraları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789759956844</t>
+          <t>9789759952679</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
+          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789759956837</t>
+          <t>9789759954451</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789759954659</t>
+          <t>9789759955199</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789759954581</t>
+          <t>9786257660877</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
+          <t>Kıssadan Hisse</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789759954642</t>
+          <t>9786257005760</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Askeri Modernleşmenin Dini Müdafaası</t>
+          <t>Türk Folklorunda Kesik Baş</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789759954215</t>
+          <t>9789759955274</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Bektaşilik</t>
+          <t>Tanpınar'dan Ders Notları</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789759954987</t>
+          <t>9789759953560</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
+          <t>Beyhude Ömrüm</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789759955137</t>
+          <t>9789759952839</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut İnternet</t>
+          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789759954222</t>
+          <t>9786257660396</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Aleksandr Stradella</t>
+          <t>Zaman ve Hafızanın Kıyısında</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789759959883</t>
+          <t>9789759955403</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Ahbar-ı Asara Tamim-i Enzar</t>
+          <t>Tanzimat Fikri ve Edebiyat</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789759954628</t>
+          <t>9789759955397</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
+          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789759951054</t>
+          <t>9789759959746</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Göz Gördü Gönül Sevdi</t>
+          <t>Avrupa'da Bir Cevelan</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789759958107</t>
+          <t>9789759956820</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Göğe Giden Kervanlar</t>
+          <t>Bir Başka Paris</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>24</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789759954697</t>
+          <t>9789759956875</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
+          <t>Osmanlıda Modern İktisadın İzinde 2</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789759954499</t>
+          <t>9789759956844</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Nur</t>
+          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257005753</t>
+          <t>9789759956837</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı (Ciltli)</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789759953409</t>
+          <t>9789759954659</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yokuşa Akan Sular</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789759952488</t>
+          <t>9789759954581</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Türkiye</t>
+          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789759955700</t>
+          <t>9789759954642</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal</t>
+          <t>Askeri Modernleşmenin Dini Müdafaası</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789759958459</t>
+          <t>9789759954215</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Son Sultanların İstanbul’unda</t>
+          <t>Mısır'da Bektaşilik</t>
         </is>
       </c>
       <c r="C1007" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789759953386</t>
+          <t>9789759954987</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ruhu</t>
+          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789759954680</t>
+          <t>9789759955137</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Leyla vü Mecnun</t>
+          <t>Vatan Yahut İnternet</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789756611753</t>
+          <t>9789759954222</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Arapgir Hasreti</t>
+          <t>Aleksandr Stradella</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789759953836</t>
+          <t>9789759959883</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Sanat</t>
+          <t>Ahbar-ı Asara Tamim-i Enzar</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789759953225</t>
+          <t>9789759954628</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Kültür</t>
+          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789759953959</t>
+          <t>9789759951054</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Hanya / Girit Mevlevihanesi</t>
+          <t>Göz Gördü Gönül Sevdi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789759950279</t>
+          <t>9789759958107</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Eşref Bütün Eserleri</t>
+          <t>Göğe Giden Kervanlar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>750</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789759954031</t>
+          <t>9789759954697</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
+          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789759953492</t>
+          <t>9789759954499</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Zafer Yahut Hiç</t>
+          <t>Nur</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789759954949</t>
+          <t>9786257005753</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Babailer İsyanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789759956615</t>
+          <t>9789759953409</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmadan Uzlaşmak</t>
+          <t>Yokuşa Akan Sular</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789759953126</t>
+          <t>9789759952488</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk İçimizde</t>
+          <t>Yarınki Türkiye</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257005425</t>
+          <t>9789759955700</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
+          <t>Yahya Kemal</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789759951566</t>
+          <t>9789759958459</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
+          <t>Son Sultanların İstanbul’unda</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789759953157</t>
+          <t>9789759953386</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Ya Tahammül Ya Sefer</t>
+          <t>Nesillerin Ruhu</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257005777</t>
+          <t>9789759954680</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Veysel Kareni ve Üveysilik</t>
+          <t>Leyla vü Mecnun</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789759951450</t>
+          <t>9789756611753</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
+          <t>Arapgir Hasreti</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789759953256</t>
+          <t>9789759953836</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sinema Kavgası</t>
+          <t>Orta Sayfa Sohbetleri - Sanat</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789759958718</t>
+          <t>9789759953225</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Türkülerde Yaşayan Şehir Erzurum</t>
+          <t>Orta Sayfa Sohbetleri - Kültür</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789759959029</t>
+          <t>9789759953959</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında</t>
+          <t>Hanya / Girit Mevlevihanesi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789759957858</t>
+          <t>9789759950279</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
+          <t>Eşref Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257660211</t>
+          <t>9789759954031</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
+          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257005319</t>
+          <t>9789759953492</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
+          <t>Zafer Yahut Hiç</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789759959791</t>
+          <t>9789759954949</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789759953621</t>
+          <t>9789759956615</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesi Üzerine</t>
+          <t>Yozlaşmadan Uzlaşmak</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257660136</t>
+          <t>9789759953126</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
+          <t>Yoksulluk İçimizde</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789759954185</t>
+          <t>9786257005425</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesi 1 - Kökenler</t>
+          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789759954932</t>
+          <t>9789759951566</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Tufandan Önce</t>
+          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789759954406</t>
+          <t>9789759953157</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
+          <t>Ya Tahammül Ya Sefer</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789759953911</t>
+          <t>9786257005777</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Taşralı Bütün Eserleri 12</t>
+          <t>Veysel Kareni ve Üveysilik</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257660181</t>
+          <t>9789759951450</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
+          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789759953676</t>
+          <t>9789759953256</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hayat</t>
+          <t>Ulusal Sinema Kavgası</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789759953379</t>
+          <t>9789759958718</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar Tarihi</t>
+          <t>Türkülerde Yaşayan Şehir Erzurum</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257660198</t>
+          <t>9789759959029</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
+          <t>Türkler Arasında</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257005364</t>
+          <t>9789759957858</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
+          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789759952082</t>
+          <t>9786257660211</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789759955625</t>
+          <t>9786257005319</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Tarih Uğrunda</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789759958879</t>
+          <t>9789759959791</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Şiir Dünyası</t>
+          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789759953737</t>
+          <t>9789759953621</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Mektupları</t>
+          <t>Türk Roman ve Hikayesi Üzerine</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789759953867</t>
+          <t>9786257660136</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Şiir Daima Şiir</t>
+          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789759959920</t>
+          <t>9789759954185</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
+          <t>Türk Düşüncesi 1 - Kökenler</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>420</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789759953348</t>
+          <t>9789759954932</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Tufandan Önce</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789759951528</t>
+          <t>9789759954406</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
+          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786258437300</t>
+          <t>9789759953911</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Sözü Dilde Hayali Gözde</t>
+          <t>Taşralı Bütün Eserleri 12</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789759953799</t>
+          <t>9786257660181</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname (Siyeru’l-mülük)</t>
+          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257005838</t>
+          <t>9789759953676</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789759954048</t>
+          <t>9789759953379</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Ödül Töreni</t>
+          <t>Tasavvuf ve Tarikatlar Tarihi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789759953003</t>
+          <t>9786257660198</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789759955335</t>
+          <t>9786257005364</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve İlim</t>
+          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789756611661</t>
+          <t>9789759952082</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Bülent Oran</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789759955144</t>
+          <t>9789759955625</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Saz u Söz Arasında</t>
+          <t>Tarih Uğrunda</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789759952891</t>
+          <t>9789759958879</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Sadık Bir Muhalif</t>
+          <t>Tanpınar’ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257005616</t>
+          <t>9789759953737</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
+          <t>Tanpınar’ın Mektupları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789759952686</t>
+          <t>9789759953867</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
+          <t>Şiir Daima Şiir</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789759954994</t>
+          <t>9789759959920</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Reha</t>
+          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789759951764</t>
+          <t>9789759953348</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Erzurum’da</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789759952730</t>
+          <t>9789759951528</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789759953812</t>
+          <t>9786258437300</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Poetika Dersleri</t>
+          <t>Sözü Dilde Hayali Gözde</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789759958442</t>
+          <t>9789759953799</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
+          <t>Siyasetname (Siyeru’l-mülük)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789759956783</t>
+          <t>9786257005838</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Türk Musikisi</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789759955472</t>
+          <t>9789759954048</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Omurgasızlaştırılmış Türklük</t>
+          <t>Sıradışı Bir Ödül Töreni</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257005876</t>
+          <t>9789759953003</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789759955601</t>
+          <t>9789759955335</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Müzik, Kültür, Dil</t>
+          <t>Sevgi ve İlim</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257660068</t>
+          <t>9789756611661</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Senaryo Bülent Oran</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789759952532</t>
+          <t>9789759955144</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Edebiyat</t>
+          <t>Saz u Söz Arasında</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789759954253</t>
+          <t>9789759952891</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Millet Mistikleri</t>
+          <t>Sadık Bir Muhalif</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789759953485</t>
+          <t>9786257005616</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789759953805</t>
+          <t>9789759952686</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789759954567</t>
+          <t>9789759954994</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
+          <t>Reha</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789759958886</t>
+          <t>9789759951764</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
+          <t>Puşkin Erzurum’da</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789756611562</t>
+          <t>9789759952730</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789759954925</t>
+          <t>9789759953812</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Poetika Dersleri</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789759953065</t>
+          <t>9789759958442</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Menekşeli Mektup</t>
+          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789759953713</t>
+          <t>9789759956783</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Gölgesi</t>
+          <t>Osmanlı Dönemi Türk Musikisi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789759954840</t>
+          <t>9789759955472</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Şiir Dünyası</t>
+          <t>Omurgasızlaştırılmış Türklük</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789759954727</t>
+          <t>9786257005876</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Hikmet- i Peder</t>
+          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789759956547</t>
+          <t>9789759955601</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Yazıları</t>
+          <t>Müzik, Kültür, Dil</t>
         </is>
       </c>
       <c r="C1084" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789759951610</t>
+          <t>9786257660068</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezayi ve Eserleri</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789759956769</t>
+          <t>9789759952532</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik Yürüyüş</t>
+          <t>Mukayeseli Edebiyat</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789759956752</t>
+          <t>9789759954253</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Amel Defteri</t>
+          <t>Millet Mistikleri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789759956950</t>
+          <t>9789759953485</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kar Makamı</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789759956943</t>
+          <t>9789759953805</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gözleri</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789759957001</t>
+          <t>9789759954567</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kratylos 1. Cilt</t>
+          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789759957018</t>
+          <t>9789759958886</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kratylos'a Yorumlar 2. Cilt</t>
+          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789759956936</t>
+          <t>9789756611562</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
+          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789759956974</t>
+          <t>9789759954925</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Telvihat</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789759959562</t>
+          <t>9789759953065</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Tarihi</t>
+          <t>Menekşeli Mektup</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>640</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789759956905</t>
+          <t>9789759953713</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Geçiyor</t>
+          <t>Meleğin Gölgesi</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789759956868</t>
+          <t>9789759954840</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
+          <t>Mehmet Akif’in Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789759954079</t>
+          <t>9789759954727</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
+          <t>Hikmet- i Peder</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789759954123</t>
+          <t>9789759956547</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
+          <t>Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789759954130</t>
+          <t>9789759951610</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Peder Olmak Sanatı</t>
+          <t>Sami Paşazade Sezayi ve Eserleri</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
+          <t>9789759956769</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Sivil İtaatsizlik Yürüyüş</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9789759956752</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Amel Defteri</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9789759956950</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Kar Makamı</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9789759956943</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Gözleri</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9789759957001</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Kratylos 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9789759957018</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Kratylos'a Yorumlar 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9789759956936</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9789759956974</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Telvihat</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9789759959562</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Asya Tarihi</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9789759956905</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatçılar Geçiyor</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9789759956868</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9789759954079</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9789759954123</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9789759954130</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Peder Olmak Sanatı</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
           <t>9789759953027</t>
         </is>
       </c>
-      <c r="B1100" s="1" t="inlineStr">
+      <c r="B1114" s="1" t="inlineStr">
         <is>
           <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
-      <c r="C1100" s="1">
+      <c r="C1114" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>