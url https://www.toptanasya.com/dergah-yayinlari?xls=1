--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,16735 +85,16810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255629050</t>
+          <t>9786255629357</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü Üzerine 20 Ders</t>
+          <t>Müziğin Doğusu Batısı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>216</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255629302</t>
+          <t>9786255629395</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Paşalar ve Generaller Arasında</t>
+          <t>Hakikatin Perdesini Aralamak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444444411</t>
+          <t>9789759959463</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zemin Edebiyat Dil ve Kültür Araştırmaları Dergisi Sayı: 10 Aralık 2025</t>
+          <t>Karşılaştırmalı Dil Bilgisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255629234</t>
+          <t>9789759955762</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmanın İpi</t>
+          <t>Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759956356</t>
+          <t>9786255629340</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarlasında Bir Aksak</t>
+          <t>Düşünceleriyle Ayhan Bıçak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4444444444410</t>
+          <t>9786255629050</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 52 Aralık 2025</t>
+          <t>Saatleri Ayarlama Enstitüsü Üzerine 20 Ders</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255629296</t>
+          <t>9786255629302</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kelimat Amişnameler</t>
+          <t>Paşalar ve Generaller Arasında</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255629197</t>
+          <t>4444444444411</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bençağının Sonu</t>
+          <t>Zemin Edebiyat Dil ve Kültür Araştırmaları Dergisi Sayı: 10 Aralık 2025</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255629111</t>
+          <t>9786255629234</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Phaidon Üzerine Notlar</t>
+          <t>Uçurtmanın İpi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255629104</t>
+          <t>9789759956356</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Phaidon - Ruh Üzerine</t>
+          <t>Mısır Tarlasında Bir Aksak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>475</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255629098</t>
+          <t>4444444444410</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aslı Yok Sözleri Mecnun Söyler</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 52 Aralık 2025</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255629203</t>
+          <t>9786255629296</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yarına Çıkmanın Yolları</t>
+          <t>Kelimat Amişnameler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259556192</t>
+          <t>9786255629197</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Bilimine Giriş</t>
+          <t>Bençağının Sonu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255629210</t>
+          <t>9786255629111</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Islıkla Çağrılan</t>
+          <t>Phaidon Üzerine Notlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259956332</t>
+          <t>9786255629104</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Terbiyenin Mertebeleri</t>
+          <t>Phaidon - Ruh Üzerine</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255629128</t>
+          <t>9786255629098</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeniler, Eskileri Nasıl Okur?</t>
+          <t>Aslı Yok Sözleri Mecnun Söyler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255629142</t>
+          <t>9786255629203</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>N'etti Bu Yunus N'etti</t>
+          <t>Yarına Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255629180</t>
+          <t>9786259556192</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Beklerken</t>
+          <t>Rumeli Bilimine Giriş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255629135</t>
+          <t>9786255629210</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
+          <t>Islıkla Çağrılan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255629036</t>
+          <t>9786259956332</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeni, Hep Daha Yeni</t>
+          <t>Tasavvufi Terbiyenin Mertebeleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259556123</t>
+          <t>9786255629128</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Yeniler, Eskileri Nasıl Okur?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256839922</t>
+          <t>9786255629142</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Okumalar</t>
+          <t>N'etti Bu Yunus N'etti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759953690</t>
+          <t>9786255629180</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Şiir Dünyası</t>
+          <t>Ezanı Beklerken</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>132</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258437089</t>
+          <t>9786255629135</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
+          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759958602</t>
+          <t>9786255629036</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
+          <t>Yeni, Hep Daha Yeni</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>12.2</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759957629</t>
+          <t>9786259556123</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>92</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789759959555</t>
+          <t>9786256839922</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi</t>
+          <t>Biyografik Okumalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>40</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789759958268</t>
+          <t>9789759953690</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzde Taş</t>
+          <t>Tanpınar'ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789759958091</t>
+          <t>9786258437089</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çamlıhemşin Seyahatnamesi</t>
+          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789759959487</t>
+          <t>9789759958602</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>1835 Tarihli Rize Nüfus Defteri</t>
+          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789759958046</t>
+          <t>9789759957629</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Babailer İsyanı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759955120</t>
+          <t>9789759959555</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
+          <t>Kalbin Sesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255629173</t>
+          <t>9789759958268</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
+          <t>Kültürümüzde Taş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759954598</t>
+          <t>9789759958091</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Çamlıhemşin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759956059</t>
+          <t>9789759959487</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
+          <t>1835 Tarihli Rize Nüfus Defteri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759954147</t>
+          <t>9789759958046</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759954154</t>
+          <t>9789759955120</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
+          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759955854</t>
+          <t>9786255629173</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yenişehirli Avni Bey</t>
+          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>54</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759956073</t>
+          <t>9789759954598</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759957094</t>
+          <t>9789759956059</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Buşido</t>
+          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759957261</t>
+          <t>9789759954147</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Notlarıyla)</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759957254</t>
+          <t>9789759954154</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759954888</t>
+          <t>9789759955854</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
+          <t>Yenişehirli Avni Bey</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759957926</t>
+          <t>9789759956073</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
+          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757032395</t>
+          <t>9789759957094</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
+          <t>Buşido</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759958152</t>
+          <t>9789759957261</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
+          <t>Beş Şehir (Notlarıyla)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>74</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759957759</t>
+          <t>9789759957254</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Dikkati</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759957797</t>
+          <t>9789759954888</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
+          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000087634</t>
+          <t>9789759957926</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759956691</t>
+          <t>9789757032395</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759956028</t>
+          <t>9789759958152</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
+          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759956042</t>
+          <t>9789759957759</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
+          <t>Türk Dikkati</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>42</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759958534</t>
+          <t>9789759957797</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalarak Avrupalı Olmak</t>
+          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>750</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759957278</t>
+          <t>3990000087634</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>900</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759956714</t>
+          <t>9789759956691</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759958855</t>
+          <t>9789759956028</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Babur - Büyük Moğolların Tarihi</t>
+          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759958596</t>
+          <t>9789759956042</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Köyde Mimari Doğu Karadeniz</t>
+          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000034670</t>
+          <t>9789759958534</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
+          <t>Müslüman Kalarak Avrupalı Olmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759957810</t>
+          <t>9789759957278</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
+          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759954239</t>
+          <t>9789759956714</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ardeşen'in İnsanları</t>
+          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>38</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759954093</t>
+          <t>9789759958855</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
+          <t>Babur - Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000018020</t>
+          <t>9789759958596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
+          <t>Köyde Mimari Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759953232</t>
+          <t>3990000034670</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>55.56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759951887</t>
+          <t>9789759957810</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756611715</t>
+          <t>9789759954239</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Üslubu</t>
+          <t>Ardeşen'in İnsanları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>8.33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757462225</t>
+          <t>9789759954093</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin Kaynakları</t>
+          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>13.89</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000014467</t>
+          <t>3990000018020</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Modernist Düşünce</t>
+          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>14.81</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756611265</t>
+          <t>9789759953232</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İran’a ve Turan’a Seyahat</t>
+          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>22.22</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759950019</t>
+          <t>9789759951887</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kadimle Cedit Arasında Musa Carullah</t>
+          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759952303</t>
+          <t>9789756611715</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnci Enginün Kitabı</t>
+          <t>İslam Siyaset Üslubu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756611395</t>
+          <t>9789757462225</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
+          <t>İslam Felsefesinin Kaynakları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759952747</t>
+          <t>3990000014467</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İl, Dil, Din Üzerine</t>
+          <t>İslam Dünyasında Modernist Düşünce</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255629166</t>
+          <t>9789756611265</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İkiz Hayaletler</t>
+          <t>İran’a ve Turan’a Seyahat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756611005</t>
+          <t>9789759950019</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun Üzerine Araştırmalar</t>
+          <t>Kadimle Cedit Arasında Musa Carullah</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>35.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756611517</t>
+          <t>9789759952303</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Işığın Yansıdığı Yer</t>
+          <t>İnci Enginün Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759951177</t>
+          <t>9789756611395</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi Kitabı</t>
+          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000014530</t>
+          <t>9789759952747</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Avni Ulaş</t>
+          <t>İl, Dil, Din Üzerine</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759955748</t>
+          <t>9786255629166</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>İkiz Hayaletler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757032662</t>
+          <t>9789756611005</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Defteri</t>
+          <t>İbn-i Haldun Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759950088</t>
+          <t>9789756611517</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Haristan</t>
+          <t>Işığın Yansıdığı Yer</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759954741</t>
+          <t>9789759951177</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hücviri - Hakikat Bilgisi</t>
+          <t>Hüsrev Hatemi Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>480</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756611128</t>
+          <t>3990000014530</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güneyce - Rize Sözlüğü</t>
+          <t>Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756611616</t>
+          <t>9789759955748</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gizli Özne</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>13.89</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759950453</t>
+          <t>9789757032662</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali İlahiler</t>
+          <t>Hatıra Defteri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759955366</t>
+          <t>9789759950088</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Haristan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759950057</t>
+          <t>9789759954741</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Film Defteri</t>
+          <t>Hücviri - Hakikat Bilgisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.96</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759950200</t>
+          <t>9789756611128</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Haberler</t>
+          <t>Güneyce - Rize Sözlüğü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>17</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759953058</t>
+          <t>9789756611616</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000011900</t>
+          <t>9789759950453</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
+          <t>Gitanjali İlahiler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>20.37</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756611081</t>
+          <t>9789759955366</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Şair Hazık</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>22.22</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756611524</t>
+          <t>9789759950057</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Sıtkı Bey</t>
+          <t>Film Defteri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757032892</t>
+          <t>9789759950200</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yazıları</t>
+          <t>Fıkra Tadında Haberler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757032960</t>
+          <t>9789759953058</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
+          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>22.22</v>
+        <v>52</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759953942</t>
+          <t>3990000011900</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Fıkraları</t>
+          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759952556</t>
+          <t>9789756611081</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 2</t>
+          <t>Erzurumlu Şair Hazık</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756611241</t>
+          <t>9789756611524</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Evrâk-I Leyâl</t>
+          <t>Erzurumlu Sıtkı Bey</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757032793</t>
+          <t>9789757032892</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Elbistanlı Rahmi Eray</t>
+          <t>Erzurum Yazıları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>8.33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757032366</t>
+          <t>9789757032960</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Saldıran Şair</t>
+          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>6.48</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759951481</t>
+          <t>9789759953942</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Laiklik</t>
+          <t>Erzurum Fıkraları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>11.11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759951306</t>
+          <t>9789759952556</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 1</t>
+          <t>Erzurum Belediyesi Tarihi 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759950675</t>
+          <t>9789756611241</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Divançe</t>
+          <t>Evrâk-I Leyâl</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>27</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759950514</t>
+          <t>9789757032793</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Mistisizm</t>
+          <t>Elbistanlı Rahmi Eray</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>108</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789759950354</t>
+          <t>9789757032366</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dine Dönüş</t>
+          <t>Dünyaya Saldıran Şair</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759952761</t>
+          <t>9789759951481</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
+          <t>Dünyada Laiklik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>700</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759950552</t>
+          <t>9789759951306</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dergah Yazıları Güldestesi</t>
+          <t>Erzurum Belediyesi Tarihi 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>27.78</v>
+        <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759950095</t>
+          <t>9789759950675</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Denemeler 1</t>
+          <t>Divançe</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759951504</t>
+          <t>9789759950514</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dekorlar Kaldı Geride</t>
+          <t>Dini Tecrübe ve Mistisizm</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15.74</v>
+        <v>108</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757032441</t>
+          <t>9789759950354</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun ve Darüşşifa</t>
+          <t>Dine Dönüş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756611883</t>
+          <t>9789759952761</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>6.48</v>
+        <v>700</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759950347</t>
+          <t>9789759950552</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Dergah Yazıları Güldestesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000012656</t>
+          <t>9789759950095</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Endişe</t>
+          <t>Denemeler 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>5.56</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759950583</t>
+          <t>9789759951504</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
+          <t>Dekorlar Kaldı Geride</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>23</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759952693</t>
+          <t>9789757032441</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Copernicusçu İlk Bildirim</t>
+          <t>Darülfünun ve Darüşşifa</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>14</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789759951733</t>
+          <t>9789756611883</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789759951146</t>
+          <t>9789759950347</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789759950002</t>
+          <t>3990000012656</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
+          <t>Endişe</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756611845</t>
+          <t>9789759950583</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
+          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759950460</t>
+          <t>9789759952693</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Copernicusçu İlk Bildirim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757462576</t>
+          <t>9789759951733</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756611067</t>
+          <t>9789759951146</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
+          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759950682</t>
+          <t>9789759950002</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Hiciv Ustası Şair Eşref</t>
+          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789759952716</t>
+          <t>9789756611845</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
+          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759952280</t>
+          <t>9789759950460</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bilge Seyidoğlu Kitabı</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789759952051</t>
+          <t>9789757462576</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bergson’da Ruh-Beden İlişkisi</t>
+          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000006172</t>
+          <t>9789756611067</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Batı Çıkmazı</t>
+          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>10</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759955021</t>
+          <t>9789759950682</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Balık ve Tango</t>
+          <t>Bir Hiciv Ustası Şair Eşref</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789759950392</t>
+          <t>9789759952716</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>11.11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759950378</t>
+          <t>9789759952280</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Babamın Emanetleri</t>
+          <t>Bilge Seyidoğlu Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>32.41</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789757032434</t>
+          <t>9789759952051</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aydın, Toplum ve Tarih</t>
+          <t>Bergson’da Ruh-Beden İlişkisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>21.3</v>
+        <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789759952587</t>
+          <t>3990000006172</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ay Dolanır Günler Geçer</t>
+          <t>Batı Çıkmazı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>33</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756611333</t>
+          <t>9789759955021</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
+          <t>Balık ve Tango</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789757032953</t>
+          <t>9789759950392</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Araştırmalar ve Belgeler</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>35.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759950927</t>
+          <t>9789759950378</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Anılar Ömür Süvarisi</t>
+          <t>Babamın Emanetleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>49</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789759950323</t>
+          <t>9789757032434</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
+          <t>Aydın, Toplum ve Tarih</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>145</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3990000010841</t>
+          <t>9789759952587</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ali’ye Mektuplar</t>
+          <t>Ay Dolanır Günler Geçer</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756611500</t>
+          <t>9789756611333</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Akrepler</t>
+          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>6.48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759951924</t>
+          <t>9789757032953</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kerman Kitabı</t>
+          <t>Araştırmalar ve Belgeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>18.52</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756611388</t>
+          <t>9789759950927</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
+          <t>Anılar Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>10</v>
+        <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759950248</t>
+          <t>9789759950323</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>23.15</v>
+        <v>145</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000014077</t>
+          <t>3990000010841</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asırda Felsefe</t>
+          <t>Ali’ye Mektuplar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>5.56</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759952228</t>
+          <t>9789756611500</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
+          <t>Akrepler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759952273</t>
+          <t>9789759951924</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
+          <t>Zeynep Kerman Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759952266</t>
+          <t>9789756611388</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
+          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759952235</t>
+          <t>9789759950248</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>50</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789759951559</t>
+          <t>3990000014077</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı İncelemeleri</t>
+          <t>Yirminci Asırda Felsefe</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>44.44</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759953591</t>
+          <t>9789759952228</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
+          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>55.56</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759953584</t>
+          <t>9789759952273</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
+          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>59.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789757462156</t>
+          <t>9789759952266</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>31.48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759952259</t>
+          <t>9789759952235</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
+          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759952242</t>
+          <t>9789759951559</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
+          <t>Yeni Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759950705</t>
+          <t>9789759953591</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>25</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259556161</t>
+          <t>9789759953584</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefesi Hareket Felsefesi</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>130</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789759950293</t>
+          <t>9789757462156</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çekmece</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7.41</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756611418</t>
+          <t>9789759952259</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>5.09</v>
+        <v>50</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759951825</t>
+          <t>9789759952242</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
+          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756611302</t>
+          <t>9789759950705</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yazıyla Solumak</t>
+          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789759955861</t>
+          <t>9786259556161</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nden Oyani</t>
+          <t>Varoluş Felsefesi Hareket Felsefesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>42</v>
+        <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000024693</t>
+          <t>9789759950293</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 2</t>
+          <t>Üçüncü Çekmece</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756611200</t>
+          <t>9789756611418</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Anıcak Ol Meclisi</t>
+          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>16.67</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759957568</t>
+          <t>9789759951825</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 3</t>
+          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759955236</t>
+          <t>9789756611302</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Yazıyla Solumak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>950</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759955250</t>
+          <t>9789759955861</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
+          <t>Çayeli'nden Oyani</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759955298</t>
+          <t>3990000024693</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
+          <t>Rize Defteri 2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759956998</t>
+          <t>9789756611200</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yakup Şevki Karaalioğlu</t>
+          <t>Anıcak Ol Meclisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>10</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759956530</t>
+          <t>9789759957568</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Rize Defteri 3</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759954864</t>
+          <t>9789759955236</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>12</v>
+        <v>950</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759954178</t>
+          <t>9789759955250</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Entelektüel Geleneği</t>
+          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759954314</t>
+          <t>9789759955298</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İslam Tasavvuru</t>
+          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759954475</t>
+          <t>9789759956998</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Rize'de Tasavvuf Kültürü</t>
+          <t>Yakup Şevki Karaalioğlu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>14.81</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000090528</t>
+          <t>9789759956530</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759954543</t>
+          <t>9789759954864</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İslam Ruhu</t>
+          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789759955090</t>
+          <t>9789759954178</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Candan Geçelim Ya Hu</t>
+          <t>Osmanlı Entelektüel Geleneği</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789759954871</t>
+          <t>9789759954314</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaşlı Yahya Efendi</t>
+          <t>Osmanlı İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759955113</t>
+          <t>9789759954475</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
+          <t>Rize'de Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>39</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759954635</t>
+          <t>3990000090528</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>36</v>
+        <v>290</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759955106</t>
+          <t>9789759954543</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Ramazanları</t>
+          <t>Anadolu'da İslam Ruhu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>130</v>
+        <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759955359</t>
+          <t>9789759955090</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çalab'ın Tahtı</t>
+          <t>Candan Geçelim Ya Hu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759953478</t>
+          <t>9789759954871</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Osmanlı Türkçesi</t>
+          <t>Beşiktaşlı Yahya Efendi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759950408</t>
+          <t>9789759955113</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Upanişadlar ’Tanrının Soluğu’</t>
+          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>11.11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759952204</t>
+          <t>9789759954635</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>13.89</v>
+        <v>36</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756611555</t>
+          <t>9789759955106</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
+          <t>Eski İstanbul Ramazanları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>20</v>
+        <v>130</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759951962</t>
+          <t>9789759955359</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kaygılar - Türk Düşüncesi 2</t>
+          <t>Gönül Çalab'ın Tahtı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759952600</t>
+          <t>9789759953478</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
+          <t>Uygulamalı Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759953041</t>
+          <t>9789759950408</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
+          <t>Upanişadlar ’Tanrının Soluğu’</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759951009</t>
+          <t>9789759952204</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
+          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>46.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759950415</t>
+          <t>9789756611555</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
+          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000006823</t>
+          <t>9789759951962</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
+          <t>Kaygılar - Türk Düşüncesi 2</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>22.22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759953201</t>
+          <t>9789759952600</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759950224</t>
+          <t>9789759953041</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Erzurum</t>
+          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>8.33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759953164</t>
+          <t>9789759951009</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759950064</t>
+          <t>9789759950415</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
+          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>16.67</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756611920</t>
+          <t>3990000006823</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
+          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759951283</t>
+          <t>9789759953201</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şiirler (1968-1990)</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>12.04</v>
+        <v>130</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756611692</t>
+          <t>9789759950224</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşiğinde</t>
+          <t>Tarihçe-i Erzurum</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759953393</t>
+          <t>9789759953164</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
+          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759952846</t>
+          <t>9789759950064</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759950965</t>
+          <t>9789756611920</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Uludağ Kitabı</t>
+          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>30</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759950750</t>
+          <t>9789759951283</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
+          <t>Şiirler (1968-1990)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759953447</t>
+          <t>9789756611692</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü Edebî Sanatlar</t>
+          <t>Şiirin Eşiğinde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>29</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789759952181</t>
+          <t>9789759953393</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759951672</t>
+          <t>9789759952846</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cennetin Çocukları</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>25.93</v>
+        <v>130</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000012129</t>
+          <t>9789759950965</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Mücadelesi</t>
+          <t>Süleyman Uludağ Kitabı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759950668</t>
+          <t>9789759950750</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>22.22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759952570</t>
+          <t>9789759953447</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
+          <t>Sözün Büyüsü Edebî Sanatlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>51</v>
+        <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756611579</t>
+          <t>9789759952181</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759950613</t>
+          <t>9789759951672</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Safahat Birinci Kitap</t>
+          <t>Soğuk Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789759950620</t>
+          <t>3990000012129</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
+          <t>Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>3.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789759950880</t>
+          <t>9789759950668</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hatıralar Beşinci Kitap</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>4.63</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759950637</t>
+          <t>9789759952570</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
+          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2.78</v>
+        <v>51</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789759950903</t>
+          <t>9789756611579</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Gölgeler Yedinci Kitap</t>
+          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>5.56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789759950644</t>
+          <t>9789759950613</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
+          <t>Safahat Birinci Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759950897</t>
+          <t>9789759950620</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Asım Altıncı Kitap</t>
+          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756611470</t>
+          <t>9789759950880</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sadullah Paşa Yahud Mezardan Nida</t>
+          <t>Safahat - Hatıralar Beşinci Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759953645</t>
+          <t>9789759950637</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759952808</t>
+          <t>9789759950903</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 2</t>
+          <t>Safahat - Gölgeler Yedinci Kitap</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>41.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789759952129</t>
+          <t>9789759950644</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 1</t>
+          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>35.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789759952907</t>
+          <t>9789759950897</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 1</t>
+          <t>Safahat - Asım Altıncı Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>55</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759951955</t>
+          <t>9789756611470</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rize Bibliyografyası</t>
+          <t>Sadullah Paşa Yahud Mezardan Nida</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756611142</t>
+          <t>9789759953645</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Bin Fahreddin</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>34</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789757032861</t>
+          <t>9789759952808</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
+          <t>Rize Şer’iyye Sicilleri 2</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>16.67</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000006417</t>
+          <t>9789759952129</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Reis’in Kara Merhemi</t>
+          <t>Rize Şer’iyye Sicilleri 1</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>2.31</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789759951832</t>
+          <t>9789759952907</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türk Romanları</t>
+          <t>Rize Defteri 1</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789759955038</t>
+          <t>9789759951955</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Parçası Benden</t>
+          <t>Rize Bibliyografyası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757032779</t>
+          <t>9789756611142</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri</t>
+          <t>Rızaeddin Bin Fahreddin</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>23.15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757032984</t>
+          <t>9789757032861</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
+          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789757032977</t>
+          <t>3990000006417</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
+          <t>Reis’in Kara Merhemi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>23.15</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789759955083</t>
+          <t>9789759951832</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
+          <t>Popüler Türk Romanları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759954956</t>
+          <t>9789759955038</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
+          <t>Parçası Benden</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789759954963</t>
+          <t>9789757032779</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
+          <t>Ömer Seyfettin Bütün Eserleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789759953508</t>
+          <t>9789757032984</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789759957025</t>
+          <t>9789757032977</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Vehhabilik</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789759951542</t>
+          <t>9789759955083</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789757032137</t>
+          <t>9789759954956</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay’a Armağan</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>22.22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759952297</t>
+          <t>9789759954963</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay Kitabı</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>22.22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789757032809</t>
+          <t>9789759953508</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759950118</t>
+          <t>9789759957025</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Giden Yol</t>
+          <t>Osmanlılar ve Vehhabilik</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>8.33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756611746</t>
+          <t>9789759951542</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime Cilt: 2</t>
+          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>37.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756611739</t>
+          <t>9789757032137</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1</t>
+          <t>Orhan Okay’a Armağan</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>37.04</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000006821</t>
+          <t>9789759952297</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (2 Cilt Takım)</t>
+          <t>Orhan Okay Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>74.07</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789757032336</t>
+          <t>9789757032809</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
+          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789759952624</t>
+          <t>9789759950118</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Devrinde İlmiye</t>
+          <t>Mükemmelliğe Giden Yol</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>16</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789759950989</t>
+          <t>9789756611746</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm</t>
+          <t>Mukaddime Cilt: 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>7.41</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789759951870</t>
+          <t>9789756611739</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğimizin Temel Fikirleri</t>
+          <t>Mukaddime 1</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>12.96</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000005287</t>
+          <t>3990000006821</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Erzurum</t>
+          <t>Mukaddime (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>26</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789766611460</t>
+          <t>9789757032336</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
+          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>24.07</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789757032786</t>
+          <t>9789759952624</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
+          <t>Modernleşme Devrinde İlmiye</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>12.04</v>
+        <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789759950033</t>
+          <t>9789759950989</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ubeydullah Efendi</t>
+          <t>Mistisizm</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>35</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789759955755</t>
+          <t>9789759951870</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Milliyetçiliğimizin Temel Fikirleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756611586</t>
+          <t>3990000005287</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Vehbi Efendi</t>
+          <t>Milli Mücadele'de Erzurum</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789759952143</t>
+          <t>9789766611460</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
+          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789759952815</t>
+          <t>9789757032786</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>198</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789759950743</t>
+          <t>9789759950033</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Asâr ve İhtisasat</t>
+          <t>Mehmed Ubeydullah Efendi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759954062</t>
+          <t>9789759955755</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>58</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756611319</t>
+          <t>9789756611586</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kitaplardan Bir Kitap</t>
+          <t>Mahmut Vehbi Efendi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>10.19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789759952501</t>
+          <t>9789759952143</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kişver</t>
+          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789759950316</t>
+          <t>9789759952815</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Karlar Altında Nevbahar</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>20</v>
+        <v>198</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789759951139</t>
+          <t>9789759950743</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers’in Siyaset Felsefesi</t>
+          <t>Külliyat-ı Asâr ve İhtisasat</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756611968</t>
+          <t>9789759954062</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
+          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>9.26</v>
+        <v>58</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789757032908</t>
+          <t>9789756611319</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kansızlık</t>
+          <t>Kitaplardan Bir Kitap</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000076517</t>
+          <t>9789759952501</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
+          <t>Kişver</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789759954307</t>
+          <t>9789759950316</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Karlar Altında Nevbahar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789757032946</t>
+          <t>9789759951139</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları</t>
+          <t>Karl Jaspers’in Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>8.33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789759951917</t>
+          <t>9789756611968</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ataç’ın Tiyatro Yazıları</t>
+          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789759954352</t>
+          <t>9789757032908</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
+          <t>Kansızlık</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789759954383</t>
+          <t>3990000076517</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
+          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789759951931</t>
+          <t>9789759954307</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>14</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000005233</t>
+          <t>9789757032946</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Afganlı Kadın</t>
+          <t>Avrupa Mektupları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756611449</t>
+          <t>9789759951917</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
+          <t>Ataç’ın Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>8.33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000004039</t>
+          <t>9789759954352</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
+          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000004040</t>
+          <t>9789759954383</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
+          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756611364</t>
+          <t>9789759951931</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756611357</t>
+          <t>3990000005233</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
+          <t>Afganlı Kadın</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>24</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756611340</t>
+          <t>9789756611449</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
+          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>35</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000004042</t>
+          <t>3990000004039</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000004041</t>
+          <t>3990000004040</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756611210</t>
+          <t>9789756611364</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>10.19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789759950576</t>
+          <t>9789756611357</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>20 Yılın Ardından Mehmet Kaplan</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756611074</t>
+          <t>9789756611340</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789757032854</t>
+          <t>3990000004042</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000004036</t>
+          <t>3990000004041</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789759950651</t>
+          <t>9789756611210</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>3990000045658</t>
+          <t>9789759950576</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
+          <t>20 Yılın Ardından Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>12.04</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>3990000096598</t>
+          <t>9789756611074</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nato</t>
+          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>12.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256839786</t>
+          <t>9789757032854</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789759959111</t>
+          <t>3990000004036</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789759954116</t>
+          <t>9789759950651</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Geydim Hırkayı</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789759955496</t>
+          <t>3990000045658</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759953362</t>
+          <t>3990000096598</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
+          <t>Yeni Nato</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>280</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789759953881</t>
+          <t>9786256839786</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
+          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>580</v>
+        <v>500</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759955731</t>
+          <t>9789759959111</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759955656</t>
+          <t>9789759954116</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
+          <t>Geydim Hırkayı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255629043</t>
+          <t>9789759955496</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mektupları</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789759957483</t>
+          <t>9789759953362</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Tasavvufun Mahiyeti</t>
+          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789759953331</t>
+          <t>9789759953881</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hikaye</t>
+          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759953973</t>
+          <t>9789759955731</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256839779</t>
+          <t>9789759955656</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255629074</t>
+          <t>9786255629043</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
+          <t>Gönül Mektupları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789759958251</t>
+          <t>9789759957483</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>İbn Haldun Tasavvufun Mahiyeti</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789759956233</t>
+          <t>9789759953331</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>Uzun Hikaye</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786255629005</t>
+          <t>9789759953973</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789759956295</t>
+          <t>9786256839779</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Vaaz ve Dua</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789759956219</t>
+          <t>9786255629074</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
+          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789759956110</t>
+          <t>9789759958251</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Yüklenen Anlamlar</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>4444444444002</t>
+          <t>9789759956233</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789759956011</t>
+          <t>9786255629005</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Rus İşgali</t>
+          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789759953683</t>
+          <t>9789759956295</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk Kitabı</t>
+          <t>Vaaz ve Dua</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789759955151</t>
+          <t>9789759956219</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türk Müzik Kimliği</t>
+          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257005982</t>
+          <t>9789759956110</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe ve Diğer Oyunlar</t>
+          <t>Edebiyata Yüklenen Anlamlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789759950699</t>
+          <t>4444444444002</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Aka Gündüz'ün Romanlarında Kadın</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759956080</t>
+          <t>9789759956011</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Doğruluğun Peşinde</t>
+          <t>Erzurum'da Rus İşgali</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759956172</t>
+          <t>9789759953683</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İhtişam ve Mutsuzluk</t>
+          <t>Yoksulluk Kitabı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759956127</t>
+          <t>9789759955151</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hergele</t>
+          <t>Türk Müzik Kimliği</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256839663</t>
+          <t>9786257005982</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
+          <t>Tartuffe ve Diğer Oyunlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786259556185</t>
+          <t>9789759950699</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
+          <t>Aka Gündüz'ün Romanlarında Kadın</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256839014</t>
+          <t>9789759956080</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bir Delideğil Ayna Karşısında</t>
+          <t>Doğruluğun Peşinde</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786259556178</t>
+          <t>9789759956172</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
+          <t>İhtişam ve Mutsuzluk</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789759959661</t>
+          <t>9789759956127</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Dante ve İslam</t>
+          <t>Hergele</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257660822</t>
+          <t>9786256839663</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
+          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256839939</t>
+          <t>9786259556185</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Ciltli)</t>
+          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257660754</t>
+          <t>9786256839014</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ten Yükünün Sarhoş Tellalı</t>
+          <t>Bir Delideğil Ayna Karşısında</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257660945</t>
+          <t>9786259556178</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Retractationes/ İncelemeler</t>
+          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789759958961</t>
+          <t>9789759959661</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
+          <t>Dante ve İslam</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256839823</t>
+          <t>9786257660822</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
+          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>480</v>
+        <v>750</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789759955823</t>
+          <t>9786256839939</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Beş Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>85</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789759955571</t>
+          <t>9786257660754</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>Ten Yükünün Sarhoş Tellalı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789759955502</t>
+          <t>9786257660945</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Retractationes/ İncelemeler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>3990000031041</t>
+          <t>9789759958961</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
+          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789759954574</t>
+          <t>9786256839823</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759959364</t>
+          <t>9789759955823</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zafer Değil Sefer</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>480</v>
+        <v>85</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259437270</t>
+          <t>9789759955571</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Şeytankaya Tılsımı</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789757032670</t>
+          <t>9789759955502</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Ruhu: Erzurum</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789757032007</t>
+          <t>3990000031041</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıratım</t>
+          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759959715</t>
+          <t>9789759954574</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kutuz Hoca’nın Hatıraları</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257005005</t>
+          <t>9789759959364</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
+          <t>Zafer Değil Sefer</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786259556109</t>
+          <t>9786259437270</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
+          <t>Şeytankaya Tılsımı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256839809</t>
+          <t>9789757032670</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>Bir Şehrin Ruhu: Erzurum</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258437355</t>
+          <t>9789757032007</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yıldız'dan Gülistan'a</t>
+          <t>Siyasi Hatıratım</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257005524</t>
+          <t>9789759959715</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Reinhardt’in Bahçesi</t>
+          <t>Kutuz Hoca’nın Hatıraları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258437997</t>
+          <t>9786257005005</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258437676</t>
+          <t>9786259556109</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
+          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257660389</t>
+          <t>9786256839809</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Televizyonla İhyası</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789759955953</t>
+          <t>9786258437355</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi ve Edebiyat</t>
+          <t>Yıldız'dan Gülistan'a</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759959432</t>
+          <t>9786257005524</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
+          <t>Reinhardt’in Bahçesi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789759959302</t>
+          <t>9786258437997</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İbnülemin'in Rüyaları</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759958763</t>
+          <t>9786258437676</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759958541</t>
+          <t>9786257660389</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kahve Yanında Bir Lokum</t>
+          <t>Tarihin Televizyonla İhyası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759957681</t>
+          <t>9789759955953</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Daima</t>
+          <t>Ahmet Mithat Efendi ve Edebiyat</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759958831</t>
+          <t>9789759959432</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759959142</t>
+          <t>9789759959302</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Terimleri Sözlüğü</t>
+          <t>İbnülemin'in Rüyaları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759956707</t>
+          <t>9789759958763</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759956578</t>
+          <t>9789759958541</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Akılcılık</t>
+          <t>Kahve Yanında Bir Lokum</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789759957957</t>
+          <t>9789759957681</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Dönüş Miti</t>
+          <t>Masumiyet Daima</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759954086</t>
+          <t>9789759958831</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığından Sanayiciliğe</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759953171</t>
+          <t>9789759959142</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Pozitivizm</t>
+          <t>Eleştiri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759953928</t>
+          <t>9789759956707</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759955663</t>
+          <t>9789759956578</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina - Descartes Metafiziği</t>
+          <t>Akılcılık</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759950774</t>
+          <t>9789759957957</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
+          <t>Ebedi Dönüş Miti</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759953249</t>
+          <t>9789759954086</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
+          <t>Toprak Ağalığından Sanayiciliğe</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759951849</t>
+          <t>9789759953171</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bursa Mektupları</t>
+          <t>İslamiyet ve Pozitivizm</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759955694</t>
+          <t>9789759953928</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789759953935</t>
+          <t>9789759955663</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Aklın Anatomisi</t>
+          <t>İbn Sina - Descartes Metafiziği</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789759955595</t>
+          <t>9789759950774</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759956561</t>
+          <t>9789759953249</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi Yazıları</t>
+          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759955458</t>
+          <t>9789759951849</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuat</t>
+          <t>Bursa Mektupları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759951160</t>
+          <t>9789759955694</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Shakespeare</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759953034</t>
+          <t>9789759953935</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Dünya Modeli</t>
+          <t>Aklın Anatomisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789759959456</t>
+          <t>9789759955595</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>850</v>
+        <v>110</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789759958473</t>
+          <t>9789759956561</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>Ahlak Felsefesi Yazıları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759954901</t>
+          <t>9789759955458</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri’nin Hatıraları</t>
+          <t>Beşir Fuat</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257005340</t>
+          <t>9789759951160</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aynı Rüyanın İçinde (Ciltli)</t>
+          <t>Türkçede Shakespeare</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759953850</t>
+          <t>9789759953034</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
+          <t>Sömürgeciliğin Dünya Modeli</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759955793</t>
+          <t>9789759959456</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759954734</t>
+          <t>9789759958473</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789759959708</t>
+          <t>9789759954901</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Cervantes ve Türk Akdenizi</t>
+          <t>Niyazi-i Mısri’nin Hatıraları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789759958121</t>
+          <t>9786257005340</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bilim İle Siyaset Arasında Hatıralar</t>
+          <t>Aynı Rüyanın İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256839892</t>
+          <t>9789759953850</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258437584</t>
+          <t>9789759955793</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258437249</t>
+          <t>9789759954734</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258437577</t>
+          <t>9789759959708</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Cervantes ve Türk Akdenizi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256839984</t>
+          <t>9789759958121</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kara Kitabı</t>
+          <t>Bilim İle Siyaset Arasında Hatıralar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759957889</t>
+          <t>9786256839892</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sancısı</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789759953966</t>
+          <t>9786258437584</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256839991</t>
+          <t>9786258437249</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Erverdi Ailesi’nin Şeceresi</t>
+          <t>Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256839946</t>
+          <t>9786258437577</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sûfîlerin Kavramları (Ciltli)</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789759958626</t>
+          <t>9786256839984</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Suat'ın Mektubu</t>
+          <t>Mustafa Kara Kitabı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256839953</t>
+          <t>9789759957889</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Ne Demektir?</t>
+          <t>Değişim Sancısı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258437553</t>
+          <t>9789759953966</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kutsal ve Mitik Dağlar</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256839793</t>
+          <t>9786256839991</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Erverdi Ailesi’nin Şeceresi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256839977</t>
+          <t>9786256839946</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Üzerine Söylev</t>
+          <t>Sûfîlerin Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759952617</t>
+          <t>9789759958626</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Makaleler</t>
+          <t>Suat'ın Mektubu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257005821</t>
+          <t>9786256839953</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kışı</t>
+          <t>Düşünmek Ne Demektir?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789759954550</t>
+          <t>9786258437553</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 1</t>
+          <t>Kutsal ve Mitik Dağlar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759958794</t>
+          <t>9786256839793</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Teorisi</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789759955786</t>
+          <t>9786256839977</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aydaki Kadın</t>
+          <t>Sömürgecilik Üzerine Söylev</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789759953515</t>
+          <t>9789759952617</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
+          <t>Edebiyat Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256839885</t>
+          <t>9786257005821</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Şaman ve Tengri</t>
+          <t>Akrebin Kışı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256839908</t>
+          <t>9789759954550</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Rüya Misafirleri</t>
+          <t>İslamcıların Siyasi Görüşleri 1</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256839755</t>
+          <t>9789759958794</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
+          <t>Edebiyat Teorisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>800</v>
+        <v>520</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256839915</t>
+          <t>9789759955786</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Elma Beklesin</t>
+          <t>Aydaki Kadın</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257005647</t>
+          <t>9789759953515</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dağ Ne Kadar Yüce Olsa</t>
+          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789759955717</t>
+          <t>9786256839885</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Gibi</t>
+          <t>Şaman ve Tengri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256839007</t>
+          <t>9786256839908</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Rüya Misafirleri</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789759959593</t>
+          <t>9786256839755</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Aramakla Bulunmaz</t>
+          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>4444444442692</t>
+          <t>9786256839915</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
+          <t>Elma Beklesin</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256839878</t>
+          <t>9786257005647</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Yankısı</t>
+          <t>Dağ Ne Kadar Yüce Olsa</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256839861</t>
+          <t>9789759955717</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Hikayeler</t>
+          <t>Yaşadığım Gibi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257005036</t>
+          <t>9786256839007</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256839847</t>
+          <t>9789759959593</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Yeni Zaman</t>
+          <t>Aramakla Bulunmaz</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256839854</t>
+          <t>4444444442692</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Placita Philosophorum - Filozofların Öğretileri</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256839762</t>
+          <t>9786256839878</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Sömürgeleştirilmesi</t>
+          <t>Uzakların Yankısı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256839830</t>
+          <t>9786256839861</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Adamları</t>
+          <t>Unutulmuş Hikayeler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789759958985</t>
+          <t>9786257005036</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Melali</t>
+          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256839816</t>
+          <t>9786256839847</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Mahallesinde Bir Aile</t>
+          <t>Eski Türkçe Yeni Zaman</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256839748</t>
+          <t>9786256839854</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Placita Philosophorum - Filozofların Öğretileri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256839472</t>
+          <t>9786256839762</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Mısır’ın Sömürgeleştirilmesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256839724</t>
+          <t>9786256839830</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
+          <t>Başkanın Adamları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256839700</t>
+          <t>9789759958985</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Tercümeler</t>
+          <t>Ağustos Melali</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256839588</t>
+          <t>9786256839816</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
+          <t>Süleymaniye Mahallesinde Bir Aile</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256839694</t>
+          <t>9786256839748</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789759953102</t>
+          <t>9786256839472</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256839625</t>
+          <t>9786256839724</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
+          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>3000</v>
+        <v>950</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257005746</t>
+          <t>9786256839700</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
+          <t>Tercümeler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789759959203</t>
+          <t>9786256839588</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789759953010</t>
+          <t>9786256839694</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzeldir</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257660747</t>
+          <t>9789759953102</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi</t>
+          <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789759955724</t>
+          <t>9786256839625</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
+          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>230</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257660952</t>
+          <t>9786257005746</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Pontus Macerası</t>
+          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789759953096</t>
+          <t>9789759959203</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Tahir Sami Bey’in Özel Hayatı</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257660792</t>
+          <t>9789759953010</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sorun Nedir?</t>
+          <t>Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789759955779</t>
+          <t>9786257660747</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257005937</t>
+          <t>9789759955724</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türklerin ve Moğolların Eski Dini</t>
+          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257005371</t>
+          <t>9786257660952</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Dünden Bugüne Pontus Macerası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256839151</t>
+          <t>9789759953096</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
+          <t>Tahir Sami Bey’in Özel Hayatı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256839717</t>
+          <t>9786257660792</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sınıf</t>
+          <t>Sorun Nedir?</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256839687</t>
+          <t>9789759955779</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Fasıldır Ey Ömrüm</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256839557</t>
+          <t>9786257005937</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Türklerin ve Moğolların Eski Dini</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256839670</t>
+          <t>9786257005371</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Irmak</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256839540</t>
+          <t>9786256839151</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Açık Beyaz</t>
+          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256839601</t>
+          <t>9786256839717</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
+          <t>Sınıf</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258437225</t>
+          <t>9786256839687</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Bu Son Fasıldır Ey Ömrüm</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256839533</t>
+          <t>9786256839557</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Şakıyan’ın Alametifarikası</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256839595</t>
+          <t>9786256839670</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aş Haddini Aşma</t>
+          <t>İçimizden Geçen Irmak</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256839571</t>
+          <t>9786256839540</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>Açık Beyaz</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256839564</t>
+          <t>9786256839601</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257005708</t>
+          <t>9786258437225</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256839526</t>
+          <t>9786256839533</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
+          <t>Şakıyan’ın Alametifarikası</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>550</v>
+        <v>130</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256839199</t>
+          <t>9786256839595</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Köşe</t>
+          <t>Kendini Aş Haddini Aşma</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256839458</t>
+          <t>9786256839571</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256839144</t>
+          <t>9786256839564</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256839168</t>
+          <t>9786257005708</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Altay Türklerinde Ölüm</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256839519</t>
+          <t>9786256839526</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256839496</t>
+          <t>9786256839199</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yağmuru</t>
+          <t>Yedi İklim Dört Köşe</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256839502</t>
+          <t>9786256839458</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Monsieur Teste</t>
+          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256839489</t>
+          <t>9786256839144</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256839465</t>
+          <t>9786256839168</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Efendi'nin Rüyaları</t>
+          <t>Altay Türklerinde Ölüm</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257660891</t>
+          <t>9786256839519</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258437102</t>
+          <t>9786256839496</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256839083</t>
+          <t>9786256839502</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
+          <t>Monsieur Teste</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258437881</t>
+          <t>9786256839489</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256839205</t>
+          <t>9786256839465</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Olan Hiçbir Şeyi</t>
+          <t>Abdullah Efendi'nin Rüyaları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256839106</t>
+          <t>9786257660891</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Kütüğü Yaktık</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257660228</t>
+          <t>9786258437102</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Babur Büyük Moğolların Tarihi</t>
+          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>580</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256839045</t>
+          <t>9786256839083</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256839052</t>
+          <t>9786258437881</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2</t>
+          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256839038</t>
+          <t>9786256839205</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Gözleri Olan Hiçbir Şeyi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256839175</t>
+          <t>9786256839106</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bir Hac Yolculuğunun Günlükleri</t>
+          <t>Bir Aşk Kütüğü Yaktık</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257660082</t>
+          <t>9786257660228</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Büyük Varlık Zinciri</t>
+          <t>Babur Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256839137</t>
+          <t>9786256839045</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Coriolanus</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256839090</t>
+          <t>9786256839052</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olma İmkanı</t>
+          <t>Şiir Tahlilleri 2</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256839076</t>
+          <t>9786256839038</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256839120</t>
+          <t>9786256839175</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
+          <t>Bir Hac Yolculuğunun Günlükleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256839113</t>
+          <t>9786257660082</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Son Romantikler</t>
+          <t>Büyük Varlık Zinciri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256839182</t>
+          <t>9786256839137</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Biz de Boş Adam Değiliz</t>
+          <t>Coriolanus</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258437911</t>
+          <t>9786256839090</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Bir Oto-Analiz İçin Taslak</t>
+          <t>Devlet Olma İmkanı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256839021</t>
+          <t>9786256839076</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258437805</t>
+          <t>9786256839120</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Temel Görüşleri</t>
+          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258437966</t>
+          <t>9786256839113</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü’l-Hakayık</t>
+          <t>Son Romantikler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258437935</t>
+          <t>9786256839182</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Bir Nevabit</t>
+          <t>Biz de Boş Adam Değiliz</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258437218</t>
+          <t>9786258437911</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Bir Oto-Analiz İçin Taslak</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258437256</t>
+          <t>9786256839021</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Müftü Arasında Hatıralarım</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258437973</t>
+          <t>9786258437805</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bekarlar Balosu</t>
+          <t>İbn Haldun'un Temel Görüşleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258437980</t>
+          <t>9786258437966</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Buşido Japon Savaş Sanatı</t>
+          <t>Zübdetü’l-Hakayık</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258437829</t>
+          <t>9786258437935</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kitap Sevenler Cemiyeti</t>
+          <t>Türk Düşüncesinde Bir Nevabit</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258437874</t>
+          <t>9786258437218</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet (Ciltli)</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>1150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258437508</t>
+          <t>9786258437256</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ticari Kapitalizmin Kısa Tarihi</t>
+          <t>Efendi İle Müftü Arasında Hatıralarım</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258437768</t>
+          <t>9786258437973</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
+          <t>Bekarlar Balosu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258437645</t>
+          <t>9786258437980</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
+          <t>Buşido Japon Savaş Sanatı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786255629081</t>
+          <t>9786258437829</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Teyzeler ve Maymunlar</t>
+          <t>Kitap Sevenler Cemiyeti</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258437690</t>
+          <t>9786258437874</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Madde Olmayan Kısmı</t>
+          <t>Din ve Milliyet (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>130</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258437867</t>
+          <t>9786258437508</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
+          <t>Ticari Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258437836</t>
+          <t>9786258437768</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ariel</t>
+          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258437843</t>
+          <t>9786258437645</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
+          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258437782</t>
+          <t>9786255629081</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yazdı Kış</t>
+          <t>Teyzeler ve Maymunlar</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258437904</t>
+          <t>9786258437690</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
+          <t>İnsanın Madde Olmayan Kısmı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258437850</t>
+          <t>9786258437867</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhtıranın Son Yaprakları</t>
+          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258437898</t>
+          <t>9786258437836</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Eserlerimi Nasıl Yazdım</t>
+          <t>Ariel</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258437812</t>
+          <t>9786258437843</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet</t>
+          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258437928</t>
+          <t>9786258437782</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Masum</t>
+          <t>Yazdı Kış</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258437683</t>
+          <t>9786258437904</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
+          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258437447</t>
+          <t>9786258437850</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tekinalp - Uyumun Havarisi</t>
+          <t>Bir Muhtıranın Son Yaprakları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258437621</t>
+          <t>9786258437898</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Seza Hanım ve Kedileri</t>
+          <t>Eserlerimi Nasıl Yazdım</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258437607</t>
+          <t>9786258437812</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ses Efekti</t>
+          <t>Din ve Milliyet</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258437522</t>
+          <t>9786258437928</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sel Gider Kum Kalır</t>
+          <t>Masum</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258437720</t>
+          <t>9786258437683</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
+          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258437430</t>
+          <t>9786258437447</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sahnesi</t>
+          <t>Tekinalp - Uyumun Havarisi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258437706</t>
+          <t>9786258437621</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
+          <t>Seza Hanım ve Kedileri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258437423</t>
+          <t>9786258437607</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Melekler Mezarlığı</t>
+          <t>Ses Efekti</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258437614</t>
+          <t>9786258437522</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kuşa Benzeme Oyunu</t>
+          <t>Sel Gider Kum Kalır</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258437713</t>
+          <t>9786258437720</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - İkinci Kritik</t>
+          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258437492</t>
+          <t>9786258437430</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
+          <t>Osmanlı Sahnesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>860</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258437478</t>
+          <t>9786258437706</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İskendername: Şerefname - İkbalname</t>
+          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258437737</t>
+          <t>9786258437423</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Melekler Mezarlığı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258437461</t>
+          <t>9786258437614</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
+          <t>Kuşa Benzeme Oyunu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258437751</t>
+          <t>9786258437713</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü</t>
+          <t>Kant Okumaları - İkinci Kritik</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>950</v>
+        <v>310</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258437546</t>
+          <t>9786258437492</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Ervehe - Annemin Kitabı</t>
+          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>340</v>
+        <v>860</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258437485</t>
+          <t>9786258437478</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Duygu Haritası</t>
+          <t>İskendername: Şerefname - İkbalname</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258437638</t>
+          <t>9786258437737</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çik ve Puşkin</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258437652</t>
+          <t>9786258437461</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler ve Ayrıkotları</t>
+          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257660143</t>
+          <t>9786258437751</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Elifbeden Alfabeye</t>
+          <t>Fars Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257660433</t>
+          <t>9786258437546</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
+          <t>Ervehe - Annemin Kitabı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258437669</t>
+          <t>9786258437485</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Yeni Osmanlılar</t>
+          <t>Edebiyatın Duygu Haritası</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257660266</t>
+          <t>9786258437638</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
+          <t>Çik ve Puşkin</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258437539</t>
+          <t>9786258437652</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
+          <t>Çiçekler ve Ayrıkotları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258437591</t>
+          <t>9786257660143</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
+          <t>Elifbeden Alfabeye</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258437515</t>
+          <t>9786257660433</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kendileyiş</t>
+          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257660600</t>
+          <t>9786258437669</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihinin Çeşitliliği</t>
+          <t>İstanbul ve Yeni Osmanlılar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258437454</t>
+          <t>9786257660266</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Günler</t>
+          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258437386</t>
+          <t>9786258437539</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
+          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258437379</t>
+          <t>9786258437591</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Alaska'da Bir Kayın</t>
+          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>130</v>
+        <v>850</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258437393</t>
+          <t>9786258437515</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yer Çok ve Adımlarımız</t>
+          <t>Kendileyiş</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258437416</t>
+          <t>9786257660600</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
+          <t>Kültür Tarihinin Çeşitliliği</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258437348</t>
+          <t>9786258437454</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geçmiyor mu Buralardan</t>
+          <t>İçimden Geçen Günler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258437317</t>
+          <t>9786258437386</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Taş Et Ot</t>
+          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258437294</t>
+          <t>9786258437379</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Nedir?</t>
+          <t>Alaska'da Bir Kayın</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258437324</t>
+          <t>9786258437393</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kaz Ayağı</t>
+          <t>Yer Çok ve Adımlarımız</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258437263</t>
+          <t>9786258437416</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlüğün Peşinde</t>
+          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258437331</t>
+          <t>9786258437348</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Ademin Kardeşleri</t>
+          <t>Köroğlu Geçmiyor mu Buralardan</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258437409</t>
+          <t>9786258437317</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Dört Ebedi Doruk</t>
+          <t>Taş Et Ot</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258437362</t>
+          <t>9786258437294</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğanın Aynası</t>
+          <t>Sosyoloji Nedir?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258437041</t>
+          <t>9786258437324</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dinin Anlamı ve Sonu</t>
+          <t>Kaz Ayağı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258437140</t>
+          <t>9786258437263</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Husserl Ve Frege’de ‘Anlam’</t>
+          <t>Gerçek Özgürlüğün Peşinde</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258437171</t>
+          <t>9786258437331</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ve Gölge</t>
+          <t>Ademin Kardeşleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258437195</t>
+          <t>9786258437409</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
+          <t>Edebiyatımızda Dört Ebedi Doruk</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258437201</t>
+          <t>9786258437362</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
+          <t>Felsefe ve Doğanın Aynası</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258437096</t>
+          <t>9786258437041</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>Dinin Anlamı ve Sonu</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258437164</t>
+          <t>9786258437140</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Nutuklar ve Konferanslar</t>
+          <t>Husserl Ve Frege’de ‘Anlam’</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257660914</t>
+          <t>9786258437171</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çözülemeyen Bulmaca</t>
+          <t>Güneş Ve Gölge</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258437157</t>
+          <t>9786258437195</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Dini Matbuat</t>
+          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257660976</t>
+          <t>9786258437201</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Ve Gençlik Hatıraları</t>
+          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258437188</t>
+          <t>9786258437096</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İşin Doğrusu</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258437133</t>
+          <t>9786258437164</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Trajedisi</t>
+          <t>Nutuklar ve Konferanslar</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258437010</t>
+          <t>9786257660914</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
+          <t>Çözülemeyen Bulmaca</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258437065</t>
+          <t>9786258437157</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
+          <t>Osmanlı'da Dini Matbuat</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257660655</t>
+          <t>9786257660976</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
+          <t>Çocukluk Ve Gençlik Hatıraları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>2500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258437003</t>
+          <t>9786258437188</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
+          <t>Yanlış İşin Doğrusu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257660723</t>
+          <t>9786258437133</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
+          <t>Gündelik Hayatın Trajedisi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258437058</t>
+          <t>9786258437010</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Neft ve Petrol</t>
+          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258437126</t>
+          <t>9786258437065</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
+          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257660440</t>
+          <t>9786257660655</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hint Kutsal Metinleri - Upanişadlar</t>
+          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258437072</t>
+          <t>9786258437003</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı</t>
+          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257660594</t>
+          <t>9786257660723</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
+          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257660501</t>
+          <t>9786258437058</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
+          <t>Osmanlı’da Neft ve Petrol</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>750</v>
+        <v>580</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257660112</t>
+          <t>9786258437126</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Öncüleri</t>
+          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>370</v>
+        <v>950</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257660242</t>
+          <t>9786257660440</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Pak Ceddi Pak</t>
+          <t>Hint Kutsal Metinleri - Upanişadlar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257660372</t>
+          <t>9786258437072</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kamelyalı Kadın</t>
+          <t>Sa'di-yi Şirazi Divanı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257005197</t>
+          <t>9786257660594</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257660761</t>
+          <t>9786257660501</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
+          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257660365</t>
+          <t>9786257660112</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Güneşe</t>
+          <t>Sosyolojinin Öncüleri</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257005722</t>
+          <t>9786257660242</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tanış Olalım</t>
+          <t>Ruhu Pak Ceddi Pak</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257660129</t>
+          <t>9786257660372</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Eşyadan Say</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257660716</t>
+          <t>9786257005197</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler Edebiyata Girince</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257660570</t>
+          <t>9786257660761</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
+          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257660402</t>
+          <t>9786257660365</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
+          <t>Gölgeden Güneşe</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257660549</t>
+          <t>9786257005722</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'yı Taşralaştırmak</t>
+          <t>Gelin Tanış Olalım</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789759959227</t>
+          <t>9786257660129</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Mumlar</t>
+          <t>Eşyadan Say</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789759955618</t>
+          <t>9786257660716</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Çingeneler Edebiyata Girince</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789759952914</t>
+          <t>9786257660570</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İktisat Tarihi</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789759953751</t>
+          <t>9786257660402</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257660624</t>
+          <t>9786257660549</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım)</t>
+          <t>Avrupa'yı Taşralaştırmak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257660310</t>
+          <t>9789759959227</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
+          <t>Eriyen Mumlar</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257660907</t>
+          <t>9789759955618</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257660884</t>
+          <t>9789759952914</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Sabahı Beklemeden</t>
+          <t>Türkiye İktisat Tarihi</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257660990</t>
+          <t>9789759953751</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258437034</t>
+          <t>9786257660624</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
+          <t>Safahat (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257660785</t>
+          <t>9786257660310</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257660921</t>
+          <t>9786257660907</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257660969</t>
+          <t>9786257660884</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
+          <t>Sabahı Beklemeden</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257660983</t>
+          <t>9786257660990</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şerhu’s - Sima</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257660617</t>
+          <t>9786258437034</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 2. Cilt</t>
+          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257660730</t>
+          <t>9786257660785</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
+          <t>Tanburi Cemil Bey</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>590</v>
+        <v>470</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257660488</t>
+          <t>9786257660921</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Poetikası</t>
+          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257660778</t>
+          <t>9786257660969</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
+          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257660563</t>
+          <t>9786257660983</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kliniğin Doğuşu</t>
+          <t>Şerhu’s - Sima</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257660532</t>
+          <t>9786257660617</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Çegemli Sandro Dayı</t>
+          <t>Müdafaa 2. Cilt</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257660587</t>
+          <t>9786257660730</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
+          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257005906</t>
+          <t>9786257660488</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ömür Süvarisi</t>
+          <t>İkinci Yeni Poetikası</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257660525</t>
+          <t>9786257660778</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
+          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257660709</t>
+          <t>9786257660563</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Telemakhos’un Maceraları</t>
+          <t>Kliniğin Doğuşu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257660105</t>
+          <t>9786257660532</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
+          <t>Çegemli Sandro Dayı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257660419</t>
+          <t>9786257660587</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Megaralı Theognis Üzerine</t>
+          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257660556</t>
+          <t>9786257005906</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
+          <t>Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257660495</t>
+          <t>9786257660525</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Atlamadığı Balkonlar</t>
+          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257660464</t>
+          <t>9786257660709</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Telemakhos’un Maceraları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257660471</t>
+          <t>9786257660105</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kaldıramadığım Yükler</t>
+          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257660167</t>
+          <t>9786257660419</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ademin Yolculuğu - Toplu Şiirler</t>
+          <t>Megaralı Theognis Üzerine</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257660457</t>
+          <t>9786257660556</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Orada Merhamet Varmış</t>
+          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257005845</t>
+          <t>9786257660495</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Saltanata Dönüşmesi</t>
+          <t>Kimsenin Atlamadığı Balkonlar</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257660075</t>
+          <t>9786257660464</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ya Paranı Ya Canını</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257660280</t>
+          <t>9786257660471</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
+          <t>Bazı Kaldıramadığım Yükler</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257660303</t>
+          <t>9786257660167</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Mişa Kitabı</t>
+          <t>Ademin Yolculuğu - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257660334</t>
+          <t>9786257660457</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Selam Olsun</t>
+          <t>Orada Merhamet Varmış</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257660341</t>
+          <t>9786257005845</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Dindar Modern İtaatkar</t>
+          <t>Hilafetin Saltanata Dönüşmesi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257005418</t>
+          <t>9786257660075</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Melamet Risaleleri</t>
+          <t>Ya Paranı Ya Canını</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257660273</t>
+          <t>9786257660280</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Zalimdir</t>
+          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257660259</t>
+          <t>9786257660303</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mirsadü'l-İbad</t>
+          <t>Mişa Kitabı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257660150</t>
+          <t>9786257660334</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Selam Olsun</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257660099</t>
+          <t>9786257660341</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - Birinci Kritik</t>
+          <t>Dindar Modern İtaatkar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257005999</t>
+          <t>9786257005418</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
+          <t>Melamet Risaleleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257660044</t>
+          <t>9786257660273</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Siyaset Zalimdir</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257660037</t>
+          <t>9786257660259</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
+          <t>Mirsadü'l-İbad</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257660051</t>
+          <t>9786257660150</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257660013</t>
+          <t>9786257660099</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 1.Cilt</t>
+          <t>Kant Okumaları - Birinci Kritik</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257005951</t>
+          <t>9786257005999</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kitapları</t>
+          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257005661</t>
+          <t>9786257660044</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789759958138</t>
+          <t>9786257660037</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dili</t>
+          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789759957049</t>
+          <t>9786257660051</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257005920</t>
+          <t>9786257660013</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tütün Risalesi</t>
+          <t>Müdafaa 1.Cilt</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257005975</t>
+          <t>9786257005951</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Babamın Kitapları</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>980</v>
+        <v>220</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257005968</t>
+          <t>9786257005661</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
+          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>650</v>
+        <v>950</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257005692</t>
+          <t>9789759958138</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
+          <t>Kuş Dili</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257005517</t>
+          <t>9789759957049</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücut</t>
+          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257005944</t>
+          <t>9786257005920</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
+          <t>Tütün Risalesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759959876</t>
+          <t>9786257005975</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Musli</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>380</v>
+        <v>980</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257005654</t>
+          <t>9786257005968</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Nasıl Sevilir</t>
+          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257005869</t>
+          <t>9786257005692</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Borçlandırılmış İnsanın İmali</t>
+          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257005579</t>
+          <t>9786257005517</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet</t>
+          <t>Vahdet-i Vücut</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257005739</t>
+          <t>9786257005944</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Keçiler Dönemi</t>
+          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257005555</t>
+          <t>9789759959876</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Süleyman Musli</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>950</v>
+        <v>380</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257005784</t>
+          <t>9786257005654</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerin Yorumlanması</t>
+          <t>Yusuf Nasıl Sevilir</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257005623</t>
+          <t>9786257005869</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Melek Kavşağı</t>
+          <t>Borçlandırılmış İnsanın İmali</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257005494</t>
+          <t>9786257005579</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Bir Cinayet</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257005531</t>
+          <t>9786257005739</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Karbon Demokrasi</t>
+          <t>Keçiler Dönemi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257005609</t>
+          <t>9786257005555</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Rudeki-yi Semerkandi Divanı</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>380</v>
+        <v>950</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257005586</t>
+          <t>9786257005784</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Atını Çalan Çocuk</t>
+          <t>Kültürlerin Yorumlanması</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257005562</t>
+          <t>9786257005623</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Görgü Tanığı</t>
+          <t>Melek Kavşağı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257005593</t>
+          <t>9786257005494</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Yunan Diyarında Kurban Mutfağı</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257005548</t>
+          <t>9786257005531</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
+          <t>Karbon Demokrasi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257005500</t>
+          <t>9786257005609</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Henüz On Yedi Yaşında</t>
+          <t>Rudeki-yi Semerkandi Divanı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257005463</t>
+          <t>9786257005586</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarlasında Bir Eksik</t>
+          <t>Atilla’nın Atını Çalan Çocuk</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257005388</t>
+          <t>9786257005562</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
+          <t>Görgü Tanığı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257005456</t>
+          <t>9786257005593</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Usta Konuşmak İstiyor</t>
+          <t>Yunan Diyarında Kurban Mutfağı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257005487</t>
+          <t>9786257005548</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Bitemeyen</t>
+          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257005470</t>
+          <t>9786257005500</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ademin Duaları</t>
+          <t>Henüz On Yedi Yaşında</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257660006</t>
+          <t>9786257005463</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Durkheim ve Modern Eğitim</t>
+          <t>Mısır Tarlasında Bir Eksik</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257005203</t>
+          <t>9786257005388</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
+          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257005289</t>
+          <t>9786257005456</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Manihaist Bir İlahi Huyadagman</t>
+          <t>Usta Konuşmak İstiyor</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257005296</t>
+          <t>9786257005487</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanla Karşılaşmak</t>
+          <t>Bitemeyen</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257005210</t>
+          <t>9786257005470</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+          <t>Ademin Duaları</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257005333</t>
+          <t>9786257660006</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 2</t>
+          <t>Durkheim ve Modern Eğitim</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257005326</t>
+          <t>9786257005203</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 1</t>
+          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789759959845</t>
+          <t>9786257005289</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
+          <t>Manihaist Bir İlahi Huyadagman</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789759959722</t>
+          <t>9786257005296</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
+          <t>Bir İnsanla Karşılaşmak</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257005258</t>
+          <t>9786257005210</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
+          <t>Şeyh-i Ekber’i Niçin Severim?</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257005234</t>
+          <t>9786257005333</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Vefakar Kadınım</t>
+          <t>Ömer Seyfettin - Hikayeler 2</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789759959906</t>
+          <t>9786257005326</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Ömer Seyfettin - Hikayeler 1</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257005159</t>
+          <t>9789759959845</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
+          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257005166</t>
+          <t>9789759959722</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan</t>
+          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257005265</t>
+          <t>9786257005258</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Üç Ermişi</t>
+          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789759959814</t>
+          <t>9786257005234</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
+          <t>Sevgili Vefakar Kadınım</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257005173</t>
+          <t>9789759959906</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Bir Düşünür Abay</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257005098</t>
+          <t>9786257005159</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Yazıcızade Ali’nin Oğuznamesi</t>
+          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257005081</t>
+          <t>9786257005166</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kedi Edebiyatı</t>
+          <t>Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257005227</t>
+          <t>9786257005265</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi ile Toprağa Dönüş</t>
+          <t>Anadolu’nun Üç Ermişi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257005142</t>
+          <t>9789759959814</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Teslim</t>
+          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257005135</t>
+          <t>9786257005173</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dolanan Sarmaşık</t>
+          <t>Hümanist Bir Düşünür Abay</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257005128</t>
+          <t>9786257005098</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hatırlı Yara</t>
+          <t>Yazıcızade Ali’nin Oğuznamesi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257005074</t>
+          <t>9786257005081</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>İsmail Tunalı Düşüncesi</t>
+          <t>Kedi Edebiyatı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257005067</t>
+          <t>9786257005227</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Nermi Uygur</t>
+          <t>Kalbin Sesi ile Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257005050</t>
+          <t>9786257005142</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Modernitenin Cinsiyeti</t>
+          <t>Teslim</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789759959944</t>
+          <t>9786257005135</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
+          <t>Kendine Dolanan Sarmaşık</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789759959869</t>
+          <t>9786257005128</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
+          <t>Hatırlı Yara</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257005012</t>
+          <t>9786257005074</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
+          <t>İsmail Tunalı Düşüncesi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789759959968</t>
+          <t>9786257005067</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilme Teorisi</t>
+          <t>Düşünceleriyle Nermi Uygur</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789759959913</t>
+          <t>9786257005050</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Vah</t>
+          <t>Modernitenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789759959081</t>
+          <t>9789759959944</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp'in Tenkidi</t>
+          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789759959951</t>
+          <t>9789759959869</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 2</t>
+          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789759959999</t>
+          <t>9786257005012</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789759959982</t>
+          <t>9789759959968</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Bir Bilme Teorisi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789759959975</t>
+          <t>9789759959913</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
+          <t>Vah</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789759959777</t>
+          <t>9789759959081</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Kanatlar</t>
+          <t>Ziya Gökalp'in Tenkidi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789759959890</t>
+          <t>9789759959951</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Pervin-i İtisami Divanı</t>
+          <t>İslamcıların Siyasi Görüşleri 2</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>660</v>
+        <v>500</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789759959784</t>
+          <t>9789759959999</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Doğum Lekesi</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789759959760</t>
+          <t>9789759959982</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Dönüşümü</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789759959807</t>
+          <t>9789759959975</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
+          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789759959852</t>
+          <t>9789759959777</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kapısında Büyümek</t>
+          <t>Tedirgin Kanatlar</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789759959821</t>
+          <t>9789759959890</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Pervin-i İtisami Divanı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789759959753</t>
+          <t>9789759959784</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
+          <t>Doğum Lekesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789759959692</t>
+          <t>9789759959760</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
+          <t>Edebiyatın Dönüşümü</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789759959647</t>
+          <t>9789759959807</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Savaş</t>
+          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789759959630</t>
+          <t>9789759959852</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Kuyusu</t>
+          <t>Osmanlı Kapısında Büyümek</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789759959319</t>
+          <t>9789759959821</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789759959586</t>
+          <t>9789759959753</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler Hep Senin Yüzünden</t>
+          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789759959623</t>
+          <t>9789759959692</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-Name</t>
+          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789759959548</t>
+          <t>9789759959647</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hint Düşüncesinde İslam Algısı</t>
+          <t>Mutlak Savaş</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789759959579</t>
+          <t>9789759959630</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kaza Süsü</t>
+          <t>Kimlik Kuyusu</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789759959531</t>
+          <t>9789759959319</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
+          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789759959326</t>
+          <t>9789759959586</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Musahabat-ı Leyliye</t>
+          <t>Başıma Gelenler Hep Senin Yüzünden</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789759959357</t>
+          <t>9789759959623</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Sevda-yı Sa'y ü Amel</t>
+          <t>Ramazan-Name</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789759959012</t>
+          <t>9789759959548</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
+          <t>Hint Düşüncesinde İslam Algısı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789759959470</t>
+          <t>9789759959579</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Fırtınayı Kucaklamak</t>
+          <t>Kaza Süsü</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789759959340</t>
+          <t>9789759959531</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Su Üzerinde Dans</t>
+          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789759959333</t>
+          <t>9789759959326</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
+          <t>Musahabat-ı Leyliye</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789759959449</t>
+          <t>9789759959357</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Karikatür</t>
+          <t>Sevda-yı Sa'y ü Amel</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789759958817</t>
+          <t>9789759959012</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Benim İçimde</t>
+          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789759959425</t>
+          <t>9789759959470</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür Üzerine Yazılar</t>
+          <t>Fırtınayı Kucaklamak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789759959401</t>
+          <t>9789759959340</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
+          <t>Ateş ve Su Üzerinde Dans</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>950</v>
+        <v>670</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789759959388</t>
+          <t>9789759959333</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
+          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789759959210</t>
+          <t>9789759959449</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Üstelik Sarışın</t>
+          <t>Karikatür</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789759959395</t>
+          <t>9789759958817</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye</t>
+          <t>Gurbet Benim İçimde</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>950</v>
+        <v>170</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789759959180</t>
+          <t>9789759959425</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Türk Mesnevi Edebiyatı</t>
+          <t>Dil ve Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789759959371</t>
+          <t>9789759959401</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
+          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>180</v>
+        <v>950</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789759959418</t>
+          <t>9789759959388</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yayla Dumanı - Bütün Eserleri</t>
+          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789759959289</t>
+          <t>9789759959210</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatandan Bir Vatana</t>
+          <t>Üstelik Sarışın</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789759959296</t>
+          <t>9789759959395</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sınırları</t>
+          <t>Muhammediye</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789759958848</t>
+          <t>9789759959180</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sözün Güzeli Erzurum</t>
+          <t>Türk Mesnevi Edebiyatı</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789759958329</t>
+          <t>9789759959371</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Alıştırmaları</t>
+          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789759957063</t>
+          <t>9789759959418</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
+          <t>Yayla Dumanı - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>740</v>
+        <v>340</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789759959272</t>
+          <t>9789759959289</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
+          <t>Bir Vatandan Bir Vatana</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>680</v>
+        <v>800</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789759959067</t>
+          <t>9789759959296</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Eleştirinin Sınırları</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789759959197</t>
+          <t>9789759958848</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Sözün Güzeli Erzurum</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789759959074</t>
+          <t>9789759958329</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Kurmaca Alıştırmaları</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789759959173</t>
+          <t>9789759957063</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Said Halet Efendi</t>
+          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>480</v>
+        <v>740</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257005111</t>
+          <t>9789759959272</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu Tarihi</t>
+          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>880</v>
+        <v>680</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789759958947</t>
+          <t>9789759959067</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Silahları</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789759958916</t>
+          <t>9789759959197</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İtikat ve Siyaset</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789759959159</t>
+          <t>9789759959074</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789759959135</t>
+          <t>9789759959173</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitabı</t>
+          <t>Mehmed Said Halet Efendi</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>700</v>
+        <v>480</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789759958862</t>
+          <t>9786257005111</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Musiki</t>
+          <t>Moğol İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>360</v>
+        <v>880</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789759959128</t>
+          <t>9789759958947</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Sultanın Silahları</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789759959098</t>
+          <t>9789759958916</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
+          <t>İtikat ve Siyaset</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789759957070</t>
+          <t>9789759959159</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Edebiyat</t>
+          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789759958992</t>
+          <t>9789759959135</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Çiçek Kitabı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789759959050</t>
+          <t>9789759958862</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anatomisi</t>
+          <t>Saray ve Musiki</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>950</v>
+        <v>360</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257005883</t>
+          <t>9789759959128</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>En-Necat - Felsefenin Temel Konuları</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789759959036</t>
+          <t>9789759959098</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kıyılarında</t>
+          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>330</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789759959005</t>
+          <t>9789759957070</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
+          <t>Hermeneutik ve Edebiyat</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789759958893</t>
+          <t>9789759958992</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Yapısı ve Sorunları</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789759958909</t>
+          <t>9789759959050</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Hayatın Anatomisi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789759957735</t>
+          <t>9786257005883</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
+          <t>En-Necat - Felsefenin Temel Konuları</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789759957933</t>
+          <t>9789759959036</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İbni Teymiye'ye Göre İbn Arabi</t>
+          <t>Edebiyatın Kıyılarında</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789759958480</t>
+          <t>9789759959005</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Şuurun Doğrudan Doğruya Verileri</t>
+          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789759958824</t>
+          <t>9789759958893</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İffet</t>
+          <t>Felsefenin Yapısı ve Sorunları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789759958800</t>
+          <t>9789759958909</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759958633</t>
+          <t>9789759957735</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
+          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789759958664</t>
+          <t>9789759957933</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
+          <t>İbni Teymiye'ye Göre İbn Arabi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789759959265</t>
+          <t>9789759958480</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Nasıl Ölür</t>
+          <t>Şuurun Doğrudan Doğruya Verileri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789759958503</t>
+          <t>9789759958824</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
+          <t>İffet</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789759958787</t>
+          <t>9789759958800</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Yahut Arzuhal</t>
+          <t>Edebiyat Yazıları 2</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789759958657</t>
+          <t>9789759958633</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
+          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789759958770</t>
+          <t>9789759958664</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
+          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789759958589</t>
+          <t>9789759959265</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
+          <t>Bir Japon Nasıl Ölür</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789759958640</t>
+          <t>9789759958503</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
+          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789759958206</t>
+          <t>9789759958787</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Pol Molla'nın Hikayesi</t>
+          <t>İlmihal Yahut Arzuhal</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789759958671</t>
+          <t>9789759958657</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik Yazıları</t>
+          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789759958619</t>
+          <t>9789759958770</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Alkestis - Medeia - Elektra</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789759958565</t>
+          <t>9789759958589</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhafazakarlığında Bir Cevelan</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789759958572</t>
+          <t>9789759958640</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
+          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789759958411</t>
+          <t>9789759958206</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin</t>
+          <t>Pol Molla'nın Hikayesi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789759958404</t>
+          <t>9789759958671</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mahcubiyet Öyküleri</t>
+          <t>Sanat ve Estetik Yazıları</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789759958398</t>
+          <t>9789759958619</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Uçsun Varsın</t>
+          <t>Alkestis - Medeia - Elektra</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789759958497</t>
+          <t>9789759958565</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
+          <t>Türk Muhafazakarlığında Bir Cevelan</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789759958558</t>
+          <t>9789759958572</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Fransa Sefaretnamesi</t>
+          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789759958510</t>
+          <t>9789759958411</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
+          <t>Hüsrev ü Şirin</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789759958527</t>
+          <t>9789759958404</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
+          <t>Mahcubiyet Öyküleri</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789759958374</t>
+          <t>9789759958398</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Kızı</t>
+          <t>Uçsun Varsın</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789759958183</t>
+          <t>9789759958497</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyadan Vatana</t>
+          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789759958336</t>
+          <t>9789759958558</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
+          <t>Fransa Sefaretnamesi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789759958367</t>
+          <t>9789759958510</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Metres</t>
+          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789759958312</t>
+          <t>9789759958527</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengi</t>
+          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>130</v>
+        <v>530</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789759958275</t>
+          <t>9789759958374</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
+          <t>Nuh’un Kızı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789759958282</t>
+          <t>9789759958183</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Ah! Şiirler (2001 - 2011)</t>
+          <t>Coğrafyadan Vatana</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789759958084</t>
+          <t>9789759958336</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
+          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789759958077</t>
+          <t>9789759958367</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Sofistik Düşüncenin Arka Planı</t>
+          <t>Metres</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789759958176</t>
+          <t>9789759958312</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Dünyanın Rengi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789759958381</t>
+          <t>9789759958275</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789759958299</t>
+          <t>9789759958282</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in İzinde</t>
+          <t>Ah! Şiirler (2001 - 2011)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789759958343</t>
+          <t>9789759958084</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kafkas</t>
+          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789759958237</t>
+          <t>9789759958077</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
+          <t>Sofistik Düşüncenin Arka Planı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789759958213</t>
+          <t>9789759958176</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789759958220</t>
+          <t>9789759958381</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Tekkede Zaman</t>
+          <t>Sayyadane Bir Cevelan</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789759958190</t>
+          <t>9789759958299</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Hüseyin Avni Ulaş</t>
+          <t>Robert Kolej’in İzinde</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789759958305</t>
+          <t>9789759958343</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşunun Sesi</t>
+          <t>Kafkas</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789759958145</t>
+          <t>9789759958237</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Defteri</t>
+          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>160</v>
+        <v>950</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786257005302</t>
+          <t>9789759958213</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yakın Tarih Biraz Hurafe</t>
+          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789759957087</t>
+          <t>9789759958220</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
+          <t>Tekkede Zaman</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789759957605</t>
+          <t>9789759958190</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Erzurumlu Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789759958060</t>
+          <t>9789759958305</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Tarla Kuşunun Sesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789759959685</t>
+          <t>9789759958145</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Zaman</t>
+          <t>Bir Ölünün Defteri</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789759958015</t>
+          <t>9786257005302</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler</t>
+          <t>Biraz Yakın Tarih Biraz Hurafe</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789759957995</t>
+          <t>9789759957087</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Kırk Yılı</t>
+          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789759958053</t>
+          <t>9789759957605</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789759958022</t>
+          <t>9789759958060</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Heidegger'in Geç Dönem Felsefesi</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789759957988</t>
+          <t>9789759959685</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
+          <t>Kuşlar ve Zaman</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789759957971</t>
+          <t>9789759958015</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Çeviriler</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789759957964</t>
+          <t>9789759957995</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bahçesinin Gülü Solmadan</t>
+          <t>Bir Kitabın Kırk Yılı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789759957940</t>
+          <t>9789759958053</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
+          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786257660693</t>
+          <t>9789759958022</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tekamül</t>
+          <t>Heidegger'in Geç Dönem Felsefesi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789759957872</t>
+          <t>9789759957988</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Arnavutlar Solyotlar</t>
+          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789759956653</t>
+          <t>9789759957971</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Tanpınar'dan Çeviriler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786257005104</t>
+          <t>9789759957964</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Topyekün Harp</t>
+          <t>Ömür Bahçesinin Gülü Solmadan</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789759957865</t>
+          <t>9789759957940</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
+          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789759957032</t>
+          <t>9786257660693</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Adlandırmanın Ontoteolojisi</t>
+          <t>Yaratıcı Tekamül</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789759957650</t>
+          <t>9789759957872</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Olmayan Çiçek</t>
+          <t>Arnavutlar Solyotlar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789759955014</t>
+          <t>9789759956653</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'un Kara Günleri</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789759957766</t>
+          <t>9786257005104</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Heideggerin Kulübesi</t>
+          <t>Topyekün Harp</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789759957711</t>
+          <t>9789759957865</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Boşluk</t>
+          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258437287</t>
+          <t>9789759957032</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
+          <t>Adlandırmanın Ontoteolojisi</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789759957704</t>
+          <t>9789759957650</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mali Tarihi</t>
+          <t>Çiçek Olmayan Çiçek</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789759957728</t>
+          <t>9789759955014</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Ahlak</t>
+          <t>Erzurum'un Kara Günleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789759957674</t>
+          <t>9789759957766</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Hırkası</t>
+          <t>Heideggerin Kulübesi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789759957643</t>
+          <t>9789759957711</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Katakofti</t>
+          <t>Hep Aynı Boşluk</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257660020</t>
+          <t>9786258437287</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Arastanın Son Çırağı</t>
+          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789759957773</t>
+          <t>9789759957704</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 1</t>
+          <t>Osmanlı Mali Tarihi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789759957780</t>
+          <t>9789759957728</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Yazıları</t>
+          <t>Dil ve Ahlak</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789759957599</t>
+          <t>9789759957674</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Mektepli / Hanım Kızlara</t>
+          <t>Depresyon Hırkası</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789759957636</t>
+          <t>9789759957643</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Devlet Felsefesi</t>
+          <t>Katakofti</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789759956493</t>
+          <t>9786257660020</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
+          <t>Arastanın Son Çırağı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789759957667</t>
+          <t>9789759957773</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İyiler Ölmez</t>
+          <t>Edebiyat Yazıları 1</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789759957551</t>
+          <t>9789759957780</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
+          <t>Edebiyat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>1000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789759957520</t>
+          <t>9789759957599</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet İstanbul</t>
+          <t>Mini Mini Mektepli / Hanım Kızlara</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789759957544</t>
+          <t>9789759957636</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Sırları</t>
+          <t>Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789759956912</t>
+          <t>9789759956493</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos'un Oyunu</t>
+          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789759956509</t>
+          <t>9789759957667</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi</t>
+          <t>İyiler Ölmez</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789759957056</t>
+          <t>9789759957551</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Erzurumdan Güzel Hatıralar</t>
+          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789759954338</t>
+          <t>9789759957520</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Silik Fotoğraflar - Portreler</t>
+          <t>Bir Demet İstanbul</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789759956486</t>
+          <t>9789759957544</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Musiki</t>
+          <t>Tevhidin Sırları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789759958435</t>
+          <t>9789759956912</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
+          <t>Herakleitos'un Oyunu</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789759953089</t>
+          <t>9789759956509</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Ramazan</t>
+          <t>Türkiye'de Din Eğitimi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789759958466</t>
+          <t>9789759957056</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
+          <t>Erzurumdan Güzel Hatıralar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789759956745</t>
+          <t>9789759954338</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
+          <t>Silik Fotoğraflar - Portreler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789759956516</t>
+          <t>9789759956486</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Notlar</t>
+          <t>İslam ve Musiki</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789759955533</t>
+          <t>9789759958435</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Tirende Bir Keman</t>
+          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789759956639</t>
+          <t>9789759953089</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
+          <t>İstanbul’da Bir Ramazan</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789759955878</t>
+          <t>9789759958466</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir'le Birlikte</t>
+          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786257005807</t>
+          <t>9789759956745</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789759956684</t>
+          <t>9789759956516</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Tanpınar'dan Notlar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789759956592</t>
+          <t>9789759955533</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
+          <t>Tirende Bir Keman</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789759955465</t>
+          <t>9789759956639</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlığın İki Yüzü</t>
+          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789759956660</t>
+          <t>9789759955878</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hesap Günü</t>
+          <t>Kemal Tahir'le Birlikte</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789759955960</t>
+          <t>9786257005807</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>650</v>
+        <v>950</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789759955946</t>
+          <t>9789759956684</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789759955922</t>
+          <t>9789759956592</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Şiirleri</t>
+          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789759956035</t>
+          <t>9789759955465</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Hazret-i Hüdayi</t>
+          <t>Muhafazakarlığın İki Yüzü</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789759955977</t>
+          <t>9789759956660</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sufi Gözüyle Bakmak</t>
+          <t>Hesap Günü</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789759955847</t>
+          <t>9789759955960</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Udolf Hisarı</t>
+          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789759956622</t>
+          <t>9789759955946</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Yunus Bir Haber Verir</t>
+          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789759956608</t>
+          <t>9789759955922</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
+          <t>Ahmet Haşim Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789759956677</t>
+          <t>9789759956035</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
+          <t>Külliyat-ı Hazret-i Hüdayi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789759955991</t>
+          <t>9789759955977</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Hayata Sufi Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>330</v>
+        <v>750</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789759955984</t>
+          <t>9789759955847</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Tasavvuf</t>
+          <t>Udolf Hisarı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789759955885</t>
+          <t>9789759956622</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
+          <t>Yunus Bir Haber Verir</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789759955908</t>
+          <t>9789759956608</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İki Amerikalı Misyoner</t>
+          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789759956066</t>
+          <t>9789759956677</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Olmak</t>
+          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789759955892</t>
+          <t>9789759955991</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789759959937</t>
+          <t>9789759955984</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gayrinizami Harp Doktrini</t>
+          <t>Siyaset ve Tasavvuf</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789759955380</t>
+          <t>9789759955885</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
+          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789759955342</t>
+          <t>9789759955908</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Tapu Sicil Muhafızının Anıları</t>
+          <t>Osmanlı'da İki Amerikalı Misyoner</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789759955373</t>
+          <t>9789759956066</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kartpostalların Fısıldadıkları</t>
+          <t>Vitrinde Olmak</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789759955540</t>
+          <t>9789759955892</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Diğer Hikayeler</t>
+          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789759955670</t>
+          <t>9789759959937</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Güzel Erzurum</t>
+          <t>Osmanlı Gayrinizami Harp Doktrini</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789759955526</t>
+          <t>9789759955380</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Çevremde</t>
+          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789759955557</t>
+          <t>9789759955342</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Sait Beyefendi Hazretlerine Cevap</t>
+          <t>Tapu Sicil Muhafızının Anıları</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789759954758</t>
+          <t>9789759955373</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset İlişkileri</t>
+          <t>Kartpostalların Fısıldadıkları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789759955649</t>
+          <t>9789759955540</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kuruluşu</t>
+          <t>Karabibik ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789759955588</t>
+          <t>9789759955670</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Bayramiye Tarikatı Menakıbı</t>
+          <t>Güzel Erzurum</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789759953218</t>
+          <t>9789759955526</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İrşad</t>
+          <t>Edebiyatçılar Çevremde</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789759957506</t>
+          <t>9789759955557</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
+          <t>Sait Beyefendi Hazretlerine Cevap</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257005852</t>
+          <t>9789759954758</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
+          <t>İslam Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789759952969</t>
+          <t>9789759955649</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Felsefenin Kuruluşu</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257005180</t>
+          <t>9789759955588</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>İştikakçının Köşesi</t>
+          <t>Bayramiye Tarikatı Menakıbı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789759953355</t>
+          <t>9789759953218</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kapıları Açmak</t>
+          <t>İslam’da İrşad</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789759953898</t>
+          <t>9789759957506</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
+          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789759954710</t>
+          <t>9786257005852</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
+          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789759954703</t>
+          <t>9789759952969</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256839960</t>
+          <t>9786257005180</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
+          <t>İştikakçının Köşesi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789759956967</t>
+          <t>9789759953355</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Bilimin Doğuşu</t>
+          <t>Kapıları Açmak</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789759955328</t>
+          <t>9789759953898</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Felsefe - Bilim Nedir</t>
+          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789759953614</t>
+          <t>9789759954710</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789759953607</t>
+          <t>9789759954703</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789759954284</t>
+          <t>9786256839960</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Edebi Eser Üzerine</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789759952792</t>
+          <t>9789759956967</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
+          <t>Felsefe-Bilimin Doğuşu</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>950</v>
+        <v>340</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789759951979</t>
+          <t>9789759955328</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
+          <t>Felsefe - Bilim Nedir</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789759955205</t>
+          <t>9789759953614</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Beliyat-ı Mudhike</t>
+          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257005449</t>
+          <t>9789759953607</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789759955267</t>
+          <t>9789759954284</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
+          <t>Edebiyat ve Edebi Eser Üzerine</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789759955304</t>
+          <t>9789759952792</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir</t>
+          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>290</v>
+        <v>950</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789759953416</t>
+          <t>9789759951979</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Pazar</t>
+          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789759955045</t>
+          <t>9789759955205</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in Kızları</t>
+          <t>Beliyat-ı Mudhike</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789759954345</t>
+          <t>9786257005449</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Üss-i İnkılap</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789759954444</t>
+          <t>9789759955267</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilime Giriş</t>
+          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789759954468</t>
+          <t>9789759955304</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
+          <t>Dem Bu Demdir</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789759954970</t>
+          <t>9789759953416</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Amiral Byng</t>
+          <t>Rüzgarlı Pazar</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789759959104</t>
+          <t>9789759955045</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
+          <t>Robert Kolej’in Kızları</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789759955229</t>
+          <t>9789759954345</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıratı</t>
+          <t>Üss-i İnkılap</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257005401</t>
+          <t>9789759954444</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Teoriye</t>
+          <t>Anlatıbilime Giriş</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789759954369</t>
+          <t>9789759954468</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Kafesin Ardındaki Türk Kadını</t>
+          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
         </is>
       </c>
       <c r="C907" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789759954604</t>
+          <t>9789759954970</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tenkit</t>
+          <t>Amiral Byng</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789759954390</t>
+          <t>9789759959104</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
+          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789759954529</t>
+          <t>9789759955229</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Üzerine</t>
+          <t>Balkan Harbi Hatıratı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789759952655</t>
+          <t>9786257005401</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Bütün Eserleri 10</t>
+          <t>Teoriden Teoriye</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789759955519</t>
+          <t>9789759954369</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Medeniyet</t>
+          <t>Kafesin Ardındaki Türk Kadını</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789759952983</t>
+          <t>9789759954604</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Anka</t>
+          <t>Tasavvuf ve Tenkit</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789759953669</t>
+          <t>9789759954390</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
+          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>540</v>
+        <v>130</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789759951757</t>
+          <t>9789759954529</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Koca Sinan</t>
+          <t>Türk Şiiri Üzerine</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789759954376</t>
+          <t>9789759952655</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
+          <t>Mehmet Akif Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789759952341</t>
+          <t>9789759955519</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Medeniyeti</t>
+          <t>Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789759952433</t>
+          <t>9789759952983</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
+          <t>Küllerinden Doğan Anka</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789759954260</t>
+          <t>9789759953669</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadına Giriş</t>
+          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>800</v>
+        <v>540</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789759955939</t>
+          <t>9789759951757</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>İradenin Davası / Devlet ve Demokrasi</t>
+          <t>Koca Sinan</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257005814</t>
+          <t>9789759954376</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>İlim Bilmez Tarih Hatırlamaz</t>
+          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789759953874</t>
+          <t>9789759952341</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
+          <t>Kağıt Medeniyeti</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>700</v>
+        <v>210</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789759954055</t>
+          <t>9789759952433</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Islahat Siyaset Tarikat</t>
+          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789759953720</t>
+          <t>9789759954260</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Tesadüf</t>
+          <t>İslam İktisadına Giriş</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789759951511</t>
+          <t>9789759955939</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi’den Duyduklarımız</t>
+          <t>İradenin Davası / Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789759952938</t>
+          <t>9786257005814</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-ü Aşk</t>
+          <t>İlim Bilmez Tarih Hatırlamaz</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257005357</t>
+          <t>9789759953874</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
+          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789759954161</t>
+          <t>9789759954055</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Bacak</t>
+          <t>Islahat Siyaset Tarikat</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789759952884</t>
+          <t>9789759953720</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tahlilleri</t>
+          <t>Hüzün ve Tesadüf</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789759952921</t>
+          <t>9789759951511</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hikaye İncelemeleri</t>
+          <t>Hüsrev Hatemi’den Duyduklarımız</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789759951801</t>
+          <t>9789759952938</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
+          <t>Hüsn-ü Aşk</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789759952952</t>
+          <t>9786257005357</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Din İlişkileri</t>
+          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789759955007</t>
+          <t>9789759954161</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Huzursuz Bacak</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257005715</t>
+          <t>9789759952884</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Evren Tasavvuru</t>
+          <t>Hikaye Tahlilleri</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789759953539</t>
+          <t>9789759952921</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
+          <t>Hikaye İncelemeleri</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789757032717</t>
+          <t>9789759951801</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’un Manevi Mimarları</t>
+          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789759951573</t>
+          <t>9789759952952</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’da Ziraat Kültürü</t>
+          <t>Felsefe-Din İlişkileri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789759954109</t>
+          <t>9789759955007</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Ramazan</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789759958695</t>
+          <t>9786257005715</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Şairleri</t>
+          <t>Evren Tasavvuru</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789759957575</t>
+          <t>9789759953539</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Masalları</t>
+          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789759958688</t>
+          <t>9789757032717</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kitabı</t>
+          <t>Erzurum’un Manevi Mimarları</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789759957582</t>
+          <t>9789759951573</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Efsaneleri</t>
+          <t>Erzurum’da Ziraat Kültürü</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789759953782</t>
+          <t>9789759954109</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın İçinden</t>
+          <t>Erzurum'da Ramazan</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789759955311</t>
+          <t>9789759958695</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
+          <t>Erzurum Şairleri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789759953829</t>
+          <t>9789759957575</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi ve Tenkit</t>
+          <t>Erzurum Masalları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789759953768</t>
+          <t>9789759958688</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Erzurum Kitabı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789759954918</t>
+          <t>9789759957582</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Eşik</t>
+          <t>Erzurum Efsaneleri</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257660204</t>
+          <t>9789759953782</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Doğuş Devrinde Tasavvuf</t>
+          <t>Edebiyatımızın İçinden</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789759952723</t>
+          <t>9789759955311</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Hayatı Sufinin Kelamı</t>
+          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789759950309</t>
+          <t>9789759953829</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>David Hume ve Din Felsefesi</t>
+          <t>Edebiyat Tarihi ve Tenkit</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789759953317</t>
+          <t>9789759953768</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>D’Aramon Seyahatnamesi</t>
+          <t>Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789759952174</t>
+          <t>9789759954918</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
+          <t>Dört Kapı Kırk Eşik</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>155</v>
+        <v>380</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789759959838</t>
+          <t>9786257660204</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
+          <t>Doğuş Devrinde Tasavvuf</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789759959609</t>
+          <t>9789759952723</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
+          <t>Dervişin Hayatı Sufinin Kelamı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257005241</t>
+          <t>9789759950309</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>David Hume ve Din Felsefesi</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789759954536</t>
+          <t>9789759953317</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Chef</t>
+          <t>D’Aramon Seyahatnamesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789759956646</t>
+          <t>9789759952174</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin Bütün Şiirleri</t>
+          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>700</v>
+        <v>155</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789759957490</t>
+          <t>9789759959838</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye Rüyası</t>
+          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789759959739</t>
+          <t>9789759959609</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
+          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789759955076</t>
+          <t>9786257005241</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789759955434</t>
+          <t>9789759954536</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
+          <t>Chef</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789759952662</t>
+          <t>9789759956646</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Buhara Bursa Bosna</t>
+          <t>Cenab Şahabeddin Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789759951115</t>
+          <t>9789759957490</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Bu Dağların Ardı</t>
+          <t>Büyük Türkiye Rüyası</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789759953119</t>
+          <t>9789759959739</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Bu Böyledir</t>
+          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789756611401</t>
+          <t>9789759955076</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Erzurum</t>
+          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789759954857</t>
+          <t>9789759955434</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
+          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789759952594</t>
+          <t>9789759952662</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
+          <t>Buhara Bursa Bosna</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789759958428</t>
+          <t>9789759951115</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Osmanlı Günlüğü</t>
+          <t>Bu Dağların Ardı</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789759951894</t>
+          <t>9789759953119</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Tarihi: Cinis</t>
+          <t>Bu Böyledir</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789759953195</t>
+          <t>9789756611401</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
+          <t>Bir Vakitler Erzurum</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789759950507</t>
+          <t>9789759954857</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
+          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257660235</t>
+          <t>9789759952594</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Bir Felsefe Dili Kurmak</t>
+          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789759952976</t>
+          <t>9789759958428</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
+          <t>Bir Papazın Osmanlı Günlüğü</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257005043</t>
+          <t>9789759951894</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
+          <t>Bir Köy Tarihi: Cinis</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>630</v>
+        <v>270</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789759955816</t>
+          <t>9789759953195</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bergson</t>
+          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789759955441</t>
+          <t>9789759950507</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Devri Türk Edebiyatı</t>
+          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789759956776</t>
+          <t>9786257660235</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
+          <t>Bir Felsefe Dili Kurmak</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789759953461</t>
+          <t>9789759952976</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Akımlar</t>
+          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789759954895</t>
+          <t>9786257005043</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Arkakapak Yazıları</t>
+          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>130</v>
+        <v>630</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789759952754</t>
+          <t>9789759955816</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim</t>
+          <t>Bergson</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789759952990</t>
+          <t>9789759955441</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yakası</t>
+          <t>Batılılaşma Devri Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257005395</t>
+          <t>9789759956776</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sosyalizmine Bir Katkı</t>
+          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789759955809</t>
+          <t>9789759953461</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
+          <t>Batı Edebiyatında Akımlar</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257005630</t>
+          <t>9789759954895</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Akıl, İrade Hürriyet</t>
+          <t>Arkakapak Yazıları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>590</v>
+        <v>130</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789759952945</t>
+          <t>9789759952754</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Akasya ve Mandolin</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789759953430</t>
+          <t>9789759952990</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Nizamı</t>
+          <t>Anadolu Yakası</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789759954246</t>
+          <t>9786257005395</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Hatıraları</t>
+          <t>Anadolu Sosyalizmine Bir Katkı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789759952679</t>
+          <t>9789759955809</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
+          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
         </is>
       </c>
       <c r="C988" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789759954451</t>
+          <t>9786257005630</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
+          <t>Akıl, İrade Hürriyet</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>900</v>
+        <v>590</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789759955199</t>
+          <t>9789759952945</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Akasya ve Mandolin</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257660877</t>
+          <t>9789759953430</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse</t>
+          <t>Ahlak Nizamı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257005760</t>
+          <t>9789759954246</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklorunda Kesik Baş</t>
+          <t>Abdülhak Hamid’in Hatıraları</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789759955274</t>
+          <t>9789759952679</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Ders Notları</t>
+          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789759953560</t>
+          <t>9789759954451</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Beyhude Ömrüm</t>
+          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789759952839</t>
+          <t>9789759955199</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257660396</t>
+          <t>9786257660877</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Hafızanın Kıyısında</t>
+          <t>Kıssadan Hisse</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789759955403</t>
+          <t>9786257005760</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Fikri ve Edebiyat</t>
+          <t>Türk Folklorunda Kesik Baş</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789759955397</t>
+          <t>9789759955274</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
+          <t>Tanpınar'dan Ders Notları</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789759959746</t>
+          <t>9789759953560</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Bir Cevelan</t>
+          <t>Beyhude Ömrüm</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789759956820</t>
+          <t>9789759952839</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Paris</t>
+          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789759956875</t>
+          <t>9786257660396</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Modern İktisadın İzinde 2</t>
+          <t>Zaman ve Hafızanın Kıyısında</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789759956844</t>
+          <t>9789759955403</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
+          <t>Tanzimat Fikri ve Edebiyat</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789759956837</t>
+          <t>9789759955397</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789759954659</t>
+          <t>9789759959746</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Avrupa'da Bir Cevelan</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789759954581</t>
+          <t>9789759956820</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
+          <t>Bir Başka Paris</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>360</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789759954642</t>
+          <t>9789759956875</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Askeri Modernleşmenin Dini Müdafaası</t>
+          <t>Osmanlıda Modern İktisadın İzinde 2</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789759954215</t>
+          <t>9789759956844</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Bektaşilik</t>
+          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
         </is>
       </c>
       <c r="C1007" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789759954987</t>
+          <t>9789759956837</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789759955137</t>
+          <t>9789759954659</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut İnternet</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789759954222</t>
+          <t>9789759954581</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Aleksandr Stradella</t>
+          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789759959883</t>
+          <t>9789759954642</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Ahbar-ı Asara Tamim-i Enzar</t>
+          <t>Askeri Modernleşmenin Dini Müdafaası</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789759954628</t>
+          <t>9789759954215</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
+          <t>Mısır'da Bektaşilik</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789759951054</t>
+          <t>9789759954987</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Göz Gördü Gönül Sevdi</t>
+          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789759958107</t>
+          <t>9789759955137</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Göğe Giden Kervanlar</t>
+          <t>Vatan Yahut İnternet</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789759954697</t>
+          <t>9789759954222</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
+          <t>Aleksandr Stradella</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789759954499</t>
+          <t>9789759959883</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Nur</t>
+          <t>Ahbar-ı Asara Tamim-i Enzar</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257005753</t>
+          <t>9789759954628</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı (Ciltli)</t>
+          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789759953409</t>
+          <t>9789759951054</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yokuşa Akan Sular</t>
+          <t>Göz Gördü Gönül Sevdi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789759952488</t>
+          <t>9789759958107</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Türkiye</t>
+          <t>Göğe Giden Kervanlar</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789759955700</t>
+          <t>9789759954697</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal</t>
+          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789759958459</t>
+          <t>9789759954499</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Son Sultanların İstanbul’unda</t>
+          <t>Nur</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789759953386</t>
+          <t>9786257005753</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ruhu</t>
+          <t>Babailer İsyanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789759954680</t>
+          <t>9789759953409</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Leyla vü Mecnun</t>
+          <t>Yokuşa Akan Sular</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789756611753</t>
+          <t>9789759952488</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Arapgir Hasreti</t>
+          <t>Yarınki Türkiye</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789759953836</t>
+          <t>9789759955700</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Sanat</t>
+          <t>Yahya Kemal</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789759953225</t>
+          <t>9789759958459</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Kültür</t>
+          <t>Son Sultanların İstanbul’unda</t>
         </is>
       </c>
       <c r="C1026" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789759953959</t>
+          <t>9789759953386</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Hanya / Girit Mevlevihanesi</t>
+          <t>Nesillerin Ruhu</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789759950279</t>
+          <t>9789759954680</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Eşref Bütün Eserleri</t>
+          <t>Leyla vü Mecnun</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789759954031</t>
+          <t>9789756611753</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
+          <t>Arapgir Hasreti</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789759953492</t>
+          <t>9789759953836</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Zafer Yahut Hiç</t>
+          <t>Orta Sayfa Sohbetleri - Sanat</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789759954949</t>
+          <t>9789759953225</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Orta Sayfa Sohbetleri - Kültür</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789759956615</t>
+          <t>9789759953959</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmadan Uzlaşmak</t>
+          <t>Hanya / Girit Mevlevihanesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789759953126</t>
+          <t>9789759950279</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk İçimizde</t>
+          <t>Eşref Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257005425</t>
+          <t>9789759954031</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
+          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789759951566</t>
+          <t>9789759953492</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
+          <t>Zafer Yahut Hiç</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789759953157</t>
+          <t>9789759954949</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Ya Tahammül Ya Sefer</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257005777</t>
+          <t>9789759956615</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Veysel Kareni ve Üveysilik</t>
+          <t>Yozlaşmadan Uzlaşmak</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789759951450</t>
+          <t>9789759953126</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
+          <t>Yoksulluk İçimizde</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789759953256</t>
+          <t>9786257005425</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sinema Kavgası</t>
+          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789759958718</t>
+          <t>9789759951566</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Türkülerde Yaşayan Şehir Erzurum</t>
+          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789759959029</t>
+          <t>9789759953157</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında</t>
+          <t>Ya Tahammül Ya Sefer</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789759957858</t>
+          <t>9786257005777</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
+          <t>Veysel Kareni ve Üveysilik</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257660211</t>
+          <t>9789759951450</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
+          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257005319</t>
+          <t>9789759953256</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
+          <t>Ulusal Sinema Kavgası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789759959791</t>
+          <t>9789759958718</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
+          <t>Türkülerde Yaşayan Şehir Erzurum</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>800</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789759953621</t>
+          <t>9789759959029</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesi Üzerine</t>
+          <t>Türkler Arasında</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257660136</t>
+          <t>9789759957858</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
+          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789759954185</t>
+          <t>9786257660211</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesi 1 - Kökenler</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789759954932</t>
+          <t>9786257005319</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Tufandan Önce</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789759954406</t>
+          <t>9789759959791</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
+          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>430</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789759953911</t>
+          <t>9789759953621</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Taşralı Bütün Eserleri 12</t>
+          <t>Türk Roman ve Hikayesi Üzerine</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257660181</t>
+          <t>9786257660136</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
+          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789759953676</t>
+          <t>9789759954185</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hayat</t>
+          <t>Türk Düşüncesi 1 - Kökenler</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789759953379</t>
+          <t>9789759954932</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar Tarihi</t>
+          <t>Tufandan Önce</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257660198</t>
+          <t>9789759954406</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
+          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257005364</t>
+          <t>9789759953911</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
+          <t>Taşralı Bütün Eserleri 12</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789759952082</t>
+          <t>9786257660181</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789759955625</t>
+          <t>9789759953676</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Tarih Uğrunda</t>
+          <t>Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789759958879</t>
+          <t>9789759953379</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Şiir Dünyası</t>
+          <t>Tasavvuf ve Tarikatlar Tarihi</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789759953737</t>
+          <t>9786257660198</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Mektupları</t>
+          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789759953867</t>
+          <t>9786257005364</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Şiir Daima Şiir</t>
+          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789759959920</t>
+          <t>9789759952082</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789759953348</t>
+          <t>9789759955625</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Tarih Uğrunda</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789759951528</t>
+          <t>9789759958879</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
+          <t>Tanpınar’ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786258437300</t>
+          <t>9789759953737</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Sözü Dilde Hayali Gözde</t>
+          <t>Tanpınar’ın Mektupları</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789759953799</t>
+          <t>9789759953867</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname (Siyeru’l-mülük)</t>
+          <t>Şiir Daima Şiir</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257005838</t>
+          <t>9789759959920</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789759954048</t>
+          <t>9789759953348</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Ödül Töreni</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789759953003</t>
+          <t>9789759951528</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789759955335</t>
+          <t>9786258437300</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve İlim</t>
+          <t>Sözü Dilde Hayali Gözde</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789756611661</t>
+          <t>9789759953799</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Bülent Oran</t>
+          <t>Siyasetname (Siyeru’l-mülük)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789759955144</t>
+          <t>9786257005838</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Saz u Söz Arasında</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789759952891</t>
+          <t>9789759954048</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Sadık Bir Muhalif</t>
+          <t>Sıradışı Bir Ödül Töreni</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257005616</t>
+          <t>9789759953003</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789759952686</t>
+          <t>9789759955335</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
+          <t>Sevgi ve İlim</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789759954994</t>
+          <t>9789756611661</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Reha</t>
+          <t>Senaryo Bülent Oran</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789759951764</t>
+          <t>9789759955144</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Erzurum’da</t>
+          <t>Saz u Söz Arasında</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>130</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789759952730</t>
+          <t>9789759952891</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Sadık Bir Muhalif</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789759953812</t>
+          <t>9786257005616</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Poetika Dersleri</t>
+          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789759958442</t>
+          <t>9789759952686</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
+          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789759956783</t>
+          <t>9789759954994</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Türk Musikisi</t>
+          <t>Reha</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789759955472</t>
+          <t>9789759951764</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Omurgasızlaştırılmış Türklük</t>
+          <t>Puşkin Erzurum’da</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257005876</t>
+          <t>9789759952730</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789759955601</t>
+          <t>9789759953812</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Müzik, Kültür, Dil</t>
+          <t>Poetika Dersleri</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257660068</t>
+          <t>9789759958442</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789759952532</t>
+          <t>9789759956783</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Edebiyat</t>
+          <t>Osmanlı Dönemi Türk Musikisi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789759954253</t>
+          <t>9789759955472</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Millet Mistikleri</t>
+          <t>Omurgasızlaştırılmış Türklük</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789759953485</t>
+          <t>9786257005876</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789759953805</t>
+          <t>9789759955601</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Müzik, Kültür, Dil</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789759954567</t>
+          <t>9786257660068</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789759958886</t>
+          <t>9789759952532</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
+          <t>Mukayeseli Edebiyat</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789756611562</t>
+          <t>9789759954253</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
+          <t>Millet Mistikleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789759954925</t>
+          <t>9789759953485</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789759953065</t>
+          <t>9789759953805</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Menekşeli Mektup</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789759953713</t>
+          <t>9789759954567</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Gölgesi</t>
+          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789759954840</t>
+          <t>9789759958886</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Şiir Dünyası</t>
+          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789759954727</t>
+          <t>9789756611562</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hikmet- i Peder</t>
+          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789759956547</t>
+          <t>9789759954925</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Yazıları</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789759951610</t>
+          <t>9789759953065</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezayi ve Eserleri</t>
+          <t>Menekşeli Mektup</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789759956769</t>
+          <t>9789759953713</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik Yürüyüş</t>
+          <t>Meleğin Gölgesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789759956752</t>
+          <t>9789759954840</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Amel Defteri</t>
+          <t>Mehmet Akif’in Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789759956950</t>
+          <t>9789759954727</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kar Makamı</t>
+          <t>Hikmet- i Peder</t>
         </is>
       </c>
       <c r="C1102" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789759956943</t>
+          <t>9789759956547</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gözleri</t>
+          <t>Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789759957001</t>
+          <t>9789759951610</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Kratylos 1. Cilt</t>
+          <t>Sami Paşazade Sezayi ve Eserleri</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789759957018</t>
+          <t>9789759956769</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Kratylos'a Yorumlar 2. Cilt</t>
+          <t>Sivil İtaatsizlik Yürüyüş</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789759956936</t>
+          <t>9789759956752</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
+          <t>Amel Defteri</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789759956974</t>
+          <t>9789759956950</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Telvihat</t>
+          <t>Kar Makamı</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789759959562</t>
+          <t>9789759956943</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Tarihi</t>
+          <t>Annemin Gözleri</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>640</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789759956905</t>
+          <t>9789759957001</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Geçiyor</t>
+          <t>Kratylos 1. Cilt</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789759956868</t>
+          <t>9789759957018</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
+          <t>Kratylos'a Yorumlar 2. Cilt</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789759954079</t>
+          <t>9789759956936</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
+          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789759954123</t>
+          <t>9789759956974</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
+          <t>Telvihat</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789759954130</t>
+          <t>9789759959562</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Peder Olmak Sanatı</t>
+          <t>Doğu Asya Tarihi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>130</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
+          <t>9789759956905</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatçılar Geçiyor</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789759956868</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9789759954079</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9789759954123</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9789759954130</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Peder Olmak Sanatı</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
           <t>9789759953027</t>
         </is>
       </c>
-      <c r="B1114" s="1" t="inlineStr">
+      <c r="B1119" s="1" t="inlineStr">
         <is>
           <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
-      <c r="C1114" s="1">
+      <c r="C1119" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>