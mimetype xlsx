--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -85,16810 +85,16825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255629357</t>
+          <t>9786255629388</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Doğusu Batısı</t>
+          <t>Ben Sevdiklerime Zor Yazabiliyorum</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255629395</t>
+          <t>9786255629357</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Perdesini Aralamak</t>
+          <t>Müziğin Doğusu Batısı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759959463</t>
+          <t>9786255629395</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Dil Bilgisi Terimleri Sözlüğü</t>
+          <t>Hakikatin Perdesini Aralamak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759955762</t>
+          <t>9789759959463</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü</t>
+          <t>Karşılaştırmalı Dil Bilgisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255629340</t>
+          <t>9789759955762</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Ayhan Bıçak</t>
+          <t>Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255629050</t>
+          <t>9786255629340</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü Üzerine 20 Ders</t>
+          <t>Düşünceleriyle Ayhan Bıçak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255629302</t>
+          <t>9786255629050</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Paşalar ve Generaller Arasında</t>
+          <t>Saatleri Ayarlama Enstitüsü Üzerine 20 Ders</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444444411</t>
+          <t>9786255629302</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zemin Edebiyat Dil ve Kültür Araştırmaları Dergisi Sayı: 10 Aralık 2025</t>
+          <t>Paşalar ve Generaller Arasında</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255629234</t>
+          <t>4444444444411</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmanın İpi</t>
+          <t>Zemin Edebiyat Dil ve Kültür Araştırmaları Dergisi Sayı: 10 Aralık 2025</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759956356</t>
+          <t>9786255629234</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarlasında Bir Aksak</t>
+          <t>Uçurtmanın İpi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444444410</t>
+          <t>9789759956356</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 52 Aralık 2025</t>
+          <t>Mısır Tarlasında Bir Aksak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255629296</t>
+          <t>4444444444410</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kelimat Amişnameler</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 52 Aralık 2025</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255629197</t>
+          <t>9786255629296</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bençağının Sonu</t>
+          <t>Kelimat Amişnameler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255629111</t>
+          <t>9786255629197</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Phaidon Üzerine Notlar</t>
+          <t>Bençağının Sonu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255629104</t>
+          <t>9786255629111</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Phaidon - Ruh Üzerine</t>
+          <t>Phaidon Üzerine Notlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255629098</t>
+          <t>9786255629104</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aslı Yok Sözleri Mecnun Söyler</t>
+          <t>Phaidon - Ruh Üzerine</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255629203</t>
+          <t>9786255629098</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yarına Çıkmanın Yolları</t>
+          <t>Aslı Yok Sözleri Mecnun Söyler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259556192</t>
+          <t>9786255629203</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Bilimine Giriş</t>
+          <t>Yarına Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255629210</t>
+          <t>9786259556192</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Islıkla Çağrılan</t>
+          <t>Rumeli Bilimine Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259956332</t>
+          <t>9786255629210</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Terbiyenin Mertebeleri</t>
+          <t>Islıkla Çağrılan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255629128</t>
+          <t>9786259956332</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeniler, Eskileri Nasıl Okur?</t>
+          <t>Tasavvufi Terbiyenin Mertebeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255629142</t>
+          <t>9786255629128</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>N'etti Bu Yunus N'etti</t>
+          <t>Yeniler, Eskileri Nasıl Okur?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255629180</t>
+          <t>9786255629142</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Beklerken</t>
+          <t>N'etti Bu Yunus N'etti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255629135</t>
+          <t>9786255629180</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
+          <t>Ezanı Beklerken</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255629036</t>
+          <t>9786255629135</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni, Hep Daha Yeni</t>
+          <t>Avrupa-merkezcilik, Sömürgecilik ve Filistin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259556123</t>
+          <t>9786255629036</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Yeni, Hep Daha Yeni</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256839922</t>
+          <t>9786259556123</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Okumalar</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789759953690</t>
+          <t>9786256839922</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Şiir Dünyası</t>
+          <t>Biyografik Okumalar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>132</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258437089</t>
+          <t>9789759953690</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
+          <t>Tanpınar'ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789759958602</t>
+          <t>9786258437089</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
+          <t>Sa'di-yi Şirazi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12.2</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789759957629</t>
+          <t>9789759958602</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı</t>
+          <t>2018 Mustafa Kutlu Ajandası - Edebiyatta 50. Yıl</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>92</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759959555</t>
+          <t>9789759957629</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi</t>
+          <t>Babailer İsyanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>40</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789759958268</t>
+          <t>9789759959555</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzde Taş</t>
+          <t>Kalbin Sesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759958091</t>
+          <t>9789759958268</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çamlıhemşin Seyahatnamesi</t>
+          <t>Kültürümüzde Taş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759959487</t>
+          <t>9789759958091</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>1835 Tarihli Rize Nüfus Defteri</t>
+          <t>Çamlıhemşin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759958046</t>
+          <t>9789759959487</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>1835 Tarihli Rize Nüfus Defteri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759955120</t>
+          <t>9789759958046</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255629173</t>
+          <t>9789759955120</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
+          <t>Müderris ve Hukukçu Rizeli Hafız Kasım Efendi: 2. Meşrutiyet Dönemi Hukuk Eğitiminde Üslup Arayışları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759954598</t>
+          <t>9786255629173</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Yeni İnsan ve Ulus Oluşumunda Roman Aşkı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>40</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759956059</t>
+          <t>9789759954598</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759954147</t>
+          <t>9789759956059</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
+          <t>Türk Zihniyet Dünyası ve Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759954154</t>
+          <t>9789759954147</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759955854</t>
+          <t>9789759954154</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yenişehirli Avni Bey</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları 4</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759956073</t>
+          <t>9789759955854</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
+          <t>Yenişehirli Avni Bey</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>29</v>
+        <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759957094</t>
+          <t>9789759956073</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Buşido</t>
+          <t>Mehmet Kaplan'ın Kaleminden Yunus Emre Metinler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759957261</t>
+          <t>9789759957094</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Notlarıyla)</t>
+          <t>Buşido</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759957254</t>
+          <t>9789759957261</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Beş Şehir (Notlarıyla)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>74</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759954888</t>
+          <t>9789759957254</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>16</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759957926</t>
+          <t>9789759954888</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
+          <t>Fındıklı Seyahatnamesi : Fındıklı'dan Viçe'ye Yolculuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757032395</t>
+          <t>9789759957926</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
+          <t>Doğu Karadeniz'de Bir Aile-Hacıalibeyzadeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759958152</t>
+          <t>9789757032395</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
+          <t>Bütün Oyunları - Ahmet Midhat Efendi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759957759</t>
+          <t>9789759958152</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Dikkati</t>
+          <t>İrfanoğlu İsmail Efendi'nin Hatıraları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759957797</t>
+          <t>9789759957759</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
+          <t>Türk Dikkati</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000087634</t>
+          <t>9789759957797</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>900</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759956691</t>
+          <t>3990000087634</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>900</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759956028</t>
+          <t>9789759956691</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759956042</t>
+          <t>9789759956028</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
+          <t>Zamanın Behrinde Ramazan Hikayeleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>42</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759958534</t>
+          <t>9789759956042</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalarak Avrupalı Olmak</t>
+          <t>Türk Entelektüel Tarihinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>750</v>
+        <v>42</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759957278</t>
+          <t>9789759958534</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
+          <t>Müslüman Kalarak Avrupalı Olmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>15</v>
+        <v>750</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759956714</t>
+          <t>9789759957278</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
+          <t>Hüseyin Efendi ve Karadere - Rize Medresesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759958855</t>
+          <t>9789759956714</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Babur - Büyük Moğolların Tarihi</t>
+          <t>Hareket Dergisi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759958596</t>
+          <t>9789759958855</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Köyde Mimari Doğu Karadeniz</t>
+          <t>Babur - Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>34</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000034670</t>
+          <t>9789759958596</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
+          <t>Köyde Mimari Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759957810</t>
+          <t>3990000034670</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759954239</t>
+          <t>9789759957810</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ardeşen'in İnsanları</t>
+          <t>Türk Kağanlığı ve Türk Bengü Taşları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>38</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759954093</t>
+          <t>9789759954239</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
+          <t>Ardeşen'in İnsanları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>198</v>
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000018020</t>
+          <t>9789759954093</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
+          <t>İkinci Meşrutiyet Romanı 1908 - 1918</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18</v>
+        <v>198</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759953232</t>
+          <t>3990000018020</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
+          <t>Erzurum ve Çevre Köylerinde Dini Hayat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>55.56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759951887</t>
+          <t>9789759953232</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
+          <t>İsmet Özel Şiire Damıtılmış Hayat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756611715</t>
+          <t>9789759951887</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Üslubu</t>
+          <t>İsmail Hakkı Akın Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757462225</t>
+          <t>9789756611715</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin Kaynakları</t>
+          <t>İslam Siyaset Üslubu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000014467</t>
+          <t>9789757462225</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Modernist Düşünce</t>
+          <t>İslam Felsefesinin Kaynakları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756611265</t>
+          <t>3990000014467</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İran’a ve Turan’a Seyahat</t>
+          <t>İslam Dünyasında Modernist Düşünce</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>22.22</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759950019</t>
+          <t>9789756611265</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kadimle Cedit Arasında Musa Carullah</t>
+          <t>İran’a ve Turan’a Seyahat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759952303</t>
+          <t>9789759950019</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İnci Enginün Kitabı</t>
+          <t>Kadimle Cedit Arasında Musa Carullah</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756611395</t>
+          <t>9789759952303</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
+          <t>İnci Enginün Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759952747</t>
+          <t>9789756611395</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İl, Dil, Din Üzerine</t>
+          <t>İlk Dönem Türk Hikayelerinde Anlatıcılar Tipolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255629166</t>
+          <t>9789759952747</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İkiz Hayaletler</t>
+          <t>İl, Dil, Din Üzerine</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756611005</t>
+          <t>9786255629166</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun Üzerine Araştırmalar</t>
+          <t>İkiz Hayaletler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>35.19</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756611517</t>
+          <t>9789756611005</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Işığın Yansıdığı Yer</t>
+          <t>İbn-i Haldun Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.04</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759951177</t>
+          <t>9789756611517</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi Kitabı</t>
+          <t>Işığın Yansıdığı Yer</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>25</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000014530</t>
+          <t>9789759951177</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Avni Ulaş</t>
+          <t>Hüsrev Hatemi Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759955748</t>
+          <t>3990000014530</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757032662</t>
+          <t>9789759955748</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Defteri</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759950088</t>
+          <t>9789757032662</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Haristan</t>
+          <t>Hatıra Defteri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789759954741</t>
+          <t>9789759950088</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hücviri - Hakikat Bilgisi</t>
+          <t>Haristan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>480</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756611128</t>
+          <t>9789759954741</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Güneyce - Rize Sözlüğü</t>
+          <t>Hücviri - Hakikat Bilgisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756611616</t>
+          <t>9789756611128</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gizli Özne</t>
+          <t>Güneyce - Rize Sözlüğü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.89</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759950453</t>
+          <t>9789756611616</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali İlahiler</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759955366</t>
+          <t>9789759950453</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Gitanjali İlahiler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759950057</t>
+          <t>9789759955366</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Film Defteri</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759950200</t>
+          <t>9789759950057</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Haberler</t>
+          <t>Film Defteri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>17</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759953058</t>
+          <t>9789759950200</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
+          <t>Fıkra Tadında Haberler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000011900</t>
+          <t>9789759953058</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
+          <t>Esir Şehrin Hür İnsanı Kemal Tahir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>20.37</v>
+        <v>52</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756611081</t>
+          <t>3990000011900</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Şair Hazık</t>
+          <t>Erzurumlu Yeşilzade Mehmed Salih Efendi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756611524</t>
+          <t>9789756611081</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Sıtkı Bey</t>
+          <t>Erzurumlu Şair Hazık</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>12.04</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757032892</t>
+          <t>9789756611524</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yazıları</t>
+          <t>Erzurumlu Sıtkı Bey</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757032960</t>
+          <t>9789757032892</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
+          <t>Erzurum Yazıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>22.22</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759953942</t>
+          <t>9789757032960</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Fıkraları</t>
+          <t>Erzurum Kongresi ve 1. BMM’de Erzurum Milletvekilleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759952556</t>
+          <t>9789759953942</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 2</t>
+          <t>Erzurum Fıkraları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756611241</t>
+          <t>9789759952556</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Evrâk-I Leyâl</t>
+          <t>Erzurum Belediyesi Tarihi 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>11.11</v>
+        <v>37</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757032793</t>
+          <t>9789756611241</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Elbistanlı Rahmi Eray</t>
+          <t>Evrâk-I Leyâl</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757032366</t>
+          <t>9789757032793</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Saldıran Şair</t>
+          <t>Elbistanlı Rahmi Eray</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759951481</t>
+          <t>9789757032366</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Laiklik</t>
+          <t>Dünyaya Saldıran Şair</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759951306</t>
+          <t>9789759951481</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Belediyesi Tarihi 1</t>
+          <t>Dünyada Laiklik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>34</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759950675</t>
+          <t>9789759951306</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Divançe</t>
+          <t>Erzurum Belediyesi Tarihi 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759950514</t>
+          <t>9789759950675</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Mistisizm</t>
+          <t>Divançe</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>108</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759950354</t>
+          <t>9789759950514</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dine Dönüş</t>
+          <t>Dini Tecrübe ve Mistisizm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>10.19</v>
+        <v>108</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759952761</t>
+          <t>9789759950354</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
+          <t>Dine Dönüş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>700</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759950552</t>
+          <t>9789759952761</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dergah Yazıları Güldestesi</t>
+          <t>Din ile Modernleşme Arasında Çağdaş Türk Düşüncesinin Meseleleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>27.78</v>
+        <v>700</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789759950095</t>
+          <t>9789759950552</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Denemeler 1</t>
+          <t>Dergah Yazıları Güldestesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759951504</t>
+          <t>9789759950095</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dekorlar Kaldı Geride</t>
+          <t>Denemeler 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757032441</t>
+          <t>9789759951504</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun ve Darüşşifa</t>
+          <t>Dekorlar Kaldı Geride</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756611883</t>
+          <t>9789757032441</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Darülfünun ve Darüşşifa</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789759950347</t>
+          <t>9789756611883</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000012656</t>
+          <t>9789759950347</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Endişe</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789759950583</t>
+          <t>3990000012656</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
+          <t>Endişe</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>23</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759952693</t>
+          <t>9789759950583</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Copernicusçu İlk Bildirim</t>
+          <t>Cumhuriyet İdeolojisinin Nakşibendilik Tasavvuru</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789759951733</t>
+          <t>9789759952693</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Copernicusçu İlk Bildirim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759951146</t>
+          <t>9789759951733</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759950002</t>
+          <t>9789759951146</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
+          <t>Bütün Şiirleri Piyale / Göl Saatleri / Diğer Şiirleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756611845</t>
+          <t>9789759950002</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
+          <t>Mustafa Necati Karaer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>21</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759950460</t>
+          <t>9789756611845</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Bütün Eserleri Frankfurt Seyahatnamesi / Mektuplar / Mülakatlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>11.11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789757462576</t>
+          <t>9789759950460</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756611067</t>
+          <t>9789757462576</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
+          <t>Bir Tekkenin Dini ve Sosyal Tarihi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759950682</t>
+          <t>9789756611067</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Hiciv Ustası Şair Eşref</t>
+          <t>Bir Sığınak Olarak Kitap ve Edebiyat</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789759952716</t>
+          <t>9789759950682</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
+          <t>Bir Hiciv Ustası Şair Eşref</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759952280</t>
+          <t>9789759952716</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bilge Seyidoğlu Kitabı</t>
+          <t>Bir Eleştirmen Olarak Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759952051</t>
+          <t>9789759952280</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bergson’da Ruh-Beden İlişkisi</t>
+          <t>Bilge Seyidoğlu Kitabı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000006172</t>
+          <t>9789759952051</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Batı Çıkmazı</t>
+          <t>Bergson’da Ruh-Beden İlişkisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789759955021</t>
+          <t>3990000006172</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Balık ve Tango</t>
+          <t>Batı Çıkmazı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759950392</t>
+          <t>9789759955021</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan</t>
+          <t>Balık ve Tango</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759950378</t>
+          <t>9789759950392</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Babamın Emanetleri</t>
+          <t>Bahçıvan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>32.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757032434</t>
+          <t>9789759950378</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aydın, Toplum ve Tarih</t>
+          <t>Babamın Emanetleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>21.3</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789759952587</t>
+          <t>9789757032434</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ay Dolanır Günler Geçer</t>
+          <t>Aydın, Toplum ve Tarih</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>33</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756611333</t>
+          <t>9789759952587</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
+          <t>Ay Dolanır Günler Geçer</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789757032953</t>
+          <t>9789756611333</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Araştırmalar ve Belgeler</t>
+          <t>Aristoteles Gazzali ile Leibniz’de Yargı Mantığı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>35.19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789759950927</t>
+          <t>9789757032953</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Anılar Ömür Süvarisi</t>
+          <t>Araştırmalar ve Belgeler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>49</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759950323</t>
+          <t>9789759950927</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
+          <t>Anılar Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>145</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000010841</t>
+          <t>9789759950323</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ali’ye Mektuplar</t>
+          <t>Altın Suyuna Batırılmış Bir Hayat: Abdülhak Hamid Tarhan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>16.67</v>
+        <v>145</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756611500</t>
+          <t>3990000010841</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Akrepler</t>
+          <t>Ali’ye Mektuplar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759951924</t>
+          <t>9789756611500</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kerman Kitabı</t>
+          <t>Akrepler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756611388</t>
+          <t>9789759951924</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
+          <t>Zeynep Kerman Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759950248</t>
+          <t>9789756611388</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Zaman Zaman İçinde Roman Roman İçinde: Müşahedat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>23.15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>3990000014077</t>
+          <t>9789759950248</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asırda Felsefe</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>5.56</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759952228</t>
+          <t>3990000014077</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
+          <t>Yirminci Asırda Felsefe</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759952273</t>
+          <t>9789759952228</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
+          <t>Yeni Türk Edebiyatı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789759952266</t>
+          <t>9789759952273</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
+          <t>Yeni Türk Edebiyatı Metinleri 4 - Eser Tanıtma ve Önsözler</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759952235</t>
+          <t>9789759952266</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 2</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759951559</t>
+          <t>9789759952235</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı İncelemeleri</t>
+          <t>Yeni Türk Edebiyatı Metinleri 1 - Şiir</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>44.44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759953591</t>
+          <t>9789759951559</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
+          <t>Yeni Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>55.56</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759953584</t>
+          <t>9789759953591</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>59.26</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789757462156</t>
+          <t>9789759953584</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Araştırmaları</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>31.48</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759952259</t>
+          <t>9789757462156</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
+          <t>Yeni Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>50</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759952242</t>
+          <t>9789759952259</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
+          <t>Yeni Türk Edebiyatı Metinleri 3 - Nesir 1</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789759950705</t>
+          <t>9789759952242</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
+          <t>Yeni Türk Edebiyat Metinleri 2 - Hikaye (1860 - 1923)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786259556161</t>
+          <t>9789759950705</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefesi Hareket Felsefesi</t>
+          <t>Yad-ı Mazi ve Hayatımın Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759950293</t>
+          <t>9786259556161</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çekmece</t>
+          <t>Varoluş Felsefesi Hareket Felsefesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>7.41</v>
+        <v>130</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756611418</t>
+          <t>9789759950293</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
+          <t>Üçüncü Çekmece</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759951825</t>
+          <t>9789756611418</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
+          <t>Uymazsa Eyyam Bana Uyarım Eyyama Ben</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>18</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756611302</t>
+          <t>9789759951825</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yazıyla Solumak</t>
+          <t>Yeni Bir Siyaset Felsefesinin Peşinde</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759955861</t>
+          <t>9789756611302</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nden Oyani</t>
+          <t>Yazıyla Solumak</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>42</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000024693</t>
+          <t>9789759955861</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 2</t>
+          <t>Çayeli'nden Oyani</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>60</v>
+        <v>42</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756611200</t>
+          <t>3990000024693</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anıcak Ol Meclisi</t>
+          <t>Rize Defteri 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759957568</t>
+          <t>9789756611200</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 3</t>
+          <t>Anıcak Ol Meclisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759955236</t>
+          <t>9789759957568</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Rize Defteri 3</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>950</v>
+        <v>55</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759955250</t>
+          <t>9789759955236</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>30</v>
+        <v>950</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759955298</t>
+          <t>9789759955250</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
+          <t>19. Asrın Benzersiz Bir Politekniği Münif Paşa</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759956998</t>
+          <t>9789759955298</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yakup Şevki Karaalioğlu</t>
+          <t>Ahmet Hamdi Tanpınar Araştırmaları - Ömrün Gecesinde Sükut</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759956530</t>
+          <t>9789759956998</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Yakup Şevki Karaalioğlu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759954864</t>
+          <t>9789759956530</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>12</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789759954178</t>
+          <t>9789759954864</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Entelektüel Geleneği</t>
+          <t>Kemal'le İhtimal - Namık Kemal'in Şiirine Tersten Bakmak</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789759954314</t>
+          <t>9789759954178</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İslam Tasavvuru</t>
+          <t>Osmanlı Entelektüel Geleneği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759954475</t>
+          <t>9789759954314</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rize'de Tasavvuf Kültürü</t>
+          <t>Osmanlı İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>14.81</v>
+        <v>49</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000090528</t>
+          <t>9789759954475</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Rize'de Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759954543</t>
+          <t>3990000090528</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İslam Ruhu</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>29</v>
+        <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759955090</t>
+          <t>9789759954543</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Candan Geçelim Ya Hu</t>
+          <t>Anadolu'da İslam Ruhu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759954871</t>
+          <t>9789759955090</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaşlı Yahya Efendi</t>
+          <t>Candan Geçelim Ya Hu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759955113</t>
+          <t>9789759954871</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
+          <t>Beşiktaşlı Yahya Efendi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759954635</t>
+          <t>9789759955113</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi</t>
+          <t>Hindu Kutsal Metinleri: Upanişadlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759955106</t>
+          <t>9789759954635</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Ramazanları</t>
+          <t>Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>130</v>
+        <v>36</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759955359</t>
+          <t>9789759955106</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çalab'ın Tahtı</t>
+          <t>Eski İstanbul Ramazanları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759953478</t>
+          <t>9789759955359</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Osmanlı Türkçesi</t>
+          <t>Gönül Çalab'ın Tahtı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759950408</t>
+          <t>9789759953478</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Upanişadlar ’Tanrının Soluğu’</t>
+          <t>Uygulamalı Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759952204</t>
+          <t>9789759950408</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
+          <t>Upanişadlar ’Tanrının Soluğu’</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756611555</t>
+          <t>9789759952204</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
+          <t>Türklerin Hayatı ve Adetleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759951962</t>
+          <t>9789756611555</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kaygılar - Türk Düşüncesi 2</t>
+          <t>Türk Roman ve Hikayesinde İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759952600</t>
+          <t>9789759951962</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
+          <t>Kaygılar - Türk Düşüncesi 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759953041</t>
+          <t>9789759952600</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
+          <t>Türk Düşünce Tarihi Açısından Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759951009</t>
+          <t>9789759953041</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
+          <t>Tevfik Fikret Devir, Şahsiyet, Eser</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>46.3</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759950415</t>
+          <t>9789759951009</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
+          <t>Teoman Duralı’ya Armağan / Festschrift in Honor Teoman Duralı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>12</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000006823</t>
+          <t>9789759950415</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
+          <t>Tefrik Etme Hazinesi ’Viveka Chudamini’</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>22.22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759953201</t>
+          <t>3990000006823</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Tasavvufun Mahiyeti Şifau’s-Sail</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>130</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789759950224</t>
+          <t>9789759953201</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Erzurum</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>8.33</v>
+        <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759953164</t>
+          <t>9789759950224</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Tarihçe-i Erzurum</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759950064</t>
+          <t>9789759953164</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
+          <t>Tarih Yolunda Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>16.67</v>
+        <v>220</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756611920</t>
+          <t>9789759950064</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
+          <t>Tarih Metafizikleri - Tarih Düşüncesi 4</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759951283</t>
+          <t>9789756611920</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şiirler (1968-1990)</t>
+          <t>Tarih Düşüncesi 2: Felsefe ve Tarih</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756611692</t>
+          <t>9789759951283</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşiğinde</t>
+          <t>Şiirler (1968-1990)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789759953393</t>
+          <t>9789756611692</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
+          <t>Şiirin Eşiğinde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759952846</t>
+          <t>9789759953393</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Şiir Tahlilleri 2 Cumhuriyet Devri Türk Şiiri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759950965</t>
+          <t>9789759952846</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Uludağ Kitabı</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759950750</t>
+          <t>9789759950965</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
+          <t>Süleyman Uludağ Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759953447</t>
+          <t>9789759950750</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü Edebî Sanatlar</t>
+          <t>Sultan Abdülhamit Devri Hatıraları ve Saray İdaresi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759952181</t>
+          <t>9789759953447</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Sözün Büyüsü Edebî Sanatlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759951672</t>
+          <t>9789759952181</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cennetin Çocukları</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>25.93</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000012129</t>
+          <t>9789759951672</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Mücadelesi</t>
+          <t>Soğuk Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>18.52</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789759950668</t>
+          <t>3990000012129</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759952570</t>
+          <t>9789759950668</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>51</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756611579</t>
+          <t>9789759952570</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
+          <t>Selçuklu Türklerinin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>20</v>
+        <v>51</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789759950613</t>
+          <t>9789756611579</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Safahat Birinci Kitap</t>
+          <t>Selahattin Enis’in Romanlarında Osmanlı İmparatorluğu’nun Son Yıllarına Bir Bakış</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759950620</t>
+          <t>9789759950613</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
+          <t>Safahat Birinci Kitap</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759950880</t>
+          <t>9789759950620</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hatıralar Beşinci Kitap</t>
+          <t>Safahat - Süleymaniye Kürsüsünde İkinci Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>4.63</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759950637</t>
+          <t>9789759950880</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
+          <t>Safahat - Hatıralar Beşinci Kitap</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759950903</t>
+          <t>9789759950637</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Gölgeler Yedinci Kitap</t>
+          <t>Safahat - Hakkın Sesleri Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789759950644</t>
+          <t>9789759950903</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
+          <t>Safahat - Gölgeler Yedinci Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789759950897</t>
+          <t>9789759950644</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Asım Altıncı Kitap</t>
+          <t>Safahat - Fatih Kürsüsünde Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756611470</t>
+          <t>9789759950897</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sadullah Paşa Yahud Mezardan Nida</t>
+          <t>Safahat - Asım Altıncı Kitap</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759953645</t>
+          <t>9789756611470</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Sadullah Paşa Yahud Mezardan Nida</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759952808</t>
+          <t>9789759953645</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 2</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>41.67</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789759952129</t>
+          <t>9789759952808</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rize Şer’iyye Sicilleri 1</t>
+          <t>Rize Şer’iyye Sicilleri 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>35.19</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789759952907</t>
+          <t>9789759952129</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rize Defteri 1</t>
+          <t>Rize Şer’iyye Sicilleri 1</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>55</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789759951955</t>
+          <t>9789759952907</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Rize Bibliyografyası</t>
+          <t>Rize Defteri 1</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>18</v>
+        <v>55</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756611142</t>
+          <t>9789759951955</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Bin Fahreddin</t>
+          <t>Rize Bibliyografyası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757032861</t>
+          <t>9789756611142</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
+          <t>Rızaeddin Bin Fahreddin</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>16.67</v>
+        <v>34</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000006417</t>
+          <t>9789757032861</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Reis’in Kara Merhemi</t>
+          <t>Remzi Oğuz Arık’ın Fikir Dünyası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>2.31</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789759951832</t>
+          <t>3990000006417</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türk Romanları</t>
+          <t>Reis’in Kara Merhemi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759955038</t>
+          <t>9789759951832</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Parçası Benden</t>
+          <t>Popüler Türk Romanları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789757032779</t>
+          <t>9789759955038</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri</t>
+          <t>Parçası Benden</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>23.15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789757032984</t>
+          <t>9789757032779</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
+          <t>Ömer Seyfettin Bütün Eserleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789757032977</t>
+          <t>9789757032984</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 2, Tercümeler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789759955083</t>
+          <t>9789757032977</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
+          <t>Ömer Seyfettin Bütün Eserleri Makaleler 1</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789759954956</t>
+          <t>9789759955083</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 4</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759954963</t>
+          <t>9789759954956</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 3</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789759953508</t>
+          <t>9789759954963</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 2</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759957025</t>
+          <t>9789759953508</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Vehhabilik</t>
+          <t>Ömer Seyfettin Bütün Eserleri Hikayeler 1</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789759951542</t>
+          <t>9789759957025</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
+          <t>Osmanlılar ve Vehhabilik</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>11.11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789757032137</t>
+          <t>9789759951542</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay’a Armağan</t>
+          <t>Osmanlıdan Cumhuriyete Sufi Geleneği Taşıyıcıları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789759952297</t>
+          <t>9789757032137</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Orhan Okay Kitabı</t>
+          <t>Orhan Okay’a Armağan</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789757032809</t>
+          <t>9789759952297</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
+          <t>Orhan Okay Kitabı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789759950118</t>
+          <t>9789757032809</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Giden Yol</t>
+          <t>Nurettin Topçu’da Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756611746</t>
+          <t>9789759950118</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime Cilt: 2</t>
+          <t>Mükemmelliğe Giden Yol</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>37.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756611739</t>
+          <t>9789756611746</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime 1</t>
+          <t>Mukaddime Cilt: 2</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>37.04</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000006821</t>
+          <t>9789756611739</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (2 Cilt Takım)</t>
+          <t>Mukaddime 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>74.07</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789757032336</t>
+          <t>3990000006821</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
+          <t>Mukaddime (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>32.41</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789759952624</t>
+          <t>9789757032336</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Devrinde İlmiye</t>
+          <t>Muhammed Abduh’un Dini ve Siyasi Görüşleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>16</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789759950989</t>
+          <t>9789759952624</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm</t>
+          <t>Modernleşme Devrinde İlmiye</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>7.41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789759951870</t>
+          <t>9789759950989</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğimizin Temel Fikirleri</t>
+          <t>Mistisizm</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>3990000005287</t>
+          <t>9789759951870</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Erzurum</t>
+          <t>Milliyetçiliğimizin Temel Fikirleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789766611460</t>
+          <t>3990000005287</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
+          <t>Milli Mücadele'de Erzurum</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>24.07</v>
+        <v>26</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789757032786</t>
+          <t>9789766611460</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
+          <t>Mehmet Ubeydullah Efendi’nin Malta Afganistan ve İran hatıraları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>12.04</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789759950033</t>
+          <t>9789757032786</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ubeydullah Efendi</t>
+          <t>Mehmet Kaplan Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759955755</t>
+          <t>9789759950033</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Mehmed Ubeydullah Efendi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756611586</t>
+          <t>9789759955755</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mahmut Vehbi Efendi</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789759952143</t>
+          <t>9789756611586</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
+          <t>Mahmut Vehbi Efendi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.89</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789759952815</t>
+          <t>9789759952143</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Küresel Açlık Sorunu ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>198</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789759950743</t>
+          <t>9789759952815</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Asâr ve İhtisasat</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>40</v>
+        <v>198</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789759954062</t>
+          <t>9789759950743</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
+          <t>Külliyat-ı Asâr ve İhtisasat</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756611319</t>
+          <t>9789759954062</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kitaplardan Bir Kitap</t>
+          <t>Kutadgubilig Türkçenin Felsefe - Bilim Sözlüğü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>10.19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789759952501</t>
+          <t>9789756611319</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kişver</t>
+          <t>Kitaplardan Bir Kitap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789759950316</t>
+          <t>9789759952501</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Karlar Altında Nevbahar</t>
+          <t>Kişver</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789759951139</t>
+          <t>9789759950316</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers’in Siyaset Felsefesi</t>
+          <t>Karlar Altında Nevbahar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756611968</t>
+          <t>9789759951139</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
+          <t>Karl Jaspers’in Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789757032908</t>
+          <t>9789756611968</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kansızlık</t>
+          <t>Karakavak Şiirleri ve On Yıl Öncekiler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000076517</t>
+          <t>9789757032908</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
+          <t>Kansızlık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>8</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789759954307</t>
+          <t>3990000076517</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Dergah Edebiyat Sanat Kültür Dergisi Sayı: 361 Mart 2021</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>23.15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789757032946</t>
+          <t>9789759954307</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789759951917</t>
+          <t>9789757032946</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ataç’ın Tiyatro Yazıları</t>
+          <t>Avrupa Mektupları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>35</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789759954352</t>
+          <t>9789759951917</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
+          <t>Ataç’ın Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789759954383</t>
+          <t>9789759954352</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
+          <t>Türk Dini Düşüncesinin Teşekkül Devri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789759951931</t>
+          <t>9789759954383</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Osmanlı İzmir'inde İthalat - İzmir Efrenç Gümrüğü (1818- 1838)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000005233</t>
+          <t>9789759951931</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Afganlı Kadın</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14.81</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756611449</t>
+          <t>3990000005233</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
+          <t>Afganlı Kadın</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000004039</t>
+          <t>9789756611449</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
+          <t>Afak-ı Irak Kızıldeniz’den Bağdat’a Hatıralar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000004040</t>
+          <t>3990000004039</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756611364</t>
+          <t>3990000004040</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
+          <t>Abdülhak Hamid’in Mektupları Cilt: 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756611357</t>
+          <t>9789756611364</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 7 Macera-yı Aşk, Nesteren, Zeynep, Hakan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756611340</t>
+          <t>9789756611357</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 6 Kanbur</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>3990000004042</t>
+          <t>9789756611340</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 5</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000004041</t>
+          <t>3990000004042</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 2</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756611210</t>
+          <t>3990000004041</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 1</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>10.19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789759950576</t>
+          <t>9789756611210</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>20 Yılın Ardından Mehmet Kaplan</t>
+          <t>Abdülhak Hamid Tarhan Bütün Şiirleri 4</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>10</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756611074</t>
+          <t>9789759950576</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
+          <t>20 Yılın Ardından Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789757032854</t>
+          <t>9789756611074</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
+          <t>15. - 16. Yüzyıl Osmanlı Sancak Çalışmaları Değerlendirme ve Bibliyografik Bir Deneme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000004036</t>
+          <t>9789757032854</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 4 / Eşber - Sardanapal</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789759950651</t>
+          <t>3990000004036</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Abdülhak Hamid Tarhan Tiyatroları 3</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>3990000045658</t>
+          <t>9789759950651</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>3990000096598</t>
+          <t>3990000045658</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nato</t>
+          <t>Yeni Türk Edebiyatı Sayı: 18 Ekim 2018</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>12.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256839786</t>
+          <t>3990000096598</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
+          <t>Yeni Nato</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>500</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759959111</t>
+          <t>9786256839786</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Moğollar Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>1100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759954116</t>
+          <t>9789759959111</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Geydim Hırkayı</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>380</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789759955496</t>
+          <t>9789759954116</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Geydim Hırkayı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789759953362</t>
+          <t>9789759955496</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789759953881</t>
+          <t>9789759953362</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
+          <t>İslam Düşüncesinin Yapısı Selef, Kelam, Tasavvuf, Felsefe</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759955731</t>
+          <t>9789759953881</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Günlüklerin Işığında Tanpınar’la Başbaşa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789759955656</t>
+          <t>9789759955731</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255629043</t>
+          <t>9789759955656</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mektupları</t>
+          <t>Kabe Yollarında Surre Alayı Hatıraları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789759957483</t>
+          <t>9786255629043</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Tasavvufun Mahiyeti</t>
+          <t>Gönül Mektupları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789759953331</t>
+          <t>9789759957483</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hikaye</t>
+          <t>İbn Haldun Tasavvufun Mahiyeti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789759953973</t>
+          <t>9789759953331</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Uzun Hikaye</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256839779</t>
+          <t>9789759953973</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255629074</t>
+          <t>9786256839779</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789759958251</t>
+          <t>9786255629074</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>Temhidat - Aşk ve Hakikat Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789759956233</t>
+          <t>9789759958251</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786255629005</t>
+          <t>9789759956233</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1950</v>
+        <v>800</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789759956295</t>
+          <t>9786255629005</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Vaaz ve Dua</t>
+          <t>Tarih Sırasına Göre Bütün Yazıları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>130</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789759956219</t>
+          <t>9789759956295</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
+          <t>Vaaz ve Dua</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789759956110</t>
+          <t>9789759956219</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Yüklenen Anlamlar</t>
+          <t>Anadolu’dan Hatıralarla Nurettin Topçu’nun Mektupları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>4444444444002</t>
+          <t>9789759956110</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
+          <t>Edebiyata Yüklenen Anlamlar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759956011</t>
+          <t>4444444444002</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Rus İşgali</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 51 Temmuz 2025</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759953683</t>
+          <t>9789759956011</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk Kitabı</t>
+          <t>Erzurum'da Rus İşgali</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759955151</t>
+          <t>9789759953683</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türk Müzik Kimliği</t>
+          <t>Yoksulluk Kitabı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257005982</t>
+          <t>9789759955151</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe ve Diğer Oyunlar</t>
+          <t>Türk Müzik Kimliği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789759950699</t>
+          <t>9786257005982</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aka Gündüz'ün Romanlarında Kadın</t>
+          <t>Tartuffe ve Diğer Oyunlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759956080</t>
+          <t>9789759950699</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Doğruluğun Peşinde</t>
+          <t>Aka Gündüz'ün Romanlarında Kadın</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789759956172</t>
+          <t>9789759956080</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İhtişam ve Mutsuzluk</t>
+          <t>Doğruluğun Peşinde</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789759956127</t>
+          <t>9789759956172</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hergele</t>
+          <t>İhtişam ve Mutsuzluk</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256839663</t>
+          <t>9789759956127</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
+          <t>Hergele</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786259556185</t>
+          <t>9786256839663</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
+          <t>Osmanlı Döneminde İbn Rüşdçülüğe Dönüş Denemesi Yanyalı Esad Efendi’nin Fizik Tercümesi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256839014</t>
+          <t>9786259556185</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bir Delideğil Ayna Karşısında</t>
+          <t>Muharrir ve Edip Hüseyin Cahit Asır Sonu Osmanlı Edebiyat ve Matbuat Âleminde Bir Yazar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786259556178</t>
+          <t>9786256839014</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
+          <t>Bir Delideğil Ayna Karşısında</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789759959661</t>
+          <t>9786259556178</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dante ve İslam</t>
+          <t>Kalplerin Allah İle Buluşması/ Hâdi’l-Kulûb İlâ Likâi’l-Mahbûb</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257660822</t>
+          <t>9789759959661</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
+          <t>Dante ve İslam</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256839939</t>
+          <t>9786257660822</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir (Ciltli)</t>
+          <t>Cafer Seydahmet Kırımer ve Kırım Türklerinin Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>1500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257660754</t>
+          <t>9786256839939</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ten Yükünün Sarhoş Tellalı</t>
+          <t>Beş Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257660945</t>
+          <t>9786257660754</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Retractationes/ İncelemeler</t>
+          <t>Ten Yükünün Sarhoş Tellalı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789759958961</t>
+          <t>9786257660945</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
+          <t>Retractationes/ İncelemeler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256839823</t>
+          <t>9789759958961</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
+          <t>Senaryodan Festivallere/Uzmanlardan Sinema ve Televizyon Dersleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759955823</t>
+          <t>9786256839823</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Tefrikadan Kitaba/Romanın Yayın Serüveni</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>85</v>
+        <v>480</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789759955571</t>
+          <t>9789759955823</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759955502</t>
+          <t>9789759955571</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>3990000031041</t>
+          <t>9789759955502</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>480</v>
+        <v>125</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759954574</t>
+          <t>3990000031041</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Endülüs Müslüman İspanya ve Portekiz'in Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789759959364</t>
+          <t>9789759954574</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zafer Değil Sefer</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786259437270</t>
+          <t>9789759959364</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Şeytankaya Tılsımı</t>
+          <t>Zafer Değil Sefer</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789757032670</t>
+          <t>9786259437270</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Ruhu: Erzurum</t>
+          <t>Şeytankaya Tılsımı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789757032007</t>
+          <t>9789757032670</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıratım</t>
+          <t>Bir Şehrin Ruhu: Erzurum</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759959715</t>
+          <t>9789757032007</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kutuz Hoca’nın Hatıraları</t>
+          <t>Siyasi Hatıratım</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257005005</t>
+          <t>9789759959715</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
+          <t>Kutuz Hoca’nın Hatıraları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259556109</t>
+          <t>9786257005005</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
+          <t>Nehir Destan Oğuzname (Oğuz Bitig)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256839809</t>
+          <t>9786259556109</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>Sırlar Hazinesi/Mahzenü’l-Esrâr</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258437355</t>
+          <t>9786256839809</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yıldız'dan Gülistan'a</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257005524</t>
+          <t>9786258437355</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Reinhardt’in Bahçesi</t>
+          <t>Yıldız'dan Gülistan'a</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258437997</t>
+          <t>9786257005524</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Reinhardt’in Bahçesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258437676</t>
+          <t>9786258437997</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257660389</t>
+          <t>9786258437676</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Televizyonla İhyası</t>
+          <t>Sessiz Yaşadım - Matbuatta Mehmet Akif 1936-1940</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759955953</t>
+          <t>9786257660389</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi ve Edebiyat</t>
+          <t>Tarihin Televizyonla İhyası</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759959432</t>
+          <t>9789759955953</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
+          <t>Ahmet Mithat Efendi ve Edebiyat</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759959302</t>
+          <t>9789759959432</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İbnülemin'in Rüyaları</t>
+          <t>Nurettin Topçu: Çağdaş Bir Dervişin Dünyası</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759958763</t>
+          <t>9789759959302</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>İbnülemin'in Rüyaları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759958541</t>
+          <t>9789759958763</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kahve Yanında Bir Lokum</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789759957681</t>
+          <t>9789759958541</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Daima</t>
+          <t>Kahve Yanında Bir Lokum</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759958831</t>
+          <t>9789759957681</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Masumiyet Daima</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759959142</t>
+          <t>9789759958831</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Terimleri Sözlüğü</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759956707</t>
+          <t>9789759959142</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Eleştiri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759956578</t>
+          <t>9789759956707</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Akılcılık</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759957957</t>
+          <t>9789759956578</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Dönüş Miti</t>
+          <t>Akılcılık</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759954086</t>
+          <t>9789759957957</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ağalığından Sanayiciliğe</t>
+          <t>Ebedi Dönüş Miti</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759953171</t>
+          <t>9789759954086</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Pozitivizm</t>
+          <t>Toprak Ağalığından Sanayiciliğe</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759953928</t>
+          <t>9789759953171</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İrade Hareket İsyan</t>
+          <t>İslamiyet ve Pozitivizm</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>430</v>
+        <v>130</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789759955663</t>
+          <t>9789759953928</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina - Descartes Metafiziği</t>
+          <t>İrade Hareket İsyan</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789759950774</t>
+          <t>9789759955663</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
+          <t>İbn Sina - Descartes Metafiziği</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759953249</t>
+          <t>9789759950774</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
+          <t>Halide Edib Adıvar’ın Eserlerinde Doğu ve Batı Meselesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759951849</t>
+          <t>9789759953249</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bursa Mektupları</t>
+          <t>Çağdaş Üç Tarz-ı Siyaset Üzerine Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759955694</t>
+          <t>9789759951849</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Bursa Mektupları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759953935</t>
+          <t>9789759955694</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Aklın Anatomisi</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789759955595</t>
+          <t>9789759953935</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Aklın Anatomisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789759956561</t>
+          <t>9789759955595</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi Yazıları</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759955458</t>
+          <t>9789759956561</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuat</t>
+          <t>Ahlak Felsefesi Yazıları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759951160</t>
+          <t>9789759955458</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Shakespeare</t>
+          <t>Beşir Fuat</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759953034</t>
+          <t>9789759951160</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Dünya Modeli</t>
+          <t>Türkçede Shakespeare</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759959456</t>
+          <t>9789759953034</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
+          <t>Sömürgeciliğin Dünya Modeli</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759958473</t>
+          <t>9789759959456</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Konuşmalar</t>
+          <t>Osmanlı Modernleşmesinin Meseleleri Bütün Makaleleri 1</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789759954901</t>
+          <t>9789759958473</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri’nin Hatıraları</t>
+          <t>Siyaset Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257005340</t>
+          <t>9789759954901</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Aynı Rüyanın İçinde (Ciltli)</t>
+          <t>Niyazi-i Mısri’nin Hatıraları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>850</v>
+        <v>470</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759953850</t>
+          <t>9786257005340</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
+          <t>Aynı Rüyanın İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789759955793</t>
+          <t>9789759953850</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Orta Sayfa Sohbetleri - Edebiyat 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789759954734</t>
+          <t>9789759955793</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789759959708</t>
+          <t>9789759954734</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cervantes ve Türk Akdenizi</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759958121</t>
+          <t>9789759959708</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bilim İle Siyaset Arasında Hatıralar</t>
+          <t>Cervantes ve Türk Akdenizi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256839892</t>
+          <t>9789759958121</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kitabı</t>
+          <t>Bilim İle Siyaset Arasında Hatıralar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258437584</t>
+          <t>9786256839892</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Kelimeler Kitabı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258437249</t>
+          <t>9786258437584</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Saatleri Ayarlama Enstitüsü</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258437577</t>
+          <t>9786258437249</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Beş Şehir</t>
+          <t>Saatleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256839984</t>
+          <t>9786258437577</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kara Kitabı</t>
+          <t>Beş Şehir</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759957889</t>
+          <t>9786256839984</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sancısı</t>
+          <t>Mustafa Kara Kitabı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759953966</t>
+          <t>9789759957889</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Değişim Sancısı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256839991</t>
+          <t>9789759953966</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Erverdi Ailesi’nin Şeceresi</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256839946</t>
+          <t>9786256839991</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sûfîlerin Kavramları (Ciltli)</t>
+          <t>Erverdi Ailesi’nin Şeceresi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759958626</t>
+          <t>9786256839946</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Suat'ın Mektubu</t>
+          <t>Sûfîlerin Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256839953</t>
+          <t>9789759958626</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Ne Demektir?</t>
+          <t>Suat'ın Mektubu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258437553</t>
+          <t>9786256839953</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kutsal ve Mitik Dağlar</t>
+          <t>Düşünmek Ne Demektir?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256839793</t>
+          <t>9786258437553</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
+          <t>Kutsal ve Mitik Dağlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256839977</t>
+          <t>9786256839793</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Üzerine Söylev</t>
+          <t>Yavaş Yavaş Aydınlanan Tanpınar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789759952617</t>
+          <t>9786256839977</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Makaleler</t>
+          <t>Sömürgecilik Üzerine Söylev</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257005821</t>
+          <t>9789759952617</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kışı</t>
+          <t>Edebiyat Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789759954550</t>
+          <t>9786257005821</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 1</t>
+          <t>Akrebin Kışı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789759958794</t>
+          <t>9789759954550</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Teorisi</t>
+          <t>İslamcıların Siyasi Görüşleri 1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759955786</t>
+          <t>9789759958794</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Aydaki Kadın</t>
+          <t>Edebiyat Teorisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789759953515</t>
+          <t>9789759955786</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
+          <t>Aydaki Kadın</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256839885</t>
+          <t>9789759953515</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şaman ve Tengri</t>
+          <t>Üniversiteler İçin Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256839908</t>
+          <t>9786256839885</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Rüya Misafirleri</t>
+          <t>Şaman ve Tengri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256839755</t>
+          <t>9786256839908</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
+          <t>Rüya Misafirleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256839915</t>
+          <t>9786256839755</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Elma Beklesin</t>
+          <t>Osmanlı Dünyasında Himaye İlişkileri ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257005647</t>
+          <t>9786256839915</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dağ Ne Kadar Yüce Olsa</t>
+          <t>Elma Beklesin</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>430</v>
+        <v>130</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789759955717</t>
+          <t>9786257005647</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Gibi</t>
+          <t>Dağ Ne Kadar Yüce Olsa</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256839007</t>
+          <t>9789759955717</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hikaye</t>
+          <t>Yaşadığım Gibi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759959593</t>
+          <t>9786256839007</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Aramakla Bulunmaz</t>
+          <t>Hikaye</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>4444444442692</t>
+          <t>9789759959593</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
+          <t>Aramakla Bulunmaz</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256839878</t>
+          <t>4444444442692</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Yankısı</t>
+          <t>Kutadgubilig: Felsefe-Bilim Araştırmaları Dergisi Sayı: 49 Haziran 2024</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256839861</t>
+          <t>9786256839878</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Hikayeler</t>
+          <t>Uzakların Yankısı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257005036</t>
+          <t>9786256839861</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
+          <t>Unutulmuş Hikayeler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256839847</t>
+          <t>9786257005036</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Yeni Zaman</t>
+          <t>Cumhuriyet Türkiyesi'nde Bir Mesele Olarak İslam 2</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256839854</t>
+          <t>9786256839847</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Placita Philosophorum - Filozofların Öğretileri</t>
+          <t>Eski Türkçe Yeni Zaman</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256839762</t>
+          <t>9786256839854</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Sömürgeleştirilmesi</t>
+          <t>Placita Philosophorum - Filozofların Öğretileri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256839830</t>
+          <t>9786256839762</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Adamları</t>
+          <t>Mısır’ın Sömürgeleştirilmesi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789759958985</t>
+          <t>9786256839830</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Melali</t>
+          <t>Başkanın Adamları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256839816</t>
+          <t>9789759958985</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Mahallesinde Bir Aile</t>
+          <t>Ağustos Melali</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256839748</t>
+          <t>9786256839816</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak</t>
+          <t>Süleymaniye Mahallesinde Bir Aile</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256839472</t>
+          <t>9786256839748</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Var Olmak</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256839724</t>
+          <t>9786256839472</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256839700</t>
+          <t>9786256839724</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Tercümeler</t>
+          <t>Evliya Tezkereleri - Tezkiretü’l-Evliya</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256839588</t>
+          <t>9786256839700</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
+          <t>Tercümeler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256839694</t>
+          <t>9786256839588</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Abbasi Dönemi’nde Bir Dünya Tarihi Anlatısı Kurmak</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>550</v>
+        <v>335</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789759953102</t>
+          <t>9786256839694</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256839625</t>
+          <t>9789759953102</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
+          <t>Mavi Kuş</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>3000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257005746</t>
+          <t>9786256839625</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
+          <t>Resimli Cumhuriyet Din Kitabı 3 Cilt</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789759959203</t>
+          <t>9786257005746</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Dede Garkın ve Emirci Sultan Vafaiyye ve Yeseviyye Gerçeği</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789759953010</t>
+          <t>9789759959203</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzeldir</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257660747</t>
+          <t>9789759953010</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi</t>
+          <t>Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789759955724</t>
+          <t>9786257660747</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
+          <t>Eski Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>230</v>
+        <v>950</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257660952</t>
+          <t>9789759955724</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Pontus Macerası</t>
+          <t>Ahmet Hamdi Tanpınar - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789759953096</t>
+          <t>9786257660952</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tahir Sami Bey’in Özel Hayatı</t>
+          <t>Dünden Bugüne Pontus Macerası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257660792</t>
+          <t>9789759953096</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sorun Nedir?</t>
+          <t>Tahir Sami Bey’in Özel Hayatı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789759955779</t>
+          <t>9786257660792</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Dışındakiler</t>
+          <t>Sorun Nedir?</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257005937</t>
+          <t>9789759955779</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Türklerin ve Moğolların Eski Dini</t>
+          <t>Sahnenin Dışındakiler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257005371</t>
+          <t>9786257005937</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Türklerin ve Moğolların Eski Dini</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256839151</t>
+          <t>9786257005371</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256839717</t>
+          <t>9786256839151</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sınıf</t>
+          <t>Umutsuzluktan Ölmek ve Kapitalizmin Geleceği</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256839687</t>
+          <t>9786256839717</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Fasıldır Ey Ömrüm</t>
+          <t>Sınıf</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256839557</t>
+          <t>9786256839687</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Bu Son Fasıldır Ey Ömrüm</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256839670</t>
+          <t>9786256839557</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Irmak</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256839540</t>
+          <t>9786256839670</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Açık Beyaz</t>
+          <t>İçimizden Geçen Irmak</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256839601</t>
+          <t>9786256839540</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
+          <t>Açık Beyaz</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258437225</t>
+          <t>9786256839601</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Hasat Mevsimi</t>
+          <t>Kütahya Çinisinin Büyük Ustası Hafız Mehmed Emin Efendi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256839533</t>
+          <t>9786258437225</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Şakıyan’ın Alametifarikası</t>
+          <t>Sömürgeciliğin Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256839595</t>
+          <t>9786256839533</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aş Haddini Aşma</t>
+          <t>Şakıyan’ın Alametifarikası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256839571</t>
+          <t>9786256839595</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Maarif Davası</t>
+          <t>Kendini Aş Haddini Aşma</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256839564</t>
+          <t>9786256839571</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih</t>
+          <t>Türkiye’nin Maarif Davası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257005708</t>
+          <t>9786256839564</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Büyük Fetih</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256839526</t>
+          <t>9786257005708</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256839199</t>
+          <t>9786256839526</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yedi İklim Dört Köşe</t>
+          <t>Yeni Devletin Kuruluşu - Mütareke Sonrası Türk Edebiyatında Önder ve Yazarlar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256839458</t>
+          <t>9786256839199</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
+          <t>Yedi İklim Dört Köşe</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256839144</t>
+          <t>9786256839458</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
+          <t>Modern İzmir'de Sıra Dışı Bir İmam İbrahim Ethem Sunar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256839168</t>
+          <t>9786256839144</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Altay Türklerinde Ölüm</t>
+          <t>Tevarih-i Al-i Selçuk II - İran ve Irak Selçukluları Tarihi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256839519</t>
+          <t>9786256839168</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Huzur</t>
+          <t>Altay Türklerinde Ölüm</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>1200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256839496</t>
+          <t>9786256839519</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yağmuru</t>
+          <t>Huzur</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256839502</t>
+          <t>9786256839496</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Monsieur Teste</t>
+          <t>Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256839489</t>
+          <t>9786256839502</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mahur Beste</t>
+          <t>Monsieur Teste</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256839465</t>
+          <t>9786256839489</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Efendi'nin Rüyaları</t>
+          <t>Mahur Beste</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257660891</t>
+          <t>9786256839465</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hududunda</t>
+          <t>Abdullah Efendi'nin Rüyaları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258437102</t>
+          <t>9786257660891</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
+          <t>Tarihin Hududunda</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256839083</t>
+          <t>9786258437102</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
+          <t>Tarih Yolunda - Yakın Mazinin Siyasi ve Fikri Ahvali</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258437881</t>
+          <t>9786256839083</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
+          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256839205</t>
+          <t>9786258437881</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Olan Hiçbir Şeyi</t>
+          <t>Hareket’in Sakladığı Sır Kitaplara Girmemiş Yazılar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256839106</t>
+          <t>9786256839205</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Kütüğü Yaktık</t>
+          <t>Gözleri Olan Hiçbir Şeyi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257660228</t>
+          <t>9786256839106</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Babur Büyük Moğolların Tarihi</t>
+          <t>Bir Aşk Kütüğü Yaktık</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256839045</t>
+          <t>9786257660228</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Babur Büyük Moğolların Tarihi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256839052</t>
+          <t>9786256839045</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 2</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256839038</t>
+          <t>9786256839052</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Şiir Tahlilleri 2</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256839175</t>
+          <t>9786256839038</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bir Hac Yolculuğunun Günlükleri</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257660082</t>
+          <t>9786256839175</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Büyük Varlık Zinciri</t>
+          <t>Bir Hac Yolculuğunun Günlükleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256839137</t>
+          <t>9786257660082</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Coriolanus</t>
+          <t>Büyük Varlık Zinciri</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256839090</t>
+          <t>9786256839137</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olma İmkanı</t>
+          <t>Coriolanus</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256839076</t>
+          <t>9786256839090</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
+          <t>Devlet Olma İmkanı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256839120</t>
+          <t>9786256839076</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
+          <t>İnkılap Edebiyatı - Türkiye'de Uluslaşma, Kültürel İnşa Seferberliği ve Edebiyat</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256839113</t>
+          <t>9786256839120</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Son Romantikler</t>
+          <t>Savaş ve Edebiyat - Mütareke'ye Kadar İki Meşrutiyet Dönemi Makaleler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256839182</t>
+          <t>9786256839113</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Biz de Boş Adam Değiliz</t>
+          <t>Son Romantikler</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258437911</t>
+          <t>9786256839182</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Oto-Analiz İçin Taslak</t>
+          <t>Biz de Boş Adam Değiliz</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256839021</t>
+          <t>9786258437911</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tahlilleri 1</t>
+          <t>Bir Oto-Analiz İçin Taslak</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258437805</t>
+          <t>9786256839021</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Temel Görüşleri</t>
+          <t>Şiir Tahlilleri 1</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258437966</t>
+          <t>9786258437805</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü’l-Hakayık</t>
+          <t>İbn Haldun'un Temel Görüşleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258437935</t>
+          <t>9786258437966</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Bir Nevabit</t>
+          <t>Zübdetü’l-Hakayık</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258437218</t>
+          <t>9786258437935</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej Uğrunda Bir Ömür</t>
+          <t>Türk Düşüncesinde Bir Nevabit</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258437256</t>
+          <t>9786258437218</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Müftü Arasında Hatıralarım</t>
+          <t>Robert Kolej Uğrunda Bir Ömür</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258437973</t>
+          <t>9786258437256</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bekarlar Balosu</t>
+          <t>Efendi İle Müftü Arasında Hatıralarım</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258437980</t>
+          <t>9786258437973</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Buşido Japon Savaş Sanatı</t>
+          <t>Bekarlar Balosu</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258437829</t>
+          <t>9786258437980</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kitap Sevenler Cemiyeti</t>
+          <t>Buşido Japon Savaş Sanatı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258437874</t>
+          <t>9786258437829</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet (Ciltli)</t>
+          <t>Kitap Sevenler Cemiyeti</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>1150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258437508</t>
+          <t>9786258437874</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Ticari Kapitalizmin Kısa Tarihi</t>
+          <t>Din ve Milliyet (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>240</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258437768</t>
+          <t>9786258437508</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
+          <t>Ticari Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258437645</t>
+          <t>9786258437768</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
+          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255629081</t>
+          <t>9786258437645</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Teyzeler ve Maymunlar</t>
+          <t>Osmanlı Kitap Koleksiyonerleri ve Koleksiyonları: İtibar ve İhtiras</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258437690</t>
+          <t>9786255629081</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Madde Olmayan Kısmı</t>
+          <t>Teyzeler ve Maymunlar</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258437867</t>
+          <t>9786258437690</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
+          <t>İnsanın Madde Olmayan Kısmı</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258437836</t>
+          <t>9786258437867</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ariel</t>
+          <t>Şahsi Bir Cerrahpaşa Tarihi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258437843</t>
+          <t>9786258437836</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
+          <t>Ariel</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258437782</t>
+          <t>9786258437843</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yazdı Kış</t>
+          <t>Yeniliklere Açılma - Hürriyet ve Eğitim Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258437904</t>
+          <t>9786258437782</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
+          <t>Yazdı Kış</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258437850</t>
+          <t>9786258437904</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhtıranın Son Yaprakları</t>
+          <t>Almanya'da Dinin ve Felsefenin Tarihi Üstüne</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258437898</t>
+          <t>9786258437850</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Eserlerimi Nasıl Yazdım</t>
+          <t>Bir Muhtıranın Son Yaprakları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258437812</t>
+          <t>9786258437898</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Din ve Milliyet</t>
+          <t>Eserlerimi Nasıl Yazdım</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258437928</t>
+          <t>9786258437812</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Masum</t>
+          <t>Din ve Milliyet</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>330</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258437683</t>
+          <t>9786258437928</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
+          <t>Masum</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258437447</t>
+          <t>9786258437683</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Tekinalp - Uyumun Havarisi</t>
+          <t>Torino'nun Yirmi Günü - Yüzyıl Sonu Soruşturması</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258437621</t>
+          <t>9786258437447</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Seza Hanım ve Kedileri</t>
+          <t>Tekinalp - Uyumun Havarisi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258437607</t>
+          <t>9786258437621</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ses Efekti</t>
+          <t>Seza Hanım ve Kedileri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258437522</t>
+          <t>9786258437607</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sel Gider Kum Kalır</t>
+          <t>Ses Efekti</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258437720</t>
+          <t>9786258437522</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
+          <t>Sel Gider Kum Kalır</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258437430</t>
+          <t>9786258437720</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sahnesi</t>
+          <t>Sarıktan Fese - Modern Mısır'ın Doğuşuna Tanıklığım</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258437706</t>
+          <t>9786258437430</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
+          <t>Osmanlı Sahnesi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258437423</t>
+          <t>9786258437706</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Melekler Mezarlığı</t>
+          <t>Ontolojik Görelilik ve Diğer Makaleler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258437614</t>
+          <t>9786258437423</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kuşa Benzeme Oyunu</t>
+          <t>Melekler Mezarlığı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258437713</t>
+          <t>9786258437614</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - İkinci Kritik</t>
+          <t>Kuşa Benzeme Oyunu</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258437492</t>
+          <t>9786258437713</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
+          <t>Kant Okumaları - İkinci Kritik</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>860</v>
+        <v>310</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258437478</t>
+          <t>9786258437492</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>İskendername: Şerefname - İkbalname</t>
+          <t>İkendername - Şerefname - İkbalname (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>700</v>
+        <v>860</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258437737</t>
+          <t>9786258437478</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>İskendername: Şerefname - İkbalname</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258437461</t>
+          <t>9786258437737</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258437751</t>
+          <t>9786258437461</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Fars Mitolojisi Sözlüğü</t>
+          <t>Gelenekçi Laladan Şehzadeye Mektuplar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>950</v>
+        <v>480</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258437546</t>
+          <t>9786258437751</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ervehe - Annemin Kitabı</t>
+          <t>Fars Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>340</v>
+        <v>950</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258437485</t>
+          <t>9786258437546</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Duygu Haritası</t>
+          <t>Ervehe - Annemin Kitabı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258437638</t>
+          <t>9786258437485</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çik ve Puşkin</t>
+          <t>Edebiyatın Duygu Haritası</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258437652</t>
+          <t>9786258437638</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler ve Ayrıkotları</t>
+          <t>Çik ve Puşkin</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257660143</t>
+          <t>9786258437652</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Elifbeden Alfabeye</t>
+          <t>Çiçekler ve Ayrıkotları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257660433</t>
+          <t>9786257660143</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
+          <t>Elifbeden Alfabeye</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258437669</t>
+          <t>9786257660433</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Yeni Osmanlılar</t>
+          <t>Bengü İl Tuta Olurtaçı Sen: Köl Tigin - Bilge Kağan</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257660266</t>
+          <t>9786258437669</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
+          <t>İstanbul ve Yeni Osmanlılar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258437539</t>
+          <t>9786257660266</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
+          <t>Yaşadığıma Dair - Günlükler ve Ali Ölmezoğlu'na Mektupla</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258437591</t>
+          <t>9786258437539</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
+          <t>Soğuk Savaş Döneminde Türkiye'nin İslam Dünyası Politikaları (1945-1960)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258437515</t>
+          <t>9786258437591</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kendileyiş</t>
+          <t>Türkiye’de Felsefenin Gerçekliği Ve Eleştirisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>480</v>
+        <v>850</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257660600</t>
+          <t>9786258437515</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihinin Çeşitliliği</t>
+          <t>Kendileyiş</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258437454</t>
+          <t>9786257660600</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geçen Günler</t>
+          <t>Kültür Tarihinin Çeşitliliği</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258437386</t>
+          <t>9786258437454</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
+          <t>İçimden Geçen Günler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258437379</t>
+          <t>9786258437386</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Alaska'da Bir Kayın</t>
+          <t>Hakkımda Kaç Yemin Edilmiştir?</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258437393</t>
+          <t>9786258437379</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yer Çok ve Adımlarımız</t>
+          <t>Alaska'da Bir Kayın</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258437416</t>
+          <t>9786258437393</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
+          <t>Yer Çok ve Adımlarımız</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258437348</t>
+          <t>9786258437416</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geçmiyor mu Buralardan</t>
+          <t>Çekilemeyen Bir Filmin Hikayesi Medine Müdafaası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258437317</t>
+          <t>9786258437348</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Taş Et Ot</t>
+          <t>Köroğlu Geçmiyor mu Buralardan</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258437294</t>
+          <t>9786258437317</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Nedir?</t>
+          <t>Taş Et Ot</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258437324</t>
+          <t>9786258437294</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kaz Ayağı</t>
+          <t>Sosyoloji Nedir?</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258437263</t>
+          <t>9786258437324</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlüğün Peşinde</t>
+          <t>Kaz Ayağı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258437331</t>
+          <t>9786258437263</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ademin Kardeşleri</t>
+          <t>Gerçek Özgürlüğün Peşinde</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258437409</t>
+          <t>9786258437331</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Dört Ebedi Doruk</t>
+          <t>Ademin Kardeşleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258437362</t>
+          <t>9786258437409</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğanın Aynası</t>
+          <t>Edebiyatımızda Dört Ebedi Doruk</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258437041</t>
+          <t>9786258437362</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Dinin Anlamı ve Sonu</t>
+          <t>Felsefe ve Doğanın Aynası</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258437140</t>
+          <t>9786258437041</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Husserl Ve Frege’de ‘Anlam’</t>
+          <t>Dinin Anlamı ve Sonu</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258437171</t>
+          <t>9786258437140</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ve Gölge</t>
+          <t>Husserl Ve Frege’de ‘Anlam’</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258437195</t>
+          <t>9786258437171</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
+          <t>Güneş Ve Gölge</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258437201</t>
+          <t>9786258437195</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
+          <t>Edebiyat ve Diğer Güzel Sanatlar - Ahmet Mithat'tan Tanpınar'a</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258437096</t>
+          <t>9786258437201</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>Dostoyevski Sibirya’da Hegel Okuyup Gözyaşlarına Boğuldu</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258437164</t>
+          <t>9786258437096</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Nutuklar ve Konferanslar</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257660914</t>
+          <t>9786258437164</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Çözülemeyen Bulmaca</t>
+          <t>Nutuklar ve Konferanslar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258437157</t>
+          <t>9786257660914</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Dini Matbuat</t>
+          <t>Çözülemeyen Bulmaca</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257660976</t>
+          <t>9786258437157</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Ve Gençlik Hatıraları</t>
+          <t>Osmanlı'da Dini Matbuat</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258437188</t>
+          <t>9786257660976</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İşin Doğrusu</t>
+          <t>Çocukluk Ve Gençlik Hatıraları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258437133</t>
+          <t>9786258437188</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Trajedisi</t>
+          <t>Yanlış İşin Doğrusu</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258437010</t>
+          <t>9786258437133</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
+          <t>Gündelik Hayatın Trajedisi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258437065</t>
+          <t>9786258437010</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
+          <t>Hak: Eskiler ile Modernler Arasındaki Yeni Tartışma</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257660655</t>
+          <t>9786258437065</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
+          <t>Üç Konuşma İki Albüm - Mustafa Kutlu Yetmiş Beş Yaşında</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>2500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258437003</t>
+          <t>9786257660655</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
+          <t>Osmanlı Kültür Ortamında Miraç ve Yolculuk Durakları Seti - 2 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>240</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257660723</t>
+          <t>9786258437003</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
+          <t>İnsan Haklarından Cumhuriyetçi Düşünceye - Siyaset Felsefesi 3</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258437058</t>
+          <t>9786257660723</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Neft ve Petrol</t>
+          <t>Tarih Felsefeleri Sistemi - Siyaset Felsefesi 2</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258437126</t>
+          <t>9786258437058</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
+          <t>Osmanlı’da Neft ve Petrol</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>950</v>
+        <v>580</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257660440</t>
+          <t>9786258437126</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hint Kutsal Metinleri - Upanişadlar</t>
+          <t>Sahaflar Kitabı - Son İstanbullu Sahaflarla Konuşmalar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258437072</t>
+          <t>9786257660440</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sa'di-yi Şirazi Divanı</t>
+          <t>Hint Kutsal Metinleri - Upanişadlar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257660594</t>
+          <t>9786258437072</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
+          <t>Sa'di-yi Şirazi Divanı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257660501</t>
+          <t>9786257660594</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
+          <t>Osmanlı'dan Cumhuriyet'e Türkiyatın Seyri Şarkiyatçılığın Menzili</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257660112</t>
+          <t>9786257660501</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Öncüleri</t>
+          <t>Osmanlı İmparatorluğu’nda Reform 1856-1876</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>370</v>
+        <v>750</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257660242</t>
+          <t>9786257660112</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Pak Ceddi Pak</t>
+          <t>Sosyolojinin Öncüleri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257660372</t>
+          <t>9786257660242</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kamelyalı Kadın</t>
+          <t>Ruhu Pak Ceddi Pak</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257005197</t>
+          <t>9786257660372</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257660761</t>
+          <t>9786257005197</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
+          <t>İsyan Ahlakı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257660365</t>
+          <t>9786257660761</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Güneşe</t>
+          <t>Haliç ile Çepeçevre İstanbul / İstanbul Gezi Yazıları 2</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257005722</t>
+          <t>9786257660365</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tanış Olalım</t>
+          <t>Gölgeden Güneşe</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257660129</t>
+          <t>9786257005722</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eşyadan Say</t>
+          <t>Gelin Tanış Olalım</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257660716</t>
+          <t>9786257660129</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler Edebiyata Girince</t>
+          <t>Eşyadan Say</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257660570</t>
+          <t>9786257660716</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
+          <t>Çingeneler Edebiyata Girince</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257660402</t>
+          <t>9786257660570</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257660549</t>
+          <t>9786257660402</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'yı Taşralaştırmak</t>
+          <t>Bir Düşünce Tarihi Metni Olarak İstiklal Marşı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789759959227</t>
+          <t>9786257660549</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Eriyen Mumlar</t>
+          <t>Avrupa'yı Taşralaştırmak</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789759955618</t>
+          <t>9789759959227</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Eriyen Mumlar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789759952914</t>
+          <t>9789759955618</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İktisat Tarihi</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789759953751</t>
+          <t>9789759952914</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
+          <t>Türkiye İktisat Tarihi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257660624</t>
+          <t>9789759953751</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım)</t>
+          <t>Tasavvufta İnsan Meselesi İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257660310</t>
+          <t>9786257660624</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
+          <t>Safahat (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257660907</t>
+          <t>9786257660310</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Orta Sayfa Sohbetleri Edebiyat 1</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257660884</t>
+          <t>9786257660907</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sabahı Beklemeden</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257660990</t>
+          <t>9786257660884</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Sabahı Beklemeden</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258437034</t>
+          <t>9786257660990</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257660785</t>
+          <t>9786258437034</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey</t>
+          <t>İstanbul Gezi Yazıları 3 - 1992-93</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257660921</t>
+          <t>9786257660785</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
+          <t>Tanburi Cemil Bey</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257660969</t>
+          <t>9786257660921</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
+          <t>Nüfus İlkesi Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257660983</t>
+          <t>9786257660969</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Şerhu’s - Sima</t>
+          <t>Düşünceleriyle Takiyetin Mengüşoğlu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257660617</t>
+          <t>9786257660983</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 2. Cilt</t>
+          <t>Şerhu’s - Sima</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257660730</t>
+          <t>9786257660617</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
+          <t>Müdafaa 2. Cilt</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257660488</t>
+          <t>9786257660730</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Poetikası</t>
+          <t>Metinlerle Osmanlılarda Tasavvuf Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257660778</t>
+          <t>9786257660488</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
+          <t>İkinci Yeni Poetikası</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257660563</t>
+          <t>9786257660778</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kliniğin Doğuşu</t>
+          <t>Cevdet Paşa’nın Layihaları Devlet Din Islahat Hukuk Maarif</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257660532</t>
+          <t>9786257660563</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çegemli Sandro Dayı</t>
+          <t>Kliniğin Doğuşu</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257660587</t>
+          <t>9786257660532</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
+          <t>Çegemli Sandro Dayı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257005906</t>
+          <t>9786257660587</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ömür Süvarisi</t>
+          <t>Anadolu Erenlerinden Hacı Bektaş Veli Ve Bektaşilik</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257660525</t>
+          <t>9786257005906</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
+          <t>Ömür Süvarisi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257660709</t>
+          <t>9786257660525</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Telemakhos’un Maceraları</t>
+          <t>Günlüklerden Ve Makalelerden Seçmeler</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>420</v>
+        <v>850</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257660105</t>
+          <t>9786257660709</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
+          <t>Telemakhos’un Maceraları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257660419</t>
+          <t>9786257660105</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Megaralı Theognis Üzerine</t>
+          <t>Öznellik ve Nesnellik Kıskacında Dini Tecrübe</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257660556</t>
+          <t>9786257660419</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
+          <t>Megaralı Theognis Üzerine</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257660495</t>
+          <t>9786257660556</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Atlamadığı Balkonlar</t>
+          <t>Topkapı’dan Topkapı’ya - İstanbul Gezi Yazıları 1 1986</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257660464</t>
+          <t>9786257660495</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Kimsenin Atlamadığı Balkonlar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257660471</t>
+          <t>9786257660464</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kaldıramadığım Yükler</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257660167</t>
+          <t>9786257660471</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Ademin Yolculuğu - Toplu Şiirler</t>
+          <t>Bazı Kaldıramadığım Yükler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257660457</t>
+          <t>9786257660167</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Orada Merhamet Varmış</t>
+          <t>Ademin Yolculuğu - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257005845</t>
+          <t>9786257660457</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Saltanata Dönüşmesi</t>
+          <t>Orada Merhamet Varmış</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>520</v>
+        <v>130</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257660075</t>
+          <t>9786257005845</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ya Paranı Ya Canını</t>
+          <t>Hilafetin Saltanata Dönüşmesi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257660280</t>
+          <t>9786257660075</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
+          <t>Ya Paranı Ya Canını</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257660303</t>
+          <t>9786257660280</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mişa Kitabı</t>
+          <t>Bir Kentin Toplumsal Tarihi Açısından Osmanlı’nın Son Döneminde İstanbul’da Tiyatro ve Çevresi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257660334</t>
+          <t>9786257660303</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Selam Olsun</t>
+          <t>Mişa Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257660341</t>
+          <t>9786257660334</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dindar Modern İtaatkar</t>
+          <t>Selam Olsun</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>430</v>
+        <v>130</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257005418</t>
+          <t>9786257660341</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Melamet Risaleleri</t>
+          <t>Dindar Modern İtaatkar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257660273</t>
+          <t>9786257005418</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Zalimdir</t>
+          <t>Melamet Risaleleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257660259</t>
+          <t>9786257660273</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Mirsadü'l-İbad</t>
+          <t>Siyaset Zalimdir</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257660150</t>
+          <t>9786257660259</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Mirsadü'l-İbad</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257660099</t>
+          <t>9786257660150</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kant Okumaları - Birinci Kritik</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257005999</t>
+          <t>9786257660099</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
+          <t>Kant Okumaları - Birinci Kritik</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257660044</t>
+          <t>9786257005999</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Marifet-i Bari ve İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257660037</t>
+          <t>9786257660044</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257660051</t>
+          <t>9786257660037</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Karamanlıca İstanbul’un Fethi Feth-i Konstantiniye</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>175</v>
+        <v>480</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257660013</t>
+          <t>9786257660051</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa 1.Cilt</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257005951</t>
+          <t>9786257660013</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kitapları</t>
+          <t>Müdafaa 1.Cilt</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257005661</t>
+          <t>9786257005951</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
+          <t>Babamın Kitapları</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789759958138</t>
+          <t>9786257005661</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dili</t>
+          <t>Gölgelenen Sultan Unutulan Yıllar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789759957049</t>
+          <t>9789759958138</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
+          <t>Kuş Dili</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257005920</t>
+          <t>9789759957049</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Tütün Risalesi</t>
+          <t>Çocuk Melekat-ı Uzviye ve Ruhiyesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257005975</t>
+          <t>9786257005920</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Tütün Risalesi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>980</v>
+        <v>160</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257005968</t>
+          <t>9786257005975</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>650</v>
+        <v>980</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257005692</t>
+          <t>9786257005968</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
+          <t>Abdülhak Hamit Tarhan: Makaleler - Belgeler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257005517</t>
+          <t>9786257005692</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücut</t>
+          <t>Vahdet-i Vücud ve İbnü’l-Arabi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257005944</t>
+          <t>9786257005517</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
+          <t>Vahdet-i Vücut</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789759959876</t>
+          <t>9786257005944</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Musli</t>
+          <t>Sonsuza Uzanan Ses: Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257005654</t>
+          <t>9789759959876</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Nasıl Sevilir</t>
+          <t>Süleyman Musli</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257005869</t>
+          <t>9786257005654</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Borçlandırılmış İnsanın İmali</t>
+          <t>Yusuf Nasıl Sevilir</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257005579</t>
+          <t>9786257005869</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet</t>
+          <t>Borçlandırılmış İnsanın İmali</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257005739</t>
+          <t>9786257005579</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Keçiler Dönemi</t>
+          <t>Bir Cinayet</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257005555</t>
+          <t>9786257005739</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Keçiler Dönemi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257005784</t>
+          <t>9786257005555</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerin Yorumlanması</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257005623</t>
+          <t>9786257005784</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Melek Kavşağı</t>
+          <t>Kültürlerin Yorumlanması</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257005494</t>
+          <t>9786257005623</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Melek Kavşağı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257005531</t>
+          <t>9786257005494</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Karbon Demokrasi</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257005609</t>
+          <t>9786257005531</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Rudeki-yi Semerkandi Divanı</t>
+          <t>Karbon Demokrasi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257005586</t>
+          <t>9786257005609</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Atını Çalan Çocuk</t>
+          <t>Rudeki-yi Semerkandi Divanı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257005562</t>
+          <t>9786257005586</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Görgü Tanığı</t>
+          <t>Atilla’nın Atını Çalan Çocuk</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257005593</t>
+          <t>9786257005562</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yunan Diyarında Kurban Mutfağı</t>
+          <t>Görgü Tanığı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257005548</t>
+          <t>9786257005593</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
+          <t>Yunan Diyarında Kurban Mutfağı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257005500</t>
+          <t>9786257005548</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Henüz On Yedi Yaşında</t>
+          <t>Noli Me Tangere: Bedenin Kaldırılması Üzerine Deneme</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257005463</t>
+          <t>9786257005500</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarlasında Bir Eksik</t>
+          <t>Henüz On Yedi Yaşında</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257005388</t>
+          <t>9786257005463</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
+          <t>Mısır Tarlasında Bir Eksik</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257005456</t>
+          <t>9786257005388</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Usta Konuşmak İstiyor</t>
+          <t>Parmenides ve Sokrates-Öncesi Felsefe</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257005487</t>
+          <t>9786257005456</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bitemeyen</t>
+          <t>Usta Konuşmak İstiyor</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257005470</t>
+          <t>9786257005487</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ademin Duaları</t>
+          <t>Bitemeyen</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257660006</t>
+          <t>9786257005470</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Durkheim ve Modern Eğitim</t>
+          <t>Ademin Duaları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257005203</t>
+          <t>9786257660006</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
+          <t>Durkheim ve Modern Eğitim</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257005289</t>
+          <t>9786257005203</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Manihaist Bir İlahi Huyadagman</t>
+          <t>İlk Rize Müftüsü Mehmet Hulusi Efendi Rize Hadisesi Hac Hatıraları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257005296</t>
+          <t>9786257005289</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanla Karşılaşmak</t>
+          <t>Manihaist Bir İlahi Huyadagman</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257005210</t>
+          <t>9786257005296</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber’i Niçin Severim?</t>
+          <t>Bir İnsanla Karşılaşmak</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257005333</t>
+          <t>9786257005210</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 2</t>
+          <t>Şeyh-i Ekber’i Niçin Severim?</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257005326</t>
+          <t>9786257005333</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler 1</t>
+          <t>Ömer Seyfettin - Hikayeler 2</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789759959845</t>
+          <t>9786257005326</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
+          <t>Ömer Seyfettin - Hikayeler 1</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789759959722</t>
+          <t>9789759959845</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
+          <t>Rahmi Eray - Milliyetçilerin Ağabeyi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257005258</t>
+          <t>9789759959722</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
+          <t>Kuruluş Sarmalı’ndan Kurtulmak</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257005234</t>
+          <t>9786257005258</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Vefakar Kadınım</t>
+          <t>Türkçüler - Cumhuriyet Devrinde Bir İdealin Takipçileri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789759959906</t>
+          <t>9786257005234</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Sevgili Vefakar Kadınım</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257005159</t>
+          <t>9789759959906</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257005166</t>
+          <t>9786257005159</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kaplan</t>
+          <t>Orhon Yazıtları’ndan Bugünkü Türk Dünyasına</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257005265</t>
+          <t>9786257005166</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Üç Ermişi</t>
+          <t>Mehmet Kaplan</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789759959814</t>
+          <t>9786257005265</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
+          <t>Anadolu’nun Üç Ermişi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257005173</t>
+          <t>9789759959814</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Bir Düşünür Abay</t>
+          <t>Kendi İçinde ve Kendine Göre: Süleyman Nazif</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257005098</t>
+          <t>9786257005173</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yazıcızade Ali’nin Oğuznamesi</t>
+          <t>Hümanist Bir Düşünür Abay</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257005081</t>
+          <t>9786257005098</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kedi Edebiyatı</t>
+          <t>Yazıcızade Ali’nin Oğuznamesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257005227</t>
+          <t>9786257005081</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sesi ile Toprağa Dönüş</t>
+          <t>Kedi Edebiyatı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257005142</t>
+          <t>9786257005227</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Teslim</t>
+          <t>Kalbin Sesi ile Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257005135</t>
+          <t>9786257005142</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dolanan Sarmaşık</t>
+          <t>Teslim</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257005128</t>
+          <t>9786257005135</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hatırlı Yara</t>
+          <t>Kendine Dolanan Sarmaşık</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257005074</t>
+          <t>9786257005128</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>İsmail Tunalı Düşüncesi</t>
+          <t>Hatırlı Yara</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257005067</t>
+          <t>9786257005074</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Nermi Uygur</t>
+          <t>İsmail Tunalı Düşüncesi</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257005050</t>
+          <t>9786257005067</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Modernitenin Cinsiyeti</t>
+          <t>Düşünceleriyle Nermi Uygur</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789759959944</t>
+          <t>9786257005050</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
+          <t>Modernitenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789759959869</t>
+          <t>9789759959944</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
+          <t>Kitab-ı Mukaddes'in Gölgesinde Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257005012</t>
+          <t>9789759959869</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
+          <t>Kutadgu Bilig Üzerine Felsefi Araştırmalar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789759959968</t>
+          <t>9786257005012</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilme Teorisi</t>
+          <t>Mustafa Kutlu Hikayeciliği: Hikmet ve Ahenk</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789759959913</t>
+          <t>9789759959968</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Vah</t>
+          <t>Bir Bilme Teorisi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789759959081</t>
+          <t>9789759959913</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp'in Tenkidi</t>
+          <t>Vah</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789759959951</t>
+          <t>9789759959081</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İslamcıların Siyasi Görüşleri 2</t>
+          <t>Ziya Gökalp'in Tenkidi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789759959999</t>
+          <t>9789759959951</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>İslamcıların Siyasi Görüşleri 2</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789759959982</t>
+          <t>9789759959999</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789759959975</t>
+          <t>9789759959982</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789759959777</t>
+          <t>9789759959975</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Kanatlar</t>
+          <t>Türk Tiyatrosu - Şinasi'den Turan Oflazoğlu'na</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789759959890</t>
+          <t>9789759959777</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Pervin-i İtisami Divanı</t>
+          <t>Tedirgin Kanatlar</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>660</v>
+        <v>130</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789759959784</t>
+          <t>9789759959890</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Doğum Lekesi</t>
+          <t>Pervin-i İtisami Divanı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>130</v>
+        <v>660</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789759959760</t>
+          <t>9789759959784</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Dönüşümü</t>
+          <t>Doğum Lekesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789759959807</t>
+          <t>9789759959760</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
+          <t>Edebiyatın Dönüşümü</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789759959852</t>
+          <t>9789759959807</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kapısında Büyümek</t>
+          <t>Börk: Bir Başlığın Tarihi Serüveni ve Edirne'deki Börklü Mezar Taşları</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789759959821</t>
+          <t>9789759959852</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Osmanlı Kapısında Büyümek</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789759959753</t>
+          <t>9789759959821</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789759959692</t>
+          <t>9789759959753</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
+          <t>Katolik Korsanlar ve Rum Tüccarlar</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789759959647</t>
+          <t>9789759959692</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Savaş</t>
+          <t>Türk Tarihinde Asya Hunları Birinci Hakimiyet Dönemİ</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789759959630</t>
+          <t>9789759959647</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Kuyusu</t>
+          <t>Mutlak Savaş</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789759959319</t>
+          <t>9789759959630</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
+          <t>Kimlik Kuyusu</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789759959586</t>
+          <t>9789759959319</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler Hep Senin Yüzünden</t>
+          <t>Max Weber ve İktisat Sosyolojisi Düşüncesi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789759959623</t>
+          <t>9789759959586</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-Name</t>
+          <t>Başıma Gelenler Hep Senin Yüzünden</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789759959548</t>
+          <t>9789759959623</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Hint Düşüncesinde İslam Algısı</t>
+          <t>Ramazan-Name</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789759959579</t>
+          <t>9789759959548</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kaza Süsü</t>
+          <t>Hint Düşüncesinde İslam Algısı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789759959531</t>
+          <t>9789759959579</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
+          <t>Kaza Süsü</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789759959326</t>
+          <t>9789759959531</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Musahabat-ı Leyliye</t>
+          <t>Makbule Leman : Ma'kes-i Hayal ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789759959357</t>
+          <t>9789759959326</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sevda-yı Sa'y ü Amel</t>
+          <t>Musahabat-ı Leyliye</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789759959012</t>
+          <t>9789759959357</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
+          <t>Sevda-yı Sa'y ü Amel</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789759959470</t>
+          <t>9789759959012</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Fırtınayı Kucaklamak</t>
+          <t>İşraki Felsefeye Misal Aleminden Bakmak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789759959340</t>
+          <t>9789759959470</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Su Üzerinde Dans</t>
+          <t>Fırtınayı Kucaklamak</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>670</v>
+        <v>170</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789759959333</t>
+          <t>9789759959340</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
+          <t>Ateş ve Su Üzerinde Dans</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>400</v>
+        <v>670</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789759959449</t>
+          <t>9789759959333</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Karikatür</t>
+          <t>Mustafa Kutlu Hikayelerinde Kentli İnsan Olmak</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789759958817</t>
+          <t>9789759959449</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Benim İçimde</t>
+          <t>Karikatür</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789759959425</t>
+          <t>9789759958817</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür Üzerine Yazılar</t>
+          <t>Gurbet Benim İçimde</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789759959401</t>
+          <t>9789759959425</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
+          <t>Dil ve Kültür Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>950</v>
+        <v>700</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789759959388</t>
+          <t>9789759959401</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
+          <t>Nurettin Topçu - Dünden Kalanlar ve Geleceğe Umutlar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>330</v>
+        <v>950</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789759959210</t>
+          <t>9789759959388</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Üstelik Sarışın</t>
+          <t>Ahmet Mithat Efendi'nin Kütüphanesi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789759959395</t>
+          <t>9789759959210</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye</t>
+          <t>Üstelik Sarışın</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789759959180</t>
+          <t>9789759959395</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Türk Mesnevi Edebiyatı</t>
+          <t>Muhammediye</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>540</v>
+        <v>950</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789759959371</t>
+          <t>9789759959180</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
+          <t>Türk Mesnevi Edebiyatı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789759959418</t>
+          <t>9789759959371</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Yayla Dumanı - Bütün Eserleri</t>
+          <t>Weber ve Durkheim - Metodolojik Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789759959289</t>
+          <t>9789759959418</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatandan Bir Vatana</t>
+          <t>Yayla Dumanı - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>800</v>
+        <v>340</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789759959296</t>
+          <t>9789759959289</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Sınırları</t>
+          <t>Bir Vatandan Bir Vatana</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789759958848</t>
+          <t>9789759959296</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sözün Güzeli Erzurum</t>
+          <t>Eleştirinin Sınırları</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789759958329</t>
+          <t>9789759958848</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Alıştırmaları</t>
+          <t>Sözün Güzeli Erzurum</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789759957063</t>
+          <t>9789759958329</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
+          <t>Kurmaca Alıştırmaları</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>740</v>
+        <v>160</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789759959272</t>
+          <t>9789759957063</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
+          <t>Eser-i Aşk Şeyh Galib Hakkında Makaleler ve Bibliyografya</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>680</v>
+        <v>740</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789759959067</t>
+          <t>9789759959272</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>İmparatorluktan Cumhuriyete Türk Sineması (1895-1939)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>130</v>
+        <v>680</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789759959197</t>
+          <t>9789759959067</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789759959074</t>
+          <t>9789759959197</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789759959173</t>
+          <t>9789759959074</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Said Halet Efendi</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257005111</t>
+          <t>9789759959173</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu Tarihi</t>
+          <t>Mehmed Said Halet Efendi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>880</v>
+        <v>480</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789759958947</t>
+          <t>9786257005111</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Silahları</t>
+          <t>Moğol İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>220</v>
+        <v>880</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789759958916</t>
+          <t>9789759958947</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İtikat ve Siyaset</t>
+          <t>Sultanın Silahları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789759959159</t>
+          <t>9789759958916</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
+          <t>İtikat ve Siyaset</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789759959135</t>
+          <t>9789759959159</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kitabı</t>
+          <t>2. Abdülhamid Dönemi Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789759958862</t>
+          <t>9789759959135</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Musiki</t>
+          <t>Çiçek Kitabı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789759959128</t>
+          <t>9789759958862</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sevincini Bulmak</t>
+          <t>Saray ve Musiki</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789759959098</t>
+          <t>9789759959128</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
+          <t>Sevincini Bulmak</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789759957070</t>
+          <t>9789759959098</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Edebiyat</t>
+          <t>İsyan Ahlakı Peşinde Nurettin Topçu Albümü</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789759958992</t>
+          <t>9789759957070</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Hermeneutik ve Edebiyat</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789759959050</t>
+          <t>9789759958992</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anatomisi</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257005883</t>
+          <t>9789759959050</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>En-Necat - Felsefenin Temel Konuları</t>
+          <t>Hayatın Anatomisi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>480</v>
+        <v>950</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789759959036</t>
+          <t>9786257005883</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kıyılarında</t>
+          <t>En-Necat - Felsefenin Temel Konuları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789759959005</t>
+          <t>9789759959036</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
+          <t>Edebiyatın Kıyılarında</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789759958893</t>
+          <t>9789759959005</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Yapısı ve Sorunları</t>
+          <t>İslam Siyaset Düşüncesinin Kavramsal Temelleri</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789759958909</t>
+          <t>9789759958893</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Felsefenin Yapısı ve Sorunları</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759957735</t>
+          <t>9789759958909</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789759957933</t>
+          <t>9789759957735</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İbni Teymiye'ye Göre İbn Arabi</t>
+          <t>Schopenhauer'in Hikmet-i Cedidesi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789759958480</t>
+          <t>9789759957933</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Şuurun Doğrudan Doğruya Verileri</t>
+          <t>İbni Teymiye'ye Göre İbn Arabi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789759958824</t>
+          <t>9789759958480</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İffet</t>
+          <t>Şuurun Doğrudan Doğruya Verileri</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789759958800</t>
+          <t>9789759958824</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2</t>
+          <t>İffet</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789759958633</t>
+          <t>9789759958800</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
+          <t>Edebiyat Yazıları 2</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789759958664</t>
+          <t>9789759958633</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
+          <t>Suriye’de İşgal ve Direniş (1919 - 1922)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789759959265</t>
+          <t>9789759958664</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Bir Japon Nasıl Ölür</t>
+          <t>Yeni Eflatunculuğun İslam Felsefesine Yansımaları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789759958503</t>
+          <t>9789759959265</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
+          <t>Bir Japon Nasıl Ölür</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789759958787</t>
+          <t>9789759958503</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Yahut Arzuhal</t>
+          <t>Ahlaktan Felsefeye Felsefeden Ahlaka</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789759958657</t>
+          <t>9789759958787</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
+          <t>İlmihal Yahut Arzuhal</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789759958770</t>
+          <t>9789759958657</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
+          <t>Roman ve Öyküde Zaman Yöntem ve Uygulama</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789759958589</t>
+          <t>9789759958770</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 2</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789759958640</t>
+          <t>9789759958589</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
+          <t>14. Yüzyılın Ortalarında Yapılmış Satırarası Kur’an Tercümesi 1</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789759958206</t>
+          <t>9789759958640</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Pol Molla'nın Hikayesi</t>
+          <t>Tanzimat Dönemi Türk Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789759958671</t>
+          <t>9789759958206</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik Yazıları</t>
+          <t>Pol Molla'nın Hikayesi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789759958619</t>
+          <t>9789759958671</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Alkestis - Medeia - Elektra</t>
+          <t>Sanat ve Estetik Yazıları</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789759958565</t>
+          <t>9789759958619</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhafazakarlığında Bir Cevelan</t>
+          <t>Alkestis - Medeia - Elektra</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789759958572</t>
+          <t>9789759958565</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
+          <t>Türk Muhafazakarlığında Bir Cevelan</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789759958411</t>
+          <t>9789759958572</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ü Şirin</t>
+          <t>Bir Osmanlı Kurmayının Gözünden Rus - Japon Harbi: Miralay Pertev Bey’in Gözlemleri</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789759958404</t>
+          <t>9789759958411</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Mahcubiyet Öyküleri</t>
+          <t>Hüsrev ü Şirin</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789759958398</t>
+          <t>9789759958404</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Uçsun Varsın</t>
+          <t>Mahcubiyet Öyküleri</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789759958497</t>
+          <t>9789759958398</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
+          <t>Uçsun Varsın</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789759958558</t>
+          <t>9789759958497</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Fransa Sefaretnamesi</t>
+          <t>Milli Sinema Osmanlı'da Sinema Hayatı ve Yerli Üretime Geçiş</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>1000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789759958510</t>
+          <t>9789759958558</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
+          <t>Fransa Sefaretnamesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789759958527</t>
+          <t>9789759958510</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
+          <t>Sanattan Hakikate: Heidegger, Van Gogh, Schapiro, Derrida</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789759958374</t>
+          <t>9789759958527</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Kızı</t>
+          <t>Dersaadet’in Kileri Tuna Nehri'nde Ticaret ve Devlet</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>130</v>
+        <v>530</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789759958183</t>
+          <t>9789759958374</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyadan Vatana</t>
+          <t>Nuh’un Kızı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789759958336</t>
+          <t>9789759958183</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
+          <t>Coğrafyadan Vatana</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789759958367</t>
+          <t>9789759958336</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Metres</t>
+          <t>Kamburlar, Kaçaklar ve Kurbağalar</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789759958312</t>
+          <t>9789759958367</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengi</t>
+          <t>Metres</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789759958275</t>
+          <t>9789759958312</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
+          <t>Dünyanın Rengi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789759958282</t>
+          <t>9789759958275</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Ah! Şiirler (2001 - 2011)</t>
+          <t>Şarkısızın Şarkısı (Şiirler 2012-2017)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789759958084</t>
+          <t>9789759958282</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
+          <t>Ah! Şiirler (2001 - 2011)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789759958077</t>
+          <t>9789759958084</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Sofistik Düşüncenin Arka Planı</t>
+          <t>Sofistlerin Çalışma Kitabı: Dissoi Logoi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789759958176</t>
+          <t>9789759958077</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Sofistik Düşüncenin Arka Planı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789759958381</t>
+          <t>9789759958176</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789759958299</t>
+          <t>9789759958381</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in İzinde</t>
+          <t>Sayyadane Bir Cevelan</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789759958343</t>
+          <t>9789759958299</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kafkas</t>
+          <t>Robert Kolej’in İzinde</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789759958237</t>
+          <t>9789759958343</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
+          <t>Kafkas</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789759958213</t>
+          <t>9789759958237</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
+          <t>Türk Sanatı ve Arkeolojisi Yazıları</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789759958220</t>
+          <t>9789759958213</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Tekkede Zaman</t>
+          <t>Siyasi Yazılar, Konuşmalar ve Türkiye Köylü Partisi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789759958190</t>
+          <t>9789759958220</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Hüseyin Avni Ulaş</t>
+          <t>Tekkede Zaman</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789759958305</t>
+          <t>9789759958190</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşunun Sesi</t>
+          <t>Erzurumlu Hüseyin Avni Ulaş</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789759958145</t>
+          <t>9789759958305</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Defteri</t>
+          <t>Tarla Kuşunun Sesi</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786257005302</t>
+          <t>9789759958145</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yakın Tarih Biraz Hurafe</t>
+          <t>Bir Ölünün Defteri</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789759957087</t>
+          <t>9786257005302</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
+          <t>Biraz Yakın Tarih Biraz Hurafe</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789759957605</t>
+          <t>9789759957087</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Mizanü'l-Hakk fi İhtiyari'l-Ehakk</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789759958060</t>
+          <t>9789759957605</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789759959685</t>
+          <t>9789759958060</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Zaman</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789759958015</t>
+          <t>9789759959685</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler</t>
+          <t>Kuşlar ve Zaman</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789759957995</t>
+          <t>9789759958015</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Kırk Yılı</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789759958053</t>
+          <t>9789759957995</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
+          <t>Bir Kitabın Kırk Yılı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789759958022</t>
+          <t>9789759958053</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Heidegger'in Geç Dönem Felsefesi</t>
+          <t>Maşi-Zade Fikri Çelebi ve Ebkar-ı Efkar'ı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789759957988</t>
+          <t>9789759958022</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
+          <t>Heidegger'in Geç Dönem Felsefesi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789759957971</t>
+          <t>9789759957988</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Çeviriler</t>
+          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789759957964</t>
+          <t>9789759957971</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ömür Bahçesinin Gülü Solmadan</t>
+          <t>Tanpınar'dan Çeviriler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789759957940</t>
+          <t>9789759957964</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
+          <t>Ömür Bahçesinin Gülü Solmadan</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786257660693</t>
+          <t>9789759957940</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tekamül</t>
+          <t>Tümeller - Bakış Açımı Değiştirmediğim Bir Giriş</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789759957872</t>
+          <t>9786257660693</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Arnavutlar Solyotlar</t>
+          <t>Yaratıcı Tekamül</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789759956653</t>
+          <t>9789759957872</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Arnavutlar Solyotlar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257005104</t>
+          <t>9789759956653</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Topyekün Harp</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789759957865</t>
+          <t>9786257005104</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
+          <t>Topyekün Harp</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789759957032</t>
+          <t>9789759957865</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Adlandırmanın Ontoteolojisi</t>
+          <t>Halka ve Senirkent’e Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789759957650</t>
+          <t>9789759957032</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Olmayan Çiçek</t>
+          <t>Adlandırmanın Ontoteolojisi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789759955014</t>
+          <t>9789759957650</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'un Kara Günleri</t>
+          <t>Çiçek Olmayan Çiçek</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789759957766</t>
+          <t>9789759955014</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Heideggerin Kulübesi</t>
+          <t>Erzurum'un Kara Günleri</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789759957711</t>
+          <t>9789759957766</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Boşluk</t>
+          <t>Heideggerin Kulübesi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258437287</t>
+          <t>9789759957711</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
+          <t>Hep Aynı Boşluk</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789759957704</t>
+          <t>9786258437287</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mali Tarihi</t>
+          <t>Fatma Aliye Hanım Yahut Bir Muharrire-i Osmaniyenin Neşeti</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789759957728</t>
+          <t>9789759957704</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Ahlak</t>
+          <t>Osmanlı Mali Tarihi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>340</v>
+        <v>950</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789759957674</t>
+          <t>9789759957728</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Hırkası</t>
+          <t>Dil ve Ahlak</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789759957643</t>
+          <t>9789759957674</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Katakofti</t>
+          <t>Depresyon Hırkası</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786257660020</t>
+          <t>9789759957643</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Arastanın Son Çırağı</t>
+          <t>Katakofti</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789759957773</t>
+          <t>9786257660020</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 1</t>
+          <t>Arastanın Son Çırağı</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789759957780</t>
+          <t>9789759957773</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Yazıları</t>
+          <t>Edebiyat Yazıları 1</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789759957599</t>
+          <t>9789759957780</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Mektepli / Hanım Kızlara</t>
+          <t>Edebiyat Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789759957636</t>
+          <t>9789759957599</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Devlet Felsefesi</t>
+          <t>Mini Mini Mektepli / Hanım Kızlara</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789759956493</t>
+          <t>9789759957636</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
+          <t>Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789759957667</t>
+          <t>9789759956493</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>İyiler Ölmez</t>
+          <t>İbnu'l Mukaffa - İslam Siyaset Üslübu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789759957551</t>
+          <t>9789759957667</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
+          <t>İyiler Ölmez</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789759957520</t>
+          <t>9789759957551</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet İstanbul</t>
+          <t>Müslüman İstanbul'a Mahsus Bir Gelenek Mahya (Ciltli)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>260</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789759957544</t>
+          <t>9789759957520</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Sırları</t>
+          <t>Bir Demet İstanbul</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789759956912</t>
+          <t>9789759957544</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos'un Oyunu</t>
+          <t>Tevhidin Sırları</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789759956509</t>
+          <t>9789759956912</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Eğitimi</t>
+          <t>Herakleitos'un Oyunu</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789759957056</t>
+          <t>9789759956509</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Erzurumdan Güzel Hatıralar</t>
+          <t>Türkiye'de Din Eğitimi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789759954338</t>
+          <t>9789759957056</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Silik Fotoğraflar - Portreler</t>
+          <t>Erzurumdan Güzel Hatıralar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789759956486</t>
+          <t>9789759954338</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Musiki</t>
+          <t>Silik Fotoğraflar - Portreler</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789759958435</t>
+          <t>9789759956486</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
+          <t>İslam ve Musiki</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789759953089</t>
+          <t>9789759958435</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Ramazan</t>
+          <t>İstanbul’dan Mektuplar 1909 - 1912</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789759958466</t>
+          <t>9789759953089</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
+          <t>İstanbul’da Bir Ramazan</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789759956745</t>
+          <t>9789759958466</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
+          <t>İstanbul’da Bir Konak ve Yeni Kadınlar</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789759956516</t>
+          <t>9789759956745</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Notlar</t>
+          <t>Eski Türklerde Yazı, Kağıt, Kitap ve Kağıt Damgaları</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789759955533</t>
+          <t>9789759956516</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Tirende Bir Keman</t>
+          <t>Tanpınar'dan Notlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789759956639</t>
+          <t>9789759955533</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
+          <t>Tirende Bir Keman</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789759955878</t>
+          <t>9789759956639</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir'le Birlikte</t>
+          <t>Şark Cephesi'nden Kore'ye Bir Türk Generali</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257005807</t>
+          <t>9789759955878</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı</t>
+          <t>Kemal Tahir'le Birlikte</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>950</v>
+        <v>180</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789759956684</t>
+          <t>9786257005807</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>390</v>
+        <v>950</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789759956592</t>
+          <t>9789759956684</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789759955465</t>
+          <t>9789759956592</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlığın İki Yüzü</t>
+          <t>2. Meşrutiyet Basınında - Halkçılık Köycülük Sosyalizm</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789759956660</t>
+          <t>9789759955465</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Hesap Günü</t>
+          <t>Muhafazakarlığın İki Yüzü</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789759955960</t>
+          <t>9789759956660</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
+          <t>Hesap Günü</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789759955946</t>
+          <t>9789759955960</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
+          <t>Tekke ve Halk Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789759955922</t>
+          <t>9789759955946</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Şiirleri</t>
+          <t>Osmanlı'da Modern İktisadın İzinde 1</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789759956035</t>
+          <t>9789759955922</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Hazret-i Hüdayi</t>
+          <t>Ahmet Haşim Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789759955977</t>
+          <t>9789759956035</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sufi Gözüyle Bakmak</t>
+          <t>Külliyat-ı Hazret-i Hüdayi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>750</v>
+        <v>210</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789759955847</t>
+          <t>9789759955977</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Udolf Hisarı</t>
+          <t>Hayata Sufi Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789759956622</t>
+          <t>9789759955847</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Yunus Bir Haber Verir</t>
+          <t>Udolf Hisarı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789759956608</t>
+          <t>9789759956622</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
+          <t>Yunus Bir Haber Verir</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789759956677</t>
+          <t>9789759956608</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
+          <t>Kafkas Cephesi'nin 1. Dünya Savaşı'ndaki Lojistik Desteği</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789759955991</t>
+          <t>9789759956677</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Şiir Şerhleri</t>
+          <t>Arkaik Yunan'da Adlandırma ve Hakikat</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789759955984</t>
+          <t>9789759955991</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Tasavvuf</t>
+          <t>Tasavvufi Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789759955885</t>
+          <t>9789759955984</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
+          <t>Siyaset ve Tasavvuf</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789759955908</t>
+          <t>9789759955885</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İki Amerikalı Misyoner</t>
+          <t>Naim Hoca : Halk Adamı, Din Adamı, Millet Adamı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789759956066</t>
+          <t>9789759955908</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Olmak</t>
+          <t>Osmanlı'da İki Amerikalı Misyoner</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789759955892</t>
+          <t>9789759956066</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
+          <t>Vitrinde Olmak</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789759959937</t>
+          <t>9789759955892</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gayrinizami Harp Doktrini</t>
+          <t>Mehmed Akif Kalabalıklarda Bir Yalnız Adam</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789759955380</t>
+          <t>9789759959937</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
+          <t>Osmanlı Gayrinizami Harp Doktrini</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789759955342</t>
+          <t>9789759955380</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tapu Sicil Muhafızının Anıları</t>
+          <t>Tarih Metafiziği ya da Kendilik Bilinci</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789759955373</t>
+          <t>9789759955342</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Kartpostalların Fısıldadıkları</t>
+          <t>Tapu Sicil Muhafızının Anıları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789759955540</t>
+          <t>9789759955373</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Diğer Hikayeler</t>
+          <t>Kartpostalların Fısıldadıkları</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789759955670</t>
+          <t>9789759955540</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Güzel Erzurum</t>
+          <t>Karabibik ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789759955526</t>
+          <t>9789759955670</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Çevremde</t>
+          <t>Güzel Erzurum</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789759955557</t>
+          <t>9789759955526</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sait Beyefendi Hazretlerine Cevap</t>
+          <t>Edebiyatçılar Çevremde</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789759954758</t>
+          <t>9789759955557</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset İlişkileri</t>
+          <t>Sait Beyefendi Hazretlerine Cevap</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789759955649</t>
+          <t>9789759954758</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kuruluşu</t>
+          <t>İslam Siyaset İlişkileri</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789759955588</t>
+          <t>9789759955649</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bayramiye Tarikatı Menakıbı</t>
+          <t>Felsefenin Kuruluşu</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789759953218</t>
+          <t>9789759955588</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İrşad</t>
+          <t>Bayramiye Tarikatı Menakıbı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789759957506</t>
+          <t>9789759953218</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
+          <t>İslam’da İrşad</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257005852</t>
+          <t>9789759957506</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
+          <t>İslam’da Faiz Meselesine Farklı Bir Bakış</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789759952969</t>
+          <t>9786257005852</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Asr-ı Saadette Siyasi Konuşmalar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257005180</t>
+          <t>9789759952969</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>İştikakçının Köşesi</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789759953355</t>
+          <t>9786257005180</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Kapıları Açmak</t>
+          <t>İştikakçının Köşesi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789759953898</t>
+          <t>9789759953355</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
+          <t>Kapıları Açmak</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789759954710</t>
+          <t>9789759953898</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
+          <t>Kanun-i Kadimin Peşinde - Osmanlı’da Çözülme ve Gelenekçi Yorumcuları</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789759954703</t>
+          <t>9789759954710</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 3</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256839960</t>
+          <t>9789759954703</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 2</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789759956967</t>
+          <t>9786256839960</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Bilimin Doğuşu</t>
+          <t>Türk Edebiyatı Üzerinde Araştırmalar 1</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789759955328</t>
+          <t>9789759956967</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Felsefe - Bilim Nedir</t>
+          <t>Felsefe-Bilimin Doğuşu</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789759953614</t>
+          <t>9789759955328</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
+          <t>Felsefe - Bilim Nedir</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789759953607</t>
+          <t>9789759953614</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
+          <t>Edebiyatımız 2 - Yazarlar, Meseleler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789759954284</t>
+          <t>9789759953607</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Edebi Eser Üzerine</t>
+          <t>Edebiyatımız 1 - Edebiyat Tarih İlişkisi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789759952792</t>
+          <t>9789759954284</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
+          <t>Edebiyat ve Edebi Eser Üzerine</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789759951979</t>
+          <t>9789759952792</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
+          <t>On Dokuzuncu Asır Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789759955205</t>
+          <t>9789759951979</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Beliyat-ı Mudhike</t>
+          <t>On Dokuzuncu Asır Biterken İstanbul’un Saltanatlı Günleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257005449</t>
+          <t>9789759955205</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Beliyat-ı Mudhike</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789759955267</t>
+          <t>9786257005449</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789759955304</t>
+          <t>9789759955267</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir</t>
+          <t>Necip Fazıl - Sıcak Yarada Kezzap</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789759953416</t>
+          <t>9789759955304</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Pazar</t>
+          <t>Dem Bu Demdir</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789759955045</t>
+          <t>9789759953416</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Robert Kolej’in Kızları</t>
+          <t>Rüzgarlı Pazar</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789759954345</t>
+          <t>9789759955045</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Üss-i İnkılap</t>
+          <t>Robert Kolej’in Kızları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789759954444</t>
+          <t>9789759954345</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilime Giriş</t>
+          <t>Üss-i İnkılap</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789759954468</t>
+          <t>9789759954444</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
+          <t>Anlatıbilime Giriş</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789759954970</t>
+          <t>9789759954468</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Amiral Byng</t>
+          <t>Durub-ı Emsal-i Osmaniye : Şinasi Hikemiyatının Ahkamı - Tasvir</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789759959104</t>
+          <t>9789759954970</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
+          <t>Amiral Byng</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789759955229</t>
+          <t>9789759959104</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi Hatıratı</t>
+          <t>Anlamın Sesi - Yahya Kemal Beyatlı'nın Şiir Estetiği</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257005401</t>
+          <t>9789759955229</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Teoriye</t>
+          <t>Balkan Harbi Hatıratı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789759954369</t>
+          <t>9786257005401</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kafesin Ardındaki Türk Kadını</t>
+          <t>Teoriden Teoriye</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789759954604</t>
+          <t>9789759954369</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tenkit</t>
+          <t>Kafesin Ardındaki Türk Kadını</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789759954390</t>
+          <t>9789759954604</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
+          <t>Tasavvuf ve Tenkit</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789759954529</t>
+          <t>9789759954390</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiiri Üzerine</t>
+          <t>İslam'da Müsamaha Faysalü't-tefrika beyne'l-İslam ve'z-zendeka</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789759952655</t>
+          <t>9789759954529</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Bütün Eserleri 10</t>
+          <t>Türk Şiiri Üzerine</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789759955519</t>
+          <t>9789759952655</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Medeniyet</t>
+          <t>Mehmet Akif Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789759952983</t>
+          <t>9789759955519</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Anka</t>
+          <t>Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789759953669</t>
+          <t>9789759952983</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
+          <t>Küllerinden Doğan Anka</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789759951757</t>
+          <t>9789759953669</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Koca Sinan</t>
+          <t>Kur’an İlimleri ve Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789759954376</t>
+          <t>9789759951757</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
+          <t>Koca Sinan</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789759952341</t>
+          <t>9789759954376</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Medeniyeti</t>
+          <t>Kelam İlmi ve İslam Akaidi Şerhu’l-Akaid</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789759952433</t>
+          <t>9789759952341</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
+          <t>Kağıt Medeniyeti</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789759954260</t>
+          <t>9789759952433</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadına Giriş</t>
+          <t>İslam ve İnsan Mevlana ve Tasavvuf</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789759955939</t>
+          <t>9789759954260</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>İradenin Davası / Devlet ve Demokrasi</t>
+          <t>İslam İktisadına Giriş</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257005814</t>
+          <t>9789759955939</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>İlim Bilmez Tarih Hatırlamaz</t>
+          <t>İradenin Davası / Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789759953874</t>
+          <t>9786257005814</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
+          <t>İlim Bilmez Tarih Hatırlamaz</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789759954055</t>
+          <t>9789759953874</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Islahat Siyaset Tarikat</t>
+          <t>İkinci Meşrutiyet Devrinde Tenkit</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789759953720</t>
+          <t>9789759954055</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Tesadüf</t>
+          <t>Islahat Siyaset Tarikat</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789759951511</t>
+          <t>9789759953720</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev Hatemi’den Duyduklarımız</t>
+          <t>Hüzün ve Tesadüf</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789759952938</t>
+          <t>9789759951511</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-ü Aşk</t>
+          <t>Hüsrev Hatemi’den Duyduklarımız</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257005357</t>
+          <t>9789759952938</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
+          <t>Hüsn-ü Aşk</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789759954161</t>
+          <t>9786257005357</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Bacak</t>
+          <t>Hürriyet ve İtilaf Fırkası 2. Meşrutiyet Devrinde İttihat ve Terakki’ye Karşı Çıkanlar</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789759952884</t>
+          <t>9789759954161</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Tahlilleri</t>
+          <t>Huzursuz Bacak</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>580</v>
+        <v>190</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789759952921</t>
+          <t>9789759952884</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Hikaye İncelemeleri</t>
+          <t>Hikaye Tahlilleri</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789759951801</t>
+          <t>9789759952921</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
+          <t>Hikaye İncelemeleri</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789759952952</t>
+          <t>9789759951801</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-Din İlişkileri</t>
+          <t>Gümüşhanevi Halifelerinden Şeyh Osman Niyazi Efendi ve Güneyce - Rize’deki Tekkesi</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789759955007</t>
+          <t>9789759952952</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Felsefe-Din İlişkileri</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257005715</t>
+          <t>9789759955007</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Evren Tasavvuru</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789759953539</t>
+          <t>9786257005715</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
+          <t>Evren Tasavvuru</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789757032717</t>
+          <t>9789759953539</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’un Manevi Mimarları</t>
+          <t>Eski Türk Edebiyatı Nazım Şekilleri ve Aruz</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789759951573</t>
+          <t>9789757032717</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’da Ziraat Kültürü</t>
+          <t>Erzurum’un Manevi Mimarları</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789759954109</t>
+          <t>9789759951573</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'da Ramazan</t>
+          <t>Erzurum’da Ziraat Kültürü</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789759958695</t>
+          <t>9789759954109</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Şairleri</t>
+          <t>Erzurum'da Ramazan</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789759957575</t>
+          <t>9789759958695</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Masalları</t>
+          <t>Erzurum Şairleri</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789759958688</t>
+          <t>9789759957575</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kitabı</t>
+          <t>Erzurum Masalları</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789759957582</t>
+          <t>9789759958688</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Efsaneleri</t>
+          <t>Erzurum Kitabı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789759953782</t>
+          <t>9789759957582</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın İçinden</t>
+          <t>Erzurum Efsaneleri</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789759955311</t>
+          <t>9789759953782</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
+          <t>Edebiyatımızın İçinden</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789759953829</t>
+          <t>9789759955311</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi ve Tenkit</t>
+          <t>Edebiyatımızın Bahçesinde Dolaşırken</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789759953768</t>
+          <t>9789759953829</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Edebiyat Tarihi ve Tenkit</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789759954918</t>
+          <t>9789759953768</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Eşik</t>
+          <t>Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C952" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257660204</t>
+          <t>9789759954918</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Doğuş Devrinde Tasavvuf</t>
+          <t>Dört Kapı Kırk Eşik</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789759952723</t>
+          <t>9786257660204</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Hayatı Sufinin Kelamı</t>
+          <t>Doğuş Devrinde Tasavvuf</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789759950309</t>
+          <t>9789759952723</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>David Hume ve Din Felsefesi</t>
+          <t>Dervişin Hayatı Sufinin Kelamı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789759953317</t>
+          <t>9789759950309</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>D’Aramon Seyahatnamesi</t>
+          <t>David Hume ve Din Felsefesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789759952174</t>
+          <t>9789759953317</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
+          <t>D’Aramon Seyahatnamesi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789759959838</t>
+          <t>9789759952174</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
+          <t>Çağdaş Türk Hikayesinde Semantik Yapı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>500</v>
+        <v>155</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789759959609</t>
+          <t>9789759959838</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
+          <t>Çağdaş İngiliz-Yahudi Küresel Medeniyeti</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257005241</t>
+          <t>9789759959609</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Cumhuriyet Türkiyesi’nde Bir Mesele Olarak İslam 1</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789759954536</t>
+          <t>9786257005241</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Chef</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789759956646</t>
+          <t>9789759954536</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin Bütün Şiirleri</t>
+          <t>Chef</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789759957490</t>
+          <t>9789759956646</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye Rüyası</t>
+          <t>Cenab Şahabeddin Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789759959739</t>
+          <t>9789759957490</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
+          <t>Büyük Türkiye Rüyası</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789759955076</t>
+          <t>9789759959739</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
+          <t>Büyük Devletlerin Yükselişi 1648 - 1815</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789759955434</t>
+          <t>9789759955076</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
+          <t>Gurabahane-i Laklakan ve Diğer Yazıları</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789759952662</t>
+          <t>9789759955434</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Buhara Bursa Bosna</t>
+          <t>Ahmet Haşim Bütün Eserleri - 2 Bize Göre</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789759951115</t>
+          <t>9789759952662</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Bu Dağların Ardı</t>
+          <t>Buhara Bursa Bosna</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789759953119</t>
+          <t>9789759951115</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bu Böyledir</t>
+          <t>Bu Dağların Ardı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789756611401</t>
+          <t>9789759953119</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Erzurum</t>
+          <t>Bu Böyledir</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789759954857</t>
+          <t>9789756611401</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
+          <t>Bir Vakitler Erzurum</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789759952594</t>
+          <t>9789759954857</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
+          <t>Bir Tartışmanın Hikayesi Dekadanlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789759958428</t>
+          <t>9789759952594</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Osmanlı Günlüğü</t>
+          <t>Bir Şiir Eleştirmeni Olarak Nurullah Ataç</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789759951894</t>
+          <t>9789759958428</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Tarihi: Cinis</t>
+          <t>Bir Papazın Osmanlı Günlüğü</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789759953195</t>
+          <t>9789759951894</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
+          <t>Bir Köy Tarihi: Cinis</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789759950507</t>
+          <t>9789759953195</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
+          <t>Bir Hülya Adamının Romanı: Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257660235</t>
+          <t>9789759950507</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Bir Felsefe Dili Kurmak</t>
+          <t>Bir Halk Sinemacısı Osman Fahir Seden</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789759952976</t>
+          <t>9786257660235</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
+          <t>Bir Felsefe Dili Kurmak</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257005043</t>
+          <t>9789759952976</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
+          <t>Bir Eski Zaman Efendisi İbnülemin Mahmud Kemal</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>630</v>
+        <v>500</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789759955816</t>
+          <t>9786257005043</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bergson</t>
+          <t>Bir Eğitim Tasavvuru Olarak Mahalle / Sıbyan Mektepleri</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>160</v>
+        <v>630</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789759955441</t>
+          <t>9789759955816</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Devri Türk Edebiyatı</t>
+          <t>Bergson</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789759956776</t>
+          <t>9789759955441</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
+          <t>Batılılaşma Devri Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>490</v>
+        <v>410</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789759953461</t>
+          <t>9789759956776</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Akımlar</t>
+          <t>Batı Medeniyeti Karşısında Ahmed Midhat Efendi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789759954895</t>
+          <t>9789759953461</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Arkakapak Yazıları</t>
+          <t>Batı Edebiyatında Akımlar</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789759952754</t>
+          <t>9789759954895</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim</t>
+          <t>Arkakapak Yazıları</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789759952990</t>
+          <t>9789759952754</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yakası</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257005395</t>
+          <t>9789759952990</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sosyalizmine Bir Katkı</t>
+          <t>Anadolu Yakası</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789759955809</t>
+          <t>9786257005395</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
+          <t>Anadolu Sosyalizmine Bir Katkı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257005630</t>
+          <t>9789759955809</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Akıl, İrade Hürriyet</t>
+          <t>Amerikan Mektupları - Düşünen Adam Aranızda</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>590</v>
+        <v>130</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789759952945</t>
+          <t>9786257005630</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Akasya ve Mandolin</t>
+          <t>Akıl, İrade Hürriyet</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789759953430</t>
+          <t>9789759952945</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Nizamı</t>
+          <t>Akasya ve Mandolin</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789759954246</t>
+          <t>9789759953430</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Hatıraları</t>
+          <t>Ahlak Nizamı</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789759952679</t>
+          <t>9789759954246</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
+          <t>Abdülhak Hamid’in Hatıraları</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789759954451</t>
+          <t>9789759952679</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
+          <t>18. Yüzyılda Osmanlı - İspanya İlişkileri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789759955199</t>
+          <t>9789759954451</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Abdülhak Hamid Tarhan - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257660877</t>
+          <t>9789759955199</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257005760</t>
+          <t>9786257660877</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklorunda Kesik Baş</t>
+          <t>Kıssadan Hisse</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789759955274</t>
+          <t>9786257005760</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'dan Ders Notları</t>
+          <t>Türk Folklorunda Kesik Baş</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789759953560</t>
+          <t>9789759955274</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Beyhude Ömrüm</t>
+          <t>Tanpınar'dan Ders Notları</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789759952839</t>
+          <t>9789759953560</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
+          <t>Beyhude Ömrüm</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257660396</t>
+          <t>9789759952839</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Hafızanın Kıyısında</t>
+          <t>Beşir Fuad İlk Türk Pozitivist ve Natüralisti</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789759955403</t>
+          <t>9786257660396</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Fikri ve Edebiyat</t>
+          <t>Zaman ve Hafızanın Kıyısında</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789759955397</t>
+          <t>9789759955403</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
+          <t>Tanzimat Fikri ve Edebiyat</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789759959746</t>
+          <t>9789759955397</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Bir Cevelan</t>
+          <t>Rusların Kafkasya'yı İstilası ve Osmanlı İstihbarat Ağı</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789759956820</t>
+          <t>9789759959746</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Paris</t>
+          <t>Avrupa'da Bir Cevelan</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789759956875</t>
+          <t>9789759956820</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Modern İktisadın İzinde 2</t>
+          <t>Bir Başka Paris</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>380</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789759956844</t>
+          <t>9789759956875</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
+          <t>Osmanlıda Modern İktisadın İzinde 2</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789759956837</t>
+          <t>9789759956844</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Avrupa Adab-ı Muaşereti Yahut Alafranga</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789759954659</t>
+          <t>9789759956837</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789759954581</t>
+          <t>9789759954659</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789759954642</t>
+          <t>9789759954581</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Askeri Modernleşmenin Dini Müdafaası</t>
+          <t>Bir Muhalifin Edebi ve Sosyal Yazıları</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789759954215</t>
+          <t>9789759954642</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Bektaşilik</t>
+          <t>Askeri Modernleşmenin Dini Müdafaası</t>
         </is>
       </c>
       <c r="C1012" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789759954987</t>
+          <t>9789759954215</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
+          <t>Mısır'da Bektaşilik</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789759955137</t>
+          <t>9789759954987</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut İnternet</t>
+          <t>İslam'da İnanç Konuları ve İtikadi Mezhepler</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789759954222</t>
+          <t>9789759955137</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Aleksandr Stradella</t>
+          <t>Vatan Yahut İnternet</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789759959883</t>
+          <t>9789759954222</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Ahbar-ı Asara Tamim-i Enzar</t>
+          <t>Aleksandr Stradella</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789759954628</t>
+          <t>9789759959883</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
+          <t>Ahbar-ı Asara Tamim-i Enzar</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789759951054</t>
+          <t>9789759954628</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Göz Gördü Gönül Sevdi</t>
+          <t>Aziz Feylesofum - Refik Halid'den Rıza Tevfik'e Mektuplar</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789759958107</t>
+          <t>9789759951054</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Göğe Giden Kervanlar</t>
+          <t>Göz Gördü Gönül Sevdi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>24</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789759954697</t>
+          <t>9789759958107</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
+          <t>Göğe Giden Kervanlar</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>130</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789759954499</t>
+          <t>9789759954697</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Nur</t>
+          <t>Mitoloji Üzerine Araştırmalar Metinler ve Tahliller</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257005753</t>
+          <t>9789759954499</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Babailer İsyanı (Ciltli)</t>
+          <t>Nur</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789759953409</t>
+          <t>9786257005753</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yokuşa Akan Sular</t>
+          <t>Babailer İsyanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789759952488</t>
+          <t>9789759953409</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Türkiye</t>
+          <t>Yokuşa Akan Sular</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789759955700</t>
+          <t>9789759952488</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal</t>
+          <t>Yarınki Türkiye</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789759958459</t>
+          <t>9789759955700</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Son Sultanların İstanbul’unda</t>
+          <t>Yahya Kemal</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789759953386</t>
+          <t>9789759958459</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ruhu</t>
+          <t>Son Sultanların İstanbul’unda</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789759954680</t>
+          <t>9789759953386</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Leyla vü Mecnun</t>
+          <t>Nesillerin Ruhu</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789756611753</t>
+          <t>9789759954680</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Arapgir Hasreti</t>
+          <t>Leyla vü Mecnun</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789759953836</t>
+          <t>9789756611753</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Sanat</t>
+          <t>Arapgir Hasreti</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789759953225</t>
+          <t>9789759953836</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Orta Sayfa Sohbetleri - Kültür</t>
+          <t>Orta Sayfa Sohbetleri - Sanat</t>
         </is>
       </c>
       <c r="C1031" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789759953959</t>
+          <t>9789759953225</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hanya / Girit Mevlevihanesi</t>
+          <t>Orta Sayfa Sohbetleri - Kültür</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789759950279</t>
+          <t>9789759953959</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Eşref Bütün Eserleri</t>
+          <t>Hanya / Girit Mevlevihanesi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789759954031</t>
+          <t>9789759950279</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
+          <t>Eşref Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789759953492</t>
+          <t>9789759954031</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Zafer Yahut Hiç</t>
+          <t>Eski Türk Edebiyatı Tarihi Metinleri</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789759954949</t>
+          <t>9789759953492</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Zafer Yahut Hiç</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789759956615</t>
+          <t>9789759954949</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmadan Uzlaşmak</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789759953126</t>
+          <t>9789759956615</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk İçimizde</t>
+          <t>Yozlaşmadan Uzlaşmak</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257005425</t>
+          <t>9789759953126</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
+          <t>Yoksulluk İçimizde</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789759951566</t>
+          <t>9786257005425</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
+          <t>Yeni Türk Edebiyatı Tanzimat'tan Cumhuriyet'e</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>180</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789759953157</t>
+          <t>9789759951566</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Ya Tahammül Ya Sefer</t>
+          <t>Yeni Kitap Dergisinde On Yazar-On Mülakat</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257005777</t>
+          <t>9789759953157</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Veysel Kareni ve Üveysilik</t>
+          <t>Ya Tahammül Ya Sefer</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789759951450</t>
+          <t>9786257005777</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
+          <t>Veysel Kareni ve Üveysilik</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789759953256</t>
+          <t>9789759951450</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sinema Kavgası</t>
+          <t>Uşaklıgil’in Romanlarında Batılı Yaşayış</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789759958718</t>
+          <t>9789759953256</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Türkülerde Yaşayan Şehir Erzurum</t>
+          <t>Ulusal Sinema Kavgası</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789759959029</t>
+          <t>9789759958718</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında</t>
+          <t>Türkülerde Yaşayan Şehir Erzurum</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789759957858</t>
+          <t>9789759959029</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
+          <t>Türkler Arasında</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257660211</t>
+          <t>9789759957858</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
+          <t>Türkiye’de Liberal Muhafazakarlık ve Nurettin Topçu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257005319</t>
+          <t>9786257660211</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 2</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789759959791</t>
+          <t>9786257005319</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
+          <t>Türkiye’de İslamcılık Düşüncesi - 1</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789759953621</t>
+          <t>9789759959791</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Türk Roman ve Hikayesi Üzerine</t>
+          <t>Türk Tasavvuf Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257660136</t>
+          <t>9789759953621</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
+          <t>Türk Roman ve Hikayesi Üzerine</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789759954185</t>
+          <t>9786257660136</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesi 1 - Kökenler</t>
+          <t>Türk Öykücülüğünde Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789759954932</t>
+          <t>9789759954185</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Tufandan Önce</t>
+          <t>Türk Düşüncesi 1 - Kökenler</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789759954406</t>
+          <t>9789759954932</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
+          <t>Tufandan Önce</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789759953911</t>
+          <t>9789759954406</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Taşralı Bütün Eserleri 12</t>
+          <t>Din ve Hayat Açısından Tekkeler ve Zaviyeler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257660181</t>
+          <t>9789759953911</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
+          <t>Taşralı Bütün Eserleri 12</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789759953676</t>
+          <t>9786257660181</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hayat</t>
+          <t>Tasavvufi Hikmetler Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789759953379</t>
+          <t>9789759953676</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar Tarihi</t>
+          <t>Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257660198</t>
+          <t>9789759953379</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
+          <t>Tasavvuf ve Tarikatlar Tarihi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257005364</t>
+          <t>9786257660198</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
+          <t>Tasavvuf İlmine Dair : Kuşeyri Risalesi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789759952082</t>
+          <t>9786257005364</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Alacakaranlığında</t>
+          <t>Tarihin Gölgesinde - Meşahir- i Meçhuleden Birkaç Zat</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789759955625</t>
+          <t>9789759952082</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Tarih Uğrunda</t>
+          <t>Tarihin Alacakaranlığında</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789759958879</t>
+          <t>9789759955625</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Şiir Dünyası</t>
+          <t>Tarih Uğrunda</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789759953737</t>
+          <t>9789759958879</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Mektupları</t>
+          <t>Tanpınar’ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789759953867</t>
+          <t>9789759953737</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Şiir Daima Şiir</t>
+          <t>Tanpınar’ın Mektupları</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789759959920</t>
+          <t>9789759953867</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
+          <t>Şiir Daima Şiir</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>420</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789759953348</t>
+          <t>9789759959920</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Şeyhefendinin Rüyasındaki Türkiye</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789759951528</t>
+          <t>9789759953348</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786258437300</t>
+          <t>9789759951528</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sözü Dilde Hayali Gözde</t>
+          <t>Sultan Abdülhamit Devrinde İstanbul’da Gördüklerim</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789759953799</t>
+          <t>9786258437300</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname (Siyeru’l-mülük)</t>
+          <t>Sözü Dilde Hayali Gözde</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257005838</t>
+          <t>9789759953799</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Siyasetname (Siyeru’l-mülük)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789759954048</t>
+          <t>9786257005838</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Ödül Töreni</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789759953003</t>
+          <t>9789759954048</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Sıradışı Bir Ödül Töreni</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789759955335</t>
+          <t>9789759953003</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve İlim</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789756611661</t>
+          <t>9789759955335</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Bülent Oran</t>
+          <t>Sevgi ve İlim</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789759955144</t>
+          <t>9789756611661</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Saz u Söz Arasında</t>
+          <t>Senaryo Bülent Oran</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789759952891</t>
+          <t>9789759955144</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Sadık Bir Muhalif</t>
+          <t>Saz u Söz Arasında</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257005616</t>
+          <t>9789759952891</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
+          <t>Sadık Bir Muhalif</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789759952686</t>
+          <t>9786257005616</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
+          <t>Rize Müftülerinden Yusuf Karali Hoca</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789759954994</t>
+          <t>9789759952686</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Reha</t>
+          <t>Rıza Tevfik’in Sanat ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789759951764</t>
+          <t>9789759954994</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Erzurum’da</t>
+          <t>Reha</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789759952730</t>
+          <t>9789759951764</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Puşkin Erzurum’da</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789759953812</t>
+          <t>9789759952730</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Poetika Dersleri</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789759958442</t>
+          <t>9789759953812</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
+          <t>Poetika Dersleri</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789759956783</t>
+          <t>9789759958442</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Türk Musikisi</t>
+          <t>Osmanlı Toplumunda Dervişler ve Abdallar</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789759955472</t>
+          <t>9789759956783</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Omurgasızlaştırılmış Türklük</t>
+          <t>Osmanlı Dönemi Türk Musikisi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257005876</t>
+          <t>9789759955472</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
+          <t>Omurgasızlaştırılmış Türklük</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789759955601</t>
+          <t>9786257005876</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Müzik, Kültür, Dil</t>
+          <t>Niyazi Mısri'nin İzinde Bir Ömür Seyahat</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257660068</t>
+          <t>9789759955601</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Müzik, Kültür, Dil</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789759952532</t>
+          <t>9786257660068</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Edebiyat</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789759954253</t>
+          <t>9789759952532</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Millet Mistikleri</t>
+          <t>Mukayeseli Edebiyat</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789759953485</t>
+          <t>9789759954253</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Millet Mistikleri</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789759953805</t>
+          <t>9789759953485</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789759954567</t>
+          <t>9789759953805</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789759958886</t>
+          <t>9789759954567</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
+          <t>Metinlerle Günümüz Tasavvuf Hareketleri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789756611562</t>
+          <t>9789759958886</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
+          <t>Meşrutiyetten Cumhuriyete Hatıralarım Hüseyin Kazım Kadri</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789759954925</t>
+          <t>9789756611562</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Meşrutiyetten Cumhuriyete Bir Mevlevi Şeyhi Abdülbaki Baykara Dede Hayatı Şahsiyeti Eserleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789759953065</t>
+          <t>9789759954925</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Menekşeli Mektup</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789759953713</t>
+          <t>9789759953065</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Gölgesi</t>
+          <t>Menekşeli Mektup</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789759954840</t>
+          <t>9789759953713</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Şiir Dünyası</t>
+          <t>Meleğin Gölgesi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789759954727</t>
+          <t>9789759954840</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Hikmet- i Peder</t>
+          <t>Mehmet Akif’in Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789759956547</t>
+          <t>9789759954727</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Yazıları</t>
+          <t>Hikmet- i Peder</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789759951610</t>
+          <t>9789759956547</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezayi ve Eserleri</t>
+          <t>Sanat ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789759956769</t>
+          <t>9789759951610</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik Yürüyüş</t>
+          <t>Sami Paşazade Sezayi ve Eserleri</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789759956752</t>
+          <t>9789759956769</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Amel Defteri</t>
+          <t>Sivil İtaatsizlik Yürüyüş</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789759956950</t>
+          <t>9789759956752</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Kar Makamı</t>
+          <t>Amel Defteri</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789759956943</t>
+          <t>9789759956950</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gözleri</t>
+          <t>Kar Makamı</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789759957001</t>
+          <t>9789759956943</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Kratylos 1. Cilt</t>
+          <t>Annemin Gözleri</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789759957018</t>
+          <t>9789759957001</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kratylos'a Yorumlar 2. Cilt</t>
+          <t>Kratylos 1. Cilt</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789759956936</t>
+          <t>9789759957018</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
+          <t>Kratylos'a Yorumlar 2. Cilt</t>
         </is>
       </c>
       <c r="C1111" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789759956974</t>
+          <t>9789759956936</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Telvihat</t>
+          <t>Tarih Konulu Romanlarda Sarıkamış Harbi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789759959562</t>
+          <t>9789759956974</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Tarihi</t>
+          <t>Telvihat</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>640</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789759956905</t>
+          <t>9789759959562</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılar Geçiyor</t>
+          <t>Doğu Asya Tarihi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789759956868</t>
+          <t>9789759956905</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
+          <t>Edebiyatçılar Geçiyor</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789759954079</t>
+          <t>9789759956868</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
+          <t>Kırk Yıl Sonra Dün Gibi Nurettin Topçu</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789759954123</t>
+          <t>9789759954079</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
+          <t>Nurettin Topçu Hayatı ve Bibliyografyası</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789759954130</t>
+          <t>9789759954123</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Peder Olmak Sanatı</t>
+          <t>Ana Babanın Evlat Üzerindeki Hukuk ve Vezaifi</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
+          <t>9789759954130</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Peder Olmak Sanatı</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
           <t>9789759953027</t>
         </is>
       </c>
-      <c r="B1119" s="1" t="inlineStr">
+      <c r="B1120" s="1" t="inlineStr">
         <is>
           <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
-      <c r="C1119" s="1">
+      <c r="C1120" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>