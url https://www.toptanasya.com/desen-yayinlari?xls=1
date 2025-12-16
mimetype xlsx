--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2290 +85,2305 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255981097</t>
+          <t>9786255981103</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Unutulmazlar - 2</t>
+          <t>Yemeksever: Mutfaktaki Hayatım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255981080</t>
+          <t>9786255981097</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Gün</t>
+          <t>Unutulmazlar - 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055678050</t>
+          <t>9786255981080</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zehir</t>
+          <t>Yedi Ölümcül Gün</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>21.3</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055678302</t>
+          <t>9786055678050</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 5 - Dikkat Zorkonlar</t>
+          <t>Zehir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>13</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055678388</t>
+          <t>9786055678302</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Spirou ve Fantasio 5 - Dikkat Zorkonlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055678616</t>
+          <t>9786055678388</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Porselen Peri</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>169</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8699237595148</t>
+          <t>9786055678616</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Serisi (Kutulu 4 Kitap Takım)</t>
+          <t>Porselen Peri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>296</v>
+        <v>169</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055678081</t>
+          <t>8699237595148</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Yalınayak Gen Serisi (Kutulu 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>13.89</v>
+        <v>296</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055678135</t>
+          <t>9786055678081</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tatilde Çiziktir 2</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055678128</t>
+          <t>9786055678135</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tatilde Çiziktir 1</t>
+          <t>Tatilde Çiziktir 2</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055678364</t>
+          <t>9786055678128</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 7 -Engerek’in Pençesinde</t>
+          <t>Tatilde Çiziktir 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>13</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055678371</t>
+          <t>9786055678364</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 6 - Z’nin Gizli Yüzü</t>
+          <t>Spirou ve Fantasio 7 -Engerek’in Pençesinde</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055678258</t>
+          <t>9786055678371</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 4 -  Z’nin Kaynaklarına Yolculuk</t>
+          <t>Spirou ve Fantasio 6 - Z’nin Gizli Yüzü</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055678241</t>
+          <t>9786055678258</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 3: Tokyo’da</t>
+          <t>Spirou ve Fantasio 4 -  Z’nin Kaynaklarına Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055678098</t>
+          <t>9786055678241</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savaşçılar 3 - Savaşçı’nın Dönüşü</t>
+          <t>Spirou ve Fantasio 3: Tokyo’da</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055678043</t>
+          <t>9786055678098</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savaşçılar 2: Savaşçı’nın Kaçışı</t>
+          <t>Savaşçılar 3 - Savaşçı’nın Dönüşü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055678029</t>
+          <t>9786055678043</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Savaşçılar 1: Kayıp Savaşçı</t>
+          <t>Savaşçılar 2: Savaşçı’nın Kaçışı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055678203</t>
+          <t>9786055678029</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 1 - Paris Sular Altında</t>
+          <t>Savaşçılar 1: Kayıp Savaşçı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055678210</t>
+          <t>9786055678203</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Spirou ve Fantasio 2 - Ölmek İstemeyen Adam</t>
+          <t>Spirou ve Fantasio 1 - Paris Sular Altında</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055678197</t>
+          <t>9786055678210</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Masallar 2</t>
+          <t>Spirou ve Fantasio 2 - Ölmek İstemeyen Adam</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055678111</t>
+          <t>9786055678197</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Masallar 1</t>
+          <t>La Fontaine’den Masallar 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12.04</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055678159</t>
+          <t>9786055678111</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin Çiziktir</t>
+          <t>La Fontaine’den Masallar 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055678227</t>
+          <t>9786055678159</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hico - Karikatürler</t>
+          <t>Kızlar İçin Çiziktir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055678272</t>
+          <t>9786055678227</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Çılgın Hayatı</t>
+          <t>Hico - Karikatürler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055678173</t>
+          <t>9786055678272</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Felaket Kral</t>
+          <t>Hayvanların Çılgın Hayatı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055678142</t>
+          <t>9786055678173</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Çiziktir</t>
+          <t>Felaket Kral</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055678067</t>
+          <t>9786055678142</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Erkekler İçin Çiziktir</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055678166</t>
+          <t>9786055678067</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çiziktir, Boya, Giydir</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055678333</t>
+          <t>9786055678166</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bay Porsuk İle Bayan Tilki (Ciltli)</t>
+          <t>Çiziktir, Boya, Giydir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>16</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055678319</t>
+          <t>9786055678333</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bay Porsuk ile Bayan Tilki  2 -  Taşınma Telaşı (Ciltli)</t>
+          <t>Bay Porsuk İle Bayan Tilki (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055678180</t>
+          <t>9786055678319</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bay Porsuk ile Bayan Tilki - 1 Tanışma (Ciltli)</t>
+          <t>Bay Porsuk ile Bayan Tilki  2 -  Taşınma Telaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055678340</t>
+          <t>9786055678180</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Başka Gezegenin Çocukları</t>
+          <t>Bay Porsuk ile Bayan Tilki - 1 Tanışma (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055678234</t>
+          <t>9786055678340</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Masallar 3</t>
+          <t>Başka Gezegenin Çocukları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057301291</t>
+          <t>9786055678234</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şarap 101 - Fransa Şarapları</t>
+          <t>La Fontaine’den Masallar 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255981073</t>
+          <t>9786057301291</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alerjik</t>
+          <t>Şarap 101 - Fransa Şarapları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255981066</t>
+          <t>9786255981073</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kopenhag Denizkızı Vakası</t>
+          <t>Alerjik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>750</v>
+        <v>480</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255981042</t>
+          <t>9786255981066</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Yansımalar 2 - Çalışmak ve Yaşamak</t>
+          <t>Kopenhag Denizkızı Vakası</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255981035</t>
+          <t>9786255981042</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Ruhların Çukuru</t>
+          <t>Dünyadan Yansımalar 2 - Çalışmak ve Yaşamak</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255981011</t>
+          <t>9786255981035</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Uyumak mı, Asla!</t>
+          <t>Unutulan Ruhların Çukuru</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255981028</t>
+          <t>9786255981011</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Şampiyonluk Görevi</t>
+          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Uyumak mı, Asla!</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255981004</t>
+          <t>9786255981028</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Lamalar, Yunuslara Karşı</t>
+          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Şampiyonluk Görevi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259461397</t>
+          <t>9786255981004</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: İmdat, Büyüyorum!</t>
+          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: Lamalar, Yunuslara Karşı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259461373</t>
+          <t>9786259461397</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Burada (Ciltli)</t>
+          <t>İlk Çizgi Romanım - Arda ve Neşeli Lamalar: İmdat, Büyüyorum!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>880</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259461359</t>
+          <t>9786259461373</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Kar Topu</t>
+          <t>Burada (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>880</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259461335</t>
+          <t>9786259461359</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Küçük Kız ve Köpeği</t>
+          <t>İlk Çizgi Romanım: Kar Topu</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259461366</t>
+          <t>9786259461335</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Yansımalar 1 - Mücadele</t>
+          <t>İlk Çizgi Romanım: Küçük Kız ve Köpeği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259461342</t>
+          <t>9786259461366</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım - Pako ile Vızvız</t>
+          <t>Dünyadan Yansımalar 1 - Mücadele</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259461328</t>
+          <t>9786259461342</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Olasılıklar Yasası</t>
+          <t>İlk Çizgi Romanım - Pako ile Vızvız</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259461311</t>
+          <t>9786259461328</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Marilu 2 – Arkadaş Hırsızı</t>
+          <t>Olasılıklar Yasası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259461304</t>
+          <t>9786259461311</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Herkes Her Yerde (Ciltli)</t>
+          <t>Marilu 2 – Arkadaş Hırsızı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259962603</t>
+          <t>9786259461304</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Akademi İçin Bir Rapor</t>
+          <t>Herkes Her Yerde (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259962665</t>
+          <t>9786259962603</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Hakimi - Tılsım</t>
+          <t>Akademi İçin Bir Rapor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259962634</t>
+          <t>9786259962665</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Okulda Bebek Var</t>
+          <t>Dalgaların Hakimi - Tılsım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259962672</t>
+          <t>9786259962634</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şefler</t>
+          <t>İlk Çizgi Romanım: Okulda Bebek Var</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057301246</t>
+          <t>9786259962672</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İçinden Öyküler</t>
+          <t>Büyük Şefler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>880</v>
+        <v>530</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057078193</t>
+          <t>9786057301246</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyük Aşk</t>
+          <t>Şehrin İçinden Öyküler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>750</v>
+        <v>880</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259962610</t>
+          <t>9786057078193</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Unutulmazlar - 1</t>
+          <t>Büyük Aşk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259962627</t>
+          <t>9786259962610</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Civciv Çıkacak Kuş Çıkacak</t>
+          <t>Unutulmazlar - 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259461380</t>
+          <t>9786259962627</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Yeni Bir Arkadaş</t>
+          <t>İlk Çizgi Romanım: Civciv Çıkacak Kuş Çıkacak</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259962658</t>
+          <t>9786259461380</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım: Alin Futbol Oynuyor</t>
+          <t>İlk Çizgi Romanım: Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057301284</t>
+          <t>9786259962658</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Marilu 1 – Doğanın Büyüsü!</t>
+          <t>İlk Çizgi Romanım: Alin Futbol Oynuyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057301253</t>
+          <t>9786057301284</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Cumhuriyet</t>
+          <t>Marilu 1 – Doğanın Büyüsü!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057301239</t>
+          <t>9786057301253</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Evin Gizemi</t>
+          <t>Yaşasın Cumhuriyet</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057301222</t>
+          <t>9786057301239</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Şef Gibi</t>
+          <t>Göldeki Evin Gizemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057301215</t>
+          <t>9786057301222</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşk Denizi</t>
+          <t>Bir Şef Gibi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>520</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057301208</t>
+          <t>9786057301215</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Toby</t>
+          <t>Aşk Denizi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057078179</t>
+          <t>9786057301208</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Raoul Taburin</t>
+          <t>Arkadaşım Toby</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057078155</t>
+          <t>9786057078179</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uzak Bir Diyardan Eskizler (Ciltli)</t>
+          <t>Raoul Taburin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>580</v>
+        <v>310</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8682328731334</t>
+          <t>9786057078155</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hakim'in Yolculuğu Serisi Set (3 Kitap)</t>
+          <t>Uzak Bir Diyardan Eskizler (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1570</v>
+        <v>580</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057078148</t>
+          <t>8682328731334</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mavi’nin Mutluluğu</t>
+          <t>Hakim'in Yolculuğu Serisi Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057481689</t>
+          <t>9786057078148</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ellerimdeki Kelimeler</t>
+          <t>Mavi’nin Mutluluğu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057078131</t>
+          <t>9786057481689</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İki Yaşam</t>
+          <t>Ellerimdeki Kelimeler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055678760</t>
+          <t>9786057078131</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak!</t>
+          <t>İki Yaşam</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057078124</t>
+          <t>9786055678760</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bütün Denizler</t>
+          <t>Anne Bak!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>530</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057078117</t>
+          <t>9786057078124</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çizmeye Değer</t>
+          <t>Bütün Denizler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057481603</t>
+          <t>9786057078117</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen - Asla Vazgeçme 10. Kitap</t>
+          <t>Çizmeye Değer</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057481696</t>
+          <t>9786057481603</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Garip Hayvan - Turhan Selçuk Seçkisi</t>
+          <t>Yalınayak Gen - Asla Vazgeçme 10. Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057481658</t>
+          <t>9786057481696</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Burçlar Kuşağı (Ciltli)</t>
+          <t>İnsan Denen Garip Hayvan - Turhan Selçuk Seçkisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055678852</t>
+          <t>9786057481658</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı'nın Gökyüzü Atlası</t>
+          <t>Burçlar Kuşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057481665</t>
+          <t>9786055678852</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Haydi Biraz Cesaret</t>
+          <t>Ayışığı'nın Gökyüzü Atlası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057481610</t>
+          <t>9786057481665</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ev</t>
+          <t>Haydi Biraz Cesaret</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055678999</t>
+          <t>9786057481610</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen - Sınırları Aşmak 9. Kitap</t>
+          <t>Ev</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057481672</t>
+          <t>9786055678999</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Manzara-i Umumiye - Turhan Selçuk Seçkisi</t>
+          <t>Yalınayak Gen - Sınırları Aşmak 9. Kitap</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057481641</t>
+          <t>9786057481672</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'dan Fransa'ya - Hakim'in Yolculuğu 3</t>
+          <t>Manzara-i Umumiye - Turhan Selçuk Seçkisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057481634</t>
+          <t>9786057481641</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Hüzün</t>
+          <t>Makedonya'dan Fransa'ya - Hakim'in Yolculuğu 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057481627</t>
+          <t>9786057481634</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Lilliputlar - Devcücekentler</t>
+          <t>Hoş Geldin Hüzün</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055678982</t>
+          <t>9786057481627</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Yunanistan'a - Hakim'in Yolculuğu 2</t>
+          <t>Lilliputlar - Devcücekentler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055678968</t>
+          <t>9786055678982</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Elma Surat'ın Akılalmaz Hayatı</t>
+          <t>Türkiye'den Yunanistan'a - Hakim'in Yolculuğu 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055678944</t>
+          <t>9786055678968</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 8. Kitap: Ölüm Tacirleri</t>
+          <t>Elma Surat'ın Akılalmaz Hayatı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055678821</t>
+          <t>9786055678944</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Göbeği - Turhan Selçuk Seçkisi</t>
+          <t>Yalınayak Gen 8. Kitap: Ölüm Tacirleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055678975</t>
+          <t>9786055678821</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Suriye'den Türkiye'ye - Hakim'in Yolculuğu 1</t>
+          <t>Siyasetin Göbeği - Turhan Selçuk Seçkisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055678913</t>
+          <t>9786055678975</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şakıyan Kemikler (Ciltli)</t>
+          <t>Suriye'den Türkiye'ye - Hakim'in Yolculuğu 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>580</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055678951</t>
+          <t>9786055678913</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 7. Kitap: Kemikler Toza Dönüşürken</t>
+          <t>Şakıyan Kemikler (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259962696</t>
+          <t>9786055678951</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sen De Gülümse</t>
+          <t>Yalınayak Gen 7. Kitap: Kemikler Toza Dönüşürken</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055678920</t>
+          <t>9786259962696</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Buhranlar</t>
+          <t>Sen De Gülümse</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055678906</t>
+          <t>9786055678920</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 6. Kitap: Gerçeği Yazmak</t>
+          <t>İçimdeki Buhranlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055678890</t>
+          <t>9786055678906</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Terapi ve Diğer Şeyler</t>
+          <t>Yalınayak Gen 6. Kitap: Gerçeği Yazmak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255981059</t>
+          <t>9786055678890</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Sokaklar</t>
+          <t>Terapi ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055678845</t>
+          <t>9786255981059</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen - Bitmeyen Savaş (5. Kitap)</t>
+          <t>Kumdan Sokaklar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055678876</t>
+          <t>9786055678845</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Öyküsü (Ciltli)</t>
+          <t>Yalınayak Gen - Bitmeyen Savaş (5. Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055678869</t>
+          <t>9786055678876</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Herkesin Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055678838</t>
+          <t>9786055678869</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bugün Burada Yarın Orada (Ciltli)</t>
+          <t>Aramızda</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055678746</t>
+          <t>9786055678838</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar ve Diğer Şeyler</t>
+          <t>Bugün Burada Yarın Orada (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055678814</t>
+          <t>9786055678746</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kimi Uçar Kimi Koşar (Ciltli)</t>
+          <t>Aşıklar ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055678753</t>
+          <t>9786055678814</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Dünya</t>
+          <t>Kimi Uçar Kimi Koşar (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055678777</t>
+          <t>9786055678753</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattı!</t>
+          <t>Evvel Zaman İçinde Dünya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055678807</t>
+          <t>9786055678777</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sahne Işıkları ve Diğer Şeyler</t>
+          <t>Ateş Hattı!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055678722</t>
+          <t>9786055678807</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Azize: Bir Ütopyanın Peşinde</t>
+          <t>Sahne Işıkları ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055678739</t>
+          <t>9786055678722</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 8. Kitap - Süpernova</t>
+          <t>Kızıl Azize: Bir Ütopyanın Peşinde</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055678715</t>
+          <t>9786055678739</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fare İle Dağ</t>
+          <t>Tılsım 8. Kitap - Süpernova</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055678708</t>
+          <t>9786055678715</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler</t>
+          <t>Fare İle Dağ</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055678692</t>
+          <t>9786055678708</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ormandan Çıkış</t>
+          <t>Hayaletler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055678609</t>
+          <t>9786055678692</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen - Bombadan Sonra (3. Kitap)</t>
+          <t>Ormandan Çıkış</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055678685</t>
+          <t>9786055678609</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği (Ciltli)</t>
+          <t>Yalınayak Gen - Bombadan Sonra (3. Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055678661</t>
+          <t>9786055678685</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Diğer Şeyler</t>
+          <t>Ağustosböceği (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055678678</t>
+          <t>9786055678661</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Öfke (Ciltli)</t>
+          <t>Medya ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057301277</t>
+          <t>9786055678678</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kırışıklıklar</t>
+          <t>Öfke (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055678593</t>
+          <t>9786057301277</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İlmekler (Ciltli)</t>
+          <t>Kırışıklıklar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055678647</t>
+          <t>9786055678593</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İncelikli Şeyler (Ciltli)</t>
+          <t>İlmekler (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055678623</t>
+          <t>9786055678647</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Kızları</t>
+          <t>İncelikli Şeyler (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055678548</t>
+          <t>9786055678623</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şehir Yaşamı ve Diğer Şeyler</t>
+          <t>Babalar ve Kızları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055678586</t>
+          <t>9786055678548</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Dileğim Var</t>
+          <t>Şehir Yaşamı ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055678579</t>
+          <t>9786055678586</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Nesi Var? (Ciltli)</t>
+          <t>Bir Dileğim Var</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055678562</t>
+          <t>9786255981158</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Kadınların Nesi Var? (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055678517</t>
+          <t>9786055678562</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çizginin Çizgisi</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055678531</t>
+          <t>9786055678517</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadınlar</t>
+          <t>Çizginin Çizgisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055678524</t>
+          <t>9786055678531</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Taşradan Öyküler (Ciltli)</t>
+          <t>Öncü Kadınlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055678500</t>
+          <t>9786055678524</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim ve Ben</t>
+          <t>Taşradan Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>440</v>
+        <v>580</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055678494</t>
+          <t>9786055678500</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 7. Kitap - Saklı Hafızaların Peşinde</t>
+          <t>Kardeşim ve Ben</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259962689</t>
+          <t>9786055678494</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Parantez</t>
+          <t>Tılsım 7. Kitap - Saklı Hafızaların Peşinde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055678487</t>
+          <t>9786259962689</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Diğer Şeyler</t>
+          <t>Parantez</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055678456</t>
+          <t>9786055678487</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Asla Neden Diye Sorma (Ciltli)</t>
+          <t>Çocuklar ve Diğer Şeyler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055678449</t>
+          <t>9786055678456</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 6 - Gizemli Şehirden Kaçış</t>
+          <t>Asla Neden Diye Sorma (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055678289</t>
+          <t>9786055678449</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 3. Kitap - Bulutların Arasında</t>
+          <t>Tılsım 6 - Gizemli Şehirden Kaçış</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055678555</t>
+          <t>9786055678289</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Ertesi Gün 2. Kitap</t>
+          <t>Tılsım 3. Kitap - Bulutların Arasında</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055678357</t>
+          <t>9786055678555</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 4. Kitap - Son Konsey</t>
+          <t>Yalınayak Gen Ertesi Gün 2. Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055678401</t>
+          <t>9786055678357</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 5. Kitap : Elf Prensi</t>
+          <t>Tılsım 4. Kitap - Son Konsey</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055678074</t>
+          <t>9786055678401</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tılsım - Taşmuhafızı’nın Laneti 2. Kitap</t>
+          <t>Tılsım 5. Kitap : Elf Prensi</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055678012</t>
+          <t>9786055678074</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tılsım 1. Kitap - Taşmuhafızı</t>
+          <t>Tılsım - Taşmuhafızı’nın Laneti 2. Kitap</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055678425</t>
+          <t>9786055678012</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gülümse</t>
+          <t>Tılsım 1. Kitap - Taşmuhafızı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055678432</t>
+          <t>9786055678425</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gabo - Büyülü Bir Yaşamın Hatıraları</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055678418</t>
+          <t>9786055678432</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Balık Tutma Dersi (Ciltli)</t>
+          <t>Gabo - Büyülü Bir Yaşamın Hatıraları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057078162</t>
+          <t>9786055678418</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Dünya</t>
+          <t>Balık Tutma Dersi (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057078186</t>
+          <t>9786057078162</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Öykülerin İzinde Smyrna'dan İzmir'e</t>
+          <t>Çizgili Dünya</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055678395</t>
+          <t>9786057078186</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Uzak (Ciltli)</t>
+          <t>Öykülerin İzinde Smyrna'dan İzmir'e</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055678791</t>
+          <t>9786055678395</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Küllerin İçinden 4. Kitap</t>
+          <t>Uzak (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055678265</t>
+          <t>9786055678791</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Hiroşima’nın Hikayesi 1. Kitap</t>
+          <t>Yalınayak Gen Küllerin İçinden 4. Kitap</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055678104</t>
+          <t>9786055678265</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Sır 3</t>
+          <t>Yalınayak Gen Hiroşima’nın Hikayesi 1. Kitap</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055678036</t>
+          <t>9786055678104</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Sır 2</t>
+          <t>Okuldaki Sır 3</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
+          <t>9786055678036</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Okuldaki Sır 2</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
           <t>9786055678005</t>
         </is>
       </c>
-      <c r="B151" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Okuldaki Sır 1</t>
         </is>
       </c>
-      <c r="C151" s="1">
+      <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>