--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,32950 +85,33355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255799418</t>
+          <t>9786255799630</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Menfaat Ekonomisi</t>
+          <t>Kuşaklar ve Astroloji</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255942647</t>
+          <t>9786255799715</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Var Etmenin Gücü</t>
+          <t>51 Gün Tek Başına</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255799401</t>
+          <t>9786255799234</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zorbalık: "Senin İyiliğin İçin Söylüyorum"</t>
+          <t>Köklerden Gelen Güzellik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>980</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255799302</t>
+          <t>9786255799654</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendi Rüzgarında Uçmak</t>
+          <t>Kaderini Yeniden Yaz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255799289</t>
+          <t>9786255799647</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık ve Yaşamın Felsefesi</t>
+          <t>Elian</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255799371</t>
+          <t>9786250035641</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Liderler Çağı</t>
+          <t>LGS 1. Dönem Tamamı Video Çözümlü Kamp Kitabı 5 Gün 5 Fasikül</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255799388</t>
+          <t>9786255799623</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Diğerlerinin Canı Cehenneme!</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255799357</t>
+          <t>9786255799555</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>OKB İçin Farkındalık - Çalışma Kitabı</t>
+          <t>Benim Sımsıcak Yılbaşım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255799364</t>
+          <t>9786255799333</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Özelliklerimiz ve Genetik</t>
+          <t>Kadınlarda Dikkat Dağınıklığı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255799340</t>
+          <t>9786255799531</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Hayır Diyebilme Sanatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255799319</t>
+          <t>9786255799548</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Ashabı Neden Önemli?</t>
+          <t>Vazgeçebilmek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255799272</t>
+          <t>9786255799562</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ile Aldatmak</t>
+          <t>Azmin Gücü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255799159</t>
+          <t>9786255799586</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Siyaset: 1923-1960</t>
+          <t>Yorgunluk Çağı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255799296</t>
+          <t>9786255799579</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkler Geliyor</t>
+          <t>Kendilik Projesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255799326</t>
+          <t>9786255799135</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kızım Sen Saftirik Halinle Bu İşleri Nasıl Yapıyorsun?</t>
+          <t>Sen Hala Annenin Kızısın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255799265</t>
+          <t>9786255799524</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sırdaşı</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255799036</t>
+          <t>9786255799494</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Lazım</t>
+          <t>Çocuk Hastalıkları ve Duygusal Sebepleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255799210</t>
+          <t>9786255799517</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası (Ciltli)</t>
+          <t>Aşkın Kara Kutusu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>540</v>
+        <v>440</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255799203</t>
+          <t>9786255799487</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası</t>
+          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255799111</t>
+          <t>9786255799500</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Sadelik</t>
+          <t>Dönüşümün Simyası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255799180</t>
+          <t>9786255799456</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Machig'in Yolu</t>
+          <t>Birikim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255799142</t>
+          <t>9786255799470</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımlar</t>
+          <t>Frankestein</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255799197</t>
+          <t>9786255799395</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Pussy: Bir Kazanım Öyküsü</t>
+          <t>Notes From Underground</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255799166</t>
+          <t>9786255799463</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Eşiği</t>
+          <t>Lemurya’nın Çocukları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255799173</t>
+          <t>9786255799449</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 19 Altın Kuralı</t>
+          <t>Ya İyileştirdiyse?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255799227</t>
+          <t>9786255799432</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Heartthrob</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255799012</t>
+          <t>9786255799425</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Atlıları</t>
+          <t>Gerçeklikten Kaçış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255799104</t>
+          <t>9786255799418</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The Paul Street Boys</t>
+          <t>Menfaat Ekonomisi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255799128</t>
+          <t>9786255942647</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırıldım Ama İyileşiyorum</t>
+          <t>Var Etmenin Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255799074</t>
+          <t>9786255799401</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Meditations</t>
+          <t>Duygusal Zorbalık: "Senin İyiliğin İçin Söylüyorum"</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9696211111362</t>
+          <t>9786255799302</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci İlişkiler Seti 3 Kitap Dilek Ajanda Hediyeli</t>
+          <t>Kendi Rüzgarında Uçmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9693110001466</t>
+          <t>9786255799289</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2023 Atatürk Takvimi</t>
+          <t>Bağışıklık ve Yaşamın Felsefesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053116905</t>
+          <t>9786255799371</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bilinç</t>
+          <t>Çılgın Liderler Çağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053111436</t>
+          <t>9786255799388</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Kedisi Neden Şizofren Oldu?</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053119999</t>
+          <t>9786255799357</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çit</t>
+          <t>OKB İçin Farkındalık - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254412820</t>
+          <t>9786255799364</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elleri Titremeden Ateşi Tutabilene</t>
+          <t>Kişilik Özelliklerimiz ve Genetik</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053116127</t>
+          <t>9786255799340</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung ve Hermann Hesse</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053116004</t>
+          <t>9786255799319</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zor Olsa da Hayat Devam Ediyor</t>
+          <t>Hz. Muhammed ve Ashabı Neden Önemli?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>68</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255799029</t>
+          <t>9786255799272</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gideon’un Casusları</t>
+          <t>Kur’an ile Aldatmak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255799081</t>
+          <t>9786255799159</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hormonlar Yalan Söylemez</t>
+          <t>Ordu ve Siyaset: 1923-1960</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>590</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255799098</t>
+          <t>9786255799296</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Metatron</t>
+          <t>Türkler Geliyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255799067</t>
+          <t>9786255799326</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty</t>
+          <t>Kızım Sen Saftirik Halinle Bu İşleri Nasıl Yapıyorsun?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255799005</t>
+          <t>9786255799265</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Chess</t>
+          <t>Atatürk’ün Sırdaşı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255799050</t>
+          <t>9786255799036</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Şifacılığı</t>
+          <t>Konuşmamız Lazım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255942999</t>
+          <t>9786255799210</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Bitlendim</t>
+          <t>Kırılma Noktası (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255799043</t>
+          <t>9786255799203</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sessiz Ruhu</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255942951</t>
+          <t>9786255799111</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Terapisi</t>
+          <t>Tatlı Sadelik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255942968</t>
+          <t>9786255799180</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Machig'in Yolu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255942920</t>
+          <t>9786255799142</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Polemoloji</t>
+          <t>Kıvılcımlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>580</v>
+        <v>530</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255942982</t>
+          <t>9786255799197</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>SQ Satış Zekası</t>
+          <t>Pussy: Bir Kazanım Öyküsü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255942876</t>
+          <t>9786255799166</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dövme</t>
+          <t>Sonsuzluğun Eşiği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255942906</t>
+          <t>9786255799173</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Yeniden Tanışıyorum</t>
+          <t>Tasavvufun 19 Altın Kuralı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255942937</t>
+          <t>9786255799227</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Atlas</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255942944</t>
+          <t>9786255799012</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Smyrna Cehennemi</t>
+          <t>Kıyametin Atlıları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255942975</t>
+          <t>9786255799104</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Anne Bir Sabah İyiler Kazanacak</t>
+          <t>The Paul Street Boys</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255942883</t>
+          <t>9786255799128</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uyan Kalbim</t>
+          <t>Kırıldım Ama İyileşiyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255942913</t>
+          <t>9786255799074</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Açlık Çalışma Kitabı</t>
+          <t>Meditations</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254415357</t>
+          <t>9696211111362</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Jean-Paul Sartre / İnsan Özgürlüğe Mahkumdur</t>
+          <t>Esra Ezmeci İlişkiler Seti 3 Kitap Dilek Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255942838</t>
+          <t>9693110001466</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şah. Mat. Aşk.</t>
+          <t>2023 Atatürk Takvimi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255942869</t>
+          <t>9786053116905</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bab-ül Sır</t>
+          <t>Bilinç</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255942791</t>
+          <t>9786053111436</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Paranormal Mekanları</t>
+          <t>Schrödinger’in Kedisi Neden Şizofren Oldu?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255942852</t>
+          <t>9786053119999</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Troçki Evi</t>
+          <t>Çit</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255942753</t>
+          <t>9786254412820</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>En Çok da İyi Niyet Yorar İnsanı</t>
+          <t>Elleri Titremeden Ateşi Tutabilene</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255942777</t>
+          <t>9786053116127</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Longevity</t>
+          <t>Carl Gustav Jung ve Hermann Hesse</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255942746</t>
+          <t>9786053116004</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arınış</t>
+          <t>Zor Olsa da Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255942784</t>
+          <t>9786255799029</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silivri</t>
+          <t>Gideon’un Casusları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>660</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256209626</t>
+          <t>9786255799081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Destek Almanın Gizemli Sanatı</t>
+          <t>Hormonlar Yalan Söylemez</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255942760</t>
+          <t>9786255799098</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pentagon’un UFO Avı Yaklaşan Tehdit</t>
+          <t>Metatron</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255942715</t>
+          <t>9786255799067</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Annelik Kılavuzu</t>
+          <t>Black Beauty</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255942692</t>
+          <t>9786255799005</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevimli Köşem</t>
+          <t>Chess</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255942708</t>
+          <t>9786255799050</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevimli Dostlarım</t>
+          <t>Anadolu Şifacılığı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255942319</t>
+          <t>9786255942999</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya Savaşları</t>
+          <t>Anne Ben Bitlendim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255942678</t>
+          <t>9786255799043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Tasavvufu</t>
+          <t>Zamanın Sessiz Ruhu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255942685</t>
+          <t>9786255942951</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Kahkaha Terapisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255942739</t>
+          <t>9786255942968</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256209909</t>
+          <t>9786255942920</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnek, Ateş ve Kahraman</t>
+          <t>Polemoloji</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256209916</t>
+          <t>9786255942982</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beş Ses Bir Sır</t>
+          <t>SQ Satış Zekası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256051911</t>
+          <t>9786255942876</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ellerinle Bana Baharlar Getir</t>
+          <t>Kalbimdeki Dövme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256051737</t>
+          <t>9786255942906</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bırakmak Kendini Bulmaktır</t>
+          <t>Kendimle Yeniden Tanışıyorum</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256051041</t>
+          <t>9786255942937</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Gerçeği</t>
+          <t>Kozmik Atlas</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9696211111379</t>
+          <t>9786255942944</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Psikoloji Seti 3 Kitap Dilek Ajanda Hediyeli</t>
+          <t>Smyrna Cehennemi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>760</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254419966</t>
+          <t>9786255942975</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yandığın Ateş Yoluna Işık Olur</t>
+          <t>Anne Bir Sabah İyiler Kazanacak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9693110002104</t>
+          <t>9786255942883</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat Kitap Seti (5 Kitap)</t>
+          <t>Uyan Kalbim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>2400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9693110002043</t>
+          <t>9786255942913</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Erhan Kolbaşı Kitap Set (4 Kitap)</t>
+          <t>Duygusal Açlık Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9693110002067</t>
+          <t>9786254415357</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Özgürlük Seti (3 Kitap)</t>
+          <t>Jean-Paul Sartre / İnsan Özgürlüğe Mahkumdur</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>840</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9693110002081</t>
+          <t>9786255942838</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ümit Özdağ Kitap Seti (3 Kitap)</t>
+          <t>Şah. Mat. Aşk.</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>570</v>
+        <v>380</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254419478</t>
+          <t>9786255942869</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zor Kişiliklerle Nasıl Baş Ederiz?</t>
+          <t>Bab-ül Sır</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254419164</t>
+          <t>9786255942791</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Usta Bir Şifacının Kadim Sırları</t>
+          <t>İstanbul’un Paranormal Mekanları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258360264</t>
+          <t>9786255942852</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Monsters</t>
+          <t>Troçki Evi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9693110001473</t>
+          <t>9786255942753</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti (3 Kitap)</t>
+          <t>En Çok da İyi Niyet Yorar İnsanı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>208</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9690000000196</t>
+          <t>9786255942777</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>David Icke Kitap Seti (2 Kitap)</t>
+          <t>Longevity</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>960</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9693110001183</t>
+          <t>9786255942746</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Tolga Kitap Seti (3 Kitap)</t>
+          <t>Arınış</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254417542</t>
+          <t>9786255942784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Masalcı 2</t>
+          <t>Vatan Yahut Silivri</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254417405</t>
+          <t>9786256209626</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ile Akşam Yemeği</t>
+          <t>Doğadan Destek Almanın Gizemli Sanatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9693110000780</t>
+          <t>9786255942760</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Şener 4 Kitap Set</t>
+          <t>Pentagon’un UFO Avı Yaklaşan Tehdit</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9693110001114</t>
+          <t>9786255942715</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Felsefesi Seti 8 Kitap</t>
+          <t>Annelik Kılavuzu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>256</v>
+        <v>330</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053119951</t>
+          <t>9786255942692</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Felsefesi Seti</t>
+          <t>Benim Sevimli Köşem</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>174</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9690000000141</t>
+          <t>9786255942708</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar Set (12 Kitap)</t>
+          <t>Benim Sevimli Dostlarım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>774</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9693110001350</t>
+          <t>9786255942319</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar 13 Kitap Set</t>
+          <t>Gizli Dünya Savaşları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>786</v>
+        <v>480</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9693110001206</t>
+          <t>9786255942678</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Stoa Seti - 4 Kitap Takım</t>
+          <t>Bugünün Tasavvufu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>128</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9693110000537</t>
+          <t>9786255942685</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm Seti 3 Kitap Çanta Hediyeli</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>234</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9693110001015</t>
+          <t>9786255942739</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Edebiyatçılar Seti</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9693110001091</t>
+          <t>9786256209909</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oğuzhan Ceyhan 2 Kitap Set</t>
+          <t>İnek, Ateş ve Kahraman</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>142</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9690000000042</t>
+          <t>9786256209916</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti (2 kitap)</t>
+          <t>Beş Ses Bir Sır</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>96</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9693110001336</t>
+          <t>9786256051911</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti - 3 Kitap Takım</t>
+          <t>Ellerinle Bana Baharlar Getir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053119944</t>
+          <t>9786256051737</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefe Seti - 10 Kitap Takım</t>
+          <t>Bırakmak Kendini Bulmaktır</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9690000000271</t>
+          <t>9786256051041</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Meltem Güner Seti (3 Kitap)</t>
+          <t>Mevlana Gerçeği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9693110000384</t>
+          <t>9696211111379</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kinsun Seti 2 Kitap</t>
+          <t>Esra Ezmeci Psikoloji Seti 3 Kitap Dilek Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>132</v>
+        <v>920</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9693110001329</t>
+          <t>9786254419966</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kinsun 3 Kitap Set</t>
+          <t>Yandığın Ateş Yoluna Işık Olur</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9693110001312</t>
+          <t>9693110002104</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Hakkı Kahveci 6 Kitap Set</t>
+          <t>Umberto Arte ile Sanat Kitap Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>342</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9693110000766</t>
+          <t>9693110002043</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Hakkı Kahveci 4 Kitap Set</t>
+          <t>Erhan Kolbaşı Kitap Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>246</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9693110000674</t>
+          <t>9693110002067</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hakan Mengüç 4 Kitap Set (Defter Hediyeli?</t>
+          <t>Duygusal Özgürlük Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>440</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9690000000066</t>
+          <t>9693110002081</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli Set (3 Kitap)</t>
+          <t>Ümit Özdağ Kitap Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>570</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9690000000035</t>
+          <t>9786254419478</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dönem Romanları Seti (3 Kitap)</t>
+          <t>Zor Kişiliklerle Nasıl Baş Ederiz?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9693110000896</t>
+          <t>9786254419164</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dönem Kitapları Seti 4 Kitap</t>
+          <t>Usta Bir Şifacının Kadim Sırları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053119937</t>
+          <t>9786258360264</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Doğu Felsefesi Seti - 10 Kitap Takım</t>
+          <t>Monsters</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9693110000681</t>
+          <t>9693110001473</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çetin Çetintaş 2 Kitap Set</t>
+          <t>Müthiş Psikoloji Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>790</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9690000000189</t>
+          <t>9690000000196</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bülent Gardiyanoğlu Set (9 Kitap)</t>
+          <t>David Icke Kitap Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>570</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9693110001244</t>
+          <t>9693110001183</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 5 Kitap Set Defter Hediyeli</t>
+          <t>Ayşe Tolga Kitap Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>312</v>
+        <v>800</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9693110000940</t>
+          <t>9786254417542</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 4 Kitap Set Altın Kaplama Bileklik Hediyeli</t>
+          <t>Masalcı 2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>246</v>
+        <v>330</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9693110000827</t>
+          <t>9786254417405</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Berrak Yurdakul 4 Kitap Set</t>
+          <t>Nietzsche ile Akşam Yemeği</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>930</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9693110001084</t>
+          <t>9693110000780</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seti 2</t>
+          <t>Yılmaz Şener 4 Kitap Set</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>720</v>
+        <v>640</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9693110000629</t>
+          <t>9693110001114</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anette İnselberg Seti (2 Kitap, Çanta Hediyeli)</t>
+          <t>Uzak Doğu Felsefesi Seti 8 Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>214</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053118107</t>
+          <t>9786053119951</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Batman Seti (7 Kitap)</t>
+          <t>Uzak Doğu Felsefesi Seti</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>800</v>
+        <v>960</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9693110001428</t>
+          <t>9690000000141</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>1 Soru 1 Cevap (3 Kitap Set)</t>
+          <t>Uğur Koşar Set (12 Kitap)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>172</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254417061</t>
+          <t>9693110001350</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gizli Miras İstanbul</t>
+          <t>Uğur Koşar 13 Kitap Set</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254416903</t>
+          <t>9693110001206</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Değerler Prensibi</t>
+          <t>Stoa Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>410</v>
+        <v>640</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9693110001275</t>
+          <t>9693110000537</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bülent Gardiyanoğlu 5 Kitap Takım Defter Hediyeli</t>
+          <t>Şamanizm Seti 3 Kitap Çanta Hediyeli</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1100</v>
+        <v>234</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9693110001367</t>
+          <t>9693110001015</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte İle Sanat - 4 Kitap Set</t>
+          <t>Şair ve Edebiyatçılar Seti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9693110000933</t>
+          <t>9693110001091</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci 5 Kitap Set - Defter Hediyeli</t>
+          <t>Oğuzhan Ceyhan 2 Kitap Set</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1170</v>
+        <v>142</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254416149</t>
+          <t>9690000000042</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve Yanılgılar</t>
+          <t>Müthiş Psikoloji Seti (2 kitap)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>96</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053118060</t>
+          <t>9693110001336</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 3'lü Kitap Seti (Defter Hediyeli)</t>
+          <t>Müthiş Psikoloji Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>188</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254415722</t>
+          <t>9786053119944</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Problemleri Kafaya Takmamak</t>
+          <t>Modern Felsefe Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3033038987439</t>
+          <t>9690000000271</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Metin Hara İyiliğin Seti - 2 Kitap</t>
+          <t>Meltem Güner Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>40</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053117766</t>
+          <t>9693110000384</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Seti (5 Kitap Takım)</t>
+          <t>Kinsun Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>408</v>
+        <v>132</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053119852</t>
+          <t>9693110001329</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Tazeoğlu Set</t>
+          <t>Kinsun 3 Kitap Set</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9693110000490</t>
+          <t>9693110001312</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Seti 4 Kitap (Defter Hediyeli)</t>
+          <t>Hüseyin Hakkı Kahveci 6 Kitap Set</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>238</v>
+        <v>342</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053115915</t>
+          <t>9693110000766</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Hüseyin Hakkı Kahveci 4 Kitap Set</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>42</v>
+        <v>246</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054455386</t>
+          <t>9693110000674</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hilal Ve Demir Haç</t>
+          <t>Hakan Mengüç 4 Kitap Set (Defter Hediyeli?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9.26</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053115618</t>
+          <t>9690000000066</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Yusuf Hocası</t>
+          <t>Esra Ezmeci Defter Hediyeli Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>18</v>
+        <v>860</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053112488</t>
+          <t>9690000000035</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Casus Jozef Nasi</t>
+          <t>Dönem Romanları Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>26</v>
+        <v>650</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053111559</t>
+          <t>9693110000896</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kuran’a Sor</t>
+          <t>Dönem Kitapları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>94</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053115663</t>
+          <t>9786053119937</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişir</t>
+          <t>Doğu Felsefesi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>94</v>
+        <v>290</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053115106</t>
+          <t>9693110000681</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Sonu</t>
+          <t>Çetin Çetintaş 2 Kitap Set</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053115083</t>
+          <t>9690000000189</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Gizli Tarihi</t>
+          <t>Bülent Gardiyanoğlu Set (9 Kitap)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053115090</t>
+          <t>9693110001244</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Günlük</t>
+          <t>Bircan Yıldırım 5 Kitap Set Defter Hediyeli</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>28</v>
+        <v>312</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053114727</t>
+          <t>9693110000940</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Devrim Erbil’de Öz’ün Ritmi T/ÖZ</t>
+          <t>Bircan Yıldırım 4 Kitap Set Altın Kaplama Bileklik Hediyeli</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>74</v>
+        <v>246</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053113713</t>
+          <t>9693110000827</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Söz Sokakta</t>
+          <t>Berrak Yurdakul 4 Kitap Set</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>13.89</v>
+        <v>930</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053113690</t>
+          <t>9693110001084</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Alışmadık Gözde Lens Durmaz</t>
+          <t>Antik Yunan Seti 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>68</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053113492</t>
+          <t>9693110000629</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sefire</t>
+          <t>Anette İnselberg Seti (2 Kitap, Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>31.48</v>
+        <v>214</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053113317</t>
+          <t>9786053118107</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kehanet</t>
+          <t>Ahmet Batman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>34</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053116868</t>
+          <t>9693110001428</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kadın Egzersiz ve Spor</t>
+          <t>1 Soru 1 Cevap (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>172</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053116820</t>
+          <t>9786254417061</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Şey</t>
+          <t>Gizli Miras İstanbul</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053116837</t>
+          <t>9786254416903</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Beslen Genç Kal</t>
+          <t>Değerler Prensibi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053115755</t>
+          <t>9693110001275</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar</t>
+          <t>Bülent Gardiyanoğlu 5 Kitap Takım Defter Hediyeli</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>48</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053115564</t>
+          <t>9693110001367</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Satranç</t>
+          <t>Umberto Arte İle Sanat - 4 Kitap Set</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>44</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053115595</t>
+          <t>9693110000933</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vicdanları Sorgulatan Hikaye Struma</t>
+          <t>Esra Ezmeci 5 Kitap Set - Defter Hediyeli</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053115571</t>
+          <t>9786254416149</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zafer Sızlanarak Kazanılmaz</t>
+          <t>İnsanlar ve Yanılgılar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053115588</t>
+          <t>9786053118060</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Çağrı</t>
+          <t>Bircan Yıldırım 3'lü Kitap Seti (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>14</v>
+        <v>188</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053113430</t>
+          <t>9786254415722</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Sonbaharı</t>
+          <t>Olmayan Problemleri Kafaya Takmamak</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12.96</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053114857</t>
+          <t>3033038987439</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık İhanet</t>
+          <t>Metin Hara İyiliğin Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053114253</t>
+          <t>9786053117766</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sen Gittin Ya Ben Çok Güzelleştim</t>
+          <t>Hikmet Anıl Öztekin Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>98</v>
+        <v>408</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053112662</t>
+          <t>9786053119852</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uykunun Sihirli Gücü ve Tehlikeli Ninni Elektrosmog</t>
+          <t>Kahraman Tazeoğlu Set</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>18.52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053112679</t>
+          <t>9693110000490</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sana Hep Benden Söz Edecekler</t>
+          <t>Esra Ezmeci Seti 4 Kitap (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>13.89</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053116035</t>
+          <t>9786053115915</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kalbime İyi Geliyor</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>78</v>
+        <v>42</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053115472</t>
+          <t>9786054455386</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tek Gecelik Yemekler</t>
+          <t>Hilal Ve Demir Haç</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053115465</t>
+          <t>9786053115618</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Bir Tarih (Ciltli)</t>
+          <t>Ailemizin Yusuf Hocası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053114741</t>
+          <t>9786053112488</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün</t>
+          <t>Yahudi Casus Jozef Nasi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053114758</t>
+          <t>9786053111559</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Bir Türküdür Sevgi</t>
+          <t>Kuran’a Sor</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>68</v>
+        <v>94</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053113850</t>
+          <t>9786053115663</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Yemekler - Et</t>
+          <t>Her Şey Değişir</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>64.81</v>
+        <v>94</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053114048</t>
+          <t>9786053115106</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
+          <t>Oyunun Sonu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18.52</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053114024</t>
+          <t>9786053115083</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
+          <t>İstanbul'un Gizli Tarihi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>18.52</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053114062</t>
+          <t>9786053115090</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>8 Haftada Değişim</t>
+          <t>Günlük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>22.22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053114086</t>
+          <t>9786053114727</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Cesur Kadın Halide</t>
+          <t>Devrim Erbil’de Öz’ün Ritmi T/ÖZ</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>44</v>
+        <v>74</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053114079</t>
+          <t>9786053113713</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Poyraza Çare</t>
+          <t>Söz Sokakta</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053113096</t>
+          <t>9786053113690</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Dönüş</t>
+          <t>Alışmadık Gözde Lens Durmaz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>20.37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053110354</t>
+          <t>9786053113492</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Bana Fazla Bölüşelim Mi?</t>
+          <t>Sefire</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>34</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059913881</t>
+          <t>9786053113317</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Değişir Hayat</t>
+          <t>Dijital Kehanet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>25.93</v>
+        <v>34</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059913546</t>
+          <t>9786053116868</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Casus Değil Vatansever</t>
+          <t>Kadın Egzersiz ve Spor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>20.37</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059913522</t>
+          <t>9786053116820</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu: Aşık ve Kıskanç</t>
+          <t>Başka Bir Şey</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>15.74</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059913416</t>
+          <t>9786053116837</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Üç Sevda</t>
+          <t>Aralıklı Beslen Genç Kal</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13.89</v>
+        <v>98</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059913409</t>
+          <t>9786053115755</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dibe Vuranlar</t>
+          <t>Uyumsuzlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>15.74</v>
+        <v>48</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059913423</t>
+          <t>9786053115564</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İçteki Benle Barışmak</t>
+          <t>Yaşamsal Satranç</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059913904</t>
+          <t>9786053115595</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar #Ev Halim</t>
+          <t>Vicdanları Sorgulatan Hikaye Struma</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>10.19</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059913393</t>
+          <t>9786053115571</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Sonu Kriz</t>
+          <t>Zafer Sızlanarak Kazanılmaz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>18.52</v>
+        <v>490</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059913263</t>
+          <t>9786053115588</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Neşter ve Madalya</t>
+          <t>Cevapsız Çağrı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>22.22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059913232</t>
+          <t>9786053113430</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kainat İmamı Fethullah Gülen</t>
+          <t>Cumhuriyet'in Sonbaharı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054994908</t>
+          <t>9786053114857</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Yüzyıllık İhanet</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059913201</t>
+          <t>9786053114253</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>2015 Astroloji ve Burçlar Ajandası</t>
+          <t>Sen Gittin Ya Ben Çok Güzelleştim</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18.52</v>
+        <v>98</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054771844</t>
+          <t>9786053112662</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kıroleterya Diktatoryası</t>
+          <t>Uykunun Sihirli Gücü ve Tehlikeli Ninni Elektrosmog</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053110477</t>
+          <t>9786053112679</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Game Of Thrones Bulmacaları - Taht Oyunları</t>
+          <t>Sana Hep Benden Söz Edecekler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053110422</t>
+          <t>9786053116035</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz</t>
+          <t>Kalbime İyi Geliyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14.81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053110378</t>
+          <t>9786053115472</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>2016 Astroloji ve Burçlar Ajandası</t>
+          <t>Tek Gecelik Yemekler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053110309</t>
+          <t>9786053115465</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Sofya'da</t>
+          <t>Yazılmamış Bir Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053110316</t>
+          <t>9786053114741</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Koza Oteli</t>
+          <t>Aşktan da Üstün</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>20.37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053110194</t>
+          <t>9786053114758</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Seni Yine Severdim</t>
+          <t>Yarım Kalan Bir Türküdür Sevgi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12.96</v>
+        <v>68</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053110170</t>
+          <t>9786053113850</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ben Senden Geliyorum</t>
+          <t>Yakışıklı Yemekler - Et</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>11.11</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053110156</t>
+          <t>9786053114048</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>A Breath Of Istanbul</t>
+          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053110187</t>
+          <t>9786053114024</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İki Limon Satsam Daha İyi</t>
+          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054994533</t>
+          <t>9786053114062</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayırsever Terörist Yasin El Kadı</t>
+          <t>8 Haftada Değişim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054994366</t>
+          <t>9786053114086</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Düş ve Gece</t>
+          <t>Bir Cesur Kadın Halide</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>18.52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054994380</t>
+          <t>9786053114079</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İmza: Ben</t>
+          <t>Poyraza Çare</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>24.07</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054994373</t>
+          <t>9786053113096</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Elveda İzmir</t>
+          <t>Doğaya Dönüş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054994090</t>
+          <t>9786053110354</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Diren Suriye</t>
+          <t>Bu Yalnızlık Bana Fazla Bölüşelim Mi?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>20.37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053110118</t>
+          <t>9786059913881</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Invasion of Love - The Path</t>
+          <t>Ansızın Değişir Hayat</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053110057</t>
+          <t>9786059913546</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Casus Değil Vatansever</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>24.07</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059913218</t>
+          <t>9786059913522</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hayat Işığı</t>
+          <t>İlişki Durumu: Aşık ve Kıskanç</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059913225</t>
+          <t>9786059913416</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Saç</t>
+          <t>Üç Sevda</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054994960</t>
+          <t>9786059913409</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Dibe Vuranlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054994953</t>
+          <t>9786059913423</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Şifresi</t>
+          <t>İçteki Benle Barışmak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054771783</t>
+          <t>9786059913904</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Yaşıyor Musun? (Ciltli)</t>
+          <t>Arkadaşlar #Ev Halim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>25.93</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054994786</t>
+          <t>9786059913393</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Helal Tekme</t>
+          <t>Tünelin Sonu Kriz</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054994762</t>
+          <t>9786059913263</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Alevi İlkeleri: Mitolojiden Felsefeye</t>
+          <t>Neşter ve Madalya</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054994557</t>
+          <t>9786059913232</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yirmi5</t>
+          <t>Kainat İmamı Fethullah Gülen</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054994571</t>
+          <t>9786054994908</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Terapisi</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054994199</t>
+          <t>9786059913201</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yargı, Cemaat ve Bir Darbe Kurgusunun İç Yüzü</t>
+          <t>2015 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054994779</t>
+          <t>9786054771844</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Cam Kenarı</t>
+          <t>Kıroleterya Diktatoryası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054994212</t>
+          <t>9786053110477</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tamircisi</t>
+          <t>Game Of Thrones Bulmacaları - Taht Oyunları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054994083</t>
+          <t>9786053110422</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Yalnızım</t>
+          <t>Kirli Beyaz</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054994045</t>
+          <t>9786053110378</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi</t>
+          <t>2016 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054994717</t>
+          <t>9786053110309</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Lilly</t>
+          <t>Mustafa Kemal Sofya'da</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>24.07</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054994724</t>
+          <t>9786053110316</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Neden Varım?</t>
+          <t>Koza Oteli</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054994748</t>
+          <t>9786053110194</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tüy Gibi Hafif</t>
+          <t>Seni Yine Severdim</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054994205</t>
+          <t>9786053110170</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kabile</t>
+          <t>Ben Senden Geliyorum</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054994878</t>
+          <t>9786053110156</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Artakalan - Ardakalan</t>
+          <t>A Breath Of Istanbul</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054994892</t>
+          <t>9786053110187</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zata: Düşünmek Yetmez, Sorgulamalısın</t>
+          <t>İki Limon Satsam Daha İyi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054994885</t>
+          <t>9786054994533</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ayık Ol Sebastian</t>
+          <t>Hayırsever Terörist Yasin El Kadı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054994618</t>
+          <t>9786054994366</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Haddimden Bildiriyorum</t>
+          <t>Düş ve Gece</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054994588</t>
+          <t>9786054994380</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Barış Sonrası Büyük Türkiye</t>
+          <t>İmza: Ben</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20.37</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054994427</t>
+          <t>9786054994373</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hakikat İksiri</t>
+          <t>Elveda İzmir</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054771974</t>
+          <t>9786054994090</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Düşler Peşinde</t>
+          <t>Diren Suriye</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054771707</t>
+          <t>9786053110118</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ben Cognatus, Rüya Tanrısıyım</t>
+          <t>Invasion of Love - The Path</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>24</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054771714</t>
+          <t>9786053110057</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Her Son Bir Başlangıçtır</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15.74</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054771745</t>
+          <t>9786059913218</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Celladın Gözyaşları</t>
+          <t>Hayat Işığı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054771653</t>
+          <t>9786059913225</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Cebe - Riskulov</t>
+          <t>A'dan Z'ye Saç</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054771691</t>
+          <t>9786054994960</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Önünde Büyüdüğümüz Afişler</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054771219</t>
+          <t>9786054994953</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sakal</t>
+          <t>Topkapı Şifresi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054771547</t>
+          <t>9786054771783</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sadakatsiz Kadınlar</t>
+          <t>Gerçekten Yaşıyor Musun? (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>12.04</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944298155</t>
+          <t>9786054994786</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Bağlantılar</t>
+          <t>Helal Tekme</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054455270</t>
+          <t>9786054994762</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Rematonia</t>
+          <t>Alevi İlkeleri: Mitolojiden Felsefeye</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055151492</t>
+          <t>9786054994557</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>RedHack</t>
+          <t>Yirmi5</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054771424</t>
+          <t>9786054994571</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı Yoktur Neden Vardır</t>
+          <t>İstanbul Terapisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054455782</t>
+          <t>9786054994199</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Rahip Cinayetleri</t>
+          <t>Yargı, Cemaat ve Bir Darbe Kurgusunun İç Yüzü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055151454</t>
+          <t>9786054994779</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Rabb’in Nefesi</t>
+          <t>Cam Kenarı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054455089</t>
+          <t>9786054994212</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Putin’in Labirenti</t>
+          <t>Kadın Tamircisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054607860</t>
+          <t>9786054994083</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Piyasadan Büyük Alacağımız Var</t>
+          <t>Yalnızca Yalnızım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789750095894</t>
+          <t>9786054994045</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Panaya Kapulu Meryem Ana Evinin Sırrı</t>
+          <t>Kayıp Yüzyılın Prensesi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054455195</t>
+          <t>9786054994717</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar da Ağlar Kanuni</t>
+          <t>Lilly</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>38</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944298377</t>
+          <t>9786054994724</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Öteki İslam</t>
+          <t>Neden Varım?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>12.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054455911</t>
+          <t>9786054994748</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Ayakları Altında Aşk</t>
+          <t>Tüy Gibi Hafif</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944298148</t>
+          <t>9786054994205</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahterevalli</t>
+          <t>Kabile</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054455034</t>
+          <t>9786054994878</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Deltası</t>
+          <t>Artakalan - Ardakalan</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054607013</t>
+          <t>9786054994892</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Araba</t>
+          <t>Zata: Düşünmek Yetmez, Sorgulamalısın</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054607433</t>
+          <t>9786054994885</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Ayık Ol Sebastian</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054607662</t>
+          <t>9786054994618</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Otobüsten İndim BMW’ye Bindim</t>
+          <t>Haddimden Bildiriyorum</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944298582</t>
+          <t>9786054994588</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıyı Bilmek</t>
+          <t>Barış Sonrası Büyük Türkiye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054607082</t>
+          <t>9786054994427</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Kanlı Bahar</t>
+          <t>Hakikat İksiri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054607846</t>
+          <t>9786054771974</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Riya Tabirleri</t>
+          <t>Kayıp Düşler Peşinde</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944298889</t>
+          <t>9786054771707</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ordunun Dayanılmaz Ağırlığı Basının Dayanılmaz Hafifliği</t>
+          <t>Ben Cognatus, Rüya Tanrısıyım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054455461</t>
+          <t>9786054771714</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir ABD Projesi Olarak AKP Operasyon Partisi</t>
+          <t>Her Son Bir Başlangıçtır</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944298766</t>
+          <t>9786054771745</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Adı: Ağa 01</t>
+          <t>Celladın Gözyaşları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054771455</t>
+          <t>9786054771653</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Okuryazar.Tv</t>
+          <t>Kızıl Cebe - Riskulov</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>31.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054455430</t>
+          <t>9786054771691</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Oku</t>
+          <t>Önünde Büyüdüğümüz Afişler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>26.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944298865</t>
+          <t>9786054771219</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nüveyre</t>
+          <t>Sakal</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054607822</t>
+          <t>9786054771547</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Nurjuvazi</t>
+          <t>Sadakatsiz Kadınlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944298681</t>
+          <t>9789944298155</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Aşkları</t>
+          <t>Ruhsal Bağlantılar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054455133</t>
+          <t>9786054455270</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirinde Gizli Tarih</t>
+          <t>Rematonia</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944298308</t>
+          <t>9786055151492</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başardılar?</t>
+          <t>RedHack</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054607396</t>
+          <t>9786054771424</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Nail</t>
+          <t>Rastlantı Yoktur Neden Vardır</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055151119</t>
+          <t>9786054455782</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmanın 11 Yasası</t>
+          <t>Rahip Cinayetleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054455591</t>
+          <t>9786055151454</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in İnancı</t>
+          <t>Rabb’in Nefesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944298599</t>
+          <t>9786054455089</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Gizli Teşkilatı</t>
+          <t>Putin’in Labirenti</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054607563</t>
+          <t>9786054607860</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlığa Karşı Feminizm</t>
+          <t>Piyasadan Büyük Alacağımız Var</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944298049</t>
+          <t>9789750095894</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mortgage</t>
+          <t>Panaya Kapulu Meryem Ana Evinin Sırrı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054607303</t>
+          <t>9786054455195</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan İnciler</t>
+          <t>Padişahlar da Ağlar Kanuni</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>6.48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054607297</t>
+          <t>9789944298377</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Güldestesi</t>
+          <t>Öteki İslam</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>9.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054607310</t>
+          <t>9786054455911</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikmetler</t>
+          <t>Ölümün Ayakları Altında Aşk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054607174</t>
+          <t>9789944298148</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gücü</t>
+          <t>Ölümcül Tahterevalli</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944298162</t>
+          <t>9786054455034</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Melek Yapıcı</t>
+          <t>Ölüm Deltası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054455508</t>
+          <t>9786054607013</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ev</t>
+          <t>Oyuncak Araba</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990000094862</t>
+          <t>9786054607433</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Lokumcu Adnan Madonna ve The Times</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054607938</t>
+          <t>9786054607662</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Limoni Ölüm</t>
+          <t>Otobüsten İndim BMW’ye Bindim</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054607884</t>
+          <t>9789944298582</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kürt’ün Türk Aşkı</t>
+          <t>Osmanlıyı Bilmek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>34</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054607211</t>
+          <t>9786054607082</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küresel İhanetin İçyüzü ve Arap Baharı</t>
+          <t>Ortadoğu’da Kanlı Bahar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054771370</t>
+          <t>9786054607846</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem</t>
+          <t>Riya Tabirleri</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944298216</t>
+          <t>9789944298889</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kültür Kiloyla Satılmaz</t>
+          <t>Ordunun Dayanılmaz Ağırlığı Basının Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054771172</t>
+          <t>9786054455461</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Külahıma Anlat</t>
+          <t>Bir ABD Projesi Olarak AKP Operasyon Partisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054607693</t>
+          <t>9789944298766</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuyruk Bilimi</t>
+          <t>Operasyon Adı: Ağa 01</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944298995</t>
+          <t>9786054771455</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılan Türkiye</t>
+          <t>Okuryazar.Tv</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>13.89</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054455010</t>
+          <t>9786054455430</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Körler Düşerken</t>
+          <t>Oku</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>11.11</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054455256</t>
+          <t>9789944298865</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Şakacı</t>
+          <t>Nüveyre</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055151195</t>
+          <t>9786054607822</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniye’nin Gülü</t>
+          <t>Nurjuvazi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054607495</t>
+          <t>9789944298681</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Komşunuz Mehmet</t>
+          <t>Nazım Hikmet’in Aşkları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15.74</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054455904</t>
+          <t>9786054455133</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kimi Terk Ettiysem Unutamadı</t>
+          <t>Nazım Hikmet Şiirinde Gizli Tarih</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944298513</t>
+          <t>9789944298308</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Aşık Olmaz</t>
+          <t>Nasıl Başardılar?</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054607532</t>
+          <t>9786054607396</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Güneş</t>
+          <t>Nail</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944298872</t>
+          <t>9786055151119</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıcın Okuma Uçuşu</t>
+          <t>Mutlu Olmanın 11 Yasası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054771363</t>
+          <t>9786054455591</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kırk7</t>
+          <t>Mustafa Kemal’in İnancı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>15.74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944298896</t>
+          <t>9789944298599</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Mustafa Kemal’in Gizli Teşkilatı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944298339</t>
+          <t>9786054607563</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kendime İtiraflarım</t>
+          <t>Muhafazakarlığa Karşı Feminizm</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>11.57</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055151140</t>
+          <t>9789944298049</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kenar Mahalle Delikanlısı</t>
+          <t>Mortgage</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054455607</t>
+          <t>9786054607303</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi - Oylum</t>
+          <t>Mevlana’dan İnciler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789750095863</t>
+          <t>9786054607297</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilmiş Zamanlar Ülkesinden</t>
+          <t>Mevlana Güldestesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>7.41</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054607907</t>
+          <t>9786054607310</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kavalalı Ailesi</t>
+          <t>Mesnevi’den Hikmetler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>34</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944298827</t>
+          <t>9786054607174</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Karya Kraliçesi</t>
+          <t>Meleklerin Gücü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944298902</t>
+          <t>9789944298162</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Karbon</t>
+          <t>Melek Yapıcı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054607617</t>
+          <t>9786054455508</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Karakol</t>
+          <t>Mavi Ev</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054607730</t>
+          <t>3990000094862</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Aşk Defteri (Ciltli)</t>
+          <t>Lokumcu Adnan Madonna ve The Times</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054607266</t>
+          <t>9786054607938</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı</t>
+          <t>Limoni Ölüm</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054607570</t>
+          <t>9786054607884</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Kürt’ün Türk Aşkı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>12.96</v>
+        <v>34</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944298131</t>
+          <t>9786054607211</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Türkler Hakkında Bildiğin Her Şey Yanlış</t>
+          <t>Küresel İhanetin İçyüzü ve Arap Baharı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054607020</t>
+          <t>9786054771370</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İttihat Terakki’nin Yeminsiz Kadınları</t>
+          <t>Renkli Kalem</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944298544</t>
+          <t>9789944298216</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı</t>
+          <t>Kültür Kiloyla Satılmaz</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>20.37</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054455805</t>
+          <t>9786054771172</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İnsanı, Dünyayı ve Terörizmi Anlamak</t>
+          <t>Külahıma Anlat</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054607365</t>
+          <t>9786054607693</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Çetesi</t>
+          <t>Kuyruk Bilimi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054607709</t>
+          <t>9789944298995</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İnadına Yaşanan Zararına Aşklar</t>
+          <t>Kuşatılan Türkiye</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054455409</t>
+          <t>9786054455010</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İnadın ve Direncin Adı: Dr. Hikmet Kıvılcımlı</t>
+          <t>Körler Düşerken</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944298919</t>
+          <t>9786054455256</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Kozmik Şakacı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054455355</t>
+          <t>9786055151195</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İmha Planı</t>
+          <t>Konstantiniye’nin Gülü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944298650</t>
+          <t>9786054607495</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İki Demli Çay</t>
+          <t>Komşunuz Mehmet</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054455348</t>
+          <t>9786054455904</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İddianamem: Balyoz ve Gerçekler</t>
+          <t>Kimi Terk Ettiysem Unutamadı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054455522</t>
+          <t>9789944298513</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Kentin Morg Alfabesi</t>
+          <t>Kızlar Aşık Olmaz</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054607037</t>
+          <t>9786054607532</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Budala</t>
+          <t>Kızıl Güneş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944298056</t>
+          <t>9789944298872</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Altınları</t>
+          <t>Kırlangıcın Okuma Uçuşu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054607341</t>
+          <t>9786054771363</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Kırk7</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054607808</t>
+          <t>9789944298896</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054455621</t>
+          <t>9789944298339</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Heybeliada Cinayetleri</t>
+          <t>Kendime İtiraflarım</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>22.22</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944298100</t>
+          <t>9786055151140</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Öldürüyor Gidişin</t>
+          <t>Kenar Mahalle Delikanlısı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054455393</t>
+          <t>9786054455607</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hayyamlar ve Yamyamlar</t>
+          <t>Kayıp Yüzyılın Prensesi - Oylum</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944298926</t>
+          <t>9789750095863</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ne Kadarı Rastlantı? Peki Ya ’Aşk’ın...</t>
+          <t>Kaybedilmiş Zamanlar Ülkesinden</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>17.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054455447</t>
+          <t>9786054607907</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kalbinde</t>
+          <t>Kavalalı Ailesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>13.89</v>
+        <v>34</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944298346</t>
+          <t>9789944298827</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Günler</t>
+          <t>Karya Kraliçesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054607198</t>
+          <t>9789944298902</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Karbon</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054771387</t>
+          <t>9786054607617</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İmza: Karın</t>
+          <t>Karakol</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944298452</t>
+          <t>9786054607730</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Kaptanın Aşk Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789750095856</t>
+          <t>9786054607266</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hangi İsa</t>
+          <t>Kan Kırmızı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054455041</t>
+          <t>9786054607570</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hamas’ın Oğlu</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944298735</t>
+          <t>9789944298131</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Halil Paşa</t>
+          <t>Kadınlar ve Türkler Hakkında Bildiğin Her Şey Yanlış</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>15.74</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>3990000094251</t>
+          <t>9786054607020</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Gül, Kan ve Şeytan</t>
+          <t>İttihat Terakki’nin Yeminsiz Kadınları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944298261</t>
+          <t>9789944298544</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gri Tehdit Terörizm</t>
+          <t>İtirafçı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054607259</t>
+          <t>9786054455805</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesi</t>
+          <t>İnsanı, Dünyayı ve Terörizmi Anlamak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054771431</t>
+          <t>9786054607365</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Sessiz Tanıklar</t>
+          <t>İnfaz Çetesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054771318</t>
+          <t>9786054607709</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Yaşıyor Musun?</t>
+          <t>İnadına Yaşanan Zararına Aşklar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054771271</t>
+          <t>9786054455409</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Sanal Politika</t>
+          <t>İnadın ve Direncin Adı: Dr. Hikmet Kıvılcımlı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054607600</t>
+          <t>9789944298919</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gel Ey Şems</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944298841</t>
+          <t>9786054455355</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Fondöten</t>
+          <t>İmha Planı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054771479</t>
+          <t>9789944298650</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Filozoflardan Seksi Şeyler</t>
+          <t>İki Demli Çay</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944298551</t>
+          <t>9786054455348</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Fethi Naci Denemeleri 1</t>
+          <t>İddianamem: Balyoz ve Gerçekler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054607761</t>
+          <t>9786054455522</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui ile Şanslı Evler Şanslı Hayatlar</t>
+          <t>Ölü Bir Kentin Morg Alfabesi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054455584</t>
+          <t>9786054607037</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe</t>
+          <t>İçimdeki Budala</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054455553</t>
+          <t>9789944298056</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Federasyon  Başkanlık - Yarı-Başkanlık</t>
+          <t>Hitler’in Altınları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054771233</t>
+          <t>9786054607341</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Fatih</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054455775</t>
+          <t>9786054607808</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Cinayetler Tarihi</t>
+          <t>Kıyısızlar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054455096</t>
+          <t>9786054455621</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Heybeliada Cinayetleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>34</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054771530</t>
+          <t>9789944298100</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Boşanıyorum!</t>
+          <t>Her Gün Öldürüyor Gidişin</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054607136</t>
+          <t>9786054455393</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Evrende Tesadüf Yoktur, Yankı Vardır</t>
+          <t>Hayyamlar ve Yamyamlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789750095818</t>
+          <t>9789944298926</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Üç Oda Bir Kışla</t>
+          <t>Hayatın Ne Kadarı Rastlantı? Peki Ya ’Aşk’ın...</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054455249</t>
+          <t>9786054455447</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Fedaileri</t>
+          <t>Hayatın Kalbinde</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054455881</t>
+          <t>9789944298346</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorununu Anlamak</t>
+          <t>Kırmızı Günler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944298957</t>
+          <t>9786054607198</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Belgelerinde Fethullah Gülen ve Cemaat</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054455331</t>
+          <t>9786054771387</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Engelsizsiniz</t>
+          <t>İmza: Karın</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054455720</t>
+          <t>9789944298452</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Engellinin El Kitabı</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054607754</t>
+          <t>9789750095856</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Engeller Sona Ersin</t>
+          <t>Hangi İsa</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>7.41</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054455454</t>
+          <t>9786054455041</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Enerjiye Açılan Karanlık Kapılar</t>
+          <t>Hamas’ın Oğlu</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054607501</t>
+          <t>9789944298735</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Düzülmüş Çeyiz</t>
+          <t>Halil Paşa</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>7.41</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054455737</t>
+          <t>3990000094251</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nasıl Yönetilmeli</t>
+          <t>Gül, Kan ve Şeytan</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944298063</t>
+          <t>9789944298261</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dünün Belgeleri Yarının Tarihi</t>
+          <t>Gri Tehdit Terörizm</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944298940</t>
+          <t>9786054607259</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Duygu Koleksiyoncusu</t>
+          <t>Gönül Bahçesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054771349</t>
+          <t>9786054771431</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Yolu</t>
+          <t>Gölgedeki Sessiz Tanıklar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054994830</t>
+          <t>9786054771318</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Alarm</t>
+          <t>Gerçekten Yaşıyor Musun?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944298384</t>
+          <t>9786054771271</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Erguvaniler</t>
+          <t>Gerçek Dünya Sanal Politika</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054994250</t>
+          <t>9786054607600</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Dedem Kurt Seyit ve Ben</t>
+          <t>Gel Ey Şems</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>21.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054607181</t>
+          <t>9789944298841</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Diyeti</t>
+          <t>Fondöten</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054607525</t>
+          <t>9786054771479</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dost Bombalar</t>
+          <t>Filozoflardan Seksi Şeyler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054607105</t>
+          <t>9789944298551</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Bir Denizci Jack London</t>
+          <t>Fethi Naci Denemeleri 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944298698</t>
+          <t>9786054607761</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Direnen Cumhuriyet</t>
+          <t>Feng Shui ile Şanslı Evler Şanslı Hayatlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>22.22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054455058</t>
+          <t>9786054455584</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dinle - Listen (Ciltli)</t>
+          <t>Fenerbahçe</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944298988</t>
+          <t>9786054455553</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dink Cinayeti ve İstihbarat Yalanları</t>
+          <t>Federasyon  Başkanlık - Yarı-Başkanlık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944298629</t>
+          <t>9786054771233</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Din ve Devrim</t>
+          <t>Fatih</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054607631</t>
+          <t>9786054455775</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Diktatörlerin Kadınları</t>
+          <t>Faili Meçhul Cinayetler Tarihi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>25</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054455379</t>
+          <t>9786054455096</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Dikkat! - Acil Kilo Veriyorum</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>12.96</v>
+        <v>34</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054607273</t>
+          <t>9786054771530</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Kalanlar</t>
+          <t>Eyvah Boşanıyorum!</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944298438</t>
+          <t>9786054607136</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Üç Kadını</t>
+          <t>Evrende Tesadüf Yoktur, Yankı Vardır</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944298704</t>
+          <t>9789750095818</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Kimlik</t>
+          <t>Evimiz Üç Oda Bir Kışla</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054455669</t>
+          <t>9786054455249</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Devlet Terörü ve Ajan Provokatörler</t>
+          <t>Esir Şehrin Fedaileri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944298476</t>
+          <t>9786054455881</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kavgası</t>
+          <t>Ermeni Sorununu Anlamak</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054771240</t>
+          <t>9789944298957</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Derin Din</t>
+          <t>Ergenekon Belgelerinde Fethullah Gülen ve Cemaat</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054771295</t>
+          <t>9786054455331</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet’in Peşinde</t>
+          <t>Engelsizsiniz</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>32</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054607921</t>
+          <t>9786054455720</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Deprem Habercisi Bulut</t>
+          <t>Engellinin El Kitabı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054607648</t>
+          <t>9786054607754</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Bir Aşkın Anatomisi</t>
+          <t>Engeller Sona Ersin</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>15.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054455300</t>
+          <t>9786054455454</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Enerjiye Açılan Karanlık Kapılar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944298643</t>
+          <t>9786054607501</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Darbeci</t>
+          <t>Düzülmüş Çeyiz</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789944298292</t>
+          <t>9786054455737</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çökmeden</t>
+          <t>Dünya Nasıl Yönetilmeli</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>12.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054771158</t>
+          <t>9789944298063</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çocukken Ne Olmak İsterdin?</t>
+          <t>Dünün Belgeleri Yarının Tarihi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054455744</t>
+          <t>9789944298940</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu İnternet’ten Koruma Rehberi</t>
+          <t>Duygu Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054455287</t>
+          <t>9786054771349</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Dönüşüm Yolu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>14.81</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055151126</t>
+          <t>9786054994830</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çerkez Ethem</t>
+          <t>Kırmızı Alarm</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055151485</t>
+          <t>9789944298384</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Aşkı</t>
+          <t>Erguvaniler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944298001</t>
+          <t>9786054994250</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çelebi</t>
+          <t>Dedem Kurt Seyit ve Ben</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>12.04</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944298780</t>
+          <t>9786054607181</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çankaya’da Gazi’nin Hizmetinde</t>
+          <t>Dönüşüm Diyeti</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944298667</t>
+          <t>9786054607525</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Cübbeli Ahmet Hoca Gerçeği</t>
+          <t>Dost Bombalar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>11.57</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054455683</t>
+          <t>9786054607105</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk/Son Yüzyılı</t>
+          <t>Doludizgin Bir Denizci Jack London</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054455263</t>
+          <t>9789944298698</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>CHP Nasıl Kazanır?</t>
+          <t>Direnen Cumhuriyet</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>12.04</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054607518</t>
+          <t>9786054455058</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Chavez Bizi Bırakma</t>
+          <t>Dinle - Listen (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054455201</t>
+          <t>9789944298988</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cariyelikten Hasekiliğe Hürrem</t>
+          <t>Dink Cinayeti ve İstihbarat Yalanları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054771325</t>
+          <t>9789944298629</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Candı Yüceldi Şarabiydi</t>
+          <t>Din ve Devrim</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054455980</t>
+          <t>9786054607631</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşklardan Öte</t>
+          <t>Diktatörlerin Kadınları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054607372</t>
+          <t>9786054455379</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bizimlesin</t>
+          <t>Dikkat! Dikkat! - Acil Kilo Veriyorum</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944298742</t>
+          <t>9786054607273</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hep İnanmamızı İstediler (Ma’Amin)</t>
+          <t>Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054771288</t>
+          <t>9789944298438</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes İstanbul</t>
+          <t>Devrimin Üç Kadını</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944298414</t>
+          <t>9789944298704</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Masal İster</t>
+          <t>Devlet ve Kimlik</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054455973</t>
+          <t>9786054455669</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Vardı</t>
+          <t>Devlet Terörü ve Ajan Provokatörler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054455560</t>
+          <t>9789944298476</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Devlet Kavgası</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054771523</t>
+          <t>9786054771240</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir Çapulcunun Hatıra Defteri</t>
+          <t>Derin Din</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054607044</t>
+          <t>9786054771295</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Hayat Tozu Bir Tutam Devlet Gölgesi</t>
+          <t>Derin Devlet’in Peşinde</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>20.37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054771301</t>
+          <t>9786054607921</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bin Yüz Bir İnsan</t>
+          <t>Deprem Habercisi Bulut</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944298469</t>
+          <t>9786054607648</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bilimselden Medyatik’e Tarih</t>
+          <t>Dengesiz Bir Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>62</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054607792</t>
+          <t>9786054455300</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Kulübü Bilgelikle Yaşama Sanatı</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054607334</t>
+          <t>9789944298643</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Mucizeler</t>
+          <t>Darbeci</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054455102</t>
+          <t>9789944298292</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bereket ve Aşk Keseleri ile Birlikte Hayatınıza Yön Veren Dilek Kartları</t>
+          <t>Çökmeden</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>18.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054455294</t>
+          <t>9786054771158</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Beni Susarken Bölme</t>
+          <t>Çocukken Ne Olmak İsterdin?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054607143</t>
+          <t>9786054455744</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü?</t>
+          <t>Çocuğunuzu İnternet’ten Koruma Rehberi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054455874</t>
+          <t>9786054455287</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Beni Bir Tek ’Aşk’ Aldatmadı</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944298773</t>
+          <t>9786055151126</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Behice</t>
+          <t>Çerkez Ethem</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944298223</t>
+          <t>9786055151485</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Beden Biliyor</t>
+          <t>Çerkes Aşkı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054455065</t>
+          <t>9789944298001</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Başörtülü Kadınlar Anlattı: Türbanlı Erkekler</t>
+          <t>Çelebi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054771202</t>
+          <t>9789944298780</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Leonardo</t>
+          <t>Çankaya’da Gazi’nin Hizmetinde</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944298964</t>
+          <t>9789944298667</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Cübbeli Ahmet Hoca Gerçeği</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>19</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054607655</t>
+          <t>9786054455683</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Tanrı Parçacığı</t>
+          <t>Cumhuriyet’in İlk/Son Yüzyılı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054455997</t>
+          <t>9786054455263</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>CHP Nasıl Kazanır?</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054455119</t>
+          <t>9786054607518</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Balyoz</t>
+          <t>Chavez Bizi Bırakma</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054771417</t>
+          <t>9786054455201</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’dan Anadolu’ya Evvel Zaman Hikayeleri</t>
+          <t>Cariyelikten Hasekiliğe Hürrem</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944298018</t>
+          <t>9786054771325</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bağdat’ın Sirenleri</t>
+          <t>Candı Yüceldi Şarabiydi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789944298612</t>
+          <t>9786054455980</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ</t>
+          <t>Bütün Aşklardan Öte</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944298636</t>
+          <t>9786054607372</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ (Ciltli)</t>
+          <t>Bizimlesin</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>29.63</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054771264</t>
+          <t>9789944298742</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Babanı Sana Şikayet Ediyorum</t>
+          <t>Bizim Hep İnanmamızı İstediler (Ma’Amin)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054607150</t>
+          <t>9786054771288</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Aysun Kaba ile Stilini Keşfet</t>
+          <t>Bir Nefes İstanbul</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054771561</t>
+          <t>9789944298414</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna Söyle Bana</t>
+          <t>Bir Kadın Masal İster</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054455218</t>
+          <t>9786054455973</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Aygır Fatma</t>
+          <t>Bir İstanbul Vardı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944298537</t>
+          <t>9786054455560</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Tarikatı</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944298803</t>
+          <t>9786054771523</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ayastefanos Yalnızı</t>
+          <t>Bir Çapulcunun Hatıra Defteri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054455645</t>
+          <t>9786054607044</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ayaküstü Sevişmeler</t>
+          <t>Bir Avuç Hayat Tozu Bir Tutam Devlet Gölgesi</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054455652</t>
+          <t>9786054771301</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Avrat Pazarından Hareme</t>
+          <t>Bin Yüz Bir İnsan</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054455362</t>
+          <t>9789944298469</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Author</t>
+          <t>Bilimselden Medyatik’e Tarih</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>22.22</v>
+        <v>62</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054607204</t>
+          <t>9786054607792</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ateş, Güneş ve Ada</t>
+          <t>Felsefe Kulübü Bilgelikle Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944298759</t>
+          <t>9786054607334</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Emniyet Müdürü</t>
+          <t>Beyaz Mucizeler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054455850</t>
+          <t>9786054455102</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Aşkta İhanetin Tarihi</t>
+          <t>Bereket ve Aşk Keseleri ile Birlikte Hayatınıza Yön Veren Dilek Kartları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055151430</t>
+          <t>9786054455294</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanununu Yazsam Yeniden</t>
+          <t>Beni Susarken Bölme</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>16.67</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055151164</t>
+          <t>9786054607143</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Aşkımın Beden Dili</t>
+          <t>Beni Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054607440</t>
+          <t>9786054455874</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Başımdan Aşkın</t>
+          <t>Beni Bir Tek ’Aşk’ Aldatmadı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054771486</t>
+          <t>9789944298773</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Semazen</t>
+          <t>Behice</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786054455157</t>
+          <t>9789944298223</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a, Allah’a ve Akla</t>
+          <t>Beden Biliyor</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054607068</t>
+          <t>9786054455065</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Yolculuk - Veysel Karani</t>
+          <t>Başörtülü Kadınlar Anlattı: Türbanlı Erkekler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054607723</t>
+          <t>9786054771202</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yol Olma Defteri (Ciltli)</t>
+          <t>Başka Bir Leonardo</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054455485</t>
+          <t>9789944298964</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Aşk Varmış Aşk Yokmuş</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944298506</t>
+          <t>9786054607655</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Aşk O Kadar Aşk</t>
+          <t>Başarıda Tanrı Parçacığı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054455478</t>
+          <t>9786054455997</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kuantumu</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789750095887</t>
+          <t>9786054455119</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eşittir Para</t>
+          <t>Balyoz</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944298117</t>
+          <t>9786054771417</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Aşk Coğrafyasında Konuşmalar</t>
+          <t>Balkanlar’dan Anadolu’ya Evvel Zaman Hikayeleri</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944298483</t>
+          <t>9789944298018</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Aşiret</t>
+          <t>Bağdat’ın Sirenleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054771332</t>
+          <t>9789944298612</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Aşeka</t>
+          <t>Başbuğ</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054607471</t>
+          <t>9789944298636</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Araz (Ciltli)</t>
+          <t>Başbuğ (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>14.81</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054455515</t>
+          <t>9786054771264</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Araz</t>
+          <t>Babanı Sana Şikayet Ediyorum</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054607402</t>
+          <t>9786054607150</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Bir de Beni Dinleyin</t>
+          <t>Aysun Kaba ile Stilini Keşfet</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944298278</t>
+          <t>9786054771561</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Amigdala</t>
+          <t>Ayna Ayna Söyle Bana</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944298285</t>
+          <t>9786054455218</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Amerikaperestler</t>
+          <t>Aygır Fatma</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789750095870</t>
+          <t>9789944298537</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Altın</t>
+          <t>Aydınlanma Tarikatı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054455928</t>
+          <t>9789944298803</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığına Belgeler ve İslam’da İman Esasları</t>
+          <t>Ayastefanos Yalnızı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>15.74</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054771394</t>
+          <t>9786054455645</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Alevi Olmak</t>
+          <t>Ayaküstü Sevişmeler</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054607389</t>
+          <t>9786054455652</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Aktör</t>
+          <t>Avrat Pazarından Hareme</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054771196</t>
+          <t>9786054455362</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Yükselişi ve Düşüşü</t>
+          <t>Author</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944298315</t>
+          <t>9786054607204</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu da Bir Değildir...</t>
+          <t>Ateş, Güneş ve Ada</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>10.65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055151133</t>
+          <t>9789944298759</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Akıbet</t>
+          <t>Atatürk’ün Emniyet Müdürü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054607716</t>
+          <t>9786054455850</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gerçeği</t>
+          <t>Aşkta İhanetin Tarihi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054455027</t>
+          <t>9786055151430</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ağa’nın Akmayan Gözyaşları</t>
+          <t>Aşkın Kanununu Yazsam Yeniden</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054607815</t>
+          <t>9786055151164</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Affedin Beni</t>
+          <t>Aşkımın Beden Dili</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054455966</t>
+          <t>9786054607440</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Adın Ayrılık Olsun</t>
+          <t>Aşkım Başımdan Aşkın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054455171</t>
+          <t>9786054771486</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Aşk</t>
+          <t>Aşk-ı Semazen</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944298711</t>
+          <t>9786054455157</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Acının Eşiğinde Yaşama Felsefesi</t>
+          <t>Aşk’a, Allah’a ve Akla</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789944298674</t>
+          <t>9786054607068</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Dayı</t>
+          <t>Aşk’a Yolculuk - Veysel Karani</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054607426</t>
+          <t>9786054607723</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>48 Saniye</t>
+          <t>Aşka Yol Olma Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054455232</t>
+          <t>9786054455485</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Aşk Varmış Aşk Yokmuş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789944298193</t>
+          <t>9789944298506</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tabağımızdaki Şeytan</t>
+          <t>Aşk O Kadar Aşk</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054607785</t>
+          <t>9786054455478</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji ve Burçlar Ajandası (Ciltli)</t>
+          <t>Aşk Kuantumu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054607853</t>
+          <t>9789750095887</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji ve Burçlar</t>
+          <t>Aşk Eşittir Para</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054455126</t>
+          <t>9789944298117</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>1243 Kayseri</t>
+          <t>Aşk Coğrafyasında Konuşmalar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054455317</t>
+          <t>9789944298483</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Sonbaharı</t>
+          <t>Aşiret</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054607419</t>
+          <t>9786054771332</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Vakalarda Kıble Tayini</t>
+          <t>Aşeka</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>30.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054607327</t>
+          <t>9786054607471</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Araz (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053115427</t>
+          <t>9786054455515</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çarşamba</t>
+          <t>Araz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>23.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053115403</t>
+          <t>9786054607402</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Beslenme Rehberi</t>
+          <t>Anne Baba Bir de Beni Dinleyin</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>29.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053114888</t>
+          <t>9789944298278</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Popüler Diyetlerin Toplu Mezarlığı</t>
+          <t>Amigdala</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053114895</t>
+          <t>9789944298285</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ortalıkta Adam mı Yok?</t>
+          <t>Amerikaperestler</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053114734</t>
+          <t>9789750095870</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Poyraza Çare 2</t>
+          <t>Altın</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053113706</t>
+          <t>9786054455928</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kirpik Nerede?</t>
+          <t>Allah’ın Varlığına Belgeler ve İslam’da İman Esasları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053112914</t>
+          <t>9786054771394</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Akilus</t>
+          <t>Alevi Olmak</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053112785</t>
+          <t>9786054607389</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ters Kanatlı Şahin</t>
+          <t>Aktör</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>68</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053112631</t>
+          <t>9786054771196</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Mavi</t>
+          <t>AKP’nin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>32</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053112570</t>
+          <t>9789944298315</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar Risalesi</t>
+          <t>Aklın Yolu da Bir Değildir...</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>560</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053111467</t>
+          <t>9786055151133</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Seninde De Canın Yanacak</t>
+          <t>Akıbet</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053111443</t>
+          <t>9786054607716</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>Aşkın Gerçeği</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>24.07</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053111283</t>
+          <t>9786054455027</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens - Küçük Kara Balık - Küçük Prens</t>
+          <t>Ağa’nın Akmayan Gözyaşları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053111238</t>
+          <t>9786054607815</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İslam ve Küreselleşme</t>
+          <t>Affedin Beni</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053111245</t>
+          <t>9786054455966</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gece Neden Karanlık?</t>
+          <t>Adın Ayrılık Olsun</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053111276</t>
+          <t>9786054455171</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Parmak İzi</t>
+          <t>Adab-ı Aşk</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053110491</t>
+          <t>9789944298711</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Astroloji - Burçlar 2016</t>
+          <t>Acının Eşiğinde Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053110279</t>
+          <t>9789944298674</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şarkı Söylediği Yıllar</t>
+          <t>Abdullah Dayı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>22.22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053110262</t>
+          <t>9786054607426</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bil İstedim</t>
+          <t>48 Saniye</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053110255</t>
+          <t>9786054455232</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Aşina</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>17.59</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053115489</t>
+          <t>9789944298193</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>T - İnsan</t>
+          <t>Tabağımızdaki Şeytan</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>54</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053115205</t>
+          <t>9786054607785</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>2013 Astroloji ve Burçlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053115212</t>
+          <t>9786054607853</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>En Çok Ben Eğlendim</t>
+          <t>2013 Astroloji ve Burçlar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>38</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053114482</t>
+          <t>9786054455126</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Ol İnsan Ol</t>
+          <t>1243 Kayseri</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>38</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053114543</t>
+          <t>9786054455317</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Barış Akarsu'lu Yıllar</t>
+          <t>Cumhuriyetin Sonbaharı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053114550</t>
+          <t>9786054607419</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>One Peach, A Thousand Peaches</t>
+          <t>Asimetrik Vakalarda Kıble Tayini</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>6.48</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053113805</t>
+          <t>9786054607327</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Yaşam</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053113799</t>
+          <t>9786053115427</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Abartılmış Annelik Bastırılmış Kadınlık</t>
+          <t>Karanlık Çarşamba</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>18.52</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053113133</t>
+          <t>9786053115403</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Başkenti</t>
+          <t>Çocuğumun Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>200</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053113102</t>
+          <t>9786053114888</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kavgamız</t>
+          <t>Popüler Diyetlerin Toplu Mezarlığı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053112532</t>
+          <t>9786053114895</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Scotchland</t>
+          <t>Ortalıkta Adam mı Yok?</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>69.44</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053111801</t>
+          <t>9786053114734</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün İlk Aşkı: Manastırlı Eleni</t>
+          <t>Poyraza Çare 2</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053111818</t>
+          <t>9786053113706</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hücre 7</t>
+          <t>Kirpi Kirpik Nerede?</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053111689</t>
+          <t>9786053112914</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Boğaz'ın Dört Muhafızı</t>
+          <t>Akilus</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053111405</t>
+          <t>9786053112785</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Adapsız Kadınlar Hayasız Erkekler</t>
+          <t>Ters Kanatlı Şahin</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>12.04</v>
+        <v>68</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053111429</t>
+          <t>9786053112631</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Karanlık ve Mavi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053111221</t>
+          <t>9786053112570</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Zerre</t>
+          <t>Uğur Koşar Risalesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>20.37</v>
+        <v>560</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053111252</t>
+          <t>9786053111467</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Beno’dan</t>
+          <t>Seninde De Canın Yanacak</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>17.59</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053111078</t>
+          <t>9786053111443</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının 12 Delili</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>55</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053111115</t>
+          <t>9786053111283</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Gavur</t>
+          <t>Mutlu Prens - Küçük Kara Balık - Küçük Prens</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053114819</t>
+          <t>9786053111238</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Until The Last Toxin</t>
+          <t>Türkiye'de İslam ve Küreselleşme</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053115045</t>
+          <t>9786053111245</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>Gece Neden Karanlık?</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053115038</t>
+          <t>9786053111276</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Her Book'a Maydanoz</t>
+          <t>Allah'ın Parmak İzi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>34</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053115021</t>
+          <t>9786053110491</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bukre Kalp</t>
+          <t>Astroloji - Burçlar 2016</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053114710</t>
+          <t>9786053110279</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu</t>
+          <t>Hayatın Şarkı Söylediği Yıllar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>35.19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053114178</t>
+          <t>9786053110262</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dostum Tedi ve Ben</t>
+          <t>Bil İstedim</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053113775</t>
+          <t>9786053110255</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Niyet Defteri</t>
+          <t>Aşina</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>108</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053111832</t>
+          <t>9786053115489</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türk Kızının 50 Tonu</t>
+          <t>T - İnsan</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053115175</t>
+          <t>9786053115205</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Yol Çizer Misin?</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>17.59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053110712</t>
+          <t>9786053115212</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kendi Seven Ağlamaz</t>
+          <t>En Çok Ben Eğlendim</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053110576</t>
+          <t>9786053114482</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Kal</t>
+          <t>Akıllı Ol İnsan Ol</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059913775</t>
+          <t>9786053114543</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Her Nefeste Galatasaray</t>
+          <t>Barış Akarsu'lu Yıllar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>29.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059913829</t>
+          <t>9786053114550</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı - Boyama Kitabı Macerası</t>
+          <t>One Peach, A Thousand Peaches</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>22.22</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053115366</t>
+          <t>9786053113805</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Dünya Eskimeyen Türkiye</t>
+          <t>Ketojenik Yaşam</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>34</v>
+        <v>320</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053115311</t>
+          <t>9786053113799</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kaç Gibi Özlersin?</t>
+          <t>Abartılmış Annelik Bastırılmış Kadınlık</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053115335</t>
+          <t>9786053113133</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Be Smart Be Human</t>
+          <t>Yalnızlığın Başkenti</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>34</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053114956</t>
+          <t>9786053113102</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben</t>
+          <t>Kavgamız</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>15.74</v>
+        <v>290</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053114949</t>
+          <t>9786053112532</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Ben de Sizin İçin Üzgünüm</t>
+          <t>Scotchland</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>38</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053114802</t>
+          <t>9786053111801</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İnsanı İnsan Acıtır</t>
+          <t>Mustafa Kemal Atatürk'ün İlk Aşkı: Manastırlı Eleni</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>32</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053114840</t>
+          <t>9786053111818</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Hayatlar Düz Cevaplar</t>
+          <t>Hücre 7</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>32</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053114833</t>
+          <t>9786053111689</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kutsal Kitabı</t>
+          <t>Boğaz'ın Dört Muhafızı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>42</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053114604</t>
+          <t>9786053111405</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz İnsanlar Sokağı</t>
+          <t>Adapsız Kadınlar Hayasız Erkekler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053114451</t>
+          <t>9786053111429</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Pin Kodu: Aile Olmak</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053114420</t>
+          <t>9786053111221</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Geleceğini Değiştirme Kılavuzu</t>
+          <t>Zerre</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>38</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053114345</t>
+          <t>9786053111252</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Dehb İle Başarıya Ulaşmanın İlham Verici Yolları</t>
+          <t>Sevgiler Beno’dan</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053114444</t>
+          <t>9786053111078</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ayı Kaplan Ejderha</t>
+          <t>Allah’ın Varlığının 12 Delili</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053113782</t>
+          <t>9786053111115</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Başıma Bir İş Geldi</t>
+          <t>Gavur</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053113676</t>
+          <t>9786053114819</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Marifet Mektupları</t>
+          <t>Until The Last Toxin</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053113232</t>
+          <t>9786053115045</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Manyak Anne</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>34</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053113225</t>
+          <t>9786053115038</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hanfendi Bi Bakar Mısınız?</t>
+          <t>Her Book'a Maydanoz</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>17.59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053111498</t>
+          <t>9786053115021</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Ki Ol</t>
+          <t>Bukre Kalp</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053111474</t>
+          <t>9786053114710</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Futbol Terapi</t>
+          <t>Türkiye ve Ortadoğu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>17.59</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053111214</t>
+          <t>9786053114178</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Gizemli Tarihi</t>
+          <t>Dostum Tedi ve Ben</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053110958</t>
+          <t>9786053113775</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ve Zarafet</t>
+          <t>Niyet Defteri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>17.59</v>
+        <v>108</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053110941</t>
+          <t>9786053111832</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İki Veda Bir Aşk</t>
+          <t>Türk Kızının 50 Tonu</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053110934</t>
+          <t>9786053115175</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Aşka Deva</t>
+          <t>Bana Bir Yol Çizer Misin?</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053110620</t>
+          <t>9786053110712</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Umut'suz Adalet</t>
+          <t>Kendi Seven Ağlamaz</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053110613</t>
+          <t>9786053110576</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Aşkullah</t>
+          <t>Aşkla Kal</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053115441</t>
+          <t>9786059913775</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Her Nefeste Galatasaray</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>15.74</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053115434</t>
+          <t>9786059913829</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Hayvan Krallığı - Boyama Kitabı Macerası</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>12.04</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053114499</t>
+          <t>9786053115366</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Yenilenen Dünya Eskimeyen Türkiye</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>7.41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053113362</t>
+          <t>9786053115311</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gökyüzüne İnanmak</t>
+          <t>Kaç Gibi Özlersin?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053113119</t>
+          <t>9786053115335</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Be Smart Be Human</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786054455003</t>
+          <t>9786053114956</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>2011 Astroloji ve Burçlar Ajandası</t>
+          <t>Yeni Bir Ben</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>12.04</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053112198</t>
+          <t>9786053114949</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dokunuşlar</t>
+          <t>Ben de Sizin İçin Üzgünüm</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053112105</t>
+          <t>9786053114802</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ya Da Biz Masal Olsak</t>
+          <t>İnsanı İnsan Acıtır</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053112082</t>
+          <t>9786053114840</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Evrimci Olabilir Mi?</t>
+          <t>Çapraz Hayatlar Düz Cevaplar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053112044</t>
+          <t>9786053114833</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Rahme Türkiye</t>
+          <t>Aklın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>15.74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053111924</t>
+          <t>9786053114604</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Tin</t>
+          <t>Mutsuz İnsanlar Sokağı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053111788</t>
+          <t>9786053114451</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Özgürlüğü</t>
+          <t>Mutluluğun Pin Kodu: Aile Olmak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053111764</t>
+          <t>9786053114420</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kuytu</t>
+          <t>Geleceğini Değiştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053111757</t>
+          <t>9786053114345</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>İstila Edilen Çocuklar</t>
+          <t>Dehb İle Başarıya Ulaşmanın İlham Verici Yolları</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053111627</t>
+          <t>9786053114444</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Üçgen</t>
+          <t>Ayı Kaplan Ejderha</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>22.22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053111634</t>
+          <t>9786053113782</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Feto'nun Günah Piramidi</t>
+          <t>Başıma Bir İş Geldi</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053110569</t>
+          <t>9786053113676</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İşaret 2. Kitap</t>
+          <t>Marifet Mektupları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>24.07</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053110545</t>
+          <t>9786053113232</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Gece</t>
+          <t>Manyak Anne</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>16.67</v>
+        <v>34</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053114093</t>
+          <t>9786053113225</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar - Kayıp Yüzyılın Prensesi (İki Kitap Birarada)</t>
+          <t>Hanfendi Bi Bakar Mısınız?</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>12</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053114109</t>
+          <t>9786053111498</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka - Başka (İki Kitap Birarada)</t>
+          <t>Hayal Et Ki Ol</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>11.94</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053114116</t>
+          <t>9786053111474</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Araz - Mavi Ev (İki Kitap Birarada)</t>
+          <t>Futbol Terapi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>9.17</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053113973</t>
+          <t>9786053111214</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Manik İntiharlar</t>
+          <t>Kudüs'ün Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053111085</t>
+          <t>9786053110958</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tadilat Günleri</t>
+          <t>Ve Zarafet</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053113201</t>
+          <t>9786053110941</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Diktatörler</t>
+          <t>İki Veda Bir Aşk</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053112860</t>
+          <t>9786053110934</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Çocukları</t>
+          <t>Aşka Deva</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053112242</t>
+          <t>9786053110620</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Pelin Çift İle Gündem Ötesi Kitaplığı (3 Kitap Takım)</t>
+          <t>Umut'suz Adalet</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>64.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053112037</t>
+          <t>9786053110613</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Bir Melek</t>
+          <t>Aşkullah</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>28</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053112020</t>
+          <t>9786053115441</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Mağaradan Mars’a</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053111573</t>
+          <t>9786053115434</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Büyük İsyan</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053111597</t>
+          <t>9786053114499</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Babamın Emaneti</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053111603</t>
+          <t>9786053113362</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Aşka Çeyrek Kala</t>
+          <t>Başka Bir Gökyüzüne İnanmak</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>13.89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053111320</t>
+          <t>9786053113119</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Furkan Allah’a Emanet Ol</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>19</v>
+        <v>150</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053110781</t>
+          <t>9786054455003</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Büyük Suikast</t>
+          <t>2011 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053110590</t>
+          <t>9786053112198</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Maniki Dünya - İslam Coğrafyasının Kanlı Yüz Yılı</t>
+          <t>Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053110538</t>
+          <t>9786053112105</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Küçümseme</t>
+          <t>Ya Da Biz Masal Olsak</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053110606</t>
+          <t>9786053112082</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Başucu Yalnızlığım</t>
+          <t>Bir Müslüman Evrimci Olabilir Mi?</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053110583</t>
+          <t>9786053112044</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Anne Babam Hiç Dudağından Öptü mü Seni</t>
+          <t>Beyinden Rahme Türkiye</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053110019</t>
+          <t>9786053111924</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Validebağ Köşkü</t>
+          <t>Tin</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059913980</t>
+          <t>9786053111788</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Psikopatın Aşkı</t>
+          <t>Soytarı Özgürlüğü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053110026</t>
+          <t>9786053111764</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Gitsen de Kokun Kalır</t>
+          <t>Kuytu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>22.22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786059913560</t>
+          <t>9786053111757</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Müfit</t>
+          <t>İstila Edilen Çocuklar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>25.93</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059913331</t>
+          <t>9786053111627</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Tetiği Sen Çek</t>
+          <t>Üçgen</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786059913317</t>
+          <t>9786053111634</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bu Havalarda Dönme Bana</t>
+          <t>Feto'nun Günah Piramidi</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786059913324</t>
+          <t>9786053110569</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bana Kadar Yolun Var</t>
+          <t>İşaret 2. Kitap</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>17.59</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059913041</t>
+          <t>9786053110545</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053114123</t>
+          <t>9786053114093</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Telgraftan Tablete</t>
+          <t>Kıyısızlar - Kayıp Yüzyılın Prensesi (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>62</v>
+        <v>12</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053114192</t>
+          <t>9786053114109</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi</t>
+          <t>Bambaşka - Başka (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>190</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053114154</t>
+          <t>9786053114116</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Olmak İsteyen Parmak Kaldırsın</t>
+          <t>Araz - Mavi Ev (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>280</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053114161</t>
+          <t>9786053113973</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tiyatro Oyunları</t>
+          <t>Manik İntiharlar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053113812</t>
+          <t>9786053111085</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bırak Sokaklar Anlatsın Bizi</t>
+          <t>Tadilat Günleri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053113195</t>
+          <t>9786053113201</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Virüs</t>
+          <t>Ortadoğu'da Diktatörler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053112846</t>
+          <t>9786053112860</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kore 1952-1953</t>
+          <t>İbrahim’in Çocukları</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>15.74</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053111948</t>
+          <t>9786053112242</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2017</t>
+          <t>Pelin Çift İle Gündem Ötesi Kitaplığı (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>22.22</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053111672</t>
+          <t>9786053112037</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali - Gül ve Bülbül - Hırslı Menekşe</t>
+          <t>Benim Babam Bir Melek</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053111658</t>
+          <t>9786053112020</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İris</t>
+          <t>Mağaradan Mars’a</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053110811</t>
+          <t>9786053111573</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Her Veda Elveda Değildir</t>
+          <t>Büyük İsyan</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053110699</t>
+          <t>9786053111597</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Saldırı</t>
+          <t>Babamın Emaneti</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053110668</t>
+          <t>9786053111603</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Murat Bür'le Mutlu Tarifler</t>
+          <t>Aşka Çeyrek Kala</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>24.07</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053110521</t>
+          <t>9786053111320</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kadının Altın Çağı</t>
+          <t>Furkan Allah’a Emanet Ol</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053110675</t>
+          <t>9786053110781</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Agora'da Bir Delikanlı</t>
+          <t>Büyük Suikast</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>20.37</v>
+        <v>400</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059913669</t>
+          <t>9786053110590</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ben Benim</t>
+          <t>Maniki Dünya - İslam Coğrafyasının Kanlı Yüz Yılı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059913683</t>
+          <t>9786053110538</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Dönüşü</t>
+          <t>Küçümseme</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>21.3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059913690</t>
+          <t>9786053110606</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Gitarist</t>
+          <t>Başucu Yalnızlığım</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786054994519</t>
+          <t>9786053110583</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sek İçilir</t>
+          <t>Anne Babam Hiç Dudağından Öptü mü Seni</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786054994502</t>
+          <t>9786053110019</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ben, Sen ve O</t>
+          <t>Validebağ Köşkü</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053113218</t>
+          <t>9786059913980</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Anne Kalmasın</t>
+          <t>Psikopatın Aşkı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>72</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053113065</t>
+          <t>9786053110026</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Oyun Devam Ediyor</t>
+          <t>Gitsen de Kokun Kalır</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053113058</t>
+          <t>9786059913560</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Nazım ile Piraye</t>
+          <t>Ahmet Müfit</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>25</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053113072</t>
+          <t>9786059913331</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kripto</t>
+          <t>Tetiği Sen Çek</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>38</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053113034</t>
+          <t>9786059913317</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Anılarından Atatürk - 2</t>
+          <t>Bu Havalarda Dönme Bana</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054994656</t>
+          <t>9786059913324</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Aşk</t>
+          <t>Bana Kadar Yolun Var</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786054994403</t>
+          <t>9786059913041</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İki Göçmen Yürek</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786054994410</t>
+          <t>9786053114123</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Denizin Hikayesi</t>
+          <t>Telgraftan Tablete</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>12.96</v>
+        <v>62</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786054994038</t>
+          <t>9786053114192</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Işığı Börklüce Mustafa</t>
+          <t>Oyun Teorisi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>17.59</v>
+        <v>190</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786054994021</t>
+          <t>9786053114154</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik</t>
+          <t>Oyuncu Olmak İsteyen Parmak Kaldırsın</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>11.11</v>
+        <v>280</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054771882</t>
+          <t>9786053114161</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanlığı</t>
+          <t>Çocuklar İçin Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C644" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786054771875</t>
+          <t>9786053113812</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yatakta Üçümüz</t>
+          <t>Bırak Sokaklar Anlatsın Bizi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>15.74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786054771905</t>
+          <t>9786053113195</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Söyleme Zamanı</t>
+          <t>Psikolojik Virüs</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>20.37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786054771912</t>
+          <t>9786053112846</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakarlık Neo-Conlar</t>
+          <t>Kore 1952-1953</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054994137</t>
+          <t>9786053111948</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Dönersen Diye</t>
+          <t>Astroloji ve Burçlar 2017</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786054994113</t>
+          <t>9786053111672</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmek Sonsuzluğa Dokunmak</t>
+          <t>Bir Şeftali Bin Şeftali - Gül ve Bülbül - Hırslı Menekşe</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>15.74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786054771837</t>
+          <t>9786053111658</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aşkolsun</t>
+          <t>İris</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786054771820</t>
+          <t>9786053110811</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Ölüm</t>
+          <t>Her Veda Elveda Değildir</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786054771790</t>
+          <t>9786053110699</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Neden Feda Edildi</t>
+          <t>Saldırı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786054771806</t>
+          <t>9786053110668</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Çarşı’yı Ararım Abi!</t>
+          <t>Murat Bür'le Mutlu Tarifler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>9.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786054771738</t>
+          <t>9786053110521</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Bukre</t>
+          <t>Kadının Altın Çağı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786054771721</t>
+          <t>9786053110675</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ayaz</t>
+          <t>Agora'da Bir Delikanlı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>14.81</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786054994144</t>
+          <t>9786059913669</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bayağılığı</t>
+          <t>Ben Benim</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>13.89</v>
+        <v>44</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786054771677</t>
+          <t>9786059913683</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Pelin</t>
+          <t>Anka’nın Dönüşü</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>20.37</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054771936</t>
+          <t>9786059913690</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aşkları</t>
+          <t>Gitarist</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>10.19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054771615</t>
+          <t>9786054994519</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Dünya İmparatorluğu</t>
+          <t>Yalnızlık Sek İçilir</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786054771646</t>
+          <t>9786054994502</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Son Fotoğraf</t>
+          <t>Ben, Sen ve O</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786054771660</t>
+          <t>9786053113218</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı</t>
+          <t>Uykusuz Anne Kalmasın</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>23.15</v>
+        <v>72</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786054771639</t>
+          <t>9786053113065</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Beni Toprağıma Gömün</t>
+          <t>Oyun Devam Ediyor</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>28</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786054771585</t>
+          <t>9786053113058</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kartlarınla Mucize Yarat</t>
+          <t>Nazım ile Piraye</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786054771578</t>
+          <t>9786053113072</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Gel Dosta Gidelim</t>
+          <t>İlahi Kripto</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>22.22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786054771592</t>
+          <t>9786053113034</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Ekşimiş Yazılar</t>
+          <t>Dostlarının Anılarından Atatürk - 2</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786054771622</t>
+          <t>9786054994656</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>En Palavracı Berber : Havlucu Memet</t>
+          <t>Bir Tutam Aşk</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053112358</t>
+          <t>9786054994403</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Dua</t>
+          <t>İki Göçmen Yürek</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>34</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053112327</t>
+          <t>9786054994410</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Orucu</t>
+          <t>Denizin Hikayesi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>27.78</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053112389</t>
+          <t>9786054994038</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ruh Aynası</t>
+          <t>Kalplerin Işığı Börklüce Mustafa</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>24.07</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053112372</t>
+          <t>9786054994021</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Masal Çetesi</t>
+          <t>Mutlu Evlilik</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053111979</t>
+          <t>9786054771882</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Beynin Sırları</t>
+          <t>Rothschild Hanedanlığı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053111863</t>
+          <t>9786054771875</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Herkesleşme</t>
+          <t>Aynı Yatakta Üçümüz</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053111856</t>
+          <t>9786054771905</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik Enerjisi</t>
+          <t>Şimdi Söyleme Zamanı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053111306</t>
+          <t>9786054771912</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Çorba İçenin Kaşığı Uzun Olur</t>
+          <t>Yeni Muhafazakarlık Neo-Conlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>20.37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053111184</t>
+          <t>9786054994137</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Rujlu Kız</t>
+          <t>Dönersen Diye</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053111290</t>
+          <t>9786054994113</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kesmeşeker</t>
+          <t>Seni Sevmek Sonsuzluğa Dokunmak</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>19.44</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053110989</t>
+          <t>9786054771837</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Üvey Kırmızı</t>
+          <t>Aşkolsun</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053110972</t>
+          <t>9786054771820</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>M4Y4</t>
+          <t>Ödüllü Ölüm</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>24.07</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053110897</t>
+          <t>9786054771790</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kura Irmağı'nın Kıyısında</t>
+          <t>Türkiye Neden Feda Edildi</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053110996</t>
+          <t>9786054771806</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde İnsan Hakları Bağlamında Aleviler</t>
+          <t>Çarşı’yı Ararım Abi!</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053111566</t>
+          <t>9786054771738</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra Yol Bitti</t>
+          <t>Bukre</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053110729</t>
+          <t>9786054771721</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Şifa Orucu</t>
+          <t>Sıcak Ayaz</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>21.3</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053111351</t>
+          <t>9786054994144</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Gişe Karanlık</t>
+          <t>Erkek Bayağılığı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786059913874</t>
+          <t>9786054771677</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Soyun Geliyorum Aşkım</t>
+          <t>Pelin</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059913850</t>
+          <t>9786054771936</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Manik Yeşili</t>
+          <t>Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>22.22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786054994120</t>
+          <t>9786054771615</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Dünya İmparatorluğu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786054994267</t>
+          <t>9786054771646</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ana</t>
+          <t>Yere Düşen Son Fotoğraf</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786054994281</t>
+          <t>9786054771660</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Paralel Kürdistan Kumpası</t>
+          <t>Yokuş Yukarı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786054994243</t>
+          <t>9786054771639</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sahi, İnovasyon Neden Bu Kadar Uzak?</t>
+          <t>Beni Toprağıma Gömün</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054994274</t>
+          <t>9786054771585</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Sazan Mevsimi</t>
+          <t>Kartlarınla Mucize Yarat</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>16.67</v>
+        <v>18</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786054994236</t>
+          <t>9786054771578</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesinde Melekler Yoktu</t>
+          <t>Gel Dosta Gidelim</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053110507</t>
+          <t>9786054771592</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Dreamer ve Sen</t>
+          <t>Ekşimiş Yazılar</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>38</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053113294</t>
+          <t>9786054771622</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Doğumun Ruhu</t>
+          <t>En Palavracı Berber : Havlucu Memet</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053112754</t>
+          <t>9786053112358</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Töz</t>
+          <t>Aşk-ı Dua</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>14.81</v>
+        <v>34</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053112600</t>
+          <t>9786053112327</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Sağlık Orucu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053112617</t>
+          <t>9786053112389</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kelepçe</t>
+          <t>Ruh Aynası</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>12.96</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053112563</t>
+          <t>9786053112372</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Son 3 Kilo Diyeti</t>
+          <t>Masal Çetesi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>26.85</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053111887</t>
+          <t>9786053111979</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>100. Nesil</t>
+          <t>Beynin Sırları</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>22.22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053110798</t>
+          <t>9786053111863</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kız</t>
+          <t>Herkesleşme</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>34</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053110750</t>
+          <t>9786053111856</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neredesin</t>
+          <t>Hamilelik Enerjisi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053110804</t>
+          <t>9786053111306</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Tacirleri</t>
+          <t>Şeytanla Çorba İçenin Kaşığı Uzun Olur</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053110774</t>
+          <t>9786053111184</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bizim Küçük Sırrımız</t>
+          <t>Kırmızı Rujlu Kız</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786059913553</t>
+          <t>9786053111290</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim</t>
+          <t>Kesmeşeker</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>24</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786059913133</t>
+          <t>9786053110989</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Sönünce</t>
+          <t>Üvey Kırmızı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>32</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786059913089</t>
+          <t>9786053110972</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kız Gurusu</t>
+          <t>M4Y4</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>11.11</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059913119</t>
+          <t>9786053110897</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Elveda Vatanım</t>
+          <t>Kura Irmağı'nın Kıyısında</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786054994977</t>
+          <t>9786053110996</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın</t>
+          <t>Cumhuriyet Döneminde İnsan Hakları Bağlamında Aleviler</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786059913003</t>
+          <t>9786053111566</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İştar'ın Kızları: Silahların Gölgesinde Bir Kadın Hareketi</t>
+          <t>Ve Sonra Yol Bitti</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786054994984</t>
+          <t>9786053110729</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Bana Dokun</t>
+          <t>Şifa Orucu</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>12.96</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786054994991</t>
+          <t>9786053111351</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Kapalı Gişe Karanlık</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786054994915</t>
+          <t>9786059913874</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Mucizeler Kitabı</t>
+          <t>Soyun Geliyorum Aşkım</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786054994809</t>
+          <t>9786059913850</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kaçsa Rüya Kalsa</t>
+          <t>Manik Yeşili</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>8.33</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786054994731</t>
+          <t>9786054994120</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Herşeyin Bittiği Yerden</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786054994793</t>
+          <t>9786054994267</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Anafora Kapılmak</t>
+          <t>Savaş Ana</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053112938</t>
+          <t>9786054994281</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Son Toksine Kadar</t>
+          <t>Paralel Kürdistan Kumpası</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053112891</t>
+          <t>9786054994243</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Ateistlere 19 Soru</t>
+          <t>Sahi, İnovasyon Neden Bu Kadar Uzak?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>29.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053112815</t>
+          <t>9786054994274</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Unutursam Kalbim Kurusun</t>
+          <t>Sazan Mevsimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053112822</t>
+          <t>9786054994236</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Babam Beni Şahdamarımdan Öptü</t>
+          <t>Gül Bahçesinde Melekler Yoktu</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>29</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053112259</t>
+          <t>9786053110507</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Osmanlılar</t>
+          <t>Dreamer ve Sen</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>25.93</v>
+        <v>38</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053110910</t>
+          <t>9786053113294</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Şu An Sonsuzluktur</t>
+          <t>Doğumun Ruhu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053111146</t>
+          <t>9786053112754</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Noktasızdır Sevmek</t>
+          <t>Töz</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053111139</t>
+          <t>9786053112600</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bittin Oğlum Sen</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053110514</t>
+          <t>9786053112617</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Korkma Kalbim</t>
+          <t>Kelepçe</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786054994649</t>
+          <t>9786053112563</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oda Cinayetleri</t>
+          <t>Son 3 Kilo Diyeti</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>13.89</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786054994595</t>
+          <t>9786053111887</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Aşk Uykusu</t>
+          <t>100. Nesil</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786054994625</t>
+          <t>9786053110798</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Hızlı Kız</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>13.89</v>
+        <v>34</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053113140</t>
+          <t>9786053110750</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Yatılı Okuldaki Hazine</t>
+          <t>Aşk Neredesin</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053113126</t>
+          <t>9786053110804</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası</t>
+          <t>Ölüm Tacirleri</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>140</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053113171</t>
+          <t>9786053110774</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hep Sonradan</t>
+          <t>Bizim Küçük Sırrımız</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053112693</t>
+          <t>9786059913553</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Gritopya</t>
+          <t>Vazgeçtim</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053112686</t>
+          <t>9786059913133</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Ari</t>
+          <t>Yıldızlar Sönünce</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>24.07</v>
+        <v>32</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053112587</t>
+          <t>9786059913089</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Öğreniyorum</t>
+          <t>Kız Gurusu</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053112457</t>
+          <t>9786059913119</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>M4Y4 - Nesil</t>
+          <t>Elveda Vatanım</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053112341</t>
+          <t>9786054994977</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Zor Sevmesen Olmaz</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053112150</t>
+          <t>9786059913003</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İnsanız Ayıbı Yok</t>
+          <t>İştar'ın Kızları: Silahların Gölgesinde Bir Kadın Hareketi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053111702</t>
+          <t>9786054994984</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Gece Neden Uyuruz?</t>
+          <t>İçindeki Bana Dokun</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053111511</t>
+          <t>9786054994991</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sözlük</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053111528</t>
+          <t>9786054994915</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Ne Şikesi Memleket Elden Gidiyor</t>
+          <t>Spiritüel Mucizeler Kitabı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>25.93</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053111535</t>
+          <t>9786054994809</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Feto</t>
+          <t>Uyku Kaçsa Rüya Kalsa</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053110965</t>
+          <t>9786054994731</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözyaşı</t>
+          <t>Herşeyin Bittiği Yerden</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>27.78</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059913577</t>
+          <t>9786054994793</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Dokunulmamış Kadınlar</t>
+          <t>Anafora Kapılmak</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059913591</t>
+          <t>9786053112938</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Ne Ülen Bu?!</t>
+          <t>Son Toksine Kadar</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786054994939</t>
+          <t>9786053112891</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikopat Hali</t>
+          <t>Ateistlere 19 Soru</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>17.59</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786054994946</t>
+          <t>9786053112815</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Erkek Severse</t>
+          <t>Gözlerini Unutursam Kalbim Kurusun</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786054994540</t>
+          <t>9786053112822</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Duygular</t>
+          <t>Babam Beni Şahdamarımdan Öptü</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>12.96</v>
+        <v>29</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786054994922</t>
+          <t>9786053112259</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Seksen Yıl 1934 - 2014 (Kesitler)</t>
+          <t>Kayıp Osmanlılar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>22.22</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053112440</t>
+          <t>9786053110910</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kan İftirası</t>
+          <t>Şu An Sonsuzluktur</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053112228</t>
+          <t>9786053111146</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Taksim Bahçesi</t>
+          <t>Noktasızdır Sevmek</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053112204</t>
+          <t>9786053111139</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İhanet İttifakı</t>
+          <t>Bittin Oğlum Sen</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053112235</t>
+          <t>9786053110514</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kınayan Nefis</t>
+          <t>Korkma Kalbim</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>20</v>
+        <v>280</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053112099</t>
+          <t>9786054994649</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sağlığını Yeniden Keşfet</t>
+          <t>Dokuz Oda Cinayetleri</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053111917</t>
+          <t>9786054994595</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Aşk Uykusu</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>69.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053111375</t>
+          <t>9786054994625</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Göç - Güneş Çavması - 1</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>26.85</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053111191</t>
+          <t>9786053113140</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Çin</t>
+          <t>Yatılı Okuldaki Hazine</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053110682</t>
+          <t>9786053113126</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Buradayım</t>
+          <t>Sırlar Bohçası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>13.89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053110392</t>
+          <t>9786053113171</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ben Öğrendim Sizde Öğrenebilirsiniz</t>
+          <t>Hep Sonradan</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053110408</t>
+          <t>9786053112693</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kerbela'nın Antropolojik Çözümlenmesi</t>
+          <t>Gritopya</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>20.37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053110286</t>
+          <t>9786053112686</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Evde Kaldım</t>
+          <t>Ari</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>9.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053110163</t>
+          <t>9786053112587</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mafyacığın Aşkı</t>
+          <t>Osmanlı'yı Öğreniyorum</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>12.04</v>
+        <v>78</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053110125</t>
+          <t>9786053112457</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bu Ayrılık Benden Olsun</t>
+          <t>M4Y4 - Nesil</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786059913973</t>
+          <t>9786053112341</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Tropikal Harikalar</t>
+          <t>Sevmek Zor Sevmesen Olmaz</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>23.15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786059913942</t>
+          <t>9786053112150</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>99 Yazı</t>
+          <t>İnsanız Ayıbı Yok</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786059913966</t>
+          <t>9786053111702</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dünyası</t>
+          <t>Gece Neden Uyuruz?</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786059913034</t>
+          <t>9786053111511</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Saklı Sözlük</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059913010</t>
+          <t>9786053111528</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Canın Sağolsun</t>
+          <t>Ne Şikesi Memleket Elden Gidiyor</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>18.52</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059913027</t>
+          <t>9786053111535</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kül</t>
+          <t>Feto</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786054994304</t>
+          <t>9786053110965</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sığınmak</t>
+          <t>Siyah Gözyaşı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>15.74</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786054994298</t>
+          <t>9786059913577</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Giyen Adalet</t>
+          <t>Dokunulmamış Kadınlar</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786054771950</t>
+          <t>9786059913591</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Göz</t>
+          <t>Ne Ülen Bu?!</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786054771981</t>
+          <t>9786054994939</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya</t>
+          <t>Aşkın Psikopat Hali</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786054994052</t>
+          <t>9786054994946</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Erkek Severse</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>44</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786054771868</t>
+          <t>9786054994540</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Çırılçıplak Aşk</t>
+          <t>Öğrenilmiş Duygular</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>22.22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786054771851</t>
+          <t>9786054994922</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hakikat</t>
+          <t>Seksen Yıl 1934 - 2014 (Kesitler)</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053112297</t>
+          <t>9786053112440</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Umay</t>
+          <t>Kan İftirası</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053112280</t>
+          <t>9786053112228</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>10’dan Geriye Say</t>
+          <t>Taksim Bahçesi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>34</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053112310</t>
+          <t>9786053112204</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Simru</t>
+          <t>İhanet İttifakı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>35.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053112136</t>
+          <t>9786053112235</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Güzel, Mutlu ve Sağlıklı</t>
+          <t>Kendini Kınayan Nefis</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>25.93</v>
+        <v>20</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053112167</t>
+          <t>9786053112099</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Aynadan Geçen Kız</t>
+          <t>Sağlığını Yeniden Keşfet</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>23.15</v>
+        <v>380</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053112006</t>
+          <t>9786053111917</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yuğ</t>
+          <t>Sweden</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>15.74</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786054771998</t>
+          <t>9786053111375</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün Liderlik Sırları</t>
+          <t>Göç - Güneş Çavması - 1</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>17.59</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786054994014</t>
+          <t>9786053111191</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>As Maça</t>
+          <t>Çin</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053111733</t>
+          <t>9786053110682</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Şimdi Buradayım</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053110415</t>
+          <t>9786053110392</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ebenin Dantelli Donu</t>
+          <t>Ben Öğrendim Sizde Öğrenebilirsiniz</t>
         </is>
       </c>
       <c r="C783" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053110040</t>
+          <t>9786053110408</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Bodrum ve Turizm Sevdam</t>
+          <t>Kerbela'nın Antropolojik Çözümlenmesi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>25</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053110200</t>
+          <t>9786053110286</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Hatırası</t>
+          <t>Nasıl Evde Kaldım</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053110231</t>
+          <t>9786053110163</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Madanayuyu</t>
+          <t>Mafyacığın Aşkı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053110224</t>
+          <t>9786053110125</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Gece Buluşması</t>
+          <t>Bu Ayrılık Benden Olsun</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053110088</t>
+          <t>9786059913973</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Hamsa</t>
+          <t>Tropikal Harikalar</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053110071</t>
+          <t>9786059913942</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar</t>
+          <t>99 Yazı</t>
         </is>
       </c>
       <c r="C789" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053110347</t>
+          <t>9786059913966</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Moba</t>
+          <t>Kedilerin Dünyası</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059913812</t>
+          <t>9786059913034</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059913843</t>
+          <t>9786059913010</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ufaklık</t>
+          <t>Canın Sağolsun</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059913836</t>
+          <t>9786059913027</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Öküzü</t>
+          <t>Aşk ve Kül</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786059913805</t>
+          <t>9786054994304</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Egoloman</t>
+          <t>Aşka Sığınmak</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059913799</t>
+          <t>9786054994298</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Anormal Kitap</t>
+          <t>Hüküm Giyen Adalet</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059913621</t>
+          <t>9786054771950</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>Üçüncü Göz</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>25.93</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786059913492</t>
+          <t>9786054771981</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Zakkum</t>
+          <t>Yeni Medya</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786059913515</t>
+          <t>9786054994052</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>140</v>
+        <v>44</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059913461</t>
+          <t>9786054771868</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli</t>
+          <t>Çırılçıplak Aşk</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786059913386</t>
+          <t>9786054771851</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi</t>
+          <t>Hakikat</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786059913362</t>
+          <t>9786053112297</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Celile</t>
+          <t>Umay</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059913355</t>
+          <t>9786053112280</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Aşka Layla</t>
+          <t>10’dan Geriye Say</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>20.37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786059913102</t>
+          <t>9786053112310</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Yetenekten Lidere</t>
+          <t>Simru</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>18.52</v>
+        <v>35.28</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786059913072</t>
+          <t>9786053112136</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Başbakandan Korkan Kedi</t>
+          <t>Güzel, Mutlu ve Sağlıklı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786054994465</t>
+          <t>9786053112167</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yoldaşım</t>
+          <t>Aynadan Geçen Kız</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053111337</t>
+          <t>9786053112006</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu’nda Son Bahar</t>
+          <t>Yuğ</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053111016</t>
+          <t>9786054771998</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ölüyorum</t>
+          <t>Mustafa Kemal Atatürk'ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053110330</t>
+          <t>9786054994014</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Tazeoğlu Bütün Şiirleri</t>
+          <t>As Maça</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>29.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786059913713</t>
+          <t>9786053111733</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Rüyası Kelebek</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786059913744</t>
+          <t>9786053110415</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Reçetesi</t>
+          <t>Ebenin Dantelli Donu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786059913485</t>
+          <t>9786053110040</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirme Bilgeliği</t>
+          <t>Bodrum ve Turizm Sevdam</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786059913478</t>
+          <t>9786053110200</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>İmralı Tutanakları</t>
+          <t>Şeytanın Hatırası</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786059913195</t>
+          <t>9786053110231</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2015</t>
+          <t>Madanayuyu</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786054994601</t>
+          <t>9786053110224</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Burada Özgürlüğe Giden Yol</t>
+          <t>Ayasofya'da Gece Buluşması</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786054994434</t>
+          <t>9786053110088</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Gişe Yalnızlık</t>
+          <t>Hamsa</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786054994441</t>
+          <t>9786053110071</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Parçalanan Ruhlar</t>
+          <t>Baykuşlar</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>34</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053110637</t>
+          <t>9786053110347</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Suikastın Anatomisi</t>
+          <t>Moba</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053110101</t>
+          <t>9786059913812</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Sonlar Başka Kitapta Bebeğim</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059913898</t>
+          <t>9786059913843</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bilmez</t>
+          <t>Ufaklık</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>14.81</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059913706</t>
+          <t>9786059913836</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Gitme Zamanı</t>
+          <t>Hayatımın Öküzü</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>31.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059913157</t>
+          <t>9786059913805</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Big Boss</t>
+          <t>Egoloman</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>44</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059913164</t>
+          <t>9786059913799</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sedefi Yendim</t>
+          <t>Anormal Kitap</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786054994700</t>
+          <t>9786059913621</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Ki Belki</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054994670</t>
+          <t>9786059913492</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Lambousa Krallığı</t>
+          <t>Zakkum</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786054994632</t>
+          <t>9786059913515</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Arsız Nefesi (3 Özel CD)</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>22.22</v>
+        <v>140</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786054607457</t>
+          <t>9786059913461</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Geçmişi Şifalandırın (CD + Kitapçık)</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786054771776</t>
+          <t>9786059913386</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Redhack</t>
+          <t>Zamanın Gölgesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053110927</t>
+          <t>9786059913362</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Albümlere Karışmak</t>
+          <t>Celile</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053110880</t>
+          <t>9786059913355</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Al Sana Bahar</t>
+          <t>Aşka Layla</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053111382</t>
+          <t>9786059913102</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Erkeği</t>
+          <t>Yetenekten Lidere</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786054994328</t>
+          <t>9786059913072</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Doğum Öncesi ve Sonrası İkizlerle Hayat</t>
+          <t>Başbakandan Korkan Kedi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786054994335</t>
+          <t>9786054994465</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Kumpastan Dirilişe Başımıza Gelenler</t>
+          <t>Hüzün Yoldaşım</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059913294</t>
+          <t>9786053111337</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarım Hep Can Acısı</t>
+          <t>Beyoğlu’nda Son Bahar</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>18.52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059913287</t>
+          <t>9786053111016</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Boş Tarlalarda Ölü Bedenler : Bonzai</t>
+          <t>Aşık Ölüyorum</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059913249</t>
+          <t>9786053110330</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Bayan Hiçbiri</t>
+          <t>Kahraman Tazeoğlu Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>17.59</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059913270</t>
+          <t>9786059913713</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Aşk Buralara Nah Uğrar</t>
+          <t>Tırtılın Rüyası Kelebek</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786054994168</t>
+          <t>9786059913744</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha Var O Da Ölmek Mi Dersin?</t>
+          <t>Mutluluk Reçetesi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786054994175</t>
+          <t>9786059913485</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dublajı</t>
+          <t>Çocuk Yetiştirme Bilgeliği</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786054994182</t>
+          <t>9786059913478</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Politikaya Türkiye'de Ne Var Ne Yok?</t>
+          <t>İmralı Tutanakları</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789944298032</t>
+          <t>9786059913195</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Şehir Amerikalılar’ın Bağdat’taki Saltanatı</t>
+          <t>Astroloji ve Burçlar 2015</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>15.74</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786054771516</t>
+          <t>9786054994601</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Zata: Beyazı Siyahla Kirletebilirsin ama Siyahı Beyazla Temizleyemezsin</t>
+          <t>Şimdi ve Burada Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786054771400</t>
+          <t>9786054994434</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhuna Rağmen</t>
+          <t>Kapalı Gişe Yalnızlık</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786054455577</t>
+          <t>9786054994441</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Zamane Aşkları</t>
+          <t>Parçalanan Ruhlar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>11.11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789750095832</t>
+          <t>9786053110637</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Yüzde Elli</t>
+          <t>Unutulmuş Bir Suikastın Anatomisi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786054771448</t>
+          <t>9786053110101</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başındayken</t>
+          <t>Mutlu Sonlar Başka Kitapta Bebeğim</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786054607877</t>
+          <t>9786059913898</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarla Duruş</t>
+          <t>Aşkı Bilmez</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>25.93</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789944298728</t>
+          <t>9786059913706</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bölge</t>
+          <t>Gitme Zamanı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>20.37</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789944298490</t>
+          <t>9786059913157</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Big Boss</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>9.17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789944298230</t>
+          <t>9786059913164</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Sedefi Yendim</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054607891</t>
+          <t>9786054994700</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Gurmelerinden Bitmeyen Gençlik Sırları</t>
+          <t>Ki Belki</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789944298179</t>
+          <t>9786054994670</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Operasyonu</t>
+          <t>Lambousa Krallığı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>7.87</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789944298322</t>
+          <t>9786054994632</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin</t>
+          <t>Aşığın Arsız Nefesi (3 Özel CD)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>11.57</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789944298360</t>
+          <t>9786054607457</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yalıdakiler</t>
+          <t>Meleklerle Geçmişi Şifalandırın (CD + Kitapçık)</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786055151461</t>
+          <t>9786054771776</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Enternasyonali</t>
+          <t>Redhack</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786054607051</t>
+          <t>9786053110927</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Vicdanlı Kapitalizm Yoktur</t>
+          <t>Albümlere Karışmak</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786054771356</t>
+          <t>9786053110880</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Vesaire: İkinci Yastık</t>
+          <t>Al Sana Bahar</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789944298254</t>
+          <t>9786053111382</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Veryansın</t>
+          <t>İstanbul Erkeği</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789944298834</t>
+          <t>9786054994328</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ve Kadınlar... Ve Erkekler... Ve Aşk...</t>
+          <t>Doğum Öncesi ve Sonrası İkizlerle Hayat</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054455942</t>
+          <t>9786054994335</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Valide Sultan</t>
+          <t>Kumpastan Dirilişe Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>38</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789944298186</t>
+          <t>9786059913294</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Aşk Öyküleri (3 Kitap Takım)</t>
+          <t>Kanatlarım Hep Can Acısı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786054455140</t>
+          <t>9786059913287</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kırıkkanatlarında</t>
+          <t>Boş Tarlalarda Ölü Bedenler : Bonzai</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786054607679</t>
+          <t>9786059913249</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ucube</t>
+          <t>Bayan Hiçbiri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789944298391</t>
+          <t>9786059913270</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İşkencede Bir Yılı</t>
+          <t>Aşk Buralara Nah Uğrar</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786054607228</t>
+          <t>9786054994168</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yahudi Hıristiyan Savaşları</t>
+          <t>Bir İhtimal Daha Var O Da Ölmek Mi Dersin?</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786054455768</t>
+          <t>9786054994175</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Töre ve Namus Cinayetleri</t>
+          <t>Erkek Dublajı</t>
         </is>
       </c>
       <c r="C865" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789944298087</t>
+          <t>9786054994182</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ruhlar ve Ruhçular</t>
+          <t>Edebiyattan Politikaya Türkiye'de Ne Var Ne Yok?</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786054455935</t>
+          <t>9789944298032</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Örtülü Savaş</t>
+          <t>Zümrüt Şehir Amerikalılar’ın Bağdat’taki Saltanatı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786054455423</t>
+          <t>9786054771516</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ölmeden Önce Açmanız Gereken Gizemli 78 Kapı</t>
+          <t>Zata: Beyazı Siyahla Kirletebilirsin ama Siyahı Beyazla Temizleyemezsin</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786054607075</t>
+          <t>9786054771400</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İstihbarat Savaşları ve MİT</t>
+          <t>Zamanın Ruhuna Rağmen</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789944298094</t>
+          <t>9786054455577</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğu’nun Yıkılışına Dair Kehanetler Kitabı</t>
+          <t>Zamane Aşkları</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054607914</t>
+          <t>9789750095832</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi</t>
+          <t>Yüzde Elli</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786054607587</t>
+          <t>9786054771448</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Tuvalet Dili ve Edebiyatı</t>
+          <t>Yolun Başındayken</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789944298209</t>
+          <t>9786054607877</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tuba ve Gecenin Anlamı</t>
+          <t>Yıldızlarla Duruş</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>13.89</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789944298353</t>
+          <t>9789944298728</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Terkedemeyenler</t>
+          <t>Yeşil Bölge</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>7.87</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789944298520</t>
+          <t>9789944298490</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Tırnağa Nazım Hikmet</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>14.81</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786054607839</t>
+          <t>9789944298230</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Şanghay’a</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786054771509</t>
+          <t>9786054607891</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Teknolojiye</t>
+          <t>Yaşam Gurmelerinden Bitmeyen Gençlik Sırları</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>29.63</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786054771462</t>
+          <t>9789944298179</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Marksizm</t>
+          <t>Yarasa Operasyonu</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>16.67</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789944298445</t>
+          <t>9789944298322</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım İnsanlar, Yaşadığım Olaylar</t>
+          <t>Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789944298421</t>
+          <t>9789944298360</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Şu İngilizler Canımı Çok Sıkıyor</t>
+          <t>Yalıdakiler</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786054455416</t>
+          <t>9786055151461</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Şike Şike Futbol</t>
+          <t>Yahudi Enternasyonali</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>20.37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786054455676</t>
+          <t>9786054607051</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Evliyaları</t>
+          <t>Vicdanlı Kapitalizm Yoktur</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786055151171</t>
+          <t>9786054771356</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Bir Kadın Şalcı Bacı</t>
+          <t>Vesaire: İkinci Yastık</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786054607624</t>
+          <t>9789944298254</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hünkarı Hacı Bektaş Veli Şahdiz</t>
+          <t>Veryansın</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786054455799</t>
+          <t>9789944298834</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Süleymanı Nasıl Bilirdiniz</t>
+          <t>Ve Kadınlar... Ve Erkekler... Ve Aşk...</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786054455546</t>
+          <t>9786054455942</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Susacak Var</t>
+          <t>Valide Sultan</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786054455492</t>
+          <t>9789944298186</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Suç Sarayı</t>
+          <t>Vahşi Aşk Öyküleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786054607280</t>
+          <t>9786054455140</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Umudun Kırıkkanatlarında</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786054455836</t>
+          <t>9786054607679</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İslam</t>
+          <t>Ucube</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786054607358</t>
+          <t>9789944298391</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Cuma Günü</t>
+          <t>Türklerin İşkencede Bir Yılı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786054607235</t>
+          <t>9786054607228</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbullu</t>
+          <t>Türkiye’de Yahudi Hıristiyan Savaşları</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789944298933</t>
+          <t>9786054455768</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Kuvvetler: Medya</t>
+          <t>Türkiye’de Töre ve Namus Cinayetleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786054455959</t>
+          <t>9789944298087</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Silahım ve Namusum Üzerine Yemin Ederim ki</t>
+          <t>Türkiye’de Ruhlar ve Ruhçular</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786054455225</t>
+          <t>9786054455935</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye</t>
+          <t>Türkiye’de Örtülü Savaş</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>5.56</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789944298858</t>
+          <t>9786054455423</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Sevdalınız Komünisttir</t>
+          <t>Türkiye’de Ölmeden Önce Açmanız Gereken Gizemli 78 Kapı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>9.17</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789944298025</t>
+          <t>9786054607075</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Türkiye’de İstihbarat Savaşları ve MİT</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786054771493</t>
+          <t>9789944298094</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Aşk Mıydı?</t>
+          <t>Türk İmparatorluğu’nun Yıkılışına Dair Kehanetler Kitabı</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786054455539</t>
+          <t>9786054607914</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Seni İçimden Terk Ediyorum</t>
+          <t>Türk Devrimi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786054771257</t>
+          <t>9786054607587</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Tuvalet Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786055151157</t>
+          <t>9789944298209</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Semboller</t>
+          <t>Tuba ve Gecenin Anlamı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786054607099</t>
+          <t>9789944298353</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Terkedemeyenler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789944298797</t>
+          <t>9789944298520</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Sessizliği</t>
+          <t>Tepeden Tırnağa Nazım Hikmet</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786054455072</t>
+          <t>9786054607839</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Salı’nın Sırrı</t>
+          <t>Tarladan Şanghay’a</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789944298124</t>
+          <t>9786054771509</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Saldırı</t>
+          <t>Tarihten Teknolojiye</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>12.04</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786055151478</t>
+          <t>9786054771462</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Şan, Şöhret ve Paranın Bedeli</t>
+          <t>Tarihsel Marksizm</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254410024</t>
+          <t>9789944298445</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım Defterli Set (4 kitap + 1 Defter)</t>
+          <t>Tanıdığım İnsanlar, Yaşadığım Olaylar</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>910</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786053110767</t>
+          <t>9789944298421</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Şu İngilizler Canımı Çok Sıkıyor</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254410888</t>
+          <t>9786054455416</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bir Tabu Meselesi</t>
+          <t>Şike Şike Futbol</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>38</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053119500</t>
+          <t>9786054455676</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dağları Bekler</t>
+          <t>Şeytan Evliyaları</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>48</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053119708</t>
+          <t>9786055151171</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz İletişim</t>
+          <t>Darağacında Bir Kadın Şalcı Bacı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>54</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786053119227</t>
+          <t>9786054607624</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sevme Kusurları</t>
+          <t>Aşkın Hünkarı Hacı Bektaş Veli Şahdiz</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254412332</t>
+          <t>9786054455799</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Firmalarda Kredi Analizi</t>
+          <t>Süleymanı Nasıl Bilirdiniz</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254410703</t>
+          <t>9786054455546</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bırak Olsun</t>
+          <t>Susacak Var</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>72</v>
+        <v>32</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053119296</t>
+          <t>9786054455492</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Nefs</t>
+          <t>Suç Sarayı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>440</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254412431</t>
+          <t>9786054607280</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Nilgün Marmara - Yabancıların En Yakınıydın Sen</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>120</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053117957</t>
+          <t>9786054455836</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bana Vesvese Verme</t>
+          <t>Sosyal İslam</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254410086</t>
+          <t>9786054607358</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Psikomekan</t>
+          <t>Sonsuz Cuma Günü</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>48</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053117599</t>
+          <t>9786054607235</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Karşı Penceredeki Kadın</t>
+          <t>Son İstanbullu</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053117636</t>
+          <t>9789944298933</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hiç Vazgeçmedim</t>
+          <t>Silahsız Kuvvetler: Medya</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>58</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254413391</t>
+          <t>9786054455959</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Instagram Girişimciliği</t>
+          <t>Silahım ve Namusum Üzerine Yemin Ederim ki</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>32</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786054994151</t>
+          <t>9786054455225</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Ölümdür Aşk</t>
+          <t>Sevgiliye</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>17.59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786059913751</t>
+          <t>9789944298858</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bir Tedavi Sanatı - Homeopati</t>
+          <t>Sevdalınız Komünisttir</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>26.85</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786054771967</t>
+          <t>9789944298025</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>35 Yıl ve Üzeri Kariyeri Olan 35 Usta ve Ünlü Tiyatro Sanatçısıyla Yüzyüze</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>17.59</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786054771943</t>
+          <t>9786054771493</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bana Güneş, Çiçek ve Resmini Gönder</t>
+          <t>Senin Adın Aşk Mıydı?</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053118350</t>
+          <t>9786054455539</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Gizemlerle Dolu Salgınlar Tarihi</t>
+          <t>Seni İçimden Terk Ediyorum</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>72</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053118268</t>
+          <t>9786054771257</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehirde Kimse Yok mu?</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053112426</t>
+          <t>9786055151157</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Vatanla İmtihanı</t>
+          <t>Semboller</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254410192</t>
+          <t>9786054607099</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Transaksiyonel Analiz İle Terapi Odası</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254410253</t>
+          <t>9789944298797</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Tahsili</t>
+          <t>Savaşın Sessizliği</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>290</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254410185</t>
+          <t>9786054455072</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikopatın Peşinde 197 Gün</t>
+          <t>Salı’nın Sırrı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053110887</t>
+          <t>9789944298124</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Sokrates - Bildiğim Bir Şey Var, O Da Hiçbir Şey Bilmediğimdir</t>
+          <t>Saldırı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254412127</t>
+          <t>9786055151478</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Çıldırmadan Önce Son Çıkış Sayı 1 ( Nisan-Mayıs-Haziran) 2021</t>
+          <t>Şan, Şöhret ve Paranın Bedeli</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053116912</t>
+          <t>9786254410024</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Osman Balcıgil Seti-4 Kitap Takım</t>
+          <t>Bircan Yıldırım Defterli Set (4 kitap + 1 Defter)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>1420</v>
+        <v>910</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053119081</t>
+          <t>9786053110767</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Gizli Tarihi</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053119128</t>
+          <t>9786254410888</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Burjuvazi için Parlayacaksa Güneşi de Söndürürüz / Lev Troçki</t>
+          <t>Bir Tabu Meselesi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>140</v>
+        <v>38</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053119210</t>
+          <t>9786053119500</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Merak Yolculuğu</t>
+          <t>Ölüm Dağları Bekler</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>190</v>
+        <v>48</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053117681</t>
+          <t>9786053119708</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Al Dediği</t>
+          <t>Kesintisiz İletişim</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>62</v>
+        <v>54</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254412646</t>
+          <t>9786053119227</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Var Ol</t>
+          <t>Sevme Kusurları</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>48</v>
+        <v>78</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254412615</t>
+          <t>9786254412332</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Maria Puder Olmak</t>
+          <t>Firmalarda Kredi Analizi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>48</v>
+        <v>350</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254410215</t>
+          <t>9786254410703</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yapı(t)söküm</t>
+          <t>Bırak Olsun</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>140</v>
+        <v>72</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254410109</t>
+          <t>9786053119296</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geometri</t>
+          <t>Nefs</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>78</v>
+        <v>520</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053118329</t>
+          <t>9786254412431</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısının Yolculuğu</t>
+          <t>Nilgün Marmara - Yabancıların En Yakınıydın Sen</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>98</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053117827</t>
+          <t>9786053117957</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Seti - 25 Kitap Takım</t>
+          <t>Bana Vesvese Verme</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>319</v>
+        <v>78</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053116561</t>
+          <t>9786254410086</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Psikomekan</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053116097</t>
+          <t>9786053117599</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Zaman Alır</t>
+          <t>Karşı Penceredeki Kadın</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053116080</t>
+          <t>9786053117636</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe</t>
+          <t>Hiç Vazgeçmedim</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>22</v>
+        <v>58</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053119364</t>
+          <t>9786254413391</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Türk'e Yeni Bir Dünya</t>
+          <t>Instagram Girişimciliği</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053116134</t>
+          <t>9786054994151</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Bad Ava Hava</t>
+          <t>Sensiz Ölümdür Aşk</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>58</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053115847</t>
+          <t>9786059913751</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Bir Tedavi Sanatı - Homeopati</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>48</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053115861</t>
+          <t>9786054771967</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bukre (2 Kitap Takım)</t>
+          <t>35 Yıl ve Üzeri Kariyeri Olan 35 Usta ve Ünlü Tiyatro Sanatçısıyla Yüzyüze</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>39</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053115687</t>
+          <t>9786054771943</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dediğin 9 Metre</t>
+          <t>Bana Güneş, Çiçek ve Resmini Gönder</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>210</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053115762</t>
+          <t>9786053118350</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İlk Uyku Kitabım (Ciltli)</t>
+          <t>Gizemlerle Dolu Salgınlar Tarihi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>24</v>
+        <v>72</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053115502</t>
+          <t>9786053118268</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Daima Yalnızlarındır</t>
+          <t>Bu Şehirde Kimse Yok mu?</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053115694</t>
+          <t>9786053112426</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Türk’ün Vatanla İmtihanı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>88</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786053115540</t>
+          <t>9786254410192</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Elvedasız Ayrılık</t>
+          <t>Transaksiyonel Analiz İle Terapi Odası</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053118220</t>
+          <t>9786254410253</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Beyinler Acayip İlişkiler</t>
+          <t>Cehaletin Tahsili</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>39</v>
+        <v>290</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254411786</t>
+          <t>9786254410185</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Sözlerim Eksik Kalır Beni Kalbimden Dinle</t>
+          <t>Bir Psikopatın Peşinde 197 Gün</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053119586</t>
+          <t>9786053110887</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Gizli Şifreleri</t>
+          <t>Sokrates - Bildiğim Bir Şey Var, O Da Hiçbir Şey Bilmediğimdir</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>130</v>
+        <v>17</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053119593</t>
+          <t>9786254412127</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Biyomerkezcilik</t>
+          <t>Çıldırmadan Önce Son Çıkış Sayı 1 ( Nisan-Mayıs-Haziran) 2021</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>230</v>
+        <v>78</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053119104</t>
+          <t>9786053116912</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Mor-G</t>
+          <t>Osman Balcıgil Seti-4 Kitap Takım</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>22</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053117698</t>
+          <t>9786053119081</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Erkek Yalnızlığı</t>
+          <t>Ayasofya’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053117773</t>
+          <t>9786053119128</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç 2020</t>
+          <t>Yalnızca Burjuvazi için Parlayacaksa Güneşi de Söndürürüz / Lev Troçki</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>88</v>
+        <v>160</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053117469</t>
+          <t>9786053119210</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Bir Pera Masalı</t>
+          <t>İnsanın Merak Yolculuğu</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>88</v>
+        <v>190</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789944298971</t>
+          <t>9786053117681</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2011</t>
+          <t>Şeytanın Al Dediği</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>10</v>
+        <v>62</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786054455867</t>
+          <t>9786254412646</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2012</t>
+          <t>Var Ol</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>20.37</v>
+        <v>48</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053114765</t>
+          <t>9786254412615</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kozanın Sırrı</t>
+          <t>Maria Puder Olmak</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>29.63</v>
+        <v>48</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053114581</t>
+          <t>9786254410215</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Jozef Nasi Büyük Hayalin Peşinde</t>
+          <t>Yapı(t)söküm</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>26</v>
+        <v>360</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053119050</t>
+          <t>9786254410109</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ebeveynlik</t>
+          <t>Kutsal Geometri</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>78</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053119043</t>
+          <t>9786053118329</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kristal Geometri</t>
+          <t>Hikaye Anlatıcısının Yolculuğu</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>230</v>
+        <v>98</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053118633</t>
+          <t>9786053117827</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Beraber Ya Da Hiçbirimiz</t>
+          <t>Felsefe Seti - 25 Kitap Takım</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>140</v>
+        <v>319</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053117735</t>
+          <t>9786053116561</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Hasar Tespiti</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>190</v>
+        <v>23</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053117674</t>
+          <t>9786053116097</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Ve Usulca Fısıldadı Kalbim</t>
+          <t>Güzel Şeyler Zaman Alır</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>32</v>
+        <v>140</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053117742</t>
+          <t>9786053116080</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Sen Her Şeye Değersin</t>
+          <t>Göbeklitepe</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>88</v>
+        <v>22</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053118008</t>
+          <t>9786053119364</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Psikolojisini Yönetebilmek</t>
+          <t>Türk'e Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053117438</t>
+          <t>9786053116134</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Randevu</t>
+          <t>Bad Ava Hava</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>92</v>
+        <v>58</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053116592</t>
+          <t>9786053115847</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla İletişim Kurma Sanatı</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>88</v>
+        <v>48</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053116547</t>
+          <t>9786053115861</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Bukre (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053117070</t>
+          <t>9786053115687</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İnsan Her Koşulda</t>
+          <t>Yaşam Dediğin 9 Metre</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>590</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053117131</t>
+          <t>9786053115762</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Kodları</t>
+          <t>İlk Uyku Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>108</v>
+        <v>24</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053117124</t>
+          <t>9786053115502</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek Bir Seçimdir</t>
+          <t>Özgürlük Daima Yalnızlarındır</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053117612</t>
+          <t>9786053115694</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Fil Saati</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>180</v>
+        <v>88</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053117032</t>
+          <t>9786053115540</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adıyla Uğur Koşar Kitap Seti (6 Kitap Takım)</t>
+          <t>Elvedasız Ayrılık</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>464</v>
+        <v>20</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053114277</t>
+          <t>9786053118220</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Adam</t>
+          <t>Aykırı Beyinler Acayip İlişkiler</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786053113539</t>
+          <t>9786254411786</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Söz Olsun</t>
+          <t>Sözlerim Eksik Kalır Beni Kalbimden Dinle</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>13.89</v>
+        <v>180</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053113553</t>
+          <t>9786053119586</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Dinlen</t>
+          <t>Yeni Dünyanın Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>16.67</v>
+        <v>130</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053113591</t>
+          <t>9786053119593</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Bir Adam Bir Bebek</t>
+          <t>Biyomerkezcilik</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>28</v>
+        <v>230</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053116974</t>
+          <t>9786053119104</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Yağan Kar</t>
+          <t>Mor-G</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786054455843</t>
+          <t>9786053117698</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>2012 Melekler Ajandası</t>
+          <t>Erkek Yalnızlığı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>10.04</v>
+        <v>48</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054455829</t>
+          <t>9786053117773</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>2012 Astroloji ve Burçlar Ajandası</t>
+          <t>Başlangıç 2020</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>12.27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053116110</t>
+          <t>9786053117469</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yürüyen Yabancı</t>
+          <t>Bir Pera Masalı</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786053115328</t>
+          <t>9789944298971</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve - veya Din</t>
+          <t>Astroloji ve Burçlar 2011</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053115304</t>
+          <t>9786054455867</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ben Değerliyim Çünkü...</t>
+          <t>Astroloji ve Burçlar 2012</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>38</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053115144</t>
+          <t>9786053114765</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>I Ching</t>
+          <t>Kozanın Sırrı</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>17.59</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053115120</t>
+          <t>9786053114581</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin İsmi</t>
+          <t>Jozef Nasi Büyük Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>25.93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053114291</t>
+          <t>9786053119050</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Yedi Gün Adası</t>
+          <t>Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>15.74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053114246</t>
+          <t>9786053119043</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran (7 Takım Set)</t>
+          <t>Kristal Geometri</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>158</v>
+        <v>230</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053114260</t>
+          <t>9786053118633</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
+          <t>Ya Hep Beraber Ya Da Hiçbirimiz</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>22.22</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053114321</t>
+          <t>9786053117735</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Biz Barışmayız Artık</t>
+          <t>Türk Dış Politikasında Hasar Tespiti</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>16.67</v>
+        <v>190</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053117247</t>
+          <t>9786053117674</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sürgün</t>
+          <t>Ve Usulca Fısıldadı Kalbim</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053117186</t>
+          <t>9786053117742</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Karboğazı Zaferi</t>
+          <t>Sen Her Şeye Değersin</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>23</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053116530</t>
+          <t>9786053118008</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Çöküş</t>
+          <t>Kaygı Psikolojisini Yönetebilmek</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053115717</t>
+          <t>9786053117438</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Son Ki Üç Dört</t>
+          <t>Kaderle Randevu</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>26</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053115700</t>
+          <t>9786053116592</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sarmaş Dolaş</t>
+          <t>Zor İnsanlarla İletişim Kurma Sanatı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>17</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053115670</t>
+          <t>9786053116547</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Çöküş</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053115281</t>
+          <t>9786053117070</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Ergenlik</t>
+          <t>İnsan Her Koşulda</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>17.59</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053115137</t>
+          <t>9786053117131</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Bushido - Japon Bilgelik Öğretisi</t>
+          <t>Rusya’nın Kodları</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>17.59</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053113829</t>
+          <t>9786053117124</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Ben Latife</t>
+          <t>İyi Hissetmek Bir Seçimdir</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>11.11</v>
+        <v>94</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053113461</t>
+          <t>9786053117612</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kendime Gelmeye Gittim</t>
+          <t>Fil Saati</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>17.59</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053113454</t>
+          <t>9786053117032</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Sırlar Ajandası</t>
+          <t>Allah'ın Adıyla Uğur Koşar Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>20.37</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786056016806</t>
+          <t>9786053114277</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Avcısı Sil</t>
+          <t>Yalnız Bir Adam</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053115267</t>
+          <t>9786053113539</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>100 Yıl Yaşamak Mümkün</t>
+          <t>Sözüm Söz Olsun</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053115526</t>
+          <t>9786053113553</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’den Ey Sevgili’ye</t>
+          <t>Dinlen</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053115458</t>
+          <t>9786053113591</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çok İştahsız Yemiyor!</t>
+          <t>Bir Adam Bir Bebek</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>20.37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053115533</t>
+          <t>9786053116974</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Aklıma Takılıyorsun Düşme</t>
+          <t>Karanlıktan Yağan Kar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>17.59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053114130</t>
+          <t>9786054455843</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Bukre (Ciltli)</t>
+          <t>2012 Melekler Ajandası</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>25.93</v>
+        <v>10.04</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053112808</t>
+          <t>9786054455829</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Aşk Barselona'da Bekler</t>
+          <t>2012 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>11.11</v>
+        <v>12.27</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053112761</t>
+          <t>9786053116110</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı'nın Pusulası</t>
+          <t>Karanlıkta Yürüyen Yabancı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>13.89</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053112433</t>
+          <t>9786053115328</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kopuk ve Hiç</t>
+          <t>Bilim ve - veya Din</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053115809</t>
+          <t>9786053115304</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Dişiyi Uyandır</t>
+          <t>Ben Değerliyim Çünkü...</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>58</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053115830</t>
+          <t>9786053115144</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Rahmeti - Ayetler ve Dualar İle</t>
+          <t>I Ching</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053115397</t>
+          <t>9786053115120</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Bebeğin İsmi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>12</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053114352</t>
+          <t>9786053114291</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kocam Hala Sevgilim Mi?</t>
+          <t>Yedi Gün Adası</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>32</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053114222</t>
+          <t>9786053114246</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İçimde Kalmasın</t>
+          <t>Halil Cibran (7 Takım Set)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>23.15</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053114239</t>
+          <t>9786053114260</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya Savaşı</t>
+          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>28</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053113416</t>
+          <t>9786053114321</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Adalet Ustaları</t>
+          <t>Biz Barışmayız Artık</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053113379</t>
+          <t>9786053117247</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Usta'nın Sesi</t>
+          <t>Kızıl Sürgün</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053113331</t>
+          <t>9786053117186</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Osman Balcıgil (3 Kitap Takım)</t>
+          <t>Karboğazı Zaferi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>76.85</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053113447</t>
+          <t>9786053116530</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Eğitimde Çöküş</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>48</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053116165</t>
+          <t>9786053115717</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bilgiler ve Hikayeler</t>
+          <t>Son Ki Üç Dört</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053116028</t>
+          <t>9786053115700</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Erbakan</t>
+          <t>Sarmaş Dolaş</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>130</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053114635</t>
+          <t>9786053115670</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gizemler ve Yalanlar</t>
+          <t>Kaçınılmaz Çöküş</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053113942</t>
+          <t>9786053115281</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat</t>
+          <t>A'dan Z'ye Ergenlik</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053114017</t>
+          <t>9786053115137</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Kaybettim</t>
+          <t>Bushido - Japon Bilgelik Öğretisi</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053113997</t>
+          <t>9786053113829</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Tuzu Uzatır Mısın Hayat?</t>
+          <t>Ben Latife</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053114000</t>
+          <t>9786053113461</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Bakırı</t>
+          <t>Kendime Gelmeye Gittim</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053113584</t>
+          <t>9786053113454</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Vizesiz Müttefik</t>
+          <t>Halil Cibran Sırlar Ajandası</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053113409</t>
+          <t>9786056016806</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Hançer</t>
+          <t>Ganimet Avcısı Sil</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053113423</t>
+          <t>9786053115267</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Çöküşe Giden Yol</t>
+          <t>100 Yıl Yaşamak Mümkün</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053113393</t>
+          <t>9786053115526</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bana Masal Anlat</t>
+          <t>En Sevgili’den Ey Sevgili’ye</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>22.22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053112976</t>
+          <t>9786053115458</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Bahçeleri</t>
+          <t>Çok İştahsız Yemiyor!</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053112969</t>
+          <t>9786053115533</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Narkoz</t>
+          <t>Aklıma Takılıyorsun Düşme</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>220</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053113027</t>
+          <t>9786053114130</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>İki Söz</t>
+          <t>Bukre (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>28</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053112921</t>
+          <t>9786053112808</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Aşk Barselona'da Bekler</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>98</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053112983</t>
+          <t>9786053112761</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Anılarından Atatürk</t>
+          <t>Kafdağı'nın Pusulası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053112419</t>
+          <t>9786053112433</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Yalnızlık</t>
+          <t>Kopuk ve Hiç</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>13.89</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053112013</t>
+          <t>9786053115809</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yosma</t>
+          <t>İçindeki Dişiyi Uyandır</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>18.52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053112402</t>
+          <t>9786053115830</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Bir Yazar: Yusuf Atılgan</t>
+          <t>Allah’ın Rahmeti - Ayetler ve Dualar İle</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053113874</t>
+          <t>9786053115397</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Fırat'ın Doğusu</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>18.52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053113485</t>
+          <t>9786053114352</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Görgü ve Zarafet</t>
+          <t>Kocam Hala Sevgilim Mi?</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786255942722</t>
+          <t>9786053114222</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Siber İstihbarat Savaşları Dijital Silahlanma Çağında Casusluk Operasyonları</t>
+          <t>İçimde Kalmasın</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>280</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786255942630</t>
+          <t>9786053114239</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpteki Ayna</t>
+          <t>Hegemonya Savaşı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>310</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786255942593</t>
+          <t>9786053113416</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Longevity Beslenmesi</t>
+          <t>Adalet Ustaları</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>980</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786255942654</t>
+          <t>9786053113379</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Son Perde</t>
+          <t>Usta'nın Sesi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>350</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053117889</t>
+          <t>9786053113331</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Kozmosa Evrenin Hikayesi</t>
+          <t>Osman Balcıgil (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>290</v>
+        <v>76.85</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786255942616</t>
+          <t>9786053113447</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Pan Bize Ne Mesaj Veriyor?</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>240</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786255942661</t>
+          <t>9786053116165</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Defter Sanat Felsefenin Bedenidir</t>
+          <t>Sıra Dışı Bilgiler ve Hikayeler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786255942586</t>
+          <t>9786053116028</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Zincirlerini Kır: Gerçek Benliğini Fark Et</t>
+          <t>Erbakan</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786255942609</t>
+          <t>9786053114635</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Mucize Kodu</t>
+          <t>Bilimsel Gizemler ve Yalanlar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786255942562</t>
+          <t>9786053113942</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Unuttuğu Kadın: Leyla</t>
+          <t>Çocuklu Hayat</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786255942548</t>
+          <t>9786053114017</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Gökçen</t>
+          <t>Ben Hep Kaybettim</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>270</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786255942555</t>
+          <t>9786053113997</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa ve Türk Mucizesi</t>
+          <t>Tuzu Uzatır Mısın Hayat?</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>420</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786255942579</t>
+          <t>9786053114000</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Her Karşılaşma Bir Mesajdır</t>
+          <t>Tarçın Bakırı</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>260</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786255942449</t>
+          <t>9786053113584</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha Verseler</t>
+          <t>Vizesiz Müttefik</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>220</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786255942500</t>
+          <t>9786053113409</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Uza ve Genişle</t>
+          <t>Hançer</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>680</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786255942494</t>
+          <t>9786053113423</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>40+ İtiraf Hikayeleri</t>
+          <t>Çöküşe Giden Yol</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786255942524</t>
+          <t>9786053113393</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Kurabiye ve Lalala</t>
+          <t>Bana Masal Anlat</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>260</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786255942531</t>
+          <t>9786053112976</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Özgürleşme</t>
+          <t>Temmuz Bahçeleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786255942517</t>
+          <t>9786053112969</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kurt Geldi!</t>
+          <t>Narkoz</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786255942425</t>
+          <t>9786053113027</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İlişki Bilinci</t>
+          <t>İki Söz</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786255942111</t>
+          <t>9786053112921</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığa Yön Verenler</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>340</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786255942432</t>
+          <t>9786053112983</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Havada Bir Ömür</t>
+          <t>Dostlarının Anılarından Atatürk</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786255942456</t>
+          <t>9786053112419</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Aşklar ve Yalnızlıklar</t>
+          <t>Çevrimiçi Yalnızlık</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>310</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786255942470</t>
+          <t>9786053112013</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Beyin</t>
+          <t>Yosma</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>440</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786255942357</t>
+          <t>9786053112402</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Longevity Tariflerle Tabağın Değişsin Sen Değiş</t>
+          <t>Tedirgin Bir Yazar: Yusuf Atılgan</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>980</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786255942401</t>
+          <t>9786053113874</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelsene</t>
+          <t>Fırat'ın Doğusu</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>230</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786255942418</t>
+          <t>9786053113485</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Gibi Bir Kadın – Nahit Hanım</t>
+          <t>Gençler İçin Görgü ve Zarafet</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>540</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786054455614</t>
+          <t>9786255942722</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Pan İslam Veya İslam İmparatorluğu: I. Dünya Savaşı'ndan Büyük Orta Doğu Projesine</t>
+          <t>Siber İstihbarat Savaşları Dijital Silahlanma Çağında Casusluk Operasyonları</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>8.33</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053110743</t>
+          <t>9786255942630</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende</t>
+          <t>Kırık Kalpteki Ayna</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>42</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786054455706</t>
+          <t>9786255942593</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Ordusuyla Kutsal Topraklarda</t>
+          <t>Longevity Beslenmesi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>9.26</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053113959</t>
+          <t>9786255942654</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Hayat Cesurlara Torpil Geçer</t>
+          <t>Son Perde</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>23</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053112945</t>
+          <t>9786053117889</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Beyin</t>
+          <t>Kaostan Kozmosa Evrenin Hikayesi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>44</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786054455188</t>
+          <t>9786255942616</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Gerenimo</t>
+          <t>Pan Bize Ne Mesaj Veriyor?</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>8.33</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786054455713</t>
+          <t>9786255942661</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Asyada Uzaklarda</t>
+          <t>Sihirli Defter Sanat Felsefenin Bedenidir</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053117193</t>
+          <t>9786255942586</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>2020 Günlük Astroloji Takvimi</t>
+          <t>Bağımlılık Zincirlerini Kır: Gerçek Benliğini Fark Et</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>38</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786255942265</t>
+          <t>9786255942609</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Düşünce Detoksu</t>
+          <t>İçindeki Mucize Kodu</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053114185</t>
+          <t>9786255942562</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geçmişi Şekillendirir</t>
+          <t>Zamanın Unuttuğu Kadın: Leyla</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>68</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053110651</t>
+          <t>9786255942548</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Fedakarlık İçindeki Gücün Sırrını Keşfet - 2</t>
+          <t>Gökçen</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>78</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786254411892</t>
+          <t>9786255942555</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Kozmik Efsaneleri</t>
+          <t>Sarı Paşa ve Türk Mucizesi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786254411755</t>
+          <t>9786255942579</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Yaşam Modeli</t>
+          <t>Her Karşılaşma Bir Mesajdır</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>98</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053119487</t>
+          <t>9786255942449</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Türk Komandoları</t>
+          <t>Bir Şans Daha Verseler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>98</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786254417214</t>
+          <t>9786255942500</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Genlerden Davranışlara Epigenetik</t>
+          <t>Uza ve Genişle</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>160</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786254416682</t>
+          <t>9786255942494</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Tasavvuf</t>
+          <t>40+ İtiraf Hikayeleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053119098</t>
+          <t>9786255942524</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Astroterapi</t>
+          <t>Ölüm, Kurabiye ve Lalala</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786254411427</t>
+          <t>9786255942531</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşan Küresel Kaosta İnsanlığın Akıbeti</t>
+          <t>Duygusal Özgürleşme</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053118190</t>
+          <t>9786255942517</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Akıllandım Artık Şimdi Daha Deliyim</t>
+          <t>Kurt Geldi!</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>88</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786255942340</t>
+          <t>9786255942425</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Flört Etme Sanatı</t>
+          <t>İlişki Bilinci</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786255942333</t>
+          <t>9786255942111</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Fincanı</t>
+          <t>Müslümanlığa Yön Verenler</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786255942296</t>
+          <t>9786255942432</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalır Yanına Kalmaz</t>
+          <t>Havada Bir Ömür</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786255942371</t>
+          <t>9786255942456</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Anahtarı: Fâtiha Suresi</t>
+          <t>Aşklar ve Yalnızlıklar</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786255942364</t>
+          <t>9786255942470</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Onun Bizden Ne Beklediğinde Saklıdır</t>
+          <t>Huzurlu Beyin</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786255942302</t>
+          <t>9786255942357</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Gaf Ola Beri Gele</t>
+          <t>Longevity Tariflerle Tabağın Değişsin Sen Değiş</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>210</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786255942289</t>
+          <t>9786255942401</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın 7 Kadim Sırrı</t>
+          <t>Bana Gelsene</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786255942234</t>
+          <t>9786255942418</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hassası</t>
+          <t>Cumhuriyet Gibi Bir Kadın - Nahit Hanım</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786255942241</t>
+          <t>9786054455614</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede İlişkiler Aşkı Delicesine Yaşamak</t>
+          <t>Pan İslam Veya İslam İmparatorluğu: I. Dünya Savaşı'ndan Büyük Orta Doğu Projesine</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786255942227</t>
+          <t>9786053110743</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kararlar İçin Stratejik Düşünme Yöntemleri</t>
+          <t>İyilik Sende</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786255942272</t>
+          <t>9786054455706</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Gibi Beslenmek</t>
+          <t>İngiliz Ordusuyla Kutsal Topraklarda</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786255942258</t>
+          <t>9786053113959</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Gölge Rehberler</t>
+          <t>Hayat Cesurlara Torpil Geçer</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>160</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9693110001480</t>
+          <t>9786053112945</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli 5 Kitap Set Dilek Ajandası Hediyeli</t>
+          <t>Görünmeyen Beyin</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>1320</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053119920</t>
+          <t>9786054455188</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seti - 10 Kitap Takım</t>
+          <t>Gerenimo</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>1400</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053117018</t>
+          <t>9786054455713</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Aytunç Altındal Seti (14 Kitap Takım)</t>
+          <t>Asyada Uzaklarda</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>2820</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786254418693</t>
+          <t>9786053117193</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Erich Fromm - Yaratmayan İnsan Yok Etmek İster</t>
+          <t>2020 Günlük Astroloji Takvimi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786254415371</t>
+          <t>9786255942265</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Sanat Oyun</t>
+          <t>21 Günde Düşünce Detoksu</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786254414534</t>
+          <t>9786053114185</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Kutulu Set (6 Kitap Takım)</t>
+          <t>Gelecek Geçmişi Şekillendirir</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>1380</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053115076</t>
+          <t>9786053110651</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İşaretlerini Okumanın Kaybolmuş Sanatı</t>
+          <t>Fedakarlık İçindeki Gücün Sırrını Keşfet - 2</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>380</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786053115557</t>
+          <t>9786254411892</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Safsatalar</t>
+          <t>Doğu'nun Kozmik Efsaneleri</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786059913911</t>
+          <t>9786254411755</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Soraya</t>
+          <t>Fonksiyonel Yaşam Modeli</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053114529</t>
+          <t>9786053119487</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Markethink ya da Farkethink</t>
+          <t>Türk Komandoları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>350</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786053114574</t>
+          <t>9786254417214</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Vatikan ve Tapınak Şövalyeleri</t>
+          <t>Genlerden Davranışlara Epigenetik</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786053114390</t>
+          <t>9786254416682</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Beslenmenin Kanser Tedavisindeki Gücü</t>
+          <t>Ezoterik Tasavvuf</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053112709</t>
+          <t>9786053119098</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Mesajınız Var</t>
+          <t>Astroterapi</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786054994342</t>
+          <t>9786254411427</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Tepkisi</t>
+          <t>Yaklaşan Küresel Kaosta İnsanlığın Akıbeti</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786054607594</t>
+          <t>9786053118190</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Struma</t>
+          <t>Akıllandım Artık Şimdi Daha Deliyim</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>240</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786054771011</t>
+          <t>9786255942340</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kahve</t>
+          <t>Flört Etme Sanatı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786254411922</t>
+          <t>9786255942333</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde Yaşamak</t>
+          <t>Dedemin Fincanı</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786254414398</t>
+          <t>9786255942296</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos - Bir İnsanın Karakteri, Onun Yazgısıdır</t>
+          <t>Yarına Kalır Yanına Kalmaz</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786053118879</t>
+          <t>9786255942371</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Bildiğim Bir Şey Var O da Hiçbir Şey Bilmediğimdir</t>
+          <t>Aşkın Anahtarı: Fâtiha Suresi</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053117537</t>
+          <t>9786255942364</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek - Dem</t>
+          <t>Hayatın Anlamı Onun Bizden Ne Beklediğinde Saklıdır</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053116578</t>
+          <t>9786255942302</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Cehalet Bilimi</t>
+          <t>Gaf Ola Beri Gele</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786053115946</t>
+          <t>9786255942289</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Düzdünya</t>
+          <t>Sağlığın 7 Kadim Sırrı</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786053117421</t>
+          <t>9786255942234</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşebilmek</t>
+          <t>Ruh Hassası</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053113386</t>
+          <t>9786255942241</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>50 Maddede İlişkiler Aşkı Delicesine Yaşamak</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786255942203</t>
+          <t>9786255942227</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafla İyileşme Sanatı</t>
+          <t>Akıllı Kararlar İçin Stratejik Düşünme Yöntemleri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786255942210</t>
+          <t>9786255942272</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Hz. Muhammed Gibi Beslenmek</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786255942197</t>
+          <t>9786255942258</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eril</t>
+          <t>Gölge Rehberler</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786255942173</t>
+          <t>9693110001480</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Bırak Gitsin</t>
+          <t>Esra Ezmeci Defter Hediyeli 5 Kitap Set Dilek Ajandası Hediyeli</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>280</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786255942166</t>
+          <t>9786053119920</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Mucizelerin Yolu</t>
+          <t>Antik Yunan Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>280</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786255942159</t>
+          <t>9786053117018</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Kuran</t>
+          <t>Aytunç Altındal Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>180</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786053114512</t>
+          <t>9786254418693</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Elvedasız</t>
+          <t>Erich Fromm - Yaratmayan İnsan Yok Etmek İster</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786255942142</t>
+          <t>9786254415371</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaderinin Kurbanı Değil Seçimlerinin Efendisidir-Irvin D. Yalom</t>
+          <t>Sekizinci Sanat Oyun</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786255942098</t>
+          <t>9786254414534</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Nato’nun Gizli Orduları</t>
+          <t>Hikmet Anıl Öztekin Kutulu Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>490</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786255942043</t>
+          <t>9786053115076</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Açılan Yol Benliğimizin Ötesindedir</t>
+          <t>Doğanın İşaretlerini Okumanın Kaybolmuş Sanatı</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786256209961</t>
+          <t>9786053115557</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yaralar</t>
+          <t>Safsatalar</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786255942135</t>
+          <t>9786059913911</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>İlahi Fısıltı</t>
+          <t>Soraya</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786255942104</t>
+          <t>9786053114529</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan Medeniyeti</t>
+          <t>Markethink ya da Farkethink</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786255942128</t>
+          <t>9786053114574</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Ritim - Ahenk</t>
+          <t>Vatikan ve Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786256209152</t>
+          <t>9786053114390</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bebekler Sofraya</t>
+          <t>Beslenmenin Kanser Tedavisindeki Gücü</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053119111</t>
+          <t>9786053112709</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bize Ait Değildir - Rabindranath Tagore</t>
+          <t>Her Güne Mesajınız Var</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786053119425</t>
+          <t>9786054994342</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Epikür - Hoş Geldin Yabancı, Burada En Büyük Amacımız Mutluluktur</t>
+          <t>Pisagor Tepkisi</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9693110002050</t>
+          <t>9786054607594</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Çetin Çetintaş Kitap Seti Defter Hediyeli (3 Kitap)</t>
+          <t>Struma</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>730</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9693110001176</t>
+          <t>9786054771011</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Hakan Mengüç Seti - 5 Kitap Takım (Defter Hediyeli)</t>
+          <t>Soğuk Kahve</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>1330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786255942036</t>
+          <t>9786254411922</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Mira’nın Kırmızı Defteri</t>
+          <t>Hayallerin Ötesinde Yaşamak</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786255942005</t>
+          <t>9786254414398</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Evrenin İlahi Sistemi</t>
+          <t>Herakleitos - Bir İnsanın Karakteri, Onun Yazgısıdır</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786255942081</t>
+          <t>9786053118879</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünlerim</t>
+          <t>Bildiğim Bir Şey Var O da Hiçbir Şey Bilmediğimdir</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786256209978</t>
+          <t>9786053117537</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilmez Pişmanlıklar</t>
+          <t>Elif Gibi Sevmek - Dem</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786255942067</t>
+          <t>9786053116578</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Affedebilmek</t>
+          <t>Cehalet Bilimi</t>
         </is>
       </c>
       <c r="C1155" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786255942050</t>
+          <t>9786053115946</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Hayat</t>
+          <t>Düzdünya</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786255942074</t>
+          <t>9786053117421</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü</t>
+          <t>Özgürleşebilmek</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786256209992</t>
+          <t>9786053113386</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Psikomitolojisi</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786255942012</t>
+          <t>9786255942203</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Kadar Zor Değil</t>
+          <t>Fotoğrafla İyileşme Sanatı</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786255942029</t>
+          <t>9786255942210</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Beş Bilgelik Enerjisi</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786256209954</t>
+          <t>9786255942197</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetini Mazluma Değil Zalime Kullan – Hacı Bektaş Veli</t>
+          <t>Yeni Eril</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786256209947</t>
+          <t>9786255942173</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Kalbi Mücadelede Atar</t>
+          <t>Bırak Gitsin</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786256209848</t>
+          <t>9786255942166</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Düşman</t>
+          <t>Mucizelerin Yolu</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786256209824</t>
+          <t>9786255942159</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Yolculuk Var</t>
+          <t>Mevlana ve Kuran</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786256209930</t>
+          <t>9786053114512</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Merkaba</t>
+          <t>Elvedasız</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053112792</t>
+          <t>9786255942142</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı</t>
+          <t>İnsan Kaderinin Kurbanı Değil Seçimlerinin Efendisidir-Irvin D. Yalom</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786256209893</t>
+          <t>9786255942098</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahramanlar</t>
+          <t>Nato’nun Gizli Orduları</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786256209923</t>
+          <t>9786255942043</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Güven</t>
+          <t>Sonsuza Açılan Yol Benliğimizin Ötesindedir</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786256209831</t>
+          <t>9786256209961</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Planı</t>
+          <t>Gizli Yaralar</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786256209886</t>
+          <t>9786255942135</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>1909 İstanbul Düştü</t>
+          <t>İlahi Fısıltı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786256209855</t>
+          <t>9786255942104</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Innsaei</t>
+          <t>Son İnsan Medeniyeti</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053117476</t>
+          <t>9786255942128</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Keine Begegnung in Unserem Leben ist ein Zufall</t>
+          <t>Kozmik Ritim - Ahenk</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786254415319</t>
+          <t>9786256209152</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Yerde Takılıyorum</t>
+          <t>Haydi Bebekler Sofraya</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786054607464</t>
+          <t>9786053119111</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Babıali Tanrıları Simavi Ailesi</t>
+          <t>Kimse Bize Ait Değildir - Rabindranath Tagore</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053113737</t>
+          <t>9786053119425</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Kimlik</t>
+          <t>Epikür - Hoş Geldin Yabancı, Burada En Büyük Amacımız Mutluluktur</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053118305</t>
+          <t>9693110002050</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 3</t>
+          <t>Çetin Çetintaş Kitap Seti Defter Hediyeli (3 Kitap)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053114314</t>
+          <t>9693110001176</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Hakan Mengüç Seti - 5 Kitap Takım (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>120</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053113881</t>
+          <t>9786255942036</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Bilim Hali</t>
+          <t>Mira’nın Kırmızı Defteri</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786256209879</t>
+          <t>9786255942005</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Zafer Ekonomisi</t>
+          <t>Evrenin İlahi Sistemi</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786256209800</t>
+          <t>9786255942081</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Politik Uyanış</t>
+          <t>En Güzel Dünlerim</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786256209862</t>
+          <t>9786256209978</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Unicornların Sihri</t>
+          <t>Paha Biçilmez Pişmanlıklar</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786256209749</t>
+          <t>9786255942067</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Yalansız Dünya Blockchain</t>
+          <t>Yürekten Affedebilmek</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786256209817</t>
+          <t>9786255942050</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Hayallerim Gerçek Olur</t>
+          <t>Fırtınalı Bir Hayat</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786256209770</t>
+          <t>9786255942074</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Gökler Konuşuyor</t>
+          <t>Şeytan Tüyü</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786256209787</t>
+          <t>9786256209992</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir</t>
+          <t>Arzunun Psikomitolojisi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786256209794</t>
+          <t>9786255942012</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Baktığın Benim Gördüğün Sensin</t>
+          <t>Düşündüğün Kadar Zor Değil</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786256209756</t>
+          <t>9786255942029</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Soyağacını Şifalandırma Rehberi</t>
+          <t>Beş Bilgelik Enerjisi</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786256209763</t>
+          <t>9786256209954</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Defolu Kelimeler</t>
+          <t>Kuvvetini Mazluma Değil Zalime Kullan – Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C1188" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786256209725</t>
+          <t>9786256209947</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Dalgaları Yönetmek</t>
+          <t>Zaferin Kalbi Mücadelede Atar</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786256209718</t>
+          <t>9786256209848</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Duayen</t>
+          <t>İçimizdeki Düşman</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786256209732</t>
+          <t>9786256209824</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>İçimde Bir Yolculuk Var</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786256209374</t>
+          <t>9786256209930</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Alevlere Fısıldayan Kadınlar</t>
+          <t>Merkaba</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786256209589</t>
+          <t>9786053112792</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Yeni Menopoz</t>
+          <t>Adı Bende Saklı</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786256209411</t>
+          <t>9786256209893</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Kokuların Gücü Adına</t>
+          <t>Pelerinsiz Kahramanlar</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786256209664</t>
+          <t>9786256209923</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Bilinmeyenleri ve Gizli Öğretileri</t>
+          <t>Allah’a Güven</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786256209701</t>
+          <t>9786256209831</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Batıni Gelenek</t>
+          <t>Ruhun Planı</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786256209404</t>
+          <t>9786256209886</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kanser İçin EFT</t>
+          <t>1909 İstanbul Düştü</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786256209473</t>
+          <t>9786256209855</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 5</t>
+          <t>Innsaei</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786256209503</t>
+          <t>9786053117476</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 8 - Hakikat Muhafızları</t>
+          <t>Keine Begegnung in Unserem Leben ist ein Zufall</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786256209459</t>
+          <t>9786254415319</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 3 - Karşı Saldırı</t>
+          <t>Hep Aynı Yerde Takılıyorum</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786256209497</t>
+          <t>9786054607464</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 7 - Ateş Kapanı</t>
+          <t>Babıali Tanrıları Simavi Ailesi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786256209282</t>
+          <t>9786053113737</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Japonların Zorlukların Üstesinden Gelme Sanatı-Ganbatte</t>
+          <t>Devlet ve Kimlik</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786256209480</t>
+          <t>9786053118305</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 6 - Uyanış</t>
+          <t>Kur’an’a Göre Araştırmalar 3</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786256209442</t>
+          <t>9786053114314</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 2 - Kurtuluş</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786256209350</t>
+          <t>9786053113881</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>20 Felsefe Oturumu</t>
+          <t>İyiliğin Bilim Hali</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786256209466</t>
+          <t>9786256209879</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 4 - Gizli Güç</t>
+          <t>Küreselleşme ve Zafer Ekonomisi</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786256209671</t>
+          <t>9786256209800</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Mümkünse Sadece Seninle</t>
+          <t>Politik Uyanış</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786256209336</t>
+          <t>9786256209862</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Eldeki Malzemelerle Mutlu Olma Sanatı</t>
+          <t>Unicornların Sihri</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786256209343</t>
+          <t>9786256209749</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Felsefeden Doğan Yaşam</t>
+          <t>Yalansız Dünya Blockchain</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786256209381</t>
+          <t>9786256209817</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Nazik Bir Hatırlatma</t>
+          <t>Benim Bütün Hayallerim Gerçek Olur</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786256209398</t>
+          <t>9786256209770</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Düşünmek</t>
+          <t>Gökler Konuşuyor</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786256209435</t>
+          <t>9786256209787</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kaybolduysan Doğru Yerdesin</t>
+          <t>Kim Bilir</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786256209428</t>
+          <t>9786256209794</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Yankı - Hakikat Portalı II</t>
+          <t>Baktığın Benim Gördüğün Sensin</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786256209275</t>
+          <t>9786256209756</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Altın Bulmadan Zengin Olunmaz</t>
+          <t>Soyağacını Şifalandırma Rehberi</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786256209305</t>
+          <t>9786256209763</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kaderine Atılan Zar</t>
+          <t>Defolu Kelimeler</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786256209367</t>
+          <t>9786256209725</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yanı Başından Darağacına</t>
+          <t>Dalgaları Yönetmek</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786256209329</t>
+          <t>9786256209718</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İktisat</t>
+          <t>Duayen</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786256209312</t>
+          <t>9786256209732</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ardında</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786256209220</t>
+          <t>9786256209374</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Başka Şarkılar Söyler Zaman</t>
+          <t>Alevlere Fısıldayan Kadınlar</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786256209237</t>
+          <t>9786256209589</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sevr Lozan</t>
+          <t>Yeni Menopoz</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786256209299</t>
+          <t>9786256209411</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Değil Kendine Meydan Oku</t>
+          <t>Kokuların Gücü Adına</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786256209213</t>
+          <t>9786256209664</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Sır</t>
+          <t>Tasavvufun Bilinmeyenleri ve Gizli Öğretileri</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786256209176</t>
+          <t>9786256209701</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Batıni Gelenek</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786256209244</t>
+          <t>9786256209404</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Para Bilinci</t>
+          <t>Kanser İçin EFT</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786256209084</t>
+          <t>9786256209473</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum Öyleyse Varım</t>
+          <t>Metal Fırtına 5</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786256051799</t>
+          <t>9786256209503</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Unut Kuşu</t>
+          <t>Metal Fırtına 8 - Hakikat Muhafızları</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786256209206</t>
+          <t>9786256209459</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>İz Bırak</t>
+          <t>Metal Fırtına 3 - Karşı Saldırı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786256209138</t>
+          <t>9786256209497</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Ömrü Uzatan Alışkanlıklar</t>
+          <t>Metal Fırtına 7 - Ateş Kapanı</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786256209169</t>
+          <t>9786256209282</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Japonların Zorlukların Üstesinden Gelme Sanatı-Ganbatte</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786256051683</t>
+          <t>9786256209480</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Öz'e Dönüş</t>
+          <t>Metal Fırtına 6 - Uyanış</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786256209190</t>
+          <t>9786256209442</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Kalibre - Mavi Vatan</t>
+          <t>Metal Fırtına 2 - Kurtuluş</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786256051676</t>
+          <t>9786256209350</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>İyi Şans Yasası</t>
+          <t>20 Felsefe Oturumu</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786256209121</t>
+          <t>9786256209466</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Narsistlerden Özgürlüğe</t>
+          <t>Metal Fırtına 4 - Gizli Güç</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786256209183</t>
+          <t>9786256209671</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Mümkünse Sadece Seninle</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786256209107</t>
+          <t>9786256209336</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kalp</t>
+          <t>Eldeki Malzemelerle Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786256209091</t>
+          <t>9786256209343</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>%100 Beyin Gücünü Kullanabilmek</t>
+          <t>Felsefeden Doğan Yaşam</t>
         </is>
       </c>
       <c r="C1236" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786256209114</t>
+          <t>9786256209381</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Düşünce Gücü</t>
+          <t>Nazik Bir Hatırlatma</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786256209060</t>
+          <t>9786256209398</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Birlikte Düşünmek</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786256051973</t>
+          <t>9786256209435</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Denge Oyunu</t>
+          <t>Kaybolduysan Doğru Yerdesin</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786256209077</t>
+          <t>9786256209428</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sırrı Üzerinde Taşıyan İnsan</t>
+          <t>Kozmik Yankı - Hakikat Portalı II</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9696211111447</t>
+          <t>9786256209275</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte Kutulu Set (5 Kitap)</t>
+          <t>Altın Bulmadan Zengin Olunmaz</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>3200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786256051966</t>
+          <t>9786256209305</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Beden İmgesi</t>
+          <t>Dünyanın Kaderine Atılan Zar</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786256051959</t>
+          <t>9786256209367</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Umutsuzların Hatrı İçin Bize Umut Verilmiştir-Walter Benjamin</t>
+          <t>Atatürk’ün Yanı Başından Darağacına</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786256051928</t>
+          <t>9786256209329</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Küçük Sır Dayanıklılığın İnşası</t>
+          <t>Alternatif İktisat</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786256051836</t>
+          <t>9786256209312</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Kolestrol Gerçeği Sorular ve Hasta Hikayeleri İle</t>
+          <t>Duvarların Ardında</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786256608344</t>
+          <t>9786256209220</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Narsistiz</t>
+          <t>Başka Şarkılar Söyler Zaman</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9693110000711</t>
+          <t>9786256209237</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Mesud Topal Felsefe Seti</t>
+          <t>Sevr Lozan</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786254416859</t>
+          <t>9786256209299</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Rüyaya Uyananlar</t>
+          <t>Dünyaya Değil Kendine Meydan Oku</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786254416415</t>
+          <t>9786256209213</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>İki Mermi Bir Hayat</t>
+          <t>En Büyük Sır</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>310</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786053116899</t>
+          <t>9786256209176</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Ay Ritüelleri</t>
+          <t>Kaygı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786053115793</t>
+          <t>9786256209244</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Para Bilinci</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786053115649</t>
+          <t>9786256209084</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>10'lar Konseyi</t>
+          <t>Geziyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786053115779</t>
+          <t>9786256051799</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Yarın</t>
+          <t>Unut Kuşu</t>
         </is>
       </c>
       <c r="C1253" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786059913256</t>
+          <t>9786256209206</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Vertraue Ohne Zweifel Auf Allah</t>
+          <t>İz Bırak</t>
         </is>
       </c>
       <c r="C1254" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786054994526</t>
+          <t>9786256209138</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İstilası Yol</t>
+          <t>Ömrü Uzatan Alışkanlıklar</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786053112723</t>
+          <t>9786256209169</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786053111504</t>
+          <t>9786256051683</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Nedensiz</t>
+          <t>Öz'e Dönüş</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786053114536</t>
+          <t>9786256209190</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sorumluluğu</t>
+          <t>Kalibre - Mavi Vatan</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786053114147</t>
+          <t>9786256051676</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İsrael - Nil'den Fırat'a Devlet Oyunları</t>
+          <t>İyi Şans Yasası</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786053112051</t>
+          <t>9786256209121</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Küçük Prens Çıkartması Hediyeli)</t>
+          <t>Narsistlerden Özgürlüğe</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786053111160</t>
+          <t>9786256209183</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Bu Rol Senin</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786053112730</t>
+          <t>9786256209107</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Makam Odası - Linç</t>
+          <t>Kayıp Kalp</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786053112365</t>
+          <t>9786256209091</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sineması ve Bilinçaltı Operasyonları</t>
+          <t>%100 Beyin Gücünü Kullanabilmek</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786053111900</t>
+          <t>9786256209114</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Metropol Dervişi</t>
+          <t>21. Yüzyılda Düşünce Gücü</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786053110385</t>
+          <t>9786256209060</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitabın Sırları</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786059913379</t>
+          <t>9786256051973</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Ayağa Kalk</t>
+          <t>İlişkilerde Denge Oyunu</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786254410796</t>
+          <t>9786256209077</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Senin Elinde</t>
+          <t>Sırrı Üzerinde Taşıyan İnsan</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786254412608</t>
+          <t>9696211111447</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Üstün Zekalı mı?</t>
+          <t>Umberto Arte Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>280</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786254413902</t>
+          <t>9786256051966</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Diyor ki: Özgürlük, Kendini Doğru İfade Etmeyi Başaranlarındır</t>
+          <t>Beden İmgesi</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786254413681</t>
+          <t>9786256051959</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Bereket Sende</t>
+          <t>Yalnızca Umutsuzların Hatrı İçin Bize Umut Verilmiştir-Walter Benjamin</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786254413360</t>
+          <t>9786256051928</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Diğer Dinler</t>
+          <t>Birkaç Küçük Sır Dayanıklılığın İnşası</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786053117605</t>
+          <t>9786256051836</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Açlık</t>
+          <t>Kolestrol Gerçeği Sorular ve Hasta Hikayeleri İle</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786254413353</t>
+          <t>9786256608344</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Son Günah</t>
+          <t>Hepimiz Narsistiz</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786254410642</t>
+          <t>9693110000711</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Zohar’ın Temel Öğretisi</t>
+          <t>Mesud Topal Felsefe Seti</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786254412592</t>
+          <t>9786254416859</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Kendi Masalımın Kahramanıyım</t>
+          <t>Rüyaya Uyananlar</t>
         </is>
       </c>
       <c r="C1275" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786254412189</t>
+          <t>9786254416415</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Yeniden Anlama</t>
+          <t>İki Mermi Bir Hayat</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786254414121</t>
+          <t>9786053116899</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse Asla Yenilmez</t>
+          <t>Ay Ritüelleri</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786053119517</t>
+          <t>9786053115793</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053118480</t>
+          <t>9786053115649</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>İstediğin Bir Şey Olursa Bir Hayır Olmazsa Bin Hayır Ara</t>
+          <t>10'lar Konseyi</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786053116806</t>
+          <t>9786053115779</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte İle Sanat</t>
+          <t>Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>780</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786053118596</t>
+          <t>9786059913256</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat 2</t>
+          <t>Vertraue Ohne Zweifel Auf Allah</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>780</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786053117063</t>
+          <t>9786054994526</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Unutma Mutlu Bir Hayat Çok Az Şeye Bağlıdır</t>
+          <t>Aşkın İstilası Yol</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786053114659</t>
+          <t>9786053112723</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Zehirli İlişkiler</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786053117292</t>
+          <t>9786053111504</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Maddeye</t>
+          <t>Nedensiz</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786053117322</t>
+          <t>9786053114536</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Sen Beni Aşağılayabilirsin Ama Ben Aşağılanmam</t>
+          <t>Çağların Sorumluluğu</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786256051942</t>
+          <t>9786053114147</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizlik</t>
+          <t>İsrael - Nil'den Fırat'a Devlet Oyunları</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786256051935</t>
+          <t>9786053112051</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Küçük Prens (Küçük Prens Çıkartması Hediyeli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786256051843</t>
+          <t>9786053111160</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Rotası</t>
+          <t>Bu Rol Senin</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786256051874</t>
+          <t>9786053112730</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Beynimizdeki Gizli Düşman: Stres</t>
+          <t>Makam Odası - Linç</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786256051805</t>
+          <t>9786053112365</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yaka Sendikası</t>
+          <t>Hollywood Sineması ve Bilinçaltı Operasyonları</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786256051898</t>
+          <t>9786053111900</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Magnet Modeli</t>
+          <t>Metropol Dervişi</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786256051904</t>
+          <t>9786053110385</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kişi Gürültü Çıkaran Değil, Sessizce Konuşup Sorunları Tanımlayarak Çözebilen Kişidir</t>
+          <t>Altın Kitabın Sırları</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9696211111423</t>
+          <t>9786059913379</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar Serisi Kutulu 5 Kitap</t>
+          <t>İnsanoğlu Ayağa Kalk</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>500</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786256051867</t>
+          <t>9786254410796</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Uyanış ve Tuzakları</t>
+          <t>Hayatın Senin Elinde</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786256051812</t>
+          <t>9786254412608</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Dinle Ney’den Tasavvuf Sohbetleri</t>
+          <t>Çocuğum Üstün Zekalı mı?</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786256051829</t>
+          <t>9786254413902</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>İşgalci Anneler</t>
+          <t>Psikoloji Diyor ki: Özgürlük, Kendini Doğru İfade Etmeyi Başaranlarındır</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786256051881</t>
+          <t>9786254413681</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Neredesin – Carl Gustav Jung</t>
+          <t>Bereket Sende</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786256051782</t>
+          <t>9786254413360</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Zerzevan’ın Gölgesinde</t>
+          <t>Kur’an ve Diğer Dinler</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786256051768</t>
+          <t>9786053117605</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>İş’te Beyin</t>
+          <t>Duygusal Açlık</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786256051775</t>
+          <t>9786254413353</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Taocu Sevişme Sırları</t>
+          <t>Son Günah</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>432</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786256051713</t>
+          <t>9786254410642</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Budist Enneagramı</t>
+          <t>Zohar’ın Temel Öğretisi</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786256051720</t>
+          <t>9786254412592</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Bir Hayat</t>
+          <t>Kendi Masalımın Kahramanıyım</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786254418976</t>
+          <t>9786254412189</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yedi - Ruhun ve Varoluşun Büyük Yasaları</t>
+          <t>İslam'ı Yeniden Anlama</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786256051584</t>
+          <t>9786254414121</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Kahve İçmeye Gelir misin?</t>
+          <t>Kadın İsterse Asla Yenilmez</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786256051591</t>
+          <t>9786053119517</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Ses Kaydı</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786256051621</t>
+          <t>9786053118480</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>El Alem Ne Der?</t>
+          <t>İstediğin Bir Şey Olursa Bir Hayır Olmazsa Bin Hayır Ara</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786256051614</t>
+          <t>9786053116806</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Bekaret Engeli</t>
+          <t>Umberto Arte İle Sanat</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>120</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786256051607</t>
+          <t>9786053118596</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Affedebilecek misin?</t>
+          <t>Umberto Arte ile Sanat 2</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>120</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786256051638</t>
+          <t>9786053117063</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçi Kıyamet</t>
+          <t>Unutma Mutlu Bir Hayat Çok Az Şeye Bağlıdır</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786256051744</t>
+          <t>9786053114659</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Moda Psikolojisi</t>
+          <t>Zehirli İlişkiler</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786254411885</t>
+          <t>9786053117292</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Gitmeli Miyim Kalmalı Mıyım</t>
+          <t>Zihinden Maddeye</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786256051669</t>
+          <t>9786053117322</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kokoro - İyi Yaşanmış Bir Hayat İçin Japon Bilgeliği</t>
+          <t>Sen Beni Aşağılayabilirsin Ama Ben Aşağılanmam</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786256051577</t>
+          <t>9786256051942</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sivri Ucu</t>
+          <t>Öğrenilmiş Çaresizlik</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786256051652</t>
+          <t>9786256051935</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Wabi Sabi - Bir Japon Öğretisi Olarak Kusurdaki Bilgelik</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786053114208</t>
+          <t>9786256051843</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Geçecek mi?</t>
+          <t>Özgürlüğün Rotası</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786256051560</t>
+          <t>9786256051874</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığın Karanlık Lordu</t>
+          <t>Beynimizdeki Gizli Düşman: Stres</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786256051553</t>
+          <t>9786256051805</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>En Çok Anlamak Yoruyor Bizi</t>
+          <t>Beyaz Yaka Sendikası</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786256051522</t>
+          <t>9786256051898</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Kendi Üzerinde Samimiyetle Çalışanlar Yeni Bir Mabet İnşa Eder</t>
+          <t>Magnet Modeli</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786256051546</t>
+          <t>9786256051904</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Sırları 2 - Arınma</t>
+          <t>Güçlü Kişi Gürültü Çıkaran Değil, Sessizce Konuşup Sorunları Tanımlayarak Çözebilen Kişidir</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786256051539</t>
+          <t>9696211111423</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Sırları 1 - Uyanış</t>
+          <t>İtiraflar Serisi Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786256051492</t>
+          <t>9786256051867</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerin Sırtındaki Hançer: Siyonizm</t>
+          <t>Uyanış ve Tuzakları</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786256051508</t>
+          <t>9786256051812</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Merkür’ün Kadar Konuş Jüpiter’in Kadar İste</t>
+          <t>Dinle Ney’den Tasavvuf Sohbetleri</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786256051454</t>
+          <t>9786256051829</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Kadriye Olgar ile Hayatın Şifreleri</t>
+          <t>İşgalci Anneler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786256051515</t>
+          <t>9786256051881</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Merak</t>
+          <t>Ruhum Neredesin – Carl Gustav Jung</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053114666</t>
+          <t>9786256051782</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Kybalion</t>
+          <t>Zerzevan’ın Gölgesinde</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786256051430</t>
+          <t>9786256051768</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Altı Çeşit İlişkide Şifa</t>
+          <t>İş’te Beyin</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786256051485</t>
+          <t>9786256051775</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>İyileşme</t>
+          <t>Erkekler İçin Taocu Sevişme Sırları</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786256051164</t>
+          <t>9786256051713</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Ya Diğer Yoldan Gitseydim?</t>
+          <t>Budist Enneagramı</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786256051461</t>
+          <t>9786256051720</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Telaşsız Mavi</t>
+          <t>Anlamlı Bir Hayat</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786256051195</t>
+          <t>9786254418976</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın ve Sevginin Kritiği</t>
+          <t>Yetmiş Yedi - Ruhun ve Varoluşun Büyük Yasaları</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786256051188</t>
+          <t>9786256051584</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Giyim Terapisti</t>
+          <t>Bi’ Kahve İçmeye Gelir misin?</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786256051447</t>
+          <t>9786256051591</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Buğra</t>
+          <t>Ses Kaydı</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786054607167</t>
+          <t>9786256051621</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Cebinde Mucize Yarat</t>
+          <t>El Alem Ne Der?</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786256051010</t>
+          <t>9786256051614</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Budist Olma Arayışı</t>
+          <t>Bekaret Engeli</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786256051171</t>
+          <t>9786256051607</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Canavarlar Zamanı</t>
+          <t>Affedebilecek misin?</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786256051201</t>
+          <t>9786256051638</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Hastalıkların Travmaları</t>
+          <t>Kafamın İçi Kıyamet</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786256051157</t>
+          <t>9786256051744</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Carpe Diem</t>
+          <t>Moda Psikolojisi</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786256608719</t>
+          <t>9786254411885</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>İçebakış</t>
+          <t>Gitmeli Miyim Kalmalı Mıyım</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786256051140</t>
+          <t>9786256051669</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Keşke Beni Anlasaydın</t>
+          <t>Kokoro - İyi Yaşanmış Bir Hayat İçin Japon Bilgeliği</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786256051102</t>
+          <t>9786256051577</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Aşık</t>
+          <t>Sözün Sivri Ucu</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786256051058</t>
+          <t>9786256051652</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Çiseliyor</t>
+          <t>Wabi Sabi - Bir Japon Öğretisi Olarak Kusurdaki Bilgelik</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786256051133</t>
+          <t>9786053114208</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yarısı Liza</t>
+          <t>Geçecek mi?</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786256325753</t>
+          <t>9786256051560</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli Şifreleri</t>
+          <t>Aydınlığın Karanlık Lordu</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786256325746</t>
+          <t>9786256051553</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Kolay Ayurveda</t>
+          <t>En Çok Anlamak Yoruyor Bizi</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786256051034</t>
+          <t>9786256051522</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Gizli Kalmış Anıları</t>
+          <t>Kendi Üzerinde Samimiyetle Çalışanlar Yeni Bir Mabet İnşa Eder</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786256325760</t>
+          <t>9786256051546</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Cadılar</t>
+          <t>Tasavvufun Sırları 2 - Arınma</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786256051096</t>
+          <t>9786256051539</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Gizli Potansiyelimizin Keşfi</t>
+          <t>Tasavvufun Sırları 1 - Uyanış</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786256051089</t>
+          <t>9786256051492</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Sonbaharı</t>
+          <t>Yahudilerin Sırtındaki Hançer: Siyonizm</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786256051072</t>
+          <t>9786256051508</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimlerle Öğretilmiş Cinsiyet</t>
+          <t>Merkür’ün Kadar Konuş Jüpiter’in Kadar İste</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053112266</t>
+          <t>9786256051454</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomik Kriz ve Yeni Dünya Düzeni</t>
+          <t>Kadriye Olgar ile Hayatın Şifreleri</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786256608801</t>
+          <t>9786256051515</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni ve İşine Bak Susmak Bilmeyen Bir Dünyada Susmanın Gücü</t>
+          <t>Merak</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786256325128</t>
+          <t>9786053114666</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching Evrenle Bir Olmak</t>
+          <t>Kybalion</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786256051027</t>
+          <t>9786256051430</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kader Cesurları Sever</t>
+          <t>Altı Çeşit İlişkide Şifa</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786256051003</t>
+          <t>9786256051485</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben’e Mektuplar</t>
+          <t>İyileşme</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786256325678</t>
+          <t>9786256051164</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Yeniden Yapılandır</t>
+          <t>Ya Diğer Yoldan Gitseydim?</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786256325777</t>
+          <t>9786256051461</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>İyi Olacaksın</t>
+          <t>Telaşsız Mavi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786256325739</t>
+          <t>9786256051195</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>E.L.M.A. - Kendi Hayatını Yaşama Rehberi ve Ötesi</t>
+          <t>Var Olmanın ve Sevginin Kritiği</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786256325555</t>
+          <t>9786256051188</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>NLP - Bırak Sihir Dokunsun Hayatına</t>
+          <t>Giyim Terapisti</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786256325654</t>
+          <t>9786256051447</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Ne Günah İşlediysek Yarı Yarıya</t>
+          <t>Buğra</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786256325647</t>
+          <t>9786054607167</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Sefalet Çağı</t>
+          <t>Cebinde Mucize Yarat</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786256325623</t>
+          <t>9786256051010</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Suriye Dosyası</t>
+          <t>Bir Köpeğin Budist Olma Arayışı</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786256325630</t>
+          <t>9786256051171</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Olan</t>
+          <t>Şimdi Canavarlar Zamanı</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786256608603</t>
+          <t>9786256051201</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet</t>
+          <t>A'dan Z'ye Hastalıkların Travmaları</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786256608627</t>
+          <t>9786256051157</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engelli ve Otizmli Bireylere Olumlu Davranışsal Destek</t>
+          <t>Carpe Diem</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786256608849</t>
+          <t>9786256608719</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Terapi Serisi - Romantik Kıskançlık</t>
+          <t>İçebakış</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786256325616</t>
+          <t>9786256051140</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>O Kişi</t>
+          <t>Keşke Beni Anlasaydın</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786256325104</t>
+          <t>9786256051102</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Efendisi - Tolkien</t>
+          <t>Aşık</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786256608733</t>
+          <t>9786256051058</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Kirlendik</t>
+          <t>Yağmur Çiseliyor</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786256608788</t>
+          <t>9786256051133</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>İhtiyacı Kadar Sev</t>
+          <t>Yüreğimin Yarısı Liza</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786256608795</t>
+          <t>9786256325753</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Son Gemi</t>
+          <t>Yaşamın Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786256608665</t>
+          <t>9786256325746</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kaynana Devrimi</t>
+          <t>Kolay Ayurveda</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786256608764</t>
+          <t>9786256051034</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Elifin Yolculuğu</t>
+          <t>Atatürk’ün Gizli Kalmış Anıları</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786256608559</t>
+          <t>9786256325760</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar ve Sefiller</t>
+          <t>Postmodern Cadılar</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786256608757</t>
+          <t>9786256051096</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Yetişkinler İçin Yoga Oyunları</t>
+          <t>Gizli Potansiyelimizin Keşfi</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786256608740</t>
+          <t>9786256051089</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Hikayeden Adamlar</t>
+          <t>Bir Ömrün Sonbaharı</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786256608771</t>
+          <t>9786256051072</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Romantik Hareket Engellenemez</t>
+          <t>Atasözleri ve Deyimlerle Öğretilmiş Cinsiyet</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053111092</t>
+          <t>9786053112266</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Prova Odası</t>
+          <t>Küresel Ekonomik Kriz ve Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053116509</t>
+          <t>9786256608801</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sana Ne Anlatıyor</t>
+          <t>Kapa Çeneni ve İşine Bak Susmak Bilmeyen Bir Dünyada Susmanın Gücü</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786254411991</t>
+          <t>9786256325128</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Tao Te Ching Evrenle Bir Olmak</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>980</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786256608641</t>
+          <t>9786256051027</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Sarayı'nın İçki Defteri</t>
+          <t>Rezonans Kader Cesurları Sever</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786256608672</t>
+          <t>9786256051003</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Mahrem İçinde Mahrem</t>
+          <t>İçimdeki Ben’e Mektuplar</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786256608696</t>
+          <t>9786256325678</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Ne Kaldı Bizden Geriye</t>
+          <t>Zihnini Yeniden Yapılandır</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786256608689</t>
+          <t>9786256325777</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin Bütününe Ancak Sezgi Yoluyla Ulaşırız</t>
+          <t>İyi Olacaksın</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786256608573</t>
+          <t>9786256325739</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Kendine Akan Nehir</t>
+          <t>E.L.M.A. - Kendi Hayatını Yaşama Rehberi ve Ötesi</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786256608658</t>
+          <t>9786256325555</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Kadın Çemberi</t>
+          <t>NLP - Bırak Sihir Dokunsun Hayatına</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786256608610</t>
+          <t>9786256325654</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Ayıp Şeyler</t>
+          <t>Ne Günah İşlediysek Yarı Yarıya</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786256608511</t>
+          <t>9786256325647</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Rüyalar</t>
+          <t>Sefalet Çağı</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786256608634</t>
+          <t>9786256325623</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Yeniden İnşası</t>
+          <t>Suriye Dosyası</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786256608542</t>
+          <t>9786256325630</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Lazarus</t>
+          <t>Kalbimde Olan</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786256608580</t>
+          <t>9786256608603</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Türk Naziler</t>
+          <t>Aidiyet</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786256608535</t>
+          <t>9786256608627</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kere Düşer İnsan</t>
+          <t>Zihinsel Engelli ve Otizmli Bireylere Olumlu Davranışsal Destek</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786256608528</t>
+          <t>9786256608849</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Yumruk Sıkkını</t>
+          <t>Kendi Kendine Terapi Serisi - Romantik Kıskançlık</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786256608498</t>
+          <t>9786256325616</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Fobi</t>
+          <t>O Kişi</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786256608467</t>
+          <t>9786256325104</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Duyusuzlar</t>
+          <t>Hayallerin Efendisi - Tolkien</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786256608191</t>
+          <t>9786256608733</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Hayatın Tadını Çıkarabilmek</t>
+          <t>Kirlendik</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786256608443</t>
+          <t>9786256608788</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>İhtiyacı Kadar Sev</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786256608481</t>
+          <t>9786256608795</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasasının Mucizeleri</t>
+          <t>İzmir’de Son Gemi</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786256608450</t>
+          <t>9786256608665</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Kurgu ile Gerçeğin Aşkı</t>
+          <t>Gelin Kaynana Devrimi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786256608405</t>
+          <t>9786256608764</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Çin Astrolojisi</t>
+          <t>Elifin Yolculuğu</t>
         </is>
       </c>
       <c r="C1399" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786256608245</t>
+          <t>9786256608559</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Siyonist Kehanetler</t>
+          <t>Kahramanlar ve Sefiller</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786256608375</t>
+          <t>9786256608757</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çileğin Sırrı</t>
+          <t>Çocuklar ve Yetişkinler İçin Yoga Oyunları</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786256608429</t>
+          <t>9786256608740</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Özgürlüğe Giden Yolu</t>
+          <t>Hikayeden Adamlar</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786256608412</t>
+          <t>9786256608771</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ruh İzi</t>
+          <t>Romantik Hareket Engellenemez</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786256608436</t>
+          <t>9786053111092</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik</t>
+          <t>Prova Odası</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9693110001985</t>
+          <t>9786053116509</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli Kitap Seti - 2 Kitap Takım</t>
+          <t>Hayat Sana Ne Anlatıyor</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786256608306</t>
+          <t>9786254411991</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Ateş, Su, Toprak</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>200</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786256608382</t>
+          <t>9786256608641</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Saçın Yüzüne Değse</t>
+          <t>Yıldız Sarayı'nın İçki Defteri</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786256608221</t>
+          <t>9786256608672</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Artık Kendin İçin</t>
+          <t>Mahrem İçinde Mahrem</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786256608320</t>
+          <t>9786256608696</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Borçlusun</t>
+          <t>Ne Kaldı Bizden Geriye</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786256608399</t>
+          <t>9786256608689</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İsrail Politikası</t>
+          <t>Gerçekliğin Bütününe Ancak Sezgi Yoluyla Ulaşırız</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786256608351</t>
+          <t>9786256608573</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Miyon Dolarlık Sözler</t>
+          <t>Kendine Akan Nehir</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786256608276</t>
+          <t>9786256608658</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Haykırış</t>
+          <t>Şamanın Kadın Çemberi</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786256608337</t>
+          <t>9786256608610</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Cüret</t>
+          <t>Ayıp Şeyler</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786256608313</t>
+          <t>9786256608511</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Manifest Günlüğü</t>
+          <t>Gölgesiz Rüyalar</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786256608290</t>
+          <t>9786256608634</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>İyi Oluş Günlüğü</t>
+          <t>Bilincin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786256608238</t>
+          <t>9786256608542</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Frekanslı Şifa</t>
+          <t>Lazarus</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786256608269</t>
+          <t>9786256608580</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Reçeli</t>
+          <t>Türk Naziler</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786256608252</t>
+          <t>9786256608535</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Senin Olan Seni Bulur</t>
+          <t>Kaç Kere Düşer İnsan</t>
         </is>
       </c>
       <c r="C1418" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786256608283</t>
+          <t>9786256608528</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Karma Astroloji ve Ezoterizm Işığında 2024</t>
+          <t>Yumruk Sıkkını</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786256608214</t>
+          <t>9786256608498</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Pi Cemiyeti ve Yalnız Bir Radyo Hikayesi</t>
+          <t>Sosyal Fobi</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786256608177</t>
+          <t>9786256608467</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Sorunu ve Değerler</t>
+          <t>Duyusuzlar</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786254419867</t>
+          <t>9786256608191</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>İncinmişsin</t>
+          <t>Tek Başına Hayatın Tadını Çıkarabilmek</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786256608207</t>
+          <t>9786256608443</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçebilmenin Işığında 365 Gün</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786256608160</t>
+          <t>9786256608481</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tanrısı</t>
+          <t>Çekim Yasasının Mucizeleri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786256608184</t>
+          <t>9786256608450</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Sırları</t>
+          <t>Kurgu ile Gerçeğin Aşkı</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786256608146</t>
+          <t>9786256608405</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Muatio</t>
+          <t>Çin Astrolojisi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786256608085</t>
+          <t>9786256608245</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Ne İstersen Değil Neysen Onu Çekersin</t>
+          <t>Siyonist Kehanetler</t>
         </is>
       </c>
       <c r="C1427" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786256608092</t>
+          <t>9786256608375</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Hayata Katma Okulu</t>
+          <t>Mavi Çileğin Sırrı</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786256608122</t>
+          <t>9786256608429</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Uzun İlişkilerin Sırrı</t>
+          <t>Şamanın Özgürlüğe Giden Yolu</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786256608139</t>
+          <t>9786256608412</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dokuz</t>
+          <t>Sırtımdaki Ruh İzi</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786256608023</t>
+          <t>9786256608436</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Düş Uykunun Bekçisidir-Sigmund Freud</t>
+          <t>Hiçlik</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786256608108</t>
+          <t>9693110001985</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Bab-ül Aşk</t>
+          <t>Esra Ezmeci Defter Hediyeli Kitap Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786256608054</t>
+          <t>9786256608306</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Bilgisi Terimleri Sözlüğü</t>
+          <t>Ateş, Su, Toprak</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786256608047</t>
+          <t>9786256608382</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Nutrigenetik</t>
+          <t>Saçın Yüzüne Değse</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786254419836</t>
+          <t>9786256608221</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Budizm’e Göre İnsan Olma Potansiyeli</t>
+          <t>Artık Kendin İçin</t>
         </is>
       </c>
       <c r="C1435" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786254419638</t>
+          <t>9786256608320</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanına Linç</t>
+          <t>Kendi Kendine Borçlusun</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786256608016</t>
+          <t>9786256608399</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Peloton Liderliği</t>
+          <t>Türkiye’nin İsrail Politikası</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786256608009</t>
+          <t>9786256608351</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>İşte Hastane</t>
+          <t>Miyon Dolarlık Sözler</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786256608030</t>
+          <t>9786256608276</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Değerlerle Türk Tarihi</t>
+          <t>Sessiz Haykırış</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786254419997</t>
+          <t>9786256608337</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Hareketin Felsefesi</t>
+          <t>Cüret</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9693110002272</t>
+          <t>9786256608313</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>2024 Cumhuriyet Takvimi</t>
+          <t>Manifest Günlüğü</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>220</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786254419980</t>
+          <t>9786256608290</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Duaların Kayıp Sırları</t>
+          <t>İyi Oluş Günlüğü</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786254419973</t>
+          <t>9786256608238</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da ve Osmanlı’da Cadılık</t>
+          <t>Yüksek Frekanslı Şifa</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786254419959</t>
+          <t>9786256608269</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>7 Çeşit Evet</t>
+          <t>Kerpiç Reçeli</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786254419928</t>
+          <t>9786256608252</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Empat - Kendi Kendine Terapi Serisi</t>
+          <t>Senin Olan Seni Bulur</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786254419942</t>
+          <t>9786256608283</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kalemi - Falih Rıfkı Atay</t>
+          <t>Karma Astroloji ve Ezoterizm Işığında 2024</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786254419911</t>
+          <t>9786256608214</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>2001 Arı Kovanı</t>
+          <t>Pi Cemiyeti ve Yalnız Bir Radyo Hikayesi</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786254419935</t>
+          <t>9786256608177</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Karma ve Hak Ediş</t>
+          <t>Aydınlanma Sorunu ve Değerler</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786254419898</t>
+          <t>9786254419867</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya Krallığı</t>
+          <t>İncinmişsin</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786254419904</t>
+          <t>9786256608207</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Beni İncitemezsin</t>
+          <t>Vazgeçebilmenin Işığında 365 Gün</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786254419843</t>
+          <t>9786256608160</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Yanılsama Olduğu Unutulan Yanılsamadır</t>
+          <t>Atatürk’ün Tanrısı</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786254419812</t>
+          <t>9786256608184</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Kutunun Dışında Düşünmek</t>
+          <t>İstihbarat Sırları</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>68</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786254419874</t>
+          <t>9786256608146</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Güç Kazanma Sanatı</t>
+          <t>Muatio</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786254419850</t>
+          <t>9786256608085</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Kendini Tamamlamak İster</t>
+          <t>Ne İstersen Değil Neysen Onu Çekersin</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786254419782</t>
+          <t>9786256608092</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizesi Titreşimler ve Frekanslar</t>
+          <t>Hayalini Hayata Katma Okulu</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786254419881</t>
+          <t>9786256608122</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Ne Oldu?</t>
+          <t>Uzun İlişkilerin Sırrı</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786254419805</t>
+          <t>9786256608139</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Teorisi</t>
+          <t>Kırk Dokuz</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786254419768</t>
+          <t>9786256608023</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dön</t>
+          <t>Düş Uykunun Bekçisidir-Sigmund Freud</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786254419799</t>
+          <t>9786256608108</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Hatırladın mı Beni?</t>
+          <t>Bab-ül Aşk</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786254419713</t>
+          <t>9786256608054</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gitmemiş Gibi</t>
+          <t>Gelecek Bilgisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786254419775</t>
+          <t>9786256608047</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Nutrigenetik</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786254419751</t>
+          <t>9786254419836</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Zor değil</t>
+          <t>Budizm’e Göre İnsan Olma Potansiyeli</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786254419744</t>
+          <t>9786254419638</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Sebebi Sende Gizli</t>
+          <t>Belediye Başkanına Linç</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786254419720</t>
+          <t>9786256608016</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>İlhamdan Doğan Kader</t>
+          <t>Peloton Liderliği</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786254419737</t>
+          <t>9786256608009</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Günlük Mucizelerin Küçük Kursu</t>
+          <t>İşte Hastane</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786254419690</t>
+          <t>9786256608030</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sandığın Kadar Değil, Yandığın Kadardır</t>
+          <t>Değerlerle Türk Tarihi</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786254419553</t>
+          <t>9786254419997</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmeden önce Deneyin - Ernest Hemingway</t>
+          <t>Hareketin Felsefesi</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786254419683</t>
+          <t>9693110002272</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Kalem Yazmaz ki Kitapta Bulasın</t>
+          <t>2024 Cumhuriyet Takvimi</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786254419676</t>
+          <t>9786254419980</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Ceket</t>
+          <t>Duaların Kayıp Sırları</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786254419706</t>
+          <t>9786254419973</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Mesaj – Novus II</t>
+          <t>Avrupa’da ve Osmanlı’da Cadılık</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786254419621</t>
+          <t>9786254419959</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat V</t>
+          <t>7 Çeşit Evet</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786254419645</t>
+          <t>9786254419928</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Kenarındaki Salıncaklar</t>
+          <t>Karanlık Empat - Kendi Kendine Terapi Serisi</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786254419669</t>
+          <t>9786254419942</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Anahtarı Sende Saklı</t>
+          <t>Atatürk’ün Kalemi - Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786254419539</t>
+          <t>9786254419911</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Demografik İşgal</t>
+          <t>2001 Arı Kovanı</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786254419591</t>
+          <t>9786254419935</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Türk Hitler</t>
+          <t>İlişkiler Karma ve Hak Ediş</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786254419584</t>
+          <t>9786254419898</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Rızası Yok</t>
+          <t>Gizli Dünya Krallığı</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786254419607</t>
+          <t>9786254419904</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Rıza</t>
+          <t>Beni İncitemezsin</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786254419614</t>
+          <t>9786254419843</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Darbeye - Siyasi Anılar</t>
+          <t>Gerçeklik Yanılsama Olduğu Unutulan Yanılsamadır</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786254419546</t>
+          <t>9786254419812</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mavi Hayat</t>
+          <t>Kutunun Dışında Düşünmek</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786254419560</t>
+          <t>9786254419874</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Efendisi</t>
+          <t>Güç Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786254419577</t>
+          <t>9786254419850</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Berberi</t>
+          <t>Her İnsan Kendini Tamamlamak İster</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786254419522</t>
+          <t>9786254419782</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Dökülür Gecelerimden</t>
+          <t>Hayatın Mucizesi Titreşimler ve Frekanslar</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786254419317</t>
+          <t>9786254419881</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Yaşamaktır Hayat</t>
+          <t>Dün Gece Ne Oldu?</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786254419515</t>
+          <t>9786254419805</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Hipertansiyon Korkulacak Bir Hastalık Değildir</t>
+          <t>İstihbarat Teorisi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786254419508</t>
+          <t>9786254419768</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Algı Operasyonu ve Psikolojik Savaş</t>
+          <t>Umuda Dön</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786254419430</t>
+          <t>9786254419799</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Işık Sensin</t>
+          <t>Hatırladın mı Beni?</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786254419133</t>
+          <t>9786254419713</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Enerji Savaşları - Türkiye Neresinde?</t>
+          <t>Kimse Gitmemiş Gibi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786254419447</t>
+          <t>9786254419775</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786254419454</t>
+          <t>9786254419751</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hipnoz</t>
+          <t>Zor değil</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786254419324</t>
+          <t>9786254419744</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Diriliyor</t>
+          <t>Sebebi Sende Gizli</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786254419126</t>
+          <t>9786254419720</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>San - Hiçbir Şey İmkansız Değildir</t>
+          <t>İlhamdan Doğan Kader</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786254419348</t>
+          <t>9786254419737</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Annelerinin Kaderini mi Yaşar</t>
+          <t>Günlük Mucizelerin Küçük Kursu</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786254419355</t>
+          <t>9786254419690</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çengi - Bir Cahide Sonku Romanı</t>
+          <t>Aşk Sandığın Kadar Değil, Yandığın Kadardır</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786254419331</t>
+          <t>9786254419553</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin Anne?</t>
+          <t>Vazgeçmeden önce Deneyin - Ernest Hemingway</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786254418655</t>
+          <t>9786254419683</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Beter - La Vie</t>
+          <t>Aşkı Kalem Yazmaz ki Kitapta Bulasın</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786254419270</t>
+          <t>9786254419676</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Öte Alem</t>
+          <t>Kanlı Ceket</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786254419287</t>
+          <t>9786254419706</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kalbindeki Ejder</t>
+          <t>Mesaj – Novus II</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786254419294</t>
+          <t>9786254419621</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Hekate Bize Ne Mesaj Veriyor-Tanrıların Çağrısı</t>
+          <t>Umberto Arte ile Sanat V</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>180</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786254419300</t>
+          <t>9786254419645</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Delirmiş Evrenin Ortasında</t>
+          <t>Uçurum Kenarındaki Salıncaklar</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786254419171</t>
+          <t>9786254419669</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Yegane Terapi Yaşamın Kendisidir - Otto Rank</t>
+          <t>Ruhun Anahtarı Sende Saklı</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786254419256</t>
+          <t>9786254419539</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat</t>
+          <t>Demografik İşgal</t>
         </is>
       </c>
       <c r="C1501" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786254419263</t>
+          <t>9786254419591</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Ancak Ben Olduğumda Gerçektir - Gurdjieff</t>
+          <t>Türk Hitler</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786254419157</t>
+          <t>9786254419584</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Anlar İçin Ev Yapımı Mucizeler</t>
+          <t>Rızası Yok</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786254419249</t>
+          <t>9786254419607</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Parmenides - Nereden Başladığımın Bir Önemi Yok, Çünkü Geri Döneceğim Oraya</t>
+          <t>Rıza</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786254419188</t>
+          <t>9786254419614</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Genetik Terörü</t>
+          <t>Darbeden Darbeye - Siyasi Anılar</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786254419119</t>
+          <t>9786254419546</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Sen Varsan Ben Varım</t>
+          <t>Yeşil Mavi Hayat</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786254419034</t>
+          <t>9786254419560</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Duyguların Efendisi</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786254419195</t>
+          <t>9786254419577</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Güneş Özümü Alıyor</t>
+          <t>Atatürk’ün Berberi</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786254419072</t>
+          <t>9786254419522</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyden Her Şey Mümkündür</t>
+          <t>Yıldızlar Dökülür Gecelerimden</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786254419140</t>
+          <t>9786254419317</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Haarp</t>
+          <t>İnsanca Yaşamaktır Hayat</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786254419089</t>
+          <t>9786254419515</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Deruni Devlet</t>
+          <t>Hipertansiyon Korkulacak Bir Hastalık Değildir</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786254419041</t>
+          <t>9786254419508</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Leş</t>
+          <t>Algı Operasyonu ve Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786254419096</t>
+          <t>9786254419430</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Aslan Avı</t>
+          <t>Yoldaki Işık Sensin</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786254418297</t>
+          <t>9786254419133</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Viyolonsel</t>
+          <t>Yeni Dünya Düzeninde Enerji Savaşları - Türkiye Neresinde?</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786254417986</t>
+          <t>9786254419447</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Terörü</t>
+          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786254419027</t>
+          <t>9786254419454</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Zaman Geçer Sesler Kalır</t>
+          <t>Küresel Hipnoz</t>
         </is>
       </c>
       <c r="C1516" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786254419003</t>
+          <t>9786254419324</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Seyyar Hikaye Satıcısı</t>
+          <t>Atatürk Diriliyor</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786254419010</t>
+          <t>9786254419126</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Mutluysan Kimseyle Derdin Olmaz</t>
+          <t>San - Hiçbir Şey İmkansız Değildir</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786254418969</t>
+          <t>9786254419348</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Veranda Sohbetleri - Allah Yarına Bırakır Yanına Bırakmaz</t>
+          <t>Kızlar Annelerinin Kaderini mi Yaşar</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786254418983</t>
+          <t>9786254419355</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Değer mi?</t>
+          <t>Kızıl Çengi - Bir Cahide Sonku Romanı</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786254418532</t>
+          <t>9786254419331</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Küçük Antika Dükkanı</t>
+          <t>Beni Neden Sevmedin Anne?</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786254418938</t>
+          <t>9786254418655</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Sır Sahibine Verilir</t>
+          <t>Ölümden Beter - La Vie</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786254418914</t>
+          <t>9786254419270</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Korkmayın Çünkü Ben Sizinleyim</t>
+          <t>Öte Alem</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786254418891</t>
+          <t>9786254419287</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Sende Bulan Senindir Ötesi Misafir</t>
+          <t>İstanbul’un Kalbindeki Ejder</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786254418747</t>
+          <t>9786254419294</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Budizm ve Sinirbilim</t>
+          <t>Hekate Bize Ne Mesaj Veriyor-Tanrıların Çağrısı</t>
         </is>
       </c>
       <c r="C1525" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786258360271</t>
+          <t>9786254419300</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Yılan Balığı</t>
+          <t>Delirmiş Evrenin Ortasında</t>
         </is>
       </c>
       <c r="C1526" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786254418877</t>
+          <t>9786254419171</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Düşünme - Gerçekliğe Aşkın bir Düşünme Biçimi</t>
+          <t>Yegane Terapi Yaşamın Kendisidir - Otto Rank</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786254418907</t>
+          <t>9786254419256</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Hocalı Katliamı Günlerinde Aşk - Azerbaycan Maralı</t>
+          <t>İstihbarat</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786254418884</t>
+          <t>9786254419263</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Hayatına Değer Kat</t>
+          <t>Hayat, Ancak Ben Olduğumda Gerçektir - Gurdjieff</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786254418860</t>
+          <t>9786254419157</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie-Hayatın Ortasında Ölümün İçindeyiz</t>
+          <t>Olağanüstü Anlar İçin Ev Yapımı Mucizeler</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786254418846</t>
+          <t>9786254419249</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Dante Alighieri - Her Karanlık, Şafağın Tohumlarını İçinde Taşır</t>
+          <t>Parmenides - Nereden Başladığımın Bir Önemi Yok, Çünkü Geri Döneceğim Oraya</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786254418839</t>
+          <t>9786254419188</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Stanley Kubrick - Estetiğin ve Sembollerin Gizemli Yönetmeni</t>
+          <t>Sosyal Genetik Terörü</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786254418792</t>
+          <t>9786254419119</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Erdemliler Cemiyeti Hılfü’l-fudül</t>
+          <t>Sen Varsan Ben Varım</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786254418730</t>
+          <t>9786254419034</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Demokraasi Yalanları ve Seçimler</t>
+          <t>Masumiyet</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786254418563</t>
+          <t>9786254419195</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Avcıların Üç Günü</t>
+          <t>Güneş Özümü Alıyor</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786254418440</t>
+          <t>9786254419072</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendinin Gardiyanı Olma</t>
+          <t>Hiçbir Şeyden Her Şey Mümkündür</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786254418754</t>
+          <t>9786254419140</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kendi Peşimde</t>
+          <t>Haarp</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786254418723</t>
+          <t>9786254419089</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bir İlişki Kişisel Özgürlükle Başlar</t>
+          <t>Deruni Devlet</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786254418679</t>
+          <t>9786254419041</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>The Symposium</t>
+          <t>Leş</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786254418686</t>
+          <t>9786254419096</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Tam Zamanı</t>
+          <t>Aslan Avı</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786254418716</t>
+          <t>9786254418297</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Meselesi</t>
+          <t>Viyolonsel</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786254418631</t>
+          <t>9786254417986</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Rota Hesaplanıyor</t>
+          <t>Eğitim Terörü</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786254418648</t>
+          <t>9786254419027</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemin Sırlarıyım</t>
+          <t>Zaman Geçer Sesler Kalır</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786254418662</t>
+          <t>9786254419003</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kod Adı: Mustafa Şerif</t>
+          <t>Seyyar Hikaye Satıcısı</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786254418709</t>
+          <t>9786254419010</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Kendinle Mutluysan Kimseyle Derdin Olmaz</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786254418518</t>
+          <t>9786254418969</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Servet Enerjini Aktive Et</t>
+          <t>Veranda Sohbetleri - Allah Yarına Bırakır Yanına Bırakmaz</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786254418549</t>
+          <t>9786254418983</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon Ekonomisi</t>
+          <t>Değer mi?</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786254418624</t>
+          <t>9786254418532</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Kartopu</t>
+          <t>Küçük Antika Dükkanı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786254418617</t>
+          <t>9786254418938</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Gökler Konuşuyor - Hakikat Portalı 1. Kitap</t>
+          <t>Sır Sahibine Verilir</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786254418600</t>
+          <t>9786254418914</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Yalnız Bir Sultan II. Abdülhamid Han</t>
+          <t>Korkmayın Çünkü Ben Sizinleyim</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786254418594</t>
+          <t>9786254418891</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>İntihar Ormanı</t>
+          <t>Mutluluğu Sende Bulan Senindir Ötesi Misafir</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053117001</t>
+          <t>9786254418747</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Descartes - Gerçeği Arayan Her Şeyden Kuşku Duymalıdır</t>
+          <t>Budizm ve Sinirbilim</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786254418556</t>
+          <t>9786258360271</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Adguk Öğretisi</t>
+          <t>Yılan Balığı</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786254418570</t>
+          <t>9786254418877</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendime Yeterim</t>
+          <t>Simgesel Düşünme - Gerçekliğe Aşkın bir Düşünme Biçimi</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786254418525</t>
+          <t>9786254418907</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Perizat</t>
+          <t>Hocalı Katliamı Günlerinde Aşk - Azerbaycan Maralı</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786254418587</t>
+          <t>9786254418884</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kilidini Kaldır</t>
+          <t>Hayatına Değer Kat</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786254418358</t>
+          <t>9786254418860</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren - Eskimeden Yenilenmeyi Bilen Başarır</t>
+          <t>Agatha Christie-Hayatın Ortasında Ölümün İçindeyiz</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786254418402</t>
+          <t>9786254418846</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Yatıyorum Bir Şey Diyor musun?</t>
+          <t>Dante Alighieri - Her Karanlık, Şafağın Tohumlarını İçinde Taşır</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786254418396</t>
+          <t>9786254418839</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>İdeal Şirket Yolculuğu</t>
+          <t>Stanley Kubrick - Estetiğin ve Sembollerin Gizemli Yönetmeni</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786254418327</t>
+          <t>9786254418792</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Mar</t>
+          <t>Erdemliler Cemiyeti Hılfü’l-fudül</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786254418341</t>
+          <t>9786254418730</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Heidegger – Ben Fırlatılmış Olanaktır</t>
+          <t>Demokraasi Yalanları ve Seçimler</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786254418273</t>
+          <t>9786254418563</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji ve Teknoloji Terörü</t>
+          <t>Avcıların Üç Günü</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786254418365</t>
+          <t>9786254418440</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Çağrısı - Dionysos</t>
+          <t>Kendi Kendinin Gardiyanı Olma</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786254418372</t>
+          <t>9786254418754</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Bana Sarılır mısın?</t>
+          <t>Kendi Peşimde</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9693110001497</t>
+          <t>9786254418723</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji 3 Kitap Set Defter Hediyeli</t>
+          <t>Sağlıklı Bir İlişki Kişisel Özgürlükle Başlar</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>640</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786254418310</t>
+          <t>9786254418679</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuyla Çocukluğunu İyileştiren Anne Babalar</t>
+          <t>The Symposium</t>
         </is>
       </c>
       <c r="C1566" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786254418211</t>
+          <t>9786254418686</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Utanmaz</t>
+          <t>Şimdi Tam Zamanı</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786254418150</t>
+          <t>9786254418716</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>İskenderiyeli Philo Judaeus - Tanrı’nın Bilgisine Ulaşmak Mutluluğun Kendisidir</t>
+          <t>Zihniyet Meselesi</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786254418167</t>
+          <t>9786254418631</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Sadık Hidâyet - Hayat Baştan Sona Kıssadır</t>
+          <t>Rota Hesaplanıyor</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786254418143</t>
+          <t>9786254418648</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Ya Doğru Bildiğimiz Her Şey Yanlışsa</t>
+          <t>Ben Annemin Sırlarıyım</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786254418099</t>
+          <t>9786254418662</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Yiyin Efendiler</t>
+          <t>Atatürk’ün Kod Adı: Mustafa Şerif</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786254418044</t>
+          <t>9786254418709</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Utanç</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786254418051</t>
+          <t>9786254418518</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı mısın Kurban mı?</t>
+          <t>Servet Enerjini Aktive Et</t>
         </is>
       </c>
       <c r="C1573" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786254418112</t>
+          <t>9786254418549</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Köklerimiz Mirasımızdır</t>
+          <t>İllüzyon Ekonomisi</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786254418136</t>
+          <t>9786254418624</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Katra</t>
+          <t>Şirin ve Kartopu</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786254418068</t>
+          <t>9786254418617</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Herkes İhanet Eder Sevdiğine</t>
+          <t>Gökler Konuşuyor - Hakikat Portalı 1. Kitap</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786254417979</t>
+          <t>9786254418600</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İman Esasları ve Kader Sorunu</t>
+          <t>Yıldız’da Yalnız Bir Sultan II. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786254417962</t>
+          <t>9786254418594</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 6</t>
+          <t>İntihar Ormanı</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786254417993</t>
+          <t>9786053117001</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Yavaşça Acele Et</t>
+          <t>Descartes - Gerçeği Arayan Her Şeyden Kuşku Duymalıdır</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786254417955</t>
+          <t>9786254418556</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 5</t>
+          <t>Adguk Öğretisi</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786254417948</t>
+          <t>9786254418570</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 4</t>
+          <t>Ben Kendime Yeterim</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786254418020</t>
+          <t>9786254418525</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Vampir Vakası</t>
+          <t>Perizat</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786254417931</t>
+          <t>9786254418587</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Mucize Kilidini Kaldır</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786254418006</t>
+          <t>9786254418358</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Münafık</t>
+          <t>Zeki Müren - Eskimeden Yenilenmeyi Bilen Başarır</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786254418013</t>
+          <t>9786254418402</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Ademelması</t>
+          <t>Yatıyorum Bir Şey Diyor musun?</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786254417917</t>
+          <t>9786254418396</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yaşam Akış Yaşantısından Doğar</t>
+          <t>İdeal Şirket Yolculuğu</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786254417924</t>
+          <t>9786254418327</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Herkes Saklar Yarasını</t>
+          <t>Şah-ı Mar</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786254417887</t>
+          <t>9786254418341</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Bedenim</t>
+          <t>Heidegger – Ben Fırlatılmış Olanaktır</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786254417894</t>
+          <t>9786254418273</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Kapı İçeriden Açılır</t>
+          <t>Biyoloji ve Teknoloji Terörü</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786254417863</t>
+          <t>9786254418365</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan - Her Anlama Bir Yanlış Anlamadır</t>
+          <t>Tanrıların Çağrısı - Dionysos</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786254417832</t>
+          <t>9786254418372</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Anne O Bizden Biri</t>
+          <t>Bana Sarılır mısın?</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786254417726</t>
+          <t>9693110001497</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Dünya Evi</t>
+          <t>Müthiş Psikoloji 3 Kitap Set Defter Hediyeli</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>280</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786254417870</t>
+          <t>9786254418310</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Beni Çağırmış</t>
+          <t>Çocuğuyla Çocukluğunu İyileştiren Anne Babalar</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053119982</t>
+          <t>9786254418211</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Creator Of Luxurious Life</t>
+          <t>Utanmaz</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786054771684</t>
+          <t>9786254418150</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilen Rabb’ini Bilir</t>
+          <t>İskenderiyeli Philo Judaeus - Tanrı’nın Bilgisine Ulaşmak Mutluluğun Kendisidir</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786254417849</t>
+          <t>9786254418167</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Kendine Değer Katabilmek</t>
+          <t>Sadık Hidâyet - Hayat Baştan Sona Kıssadır</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786254417856</t>
+          <t>9786254418143</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Rehberindir</t>
+          <t>Ya Doğru Bildiğimiz Her Şey Yanlışsa</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786254417733</t>
+          <t>9786254418099</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>İşportadan Kırmızı Halıya</t>
+          <t>Yiyin Efendiler</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786254417825</t>
+          <t>9786254418044</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Doktoru</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786254417771</t>
+          <t>9786254418051</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Torbayla Bir Ömür</t>
+          <t>Kurtarıcı mısın Kurban mı?</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786254417719</t>
+          <t>9786254418112</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Uzak</t>
+          <t>Köklerimiz Mirasımızdır</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786254417689</t>
+          <t>9786254418136</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Unutulamayanın Tutsaklığında</t>
+          <t>Katra</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786254417627</t>
+          <t>9786254418068</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Adı: Bebek</t>
+          <t>Herkes İhanet Eder Sevdiğine</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786254417641</t>
+          <t>9786254417979</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Marcel Proust - Akıp Gider, Uzun Sürmez Mutluluğu Kötülerin</t>
+          <t>Kur’an’da İman Esasları ve Kader Sorunu</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786254417658</t>
+          <t>9786254417962</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Öldü, Kral Çıplak Mı?</t>
+          <t>Kur’an’a Göre Araştırmalar 6</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786254417634</t>
+          <t>9786254417993</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Hayat İlerlemek Kadar Geride Bırakabilmektir</t>
+          <t>Yavaşça Acele Et</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786254417672</t>
+          <t>9786254417955</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Üç Hali</t>
+          <t>Kur’an’a Göre Araştırmalar 5</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786254417665</t>
+          <t>9786254417948</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Bırak Olduğu Gibi Gelsin Hayat</t>
+          <t>Kur’an’a Göre Araştırmalar 4</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786254417757</t>
+          <t>9786254418020</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>The Code of Destiny</t>
+          <t>Osmanlı’da Bir Vampir Vakası</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786254417696</t>
+          <t>9786254417931</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Karanlık Yüzü</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786254417702</t>
+          <t>9786254418006</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Dünya Okulunda Ruhun Devrimi</t>
+          <t>Münafık</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786254417764</t>
+          <t>9786254418013</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçilmez Olmanın Sırrı</t>
+          <t>Ademelması</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786254417610</t>
+          <t>9786254417917</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Ne Su Aynı Artık Ne de Sen</t>
+          <t>Mutlu Bir Yaşam Akış Yaşantısından Doğar</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>78</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786254417559</t>
+          <t>9786254417924</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızı Barış Manço 2023</t>
+          <t>Herkes Saklar Yarasını</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786254417573</t>
+          <t>9786254417887</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Ev</t>
+          <t>Bedenim</t>
         </is>
       </c>
       <c r="C1615" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786254417580</t>
+          <t>9786254417894</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Kapı İçeriden Açılır</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786254417597</t>
+          <t>9786254417863</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kadının Başucu Kitabı</t>
+          <t>Jacques Lacan - Her Anlama Bir Yanlış Anlamadır</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786254417429</t>
+          <t>9786254417832</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bir Seyahattir</t>
+          <t>Anne O Bizden Biri</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786254417436</t>
+          <t>9786254417726</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Devrimi Kadınlar Yapar - Atatürk’ün Öncü Kadınları</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786254417474</t>
+          <t>9786254417870</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Tapınakçılar - Gizli Savaş: Komplo Değil Gerçek</t>
+          <t>Tanrı Beni Çağırmış</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786254417467</t>
+          <t>9786053119982</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Sorgu Odasında Apo</t>
+          <t>Creator Of Luxurious Life</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786254417375</t>
+          <t>9786054771684</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar İçin Dharma</t>
+          <t>Kendini Bilen Rabb’ini Bilir</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786254417290</t>
+          <t>9786254417849</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>İçinizde Ne Varsa Dışarıda da Onu Görürsünüz</t>
+          <t>Kendine Değer Katabilmek</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786254417382</t>
+          <t>9786254417856</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Kalbin Rehberindir</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786254417337</t>
+          <t>9786254417733</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Bu Tariflerle Gebe Kalınır</t>
+          <t>İşportadan Kırmızı Halıya</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786254417399</t>
+          <t>9786254417825</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Soyun</t>
+          <t>Çiçek Doktoru</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786254417115</t>
+          <t>9786254417771</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Olasılıklar Arasında</t>
+          <t>Torbayla Bir Ömür</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786254416248</t>
+          <t>9786254417719</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Onu Nasıl Mutlu Edersin</t>
+          <t>Dünyadan Uzak</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786254416989</t>
+          <t>9786254417689</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles / Hayatı Bir Şölen Sofrası Gibi Bırakmalı, Ne Susuz Ne de Sarhoş</t>
+          <t>Unutulamayanın Tutsaklığında</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786254416965</t>
+          <t>9786254417627</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Uğur Mumcu'dan Sonra Rabıta</t>
+          <t>Mucizenin Adı: Bebek</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786254416972</t>
+          <t>9786254417641</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzleşme</t>
+          <t>Marcel Proust - Akıp Gider, Uzun Sürmez Mutluluğu Kötülerin</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786254416811</t>
+          <t>9786254417658</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Daha Fazlasını İste</t>
+          <t>Kraliçe Öldü, Kral Çıplak Mı?</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786254416897</t>
+          <t>9786254417634</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Varım! Ama Neden?</t>
+          <t>Hayat İlerlemek Kadar Geride Bırakabilmektir</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786254416828</t>
+          <t>9786254417672</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Yalana Sarılır</t>
+          <t>Evliliğin Üç Hali</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786254416927</t>
+          <t>9786254417665</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Hani Ayrılıklar da Sevdaya Dahildi?</t>
+          <t>Bırak Olduğu Gibi Gelsin Hayat</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786254416835</t>
+          <t>9786254417757</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Bakan Hoca</t>
+          <t>The Code of Destiny</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786254416767</t>
+          <t>9786254417696</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Epictetus - No Man is Free Who is Not Master of Himself</t>
+          <t>Liderliğin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786254416774</t>
+          <t>9786254417702</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çocuklarınız Sıkılsın!</t>
+          <t>Dünya Okulunda Ruhun Devrimi</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786254416743</t>
+          <t>9786254417764</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Saray Rejiminin Çöküşü</t>
+          <t>Vazgeçilmez Olmanın Sırrı</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9693110001268</t>
+          <t>9786254417610</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım Seti - 5 Kitap Takım (Kısmet Defteri Hediyeli)</t>
+          <t>Ne Su Aynı Artık Ne de Sen</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>1340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786254416712</t>
+          <t>9786254417559</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'e Kuşatma</t>
+          <t>Sır Muhafızı Barış Manço 2023</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786254416446</t>
+          <t>9786254417573</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İnsan</t>
+          <t>Rüzgarlı Ev</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786254416378</t>
+          <t>9786254417580</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Puglia’da Bir Ömür</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786254416361</t>
+          <t>9786254417597</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Akıllı Kadının Başucu Kitabı</t>
         </is>
       </c>
       <c r="C1644" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786254416323</t>
+          <t>9786254417429</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Acı ile Başlar</t>
+          <t>Yaşam Bir Seyahattir</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786254416316</t>
+          <t>9786254417436</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Nasılsın?</t>
+          <t>Devrimi Kadınlar Yapar - Atatürk’ün Öncü Kadınları</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786254415654</t>
+          <t>9786254417474</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Irk</t>
+          <t>Kim Bu Tapınakçılar - Gizli Savaş: Komplo Değil Gerçek</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053119838</t>
+          <t>9786254417467</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Ters Kanatlı Şahin</t>
+          <t>Sorgu Odasında Apo</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786254417009</t>
+          <t>9786254417375</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gizli Şifreleri</t>
+          <t>Zor Zamanlar İçin Dharma</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786254417320</t>
+          <t>9786254417290</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Kadın Orgazmı</t>
+          <t>İçinizde Ne Varsa Dışarıda da Onu Görürsünüz</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786254417313</t>
+          <t>9786254417382</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Cicero - Kimse Erdem Olmadan Mutlu Olamaz</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786254417191</t>
+          <t>9786254417337</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hakkında Acı Gerçekler</t>
+          <t>Bu Tariflerle Gebe Kalınır</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786254417283</t>
+          <t>9786254417399</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Thales - Her Şeyin Yok Olduğu Anda Bile Bir Ümit Vardır</t>
+          <t>Benim İçin Soyun</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786254417221</t>
+          <t>9786254417115</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Şifa</t>
+          <t>Olasılıklar Arasında</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786254417023</t>
+          <t>9786254416248</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Kod 2023</t>
+          <t>Onu Nasıl Mutlu Edersin</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786254417146</t>
+          <t>9786254416989</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>O Dediğin Masallarda Olur Canım</t>
+          <t>Aristoteles / Hayatı Bir Şölen Sofrası Gibi Bırakmalı, Ne Susuz Ne de Sarhoş</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786254417108</t>
+          <t>9786254416965</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Vaktini Bekler</t>
+          <t>Uğur Mumcu'dan Sonra Rabıta</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786254416736</t>
+          <t>9786254416972</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bulutları</t>
+          <t>Son Yüzleşme</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786254416408</t>
+          <t>9786254416811</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dişil</t>
+          <t>Hayattan Daha Fazlasını İste</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786254416705</t>
+          <t>9786254416897</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Göründüğün Kadar Varsın</t>
+          <t>Varım! Ama Neden?</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786254416286</t>
+          <t>9786254416828</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Seni Yoran Her Şeyi Bırak</t>
+          <t>Denize Düşen Yalana Sarılır</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786254416699</t>
+          <t>9786254416927</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Melek Terörist Fahişe</t>
+          <t>Hani Ayrılıklar da Sevdaya Dahildi?</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786254416392</t>
+          <t>9786254416835</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Sonrası Yaşamın Kılavuzu</t>
+          <t>Bakan Hoca</t>
         </is>
       </c>
       <c r="C1663" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786254416668</t>
+          <t>9786254416767</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katilleri ve O Doktor</t>
+          <t>Epictetus - No Man is Free Who is Not Master of Himself</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786254415616</t>
+          <t>9786254416774</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>İki Cihanın Bekçisi</t>
+          <t>Bırakın Çocuklarınız Sıkılsın!</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786254416385</t>
+          <t>9786254416743</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Kant: Üstümde Yıldızlı Gökyüzü İçimde Ahlak Yasası</t>
+          <t>Saray Rejiminin Çöküşü</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786254416354</t>
+          <t>9693110001268</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Yemek Düşmanın Değildir</t>
+          <t>Bircan Yıldırım Seti - 5 Kitap Takım (Kısmet Defteri Hediyeli)</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>180</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786254416224</t>
+          <t>9786254416712</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Atatürk ve Cumhuriyet'e Kuşatma</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786254416293</t>
+          <t>9786254416446</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Plotinus - Her İçe Yönelme Aynı Zamanda Tanrı’ya Yönelmedir</t>
+          <t>Kayıp İnsan</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786254416279</t>
+          <t>9786254416378</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Terapi</t>
+          <t>Puglia’da Bir Ömür</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786254416231</t>
+          <t>9786254416361</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Psikoterapi</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786254416217</t>
+          <t>9786254416323</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Akılcı Yaşam Terapisi</t>
+          <t>Uyanış Acı ile Başlar</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786254416255</t>
+          <t>9786254416316</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat IV</t>
+          <t>Gerçekten Nasılsın?</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>780</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786254415395</t>
+          <t>9786254415654</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Yaşam Çemberi</t>
+          <t>Altıncı Irk</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786254416170</t>
+          <t>9786053119838</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>İktisada Yeniden Giriş</t>
+          <t>Ters Kanatlı Şahin</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786254416156</t>
+          <t>9786254417009</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmediğin Sürece Zorluklar Geçicidir</t>
+          <t>Bilinçaltının Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786254415999</t>
+          <t>9786254417320</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sen - Arınmanın ve Nefsi Yönetmenin Yolları</t>
+          <t>Kadın Orgazmı</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786254416125</t>
+          <t>9786254417313</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Dinin Dindarla Sınavı</t>
+          <t>Cicero - Kimse Erdem Olmadan Mutlu Olamaz</t>
         </is>
       </c>
       <c r="C1678" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786254416132</t>
+          <t>9786254417191</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Anılarınla Barışırsan Özgürleşirsin</t>
+          <t>Tatlı Hakkında Acı Gerçekler</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786254415883</t>
+          <t>9786254417283</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Rosa Luxemburg - Vardım, Varım, Var Olacağım!</t>
+          <t>Thales - Her Şeyin Yok Olduğu Anda Bile Bir Ümit Vardır</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786254415890</t>
+          <t>9786254417221</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Benim Olan Tek Şey Günahlarımdır</t>
+          <t>Ezoterik Şifa</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786254415869</t>
+          <t>9786254417023</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Anti Kanser Yaşam ve Beslenme</t>
+          <t>Kod 2023</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786254415739</t>
+          <t>9786254417146</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Masum Cinayetler</t>
+          <t>O Dediğin Masallarda Olur Canım</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786254415906</t>
+          <t>9786254417108</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Asil Kan</t>
+          <t>Her Şey Vaktini Bekler</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786254415623</t>
+          <t>9786254416736</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sabrı - Faili Meşhur 90'lar!</t>
+          <t>Yaz Bulutları</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786254415661</t>
+          <t>9786254416408</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Beden Benim Karar Benim</t>
+          <t>Yeni Dişil</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786254415678</t>
+          <t>9786254416705</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Jean - Jacques Rousseau - İnsan Özgür Doğmuştur Ama Her Yerde Zincire Vurulmuştur</t>
+          <t>Göründüğün Kadar Varsın</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786254415609</t>
+          <t>9786254416286</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Arthur Rimbaud Ateşi Çalan Şair</t>
+          <t>Seni Yoran Her Şeyi Bırak</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786254415807</t>
+          <t>9786254416699</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Paçayı Kaptırmama Sanatı</t>
+          <t>Melek Terörist Fahişe</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786254415715</t>
+          <t>9786254416392</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Onlar Düşünsün</t>
+          <t>Uyanış Sonrası Yaşamın Kılavuzu</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786254415708</t>
+          <t>9786254416668</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sessize Alma Vakti</t>
+          <t>Atatürk’ün Katilleri ve O Doktor</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053115274</t>
+          <t>9786254415616</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>İki Cihanın Bekçisi</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786254415845</t>
+          <t>9786254416385</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Karıncalar</t>
+          <t>Kant: Üstümde Yıldızlı Gökyüzü İçimde Ahlak Yasası</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786254415562</t>
+          <t>9786254416354</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Sürdürme Sanatı</t>
+          <t>Yemek Düşmanın Değildir</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786254415593</t>
+          <t>9786254416224</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Nelson Mandela/Seçimleriniz Korkularınızı Değil Umutlarınızı Yansıtsın</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786254415586</t>
+          <t>9786254416293</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kaldırımdaki Adam</t>
+          <t>Plotinus - Her İçe Yönelme Aynı Zamanda Tanrı’ya Yönelmedir</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786254415555</t>
+          <t>9786254416279</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Mevlana Terapi</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786254415418</t>
+          <t>9786254416231</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Sırlarımız Kadar Hastayız</t>
+          <t>Felsefe ve Psikoterapi</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786254415401</t>
+          <t>9786254416217</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Yasası</t>
+          <t>Akılcı Yaşam Terapisi</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786254415142</t>
+          <t>9786254416255</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam - Kader Çarkı</t>
+          <t>Umberto Arte ile Sanat IV</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>320</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786254415364</t>
+          <t>9786254415395</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Bennet Olmak</t>
+          <t>Şamanın Yaşam Çemberi</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786254415333</t>
+          <t>9786254416170</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Yalın ve Yansız</t>
+          <t>İktisada Yeniden Giriş</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786254415388</t>
+          <t>9786254416156</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Aşktan Şifalı Aşka</t>
+          <t>Vazgeçmediğin Sürece Zorluklar Geçicidir</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786254415326</t>
+          <t>9786254415999</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Işığın Şifa Yolu</t>
+          <t>Yeniden Sen - Arınmanın ve Nefsi Yönetmenin Yolları</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786254415265</t>
+          <t>9786254416125</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Zenon - Mutluluk Hayatın Dirençsiz Akışıdır</t>
+          <t>Dinin Dindarla Sınavı</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786254415258</t>
+          <t>9786254416132</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Doğan Güç</t>
+          <t>Anılarınla Barışırsan Özgürleşirsin</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786254415302</t>
+          <t>9786254415883</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Bestedir</t>
+          <t>Rosa Luxemburg - Vardım, Varım, Var Olacağım!</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786254415241</t>
+          <t>9786254415890</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Malcolm X - Benim Olan Tek Şey Günahlarımdır</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786254415173</t>
+          <t>9786254415869</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Sen Yola Çık Yol Sana Görünür</t>
+          <t>Anti Kanser Yaşam ve Beslenme</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786254415135</t>
+          <t>9786254415739</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Büyük Tiyatro</t>
+          <t>Masum Cinayetler</t>
         </is>
       </c>
       <c r="C1710" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786254415159</t>
+          <t>9786254415906</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Kusur İmzadır Kusursuzluk Bir Yalan!</t>
+          <t>Asil Kan</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786254415098</t>
+          <t>9786254415623</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Karmik Astroloji ve Ezoterizm Işığında 2022</t>
+          <t>Zamanın Sabrı - Faili Meşhur 90'lar!</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786254415067</t>
+          <t>9786254415661</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Projesi</t>
+          <t>Beden Benim Karar Benim</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786254415050</t>
+          <t>9786254415678</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Benedictus de Spinoza - Hakikat Kendisinin Ölçüsüdür</t>
+          <t>Jean - Jacques Rousseau - İnsan Özgür Doğmuştur Ama Her Yerde Zincire Vurulmuştur</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786254414879</t>
+          <t>9786254415609</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Niyet Ettim!</t>
+          <t>Arthur Rimbaud Ateşi Çalan Şair</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786254415074</t>
+          <t>9786254415807</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Paçayı Kaptırmama Sanatı</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786254414862</t>
+          <t>9786254415715</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Mars ve Venüs'ün Ötesinde</t>
+          <t>Şimdi Onlar Düşünsün</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786254414794</t>
+          <t>9786254415708</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Görebilmek</t>
+          <t>Hayatı Sessize Alma Vakti</t>
         </is>
       </c>
       <c r="C1718" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786254414824</t>
+          <t>9786053115274</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer: Mutlu Bir Hayat Olanaksızdır İnsanın Başarabileceği En İyi Şey Kahramanca Bir Hayat</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786254414817</t>
+          <t>9786254415845</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Peygamberliği Ve Siyasetiyle Hz. Muhammed</t>
+          <t>Kafamdaki Karıncalar</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786254414831</t>
+          <t>9786254415562</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Bu İşler İnce İşler</t>
+          <t>Sevgiyi Sürdürme Sanatı</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786254414855</t>
+          <t>9786254415593</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>İz Bıraktığın Kadar Varsın</t>
+          <t>Nelson Mandela/Seçimleriniz Korkularınızı Değil Umutlarınızı Yansıtsın</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786254414770</t>
+          <t>9786254415586</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tenhaları</t>
+          <t>Karşı Kaldırımdaki Adam</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786254414527</t>
+          <t>9786254415555</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Gözlerinde Kaldım</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786254414497</t>
+          <t>9786254415418</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Terapiste Gittiğinde</t>
+          <t>Sırlarımız Kadar Hastayız</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786254414428</t>
+          <t>9786254415401</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Geleceksen</t>
+          <t>Zenginlik Yasası</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786254414404</t>
+          <t>9786254415142</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Charles Bukowski - Pis Moruk Diriliyor</t>
+          <t>Ömer Hayyam - Kader Çarkı</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786254414411</t>
+          <t>9786254415364</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Ağırlıksız</t>
+          <t>Elizabeth Bennet Olmak</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786254414183</t>
+          <t>9786254415333</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Selam Söyle O Günlere</t>
+          <t>Yalın ve Yansız</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786254414190</t>
+          <t>9786254415388</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Dünya Döner Renkler Kalır</t>
+          <t>Zehirli Aşktan Şifalı Aşka</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786254414152</t>
+          <t>9786254415326</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Astroloji</t>
+          <t>Işığın Şifa Yolu</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786254414046</t>
+          <t>9786254415265</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Ne İçin Varsan Onun İçin Yaşa</t>
+          <t>Kıbrıslı Zenon - Mutluluk Hayatın Dirençsiz Akışıdır</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786254414176</t>
+          <t>9786254415258</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Olanı Arayabilmek</t>
+          <t>İçimizden Doğan Güç</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786254414138</t>
+          <t>9786254415302</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Yüreğiyle Konuşanlar</t>
+          <t>Her İnsan Bir Bestedir</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786254414169</t>
+          <t>9786254415241</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Metin Kurt Devrim Atağında Yalnız Bir Futbolcu</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786254414084</t>
+          <t>9786254415173</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Tarot</t>
+          <t>Sen Yola Çık Yol Sana Görünür</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786254414060</t>
+          <t>9786254415135</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Edebiyat</t>
+          <t>Ortadoğu'da Büyük Tiyatro</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786254414077</t>
+          <t>9786254415159</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köy</t>
+          <t>Kusur İmzadır Kusursuzluk Bir Yalan!</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786254414008</t>
+          <t>9786254415098</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımda Hala Sıcaklığın Var</t>
+          <t>Karmik Astroloji ve Ezoterizm Işığında 2022</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786254414107</t>
+          <t>9786254415067</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Şinto - Şinto’nun Yolu Doğanın Kalbine Gider</t>
+          <t>Özgürlük Projesi</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786254413988</t>
+          <t>9786254415050</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Dağı Aş</t>
+          <t>Benedictus de Spinoza - Hakikat Kendisinin Ölçüsüdür</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786254414039</t>
+          <t>9786254414879</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Var</t>
+          <t>Niyet Ettim!</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786254413926</t>
+          <t>9786254415074</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Ustalıkla Pişer Hayat</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786254413995</t>
+          <t>9786254414862</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Diplomatların Dünyası</t>
+          <t>Mars ve Venüs'ün Ötesinde</t>
         </is>
       </c>
       <c r="C1744" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786254413889</t>
+          <t>9786254414794</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>B.aşk.a</t>
+          <t>Görünmeyeni Görebilmek</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786254413438</t>
+          <t>9786254414824</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Sınıfı</t>
+          <t>Schopenhauer: Mutlu Bir Hayat Olanaksızdır İnsanın Başarabileceği En İyi Şey Kahramanca Bir Hayat</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786254413872</t>
+          <t>9786254414817</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden Olmak</t>
+          <t>Peygamberliği Ve Siyasetiyle Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786254413896</t>
+          <t>9786254414831</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Gücüne Gelsin</t>
+          <t>Bu İşler İnce İşler</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>68</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786254411250</t>
+          <t>9786254414855</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Hafif Sakin</t>
+          <t>İz Bıraktığın Kadar Varsın</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786254413841</t>
+          <t>9786254414770</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Elealı Zenon - Hiç Olmazsa Bir Kere İtiraz Et, Başka Bir Fikir Söyle de İki Kişi Olduğumuzu Anlayayım</t>
+          <t>İnsan Tenhaları</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786254413827</t>
+          <t>9786254414527</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Bu Noktaya Nasıl Geldik?</t>
+          <t>Üzüm Gözlerinde Kaldım</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786254413384</t>
+          <t>9786254414497</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim Neresi</t>
+          <t>Şeytan Terapiste Gittiğinde</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786254412684</t>
+          <t>9786254414428</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığı Beslemek</t>
+          <t>Geleceksen</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786254413674</t>
+          <t>9786254414404</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Lenin’den Atatürk’e Mühürlü Vagon</t>
+          <t>Charles Bukowski - Pis Moruk Diriliyor</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786254413339</t>
+          <t>9786254414411</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Anti Enflamatuar Beslenme Rehberi</t>
+          <t>Ağırlıksız</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786254413414</t>
+          <t>9786254414183</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Çıldırmadan Önce Son Çıkış Sayı 2 (Temmuz-Ağustos-Eylül)</t>
+          <t>Selam Söyle O Günlere</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786254413421</t>
+          <t>9786254414190</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Sınırdakiler</t>
+          <t>Dünya Döner Renkler Kalır</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786254413322</t>
+          <t>9786254414152</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Nefes Ses Hareket ve Kutsal Dönüşüm</t>
+          <t>Ezoterik Astroloji</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786254413407</t>
+          <t>9786254414046</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Köle Devrimci Sultangaliyev</t>
+          <t>Ne İçin Varsan Onun İçin Yaşa</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786254413377</t>
+          <t>9786254414176</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Bilim Bizi Kandırıyor mu?</t>
+          <t>Kutsal Olanı Arayabilmek</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786254413346</t>
+          <t>9786254414138</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Boethius - Şimdi Biliyorum Hastalığınızın Ana Nedenini, Siz Gerçek Doğanızı Unuttunuz</t>
+          <t>Yüreğiyle Konuşanlar</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786254413308</t>
+          <t>9786254414169</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>"Su"Yun Yolculuğu</t>
+          <t>Metin Kurt Devrim Atağında Yalnız Bir Futbolcu</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786254412981</t>
+          <t>9786254414084</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sakinlik İster</t>
+          <t>Ezoterik Tarot</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786254412837</t>
+          <t>9786254414060</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Empedokles</t>
+          <t>Ezoterik Edebiyat</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786254412714</t>
+          <t>9786254414077</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Lou Salome</t>
+          <t>Karanlık Köy</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786254412691</t>
+          <t>9786254414008</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Adil Bölüşüm</t>
+          <t>Avuçlarımda Hala Sıcaklığın Var</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786254412677</t>
+          <t>9786254414107</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu</t>
+          <t>Şinto - Şinto’nun Yolu Doğanın Kalbine Gider</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786254412653</t>
+          <t>9786254413988</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin</t>
+          <t>İçindeki Dağı Aş</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786254412622</t>
+          <t>9786254414039</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>J. D. Salinger - Ben Bu Dünyadayım Ama Bu Dünyadan Değilim</t>
+          <t>Hikayesi Var</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786254412547</t>
+          <t>9786254413926</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt - Bende Olan Ne Varsa Sizin Elinizde de Gizli</t>
+          <t>Ustalıkla Pişer Hayat</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786254412400</t>
+          <t>9786254413995</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'ndan Ortadoğu Projesi'ne İslam İmparatorluğu</t>
+          <t>Bir Başkadır Diplomatların Dünyası</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>130</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786254412301</t>
+          <t>9786254413889</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklar Üzerine Oynanan Oyunlar</t>
+          <t>B.aşk.a</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786254412479</t>
+          <t>9786254413438</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlerin Masum Olmayan Seyahatleri</t>
+          <t>Ustalar Sınıfı</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786254412516</t>
+          <t>9786254413872</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Şehit ve Hain</t>
+          <t>Martin Eden Olmak</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786254412455</t>
+          <t>9786254413896</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Thomas More - Bir Gün Filozoflar Kral Ya Da Krallar Filozof Olursa İnsanlık O Zaman Mutluluğa Kavuşur</t>
+          <t>Gücüne Gelsin</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>140</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786254412462</t>
+          <t>9786254411250</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Rabb’in Duana Cevap Verecek ve Sen de Hoşnut Olacaksın</t>
+          <t>Yavaş Hafif Sakin</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786254412325</t>
+          <t>9786254413841</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Yahudi Casus - Josef Nasi</t>
+          <t>Elealı Zenon - Hiç Olmazsa Bir Kere İtiraz Et, Başka Bir Fikir Söyle de İki Kişi Olduğumuzu Anlayayım</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786254412370</t>
+          <t>9786254413827</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Salı Ertesi</t>
+          <t>Bu Noktaya Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786254412288</t>
+          <t>9786254413384</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Benim Evim Neresi</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786254412349</t>
+          <t>9786254412684</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Neslin Son Savaşı - Uyanış</t>
+          <t>Bağışıklığı Beslemek</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786254412202</t>
+          <t>9786254413674</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat 3</t>
+          <t>Lenin’den Atatürk’e Mühürlü Vagon</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786254412226</t>
+          <t>9786254413339</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Sezginin Sonsuzluğu</t>
+          <t>Anti Enflamatuar Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786254412196</t>
+          <t>9786254413414</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Vladimiroviç Mayakovski - Hiçbir Şey Silemez Aşkı</t>
+          <t>Çıldırmadan Önce Son Çıkış Sayı 2 (Temmuz-Ağustos-Eylül)</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786254412165</t>
+          <t>9786254413421</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ile Karahindiba</t>
+          <t>Sınırdakiler</t>
         </is>
       </c>
       <c r="C1784" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786254412141</t>
+          <t>9786254413322</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler</t>
+          <t>Nefes Ses Hareket ve Kutsal Dönüşüm</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786254412158</t>
+          <t>9786254413407</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Yaptığın İşi Gönlünde Hissedersen Irmaklar Çağlar İçinde</t>
+          <t>Köle Devrimci Sultangaliyev</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786254411984</t>
+          <t>9786254413377</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>How Did We End Up Here?</t>
+          <t>Bilim Bizi Kandırıyor mu?</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>88</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786254411212</t>
+          <t>9786254413346</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Gönlünü Dinle Ama Her İstediğini Verme</t>
+          <t>Boethius - Şimdi Biliyorum Hastalığınızın Ana Nedenini, Siz Gerçek Doğanızı Unuttunuz</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786254412011</t>
+          <t>9786254413308</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>"Su"Yun Yolculuğu</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786254412004</t>
+          <t>9786254412981</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Öldüm ve Döndüm</t>
+          <t>Yaşamak Sakinlik İster</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786254411977</t>
+          <t>9786254412837</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Andy Warhol</t>
+          <t>Empedokles</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786254412028</t>
+          <t>9786254412714</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Lou Salome</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786254411939</t>
+          <t>9786254412691</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sırrı Ötüken</t>
+          <t>Adil Bölüşüm</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786254411953</t>
+          <t>9786254412677</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>El Ele</t>
+          <t>Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786254411960</t>
+          <t>9786254412653</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlardan Destek Almanın Gizemli Sanatı</t>
+          <t>Babam İçin</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786254411915</t>
+          <t>9786254412622</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Aşk Evlilik Sadakatsizlik</t>
+          <t>J. D. Salinger - Ben Bu Dünyadayım Ama Bu Dünyadan Değilim</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786254411908</t>
+          <t>9786254412547</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig - Bilmek Değil Sadece Hayal Etmek İnsanı Mutlu Kılar</t>
+          <t>Zerdüşt - Bende Olan Ne Varsa Sizin Elinizde de Gizli</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786254411847</t>
+          <t>9786254412400</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Karnı Tok Ruhu Aç Çocuklar</t>
+          <t>1. Dünya Savaşı'ndan Ortadoğu Projesi'ne İslam İmparatorluğu</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786254411564</t>
+          <t>9786254412301</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Hipokampüsü Küçük Bir Kadının Anıları</t>
+          <t>Kutsal Topraklar Üzerine Oynanan Oyunlar</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786254411137</t>
+          <t>9786254412479</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>5.0 Önde Başlamak</t>
+          <t>Misyonerlerin Masum Olmayan Seyahatleri</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786254411571</t>
+          <t>9786254412516</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Çözün İpleri Sabahın Sahibine Gidiyoruz</t>
+          <t>Kahraman Şehit ve Hain</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786254411410</t>
+          <t>9786254412455</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yabancılaşan İnsan</t>
+          <t>Thomas More - Bir Gün Filozoflar Kral Ya Da Krallar Filozof Olursa İnsanlık O Zaman Mutluluğa Kavuşur</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786254411304</t>
+          <t>9786254412462</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Gün</t>
+          <t>Rabb’in Duana Cevap Verecek ve Sen de Hoşnut Olacaksın</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786254411762</t>
+          <t>9786254412325</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Haysiyet</t>
+          <t>Osmanlı’da Bir Yahudi Casus - Josef Nasi</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786254411434</t>
+          <t>9786254412370</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Pythagoras-Tanrı’nın Çocuğu Olan Göklerden Başka Vatan Tanımaz</t>
+          <t>Salı Ertesi</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786254411281</t>
+          <t>9786254412288</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Öngörülemeyenler</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786254411205</t>
+          <t>9786254412349</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten İstiyor Musun?</t>
+          <t>Altıncı Neslin Son Savaşı - Uyanış</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786254411267</t>
+          <t>9786254412202</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Lefter Küçükandonyadis -Ver Lefter'e Yaz Deftere</t>
+          <t>Umberto Arte ile Sanat 3</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>140</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786254410390</t>
+          <t>9786254412226</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Senin Ruhun Bütün Dünyadır</t>
+          <t>Sezginin Sonsuzluğu</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786254410765</t>
+          <t>9786254412196</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Vladimir Vladimiroviç Mayakovski - Hiçbir Şey Silemez Aşkı</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786254410758</t>
+          <t>9786254412165</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Rüzgar ile Karahindiba</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786254410925</t>
+          <t>9786254412141</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Sultanla Son Dans</t>
+          <t>Seçilmişler</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786254410789</t>
+          <t>9786254412158</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Anna Freud - Bakire Ölen Bir Anne</t>
+          <t>Mimar Sinan - Yaptığın İşi Gönlünde Hissedersen Irmaklar Çağlar İçinde</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786254410901</t>
+          <t>9786254411984</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun - Coğrafya Kaderdir</t>
+          <t>How Did We End Up Here?</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>140</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786254410918</t>
+          <t>9786254411212</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Sıcak Erkekler Soğuk Sever</t>
+          <t>Evliya Çelebi - Gönlünü Dinle Ama Her İstediğini Verme</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786254410710</t>
+          <t>9786254412011</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Hayatının Anlamı Kaybettiğin Yerde</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053119456</t>
+          <t>9786254412004</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Mana - Ruhun DNA’sı</t>
+          <t>Öldüm ve Döndüm</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786254410482</t>
+          <t>9786254411977</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel</t>
+          <t>Andy Warhol</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786254410475</t>
+          <t>9786254412028</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Herkes Saçını Okşayacak Bir Ele İhtiyaç Duyar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786254410451</t>
+          <t>9786254411939</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Patanjali - Ne Olduğunu Anlamak İstiyorsan Ne Olmadığına Bak</t>
+          <t>Atatürk’ün Sırrı Ötüken</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053119814</t>
+          <t>9786254411953</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Rengi Mavidir</t>
+          <t>El Ele</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786254410468</t>
+          <t>9786254411960</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayal Nasıl Romana Dönüşür?</t>
+          <t>Hayvanlardan Destek Almanın Gizemli Sanatı</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786254410291</t>
+          <t>9786254411915</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Bir Narsisin Gölgesinde On İki Ay</t>
+          <t>Aşk Evlilik Sadakatsizlik</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786254410338</t>
+          <t>9786254411908</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikle Barışmak Kaygı ve Endişeyi Yönetmek</t>
+          <t>Stefan Zweig - Bilmek Değil Sadece Hayal Etmek İnsanı Mutlu Kılar</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786254410307</t>
+          <t>9786254411847</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar Kitabı</t>
+          <t>Karnı Tok Ruhu Aç Çocuklar</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786254410208</t>
+          <t>9786254411564</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’dan Sonra</t>
+          <t>Hipokampüsü Küçük Bir Kadının Anıları</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786254410246</t>
+          <t>9786254411137</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyetsiz</t>
+          <t>5.0 Önde Başlamak</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786254410284</t>
+          <t>9786254411571</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>İlk Acı</t>
+          <t>Çözün İpleri Sabahın Sahibine Gidiyoruz</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053119494</t>
+          <t>9786254411410</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Toprak Mehmet’e Susamışsa</t>
+          <t>Kendine Yabancılaşan İnsan</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786254410154</t>
+          <t>9786254411304</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Sıriga’nın Üç Günü</t>
+          <t>Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786254410222</t>
+          <t>9786254411762</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Pink Floyd - Kilidi Açamazsan Kır Kapıyı</t>
+          <t>Haysiyet</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786254410161</t>
+          <t>9786254411434</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Charlie Chaplin - Aşağı Bakarsanız Asla Gökkuşağı Bulamazsınız</t>
+          <t>Pythagoras-Tanrı’nın Çocuğu Olan Göklerden Başka Vatan Tanımaz</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053117841</t>
+          <t>9786254411281</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendimi Hiç Böyle Görmemiştim Senden Önce</t>
+          <t>Öngörülemeyenler</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786254410178</t>
+          <t>9786254411205</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme Mucizeler Yolda</t>
+          <t>Gerçekten İstiyor Musun?</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786254410147</t>
+          <t>9786254411267</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Giordano Bruno - Ölümümü Bildirirken Siz Benden Daha Çok Korkuyorsunuz</t>
+          <t>Lefter Küçükandonyadis -Ver Lefter'e Yaz Deftere</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786254410116</t>
+          <t>9786254410390</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Kendini Ertelemekten Vazgeç</t>
+          <t>Senin Ruhun Bütün Dünyadır</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786254410123</t>
+          <t>9786254410765</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Korkusuzca Yaşayabilmek</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786254410130</t>
+          <t>9786254410758</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786254410062</t>
+          <t>9786254410925</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Olan Cennete Gidemez</t>
+          <t>Sultanla Son Dans</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786254410031</t>
+          <t>9786254410789</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Usta-Çırak Sohbetleri: Yeni Bir Sen</t>
+          <t>Anna Freud - Bakire Ölen Bir Anne</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786254410048</t>
+          <t>9786254410901</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Usta-Çırak Sohbetleri: Sağlıklı İlişkiler Geliştirme</t>
+          <t>İbni Haldun - Coğrafya Kaderdir</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053117919</t>
+          <t>9786254410918</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Palmiye</t>
+          <t>Kadınlar Sıcak Erkekler Soğuk Sever</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053118299</t>
+          <t>9786254410710</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 2</t>
+          <t>Hayatının Anlamı Kaybettiğin Yerde</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053118282</t>
+          <t>9786053119456</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 1</t>
+          <t>Mana - Ruhun DNA’sı</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786254410000</t>
+          <t>9786254410482</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - Başarıda Gururu, Felakette Ümitsizliği Yenmeliyiz</t>
+          <t>Coco Chanel</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786254410017</t>
+          <t>9786254410475</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Bergen - Katiline Aşık Bir Kadın</t>
+          <t>Herkes Saçını Okşayacak Bir Ele İhtiyaç Duyar</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053119975</t>
+          <t>9786254410451</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Paracelsus - Sağlıklı Bir Akıl, Efendisinin İradesi Olmadan İçine Girilemeyendir</t>
+          <t>Patanjali - Ne Olduğunu Anlamak İstiyorsan Ne Olmadığına Bak</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053119906</t>
+          <t>9786053119814</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Plan Yaparsa</t>
+          <t>Özgürlüğün Rengi Mavidir</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053119876</t>
+          <t>9786254410468</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Deneyim</t>
+          <t>Bir Hayal Nasıl Romana Dönüşür?</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053119739</t>
+          <t>9786254410291</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İyi Gelir</t>
+          <t>Bir Narsisin Gölgesinde On İki Ay</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053119869</t>
+          <t>9786254410338</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kimyası</t>
+          <t>Belirsizlikle Barışmak Kaygı ve Endişeyi Yönetmek</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053119883</t>
+          <t>9786254410307</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard - Hayat Çözülecek Bir Problem Değil, Yaşanacak Bir Hakikattir</t>
+          <t>Oyunlar Kitabı</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053119890</t>
+          <t>9786254410208</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe - Gecenin Kıyısından Gelen Suratsız ve Yaşlı Kuzgun</t>
+          <t>Avrupa’dan Sonra</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053119845</t>
+          <t>9786254410246</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Stratejinin Yazılı Kaynakları</t>
+          <t>Mecburiyetsiz</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053119784</t>
+          <t>9786254410284</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Sürüdeyiz</t>
+          <t>İlk Acı</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053119807</t>
+          <t>9786053119494</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Proklus - Zekanın Verdiği Mutluluğu Ancak Zeka Sahibi Ruhlar Yaşayabilir</t>
+          <t>Toprak Mehmet’e Susamışsa</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053119791</t>
+          <t>9786254410154</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - O Kadar Cahilsiniz ki Dininiz Var Diye Ahlaka İhtiyacınız Kalmadığını Sanıyorsunuz</t>
+          <t>Sıriga’nın Üç Günü</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053119715</t>
+          <t>9786254410222</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Audrey Hepburn - Hiçbir Şey İmkansız Değildir İmkansızlığın İçinde Bile İmkan Vardır</t>
+          <t>Pink Floyd - Kilidi Açamazsan Kır Kapıyı</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053119722</t>
+          <t>9786254410161</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung - Dışa Bakan Rüya Görür, İçe Bakan Uyanır</t>
+          <t>Charlie Chaplin - Aşağı Bakarsanız Asla Gökkuşağı Bulamazsınız</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053119692</t>
+          <t>9786053117841</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Ayarlama Enstitüsü</t>
+          <t>Ben Kendimi Hiç Böyle Görmemiştim Senden Önce</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053119531</t>
+          <t>9786254410178</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Patron</t>
+          <t>Pes Etme Mucizeler Yolda</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786053119357</t>
+          <t>9786254410147</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Her Kalbe Bahar Gelir Ama Bazıları Çiçek Açar</t>
+          <t>Giordano Bruno - Ölümümü Bildirirken Siz Benden Daha Çok Korkuyorsunuz</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053119470</t>
+          <t>9786254410116</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf - Yaşam Bir Düştür, Uyanmak Bizi Öldürür</t>
+          <t>Kendini Ertelemekten Vazgeç</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053119579</t>
+          <t>9786254410123</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ata - Talih Cesaret Edene Güler</t>
+          <t>Korkusuzca Yaşayabilmek</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053119548</t>
+          <t>9786254410130</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Aşk Var, Düşersen...</t>
+          <t>Mutluluk Projesi</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786053119562</t>
+          <t>9786254410062</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Fernando Pessoa - Kalp Düşünebilseydi Atmaktan Vazgeçerdi</t>
+          <t>Mutsuz Olan Cennete Gidemez</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053119524</t>
+          <t>9786254410031</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>5. Tim</t>
+          <t>Usta-Çırak Sohbetleri: Yeni Bir Sen</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053119555</t>
+          <t>9786254410048</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Yok Etme Planı</t>
+          <t>Usta-Çırak Sohbetleri: Sağlıklı İlişkiler Geliştirme</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053118640</t>
+          <t>9786053117919</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Kemik Çayı</t>
+          <t>Kibirli Palmiye</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053119371</t>
+          <t>9786053118299</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Karanlık</t>
+          <t>Kur’an’a Göre Araştırmalar 2</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053119432</t>
+          <t>9786053118282</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Osho - Her Şeye Sahipsiniz Kendiniz Hariç!</t>
+          <t>Kur’an’a Göre Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053119326</t>
+          <t>9786254410000</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Kurt İzi</t>
+          <t>Mustafa Kemal Atatürk - Başarıda Gururu, Felakette Ümitsizliği Yenmeliyiz</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053119418</t>
+          <t>9786254410017</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Berraklık Arındırır</t>
+          <t>Bergen - Katiline Aşık Bir Kadın</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053119395</t>
+          <t>9786053119975</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ul İnsan</t>
+          <t>Paracelsus - Sağlıklı Bir Akıl, Efendisinin İradesi Olmadan İçine Girilemeyendir</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053119449</t>
+          <t>9786053119906</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Abidin Dino - Ezeli Sürgün</t>
+          <t>Bir Kadın Plan Yaparsa</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053117483</t>
+          <t>9786053119876</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>No Encounter Is by Chance</t>
+          <t>Dönüştüren Deneyim</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053119333</t>
+          <t>9786053119739</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>İnsaymun</t>
+          <t>Bir Masal İyi Gelir</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053119388</t>
+          <t>9786053119869</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Diyor ki: Duygularının Kölesi Olmayan Hayatının Efendisi Olur</t>
+          <t>Aşkın Kimyası</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053119340</t>
+          <t>9786053119883</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Platon - İnsanın Kendini Yenmesi En Büyük Zaferdir</t>
+          <t>Soren Kierkegaard - Hayat Çözülecek Bir Problem Değil, Yaşanacak Bir Hakikattir</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053117452</t>
+          <t>9786053119890</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yasaklanan Kitabı</t>
+          <t>Edgar Allan Poe - Gecenin Kıyısından Gelen Suratsız ve Yaşlı Kuzgun</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053119203</t>
+          <t>9786053119845</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Latin Çağı</t>
+          <t>Stratejinin Yazılı Kaynakları</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053119173</t>
+          <t>9786053119784</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Binlerce Kilometrelik Bir Yolculuk Bile Tek Bir Adımla Başlar / Lao Tzu</t>
+          <t>Hepimiz Aynı Sürüdeyiz</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053119234</t>
+          <t>9786053119807</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Her Yüce Duruma Aşamaya ve Durağa Cennet Dendiğini Bilesin - Şeyh Bedreddin</t>
+          <t>Proklus - Zekanın Verdiği Mutluluğu Ancak Zeka Sahibi Ruhlar Yaşayabilir</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053119272</t>
+          <t>9786053119791</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük Kaderin Bilgisinin Vücuda Bürünmesiyle Gelir - Kanada</t>
+          <t>Nikola Tesla - O Kadar Cahilsiniz ki Dininiz Var Diye Ahlaka İhtiyacınız Kalmadığını Sanıyorsunuz</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053119289</t>
+          <t>9786053119715</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Küçük Karabalıklar Kurtaracak - Samed Behrengi</t>
+          <t>Audrey Hepburn - Hiçbir Şey İmkansız Değildir İmkansızlığın İçinde Bile İmkan Vardır</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053119067</t>
+          <t>9786053119722</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Yürek İşçisi</t>
+          <t>Carl Gustav Jung - Dışa Bakan Rüya Görür, İçe Bakan Uyanır</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053118343</t>
+          <t>9786053119692</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Nimm Dir Nicht Alles So Zu Herzen Oh Seele</t>
+          <t>Kalpleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053119142</t>
+          <t>9786053119531</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Pegasus</t>
+          <t>Patron</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053119159</t>
+          <t>9786053119357</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Her Kalbe Bahar Gelir Ama Bazıları Çiçek Açar</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053118664</t>
+          <t>9786053119470</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Tohumu</t>
+          <t>Virginia Woolf - Yaşam Bir Düştür, Uyanmak Bizi Öldürür</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053118756</t>
+          <t>9786053119579</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>En Hüzünlü Eylül</t>
+          <t>Şeyh Ata - Talih Cesaret Edene Güler</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053117766-595892</t>
+          <t>9786053119548</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Seti - (5 Kitap Takım)</t>
+          <t>Aşk Var, Düşersen...</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053118886</t>
+          <t>9786053119562</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Görmek İstemeyen Biri Kadar Kör Olamaz - İbni Sina</t>
+          <t>Fernando Pessoa - Kalp Düşünebilseydi Atmaktan Vazgeçerdi</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053118862</t>
+          <t>9786053119524</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandi - Sevgi Dünyadaki En İncelikli Güçtür</t>
+          <t>5. Tim</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053118657</t>
+          <t>9786053119555</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Salgının Gölgesinde Güç, Kaos ve Gelecek</t>
+          <t>Yok Etme Planı</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053118770</t>
+          <t>9786053118640</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum, O Halde Varız</t>
+          <t>Kemik Çayı</t>
         </is>
       </c>
       <c r="C1896" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053118244</t>
+          <t>9786053119371</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Tut Elini</t>
+          <t>Beyaz Karanlık</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053118619</t>
+          <t>9786053119432</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Doğan Aydınlık - Midhat Paşa</t>
+          <t>Osho - Her Şeye Sahipsiniz Kendiniz Hariç!</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053118602</t>
+          <t>9786053119326</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Kararı Ben Veririm</t>
+          <t>Kurt İzi</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053118466</t>
+          <t>9786053119418</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Savaşmaktan Vazgeçtiğin An Kaybedersin</t>
+          <t>Berraklık Arındırır</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053118183</t>
+          <t>9786053119395</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Kum Gibi</t>
+          <t>Ayet-ul İnsan</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053118459</t>
+          <t>9786053119449</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>En Kutsal Gözyaşlarımızın Gözlerimize İhtiyacı Yoktur</t>
+          <t>Abidin Dino - Ezeli Sürgün</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053118473</t>
+          <t>9786053117483</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Kalbinde İyilik Biriktirenin Yolu Hep Açıktır</t>
+          <t>No Encounter Is by Chance</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053118565</t>
+          <t>9786053119333</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişir (Genişletilmiş Özel Baskı)</t>
+          <t>İnsaymun</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053118442</t>
+          <t>9786053119388</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Ben Kazanmadan Bitmez</t>
+          <t>Psikoloji Diyor ki: Duygularının Kölesi Olmayan Hayatının Efendisi Olur</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053118336</t>
+          <t>9786053119340</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Yeni Ağ</t>
+          <t>Platon - İnsanın Kendini Yenmesi En Büyük Zaferdir</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053118367</t>
+          <t>9786053117452</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Hokkabaz</t>
+          <t>Atatürk’ün Yasaklanan Kitabı</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053118404</t>
+          <t>9786053119203</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Beğendiğiniz Bedenlere Hayalinizdeki Ruhları Koyup Adına Aşk Diyorsunuz!</t>
+          <t>İstanbul’un Latin Çağı</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053118176</t>
+          <t>9786053119173</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Salgın Psikolojisi</t>
+          <t>Binlerce Kilometrelik Bir Yolculuk Bile Tek Bir Adımla Başlar / Lao Tzu</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053117759</t>
+          <t>9786053119234</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Punk Düşün</t>
+          <t>Her Yüce Duruma Aşamaya ve Durağa Cennet Dendiğini Bilesin - Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C1910" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053118022</t>
+          <t>9786053119272</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Kimi Seviyorsan Herkesin Yüzünde Onu Görürsün</t>
+          <t>Gerçek Özgürlük Kaderin Bilgisinin Vücuda Bürünmesiyle Gelir - Kanada</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053118077</t>
+          <t>9786053119289</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Gördüğü Rüyanın Tabiridir</t>
+          <t>Dünyayı Küçük Karabalıklar Kurtaracak - Samed Behrengi</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053118145</t>
+          <t>9786053119067</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Dil Söyler Kulak Dinler Kalp Söyler Kainat Dinler</t>
+          <t>Yürek İşçisi</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053117896</t>
+          <t>9786053118343</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Nereye Konacağını Bilmeyen Kuş Gökyüzünde Esirdir</t>
+          <t>Nimm Dir Nicht Alles So Zu Herzen Oh Seele</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053117711</t>
+          <t>9786053119142</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar İçin İnsan Kalma Rehberi</t>
+          <t>Kod Adı: Pegasus</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053117728</t>
+          <t>9786053119159</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
+          <t>Fatima</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786053117834</t>
+          <t>9786053118664</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Nereye Giderseniz Gidin Ama Tüm Kalbinizle Gidin</t>
+          <t>Güzellik Tohumu</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053117803</t>
+          <t>9786053118756</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Aşk ve Hüzün</t>
+          <t>En Hüzünlü Eylül</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053117797</t>
+          <t>9786053117766-595892</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığımız Sonsuza Kadar Sürecek</t>
+          <t>Hikmet Anıl Öztekin Seti - (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053117629</t>
+          <t>9786053118886</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Exit From Economics</t>
+          <t>Hiç Kimse Görmek İstemeyen Biri Kadar Kör Olamaz - İbni Sina</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053116967</t>
+          <t>9786053118862</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Nöralterapi</t>
+          <t>Mahatma Gandi - Sevgi Dünyadaki En İncelikli Güçtür</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053117650</t>
+          <t>9786053118657</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında İstanbul</t>
+          <t>Salgının Gölgesinde Güç, Kaos ve Gelecek</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>290</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053117582</t>
+          <t>9786053118770</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Fit Hamilelik</t>
+          <t>Başkaldırıyorum, O Halde Varız</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053117575</t>
+          <t>9786053118244</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>İlim Anavatanımızdır Cehalet İse Yabancı Bir Yer</t>
+          <t>Tut Elini</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053117490</t>
+          <t>9786053118619</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Karaova</t>
+          <t>Karanlıktan Doğan Aydınlık - Midhat Paşa</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053117544</t>
+          <t>9786053118602</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Kararı Ben Veririm</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053117551</t>
+          <t>9786053118466</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah - Seyyah</t>
+          <t>Savaşmaktan Vazgeçtiğin An Kaybedersin</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053117568</t>
+          <t>9786053118183</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah - Birlik Dükkanı</t>
+          <t>Kum Gibi</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053117520</t>
+          <t>9786053118459</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek - Nefes</t>
+          <t>En Kutsal Gözyaşlarımızın Gözlerimize İhtiyacı Yoktur</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053117506</t>
+          <t>9786053118473</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Roma Bilgeliği</t>
+          <t>Kalbinde İyilik Biriktirenin Yolu Hep Açıktır</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053117513</t>
+          <t>9786053118565</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Mesih: Tanrı’yı Kıyamete Zorlamak</t>
+          <t>Her Şey Değişir (Genişletilmiş Özel Baskı)</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053117445</t>
+          <t>9786053118442</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Değeri Uzun Yaşanmasında Değil İyi Yaşanmasındadır</t>
+          <t>Ben Kazanmadan Bitmez</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786053117391</t>
+          <t>9786053118336</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Giyinmenin Kısa Tarihi</t>
+          <t>Yeni Dünya Yeni Ağ</t>
         </is>
       </c>
       <c r="C1933" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053117407</t>
+          <t>9786053118367</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Varlıklı Olsun Diye Neden Diğerleri Yoksul Olmak Zorunda?</t>
+          <t>Hokkabaz</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053117261</t>
+          <t>9786053118404</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katilleri</t>
+          <t>Beğendiğiniz Bedenlere Hayalinizdeki Ruhları Koyup Adına Aşk Diyorsunuz!</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053117384</t>
+          <t>9786053118176</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Karşılaşma Tesadüf Değildir</t>
+          <t>Salgın Psikolojisi</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053117414</t>
+          <t>9786053117759</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Tılsımlar Dükkanı</t>
+          <t>Punk Düşün</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786053117346</t>
+          <t>9786053118022</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mümkünlerin Kıyısında</t>
+          <t>Kimi Seviyorsan Herkesin Yüzünde Onu Görürsün</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053117353</t>
+          <t>9786053118077</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Kadim Cadılık Öğretisi</t>
+          <t>Her İnsan Gördüğü Rüyanın Tabiridir</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053117315</t>
+          <t>9786053118145</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Sev Çünkü Aslında Hayatın Bu</t>
+          <t>Dil Söyler Kulak Dinler Kalp Söyler Kainat Dinler</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053117360</t>
+          <t>9786053117896</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Yanlış da Olsa Düşünmek Hiç Düşünmemekten Daha İyidir</t>
+          <t>Nereye Konacağını Bilmeyen Kuş Gökyüzünde Esirdir</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786053117216</t>
+          <t>9786053117711</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İşaretleri Okumak</t>
+          <t>Zor Zamanlar İçin İnsan Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053117254</t>
+          <t>9786053117728</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Aklın Doğuşu - Asi Peygamberler</t>
+          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053117285</t>
+          <t>9786053117834</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Uyursak Geçer Mi?</t>
+          <t>Nereye Giderseniz Gidin Ama Tüm Kalbinizle Gidin</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053117230</t>
+          <t>9786053117803</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Acı Çektiğimiz Yer Değil Acı Çektiğimizi Kimsenin Bilmediği Yerdir</t>
+          <t>Rüyalar Aşk ve Hüzün</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053117179</t>
+          <t>9786053117797</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Sırlı Kapıları</t>
+          <t>Arkadaşlığımız Sonsuza Kadar Sürecek</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053117148</t>
+          <t>9786053117629</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Din Dediği</t>
+          <t>Exit From Economics</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053117223</t>
+          <t>9786053116967</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Yıldızın Değerini Belirleyen Gece Değil Kendisidir</t>
+          <t>Nöralterapi</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053117209</t>
+          <t>9786053117650</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Gladyatör Kararını Arenada Verir</t>
+          <t>Ay Işığında İstanbul</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053117155</t>
+          <t>9786053117582</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Devrimi</t>
+          <t>Fit Hamilelik</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053117094</t>
+          <t>9786053117575</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten Osmanlı’ya Paraya Yön Veren Yahudi Bankerler</t>
+          <t>İlim Anavatanımızdır Cehalet İse Yabancı Bir Yer</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053117100</t>
+          <t>9786053117490</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Karaova</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053117162</t>
+          <t>9786053117544</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Bebek</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053117056</t>
+          <t>9786053117551</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yedikçe Güzel</t>
+          <t>Eyvallah - Seyyah</t>
         </is>
       </c>
       <c r="C1954" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053117025</t>
+          <t>9786053117568</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Geni</t>
+          <t>Eyvallah - Birlik Dükkanı</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053117087</t>
+          <t>9786053117520</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Tsunamisi</t>
+          <t>Elif Gibi Sevmek - Nefes</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053116950</t>
+          <t>9786053117506</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Enerji</t>
+          <t>Roma Bilgeliği</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053116943</t>
+          <t>9786053117513</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prens Cem Sultan</t>
+          <t>Mesih: Tanrı’yı Kıyamete Zorlamak</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053116998</t>
+          <t>9786053117445</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Usta'nın Göremediği Siyasi Tuzak</t>
+          <t>Hayatın Değeri Uzun Yaşanmasında Değil İyi Yaşanmasındadır</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053117049</t>
+          <t>9786053117391</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş İktisattan Çıkış</t>
+          <t>Giyinmenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053116981</t>
+          <t>9786053117407</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Bozdoğan</t>
+          <t>Bazı İnsanlar Varlıklı Olsun Diye Neden Diğerleri Yoksul Olmak Zorunda?</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053116936</t>
+          <t>9786053117261</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Vertrau Ohne Zweifel Auf Allah 2</t>
+          <t>Atatürk’ün Katilleri</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053116813</t>
+          <t>9786053117384</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Son Yolculuk</t>
+          <t>Hiçbir Karşılaşma Tesadüf Değildir</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>78</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053116851</t>
+          <t>9786053117414</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Hare</t>
+          <t>Aynalı Tılsımlar Dükkanı</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786053116882</t>
+          <t>9786053117346</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tapınak</t>
+          <t>Bütün Mümkünlerin Kıyısında</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053116790</t>
+          <t>9786053117353</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Türk Papa</t>
+          <t>Kadim Cadılık Öğretisi</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053116776</t>
+          <t>9786053117315</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Seni Sana Geri Vereceğim</t>
+          <t>Kaderini Sev Çünkü Aslında Hayatın Bu</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>48</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053116769</t>
+          <t>9786053117360</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Canını Sıkma Ey Gönül</t>
+          <t>Yanlış da Olsa Düşünmek Hiç Düşünmemekten Daha İyidir</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053115250</t>
+          <t>9786053117216</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>2019 Astrolojik Maarif Takvimi</t>
+          <t>Evrensel İşaretleri Okumak</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>32</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053116646</t>
+          <t>9786053117254</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Tavus Kuşu Camio</t>
+          <t>Aklın Doğuşu - Asi Peygamberler</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786053116288</t>
+          <t>9786053117285</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Modern Mayr Beslenme Yöntemiyle Sindirim Sanatı</t>
+          <t>Uyursak Geçer Mi?</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786053116639</t>
+          <t>9786053117230</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Kürt Kartı</t>
+          <t>Cehennem Acı Çektiğimiz Yer Değil Acı Çektiğimizi Kimsenin Bilmediği Yerdir</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053116608</t>
+          <t>9786053117179</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Satılık Müttefik</t>
+          <t>Dönüşümün Sırlı Kapıları</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053116622</t>
+          <t>9786053117148</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Çuvallayan İttifak</t>
+          <t>Kur'an'ın Din Dediği</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786053116615</t>
+          <t>9786053117223</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vatan</t>
+          <t>Yıldızın Değerini Belirleyen Gece Değil Kendisidir</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053116585</t>
+          <t>9786053117209</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Son Emir</t>
+          <t>Gladyatör Kararını Arenada Verir</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053116523</t>
+          <t>9786053117155</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyebilme Sanatı</t>
+          <t>Sessizlik Devrimi</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053116103</t>
+          <t>9786053117094</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Size Hiç Söylenmemiş Ama Bilmeniz Gereken Her Şey</t>
+          <t>Endülüs’ten Osmanlı’ya Paraya Yön Veren Yahudi Bankerler</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053116172</t>
+          <t>9786053117100</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Babil’den Günümüze İsrail - Amerikan Kehanetleri: Mesih - USA ve Türkiye</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053116325</t>
+          <t>9786053117162</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>İsimsiz Bebek</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053116516</t>
+          <t>9786053117056</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Virüsü</t>
+          <t>Hayat Yedikçe Güzel</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786053116196</t>
+          <t>9786053117025</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Bilimle İmtihanı</t>
+          <t>Şampiyon Geni</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786053116141</t>
+          <t>9786053117087</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Pagan Çağı</t>
+          <t>Akıl Sağlığı Tsunamisi</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786053115878</t>
+          <t>9786053116950</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Kendisinin Efendisi Olmayan Hiç Kimse Özgür Değildir</t>
+          <t>Yaşam ve Enerji</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786053116059</t>
+          <t>9786053116943</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu Nereye</t>
+          <t>Beyaz Atlı Prens Cem Sultan</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786053116073</t>
+          <t>9786053116998</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Hadimi</t>
+          <t>Usta'nın Göremediği Siyasi Tuzak</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>48</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786053116066</t>
+          <t>9786053117049</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ülkesine Sığınanlar</t>
+          <t>İktisada Giriş İktisattan Çıkış</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786053116042</t>
+          <t>9786053116981</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Dört Sınav</t>
+          <t>Bozdoğan</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786053116011</t>
+          <t>9786053116936</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Kız Babası ve Kedi</t>
+          <t>Vertrau Ohne Zweifel Auf Allah 2</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>42</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786053115991</t>
+          <t>9786053116813</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Nokta</t>
+          <t>Son Yolculuk</t>
         </is>
       </c>
       <c r="C1990" s="1">
         <v>78</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786053115953</t>
+          <t>9786053116851</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Hare</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786053115939</t>
+          <t>9786053116882</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Titreşimini Yükselt Hayatın Değişsin</t>
+          <t>Dijital Tapınak</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786053119821</t>
+          <t>9786053116790</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Türk Papa</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786053115908</t>
+          <t>9786053116776</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Kur'an</t>
+          <t>Seni Sana Geri Vereceğim</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>680</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786053115922</t>
+          <t>9786053116769</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Şaman Aynası</t>
+          <t>Her Şeye Canını Sıkma Ey Gönül</t>
         </is>
       </c>
       <c r="C1995" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786053115977</t>
+          <t>9786053115250</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Röntgenci</t>
+          <t>2019 Astrolojik Maarif Takvimi</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786053115984</t>
+          <t>9786053116646</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Düştüğünde Kalkarsan Hayat Güzeldir</t>
+          <t>Konuşmayan Tavus Kuşu Camio</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786053115960</t>
+          <t>9786053116288</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıktan Değil Yalnızlıktan</t>
+          <t>Modern Mayr Beslenme Yöntemiyle Sindirim Sanatı</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786053115892</t>
+          <t>9786053116639</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Roket Milyarderleri</t>
+          <t>ABD’nin Kürt Kartı</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786053115854</t>
+          <t>9786053116608</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş ve Emperyalizm</t>
+          <t>Satılık Müttefik</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786053115885</t>
+          <t>9786053116622</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Sevebilmek</t>
+          <t>Çuvallayan İttifak</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786053115816</t>
+          <t>9786053116615</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>İkinci Vatan</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786053115823</t>
+          <t>9786053116585</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Nazım’ı Öldürmek</t>
+          <t>Atatürk'ten Son Emir</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>72</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786053115786</t>
+          <t>9786053116523</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kültür ve Yöntem</t>
+          <t>Hayır Diyebilme Sanatı</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786053115748</t>
+          <t>9786053116103</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Hormon</t>
+          <t>Size Hiç Söylenmemiş Ama Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>540</v>
+        <v>780</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786053115724</t>
+          <t>9786053116172</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Yol Senin İçinde</t>
+          <t>Babil’den Günümüze İsrail - Amerikan Kehanetleri: Mesih - USA ve Türkiye</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786053115731</t>
+          <t>9786053116325</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Ben Ben Nü</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786053115656</t>
+          <t>9786053116516</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki</t>
+          <t>Mutluluk Virüsü</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786053115632</t>
+          <t>9786053116196</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Aşmam Gereken Okyanuslar Var</t>
+          <t>Astrolojinin Bilimle İmtihanı</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786053115625</t>
+          <t>9786053116141</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Kelt ve Germen Paganizmi</t>
+          <t>İstanbul’un Pagan Çağı</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786053115601</t>
+          <t>9786053115878</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Issız Yerlerde Kendin İçin Bir Evren Ol</t>
+          <t>Kendisinin Efendisi Olmayan Hiç Kimse Özgür Değildir</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786053115298</t>
+          <t>9786053116059</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Türk Ordusu Nereye</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786053115496</t>
+          <t>9786053116073</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Sevmiyorum</t>
+          <t>Hadimi</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786053115236</t>
+          <t>9786053116066</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Acil Şifalar Kabulüm</t>
+          <t>Atatürk Ülkesine Sığınanlar</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786053115359</t>
+          <t>9786053116042</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Dört Sınav</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786053115342</t>
+          <t>9786053116011</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kız Babası ve Kedi</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>260</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786053115373</t>
+          <t>9786053115991</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>290</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786053115380</t>
+          <t>9786053115953</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786053115410</t>
+          <t>9786053115939</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bir Paraşüt</t>
+          <t>Titreşimini Yükselt Hayatın Değişsin</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>2687954756231</t>
+          <t>9786053119821</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>2019 Astrolojik Maarif Takvimi</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>27.12</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786053115229</t>
+          <t>9786053115908</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yalanları</t>
+          <t>Kur'an</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>250</v>
+        <v>780</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786053115199</t>
+          <t>9786053115922</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Temizse Hikayen Mutlu Biter</t>
+          <t>Şaman Aynası</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786053115243</t>
+          <t>9786053115977</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Röntgenci</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786053115151</t>
+          <t>9786053115984</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Mete Yarar Seti (3 Kitap Takım)</t>
+          <t>Düştüğünde Kalkarsan Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>590</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786053115182</t>
+          <t>9786053115960</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Neden Fikir Değiştirdi?</t>
+          <t>Yanlışlıktan Değil Yalnızlıktan</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786053115113</t>
+          <t>9786053115892</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Senin Hakkında Yedi Şey Düşündüm</t>
+          <t>Roket Milyarderleri</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786053115014</t>
+          <t>9786053115854</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Bana Mutluluktan Bahset</t>
+          <t>Haşhaş ve Emperyalizm</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786053115052</t>
+          <t>9786053115885</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Biyo-Politik Savaşlar</t>
+          <t>Sevebilmek</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786053115069</t>
+          <t>9786053115816</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Yatılı Okuldaki Heyecan - Gezegen Yolcularının Esrarı</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786053114994</t>
+          <t>9786053115823</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısın Büyüyoruz</t>
+          <t>Nazım’ı Öldürmek</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>140</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786053114970</t>
+          <t>9786053115786</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Siyasal Kültür ve Yöntem</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786053115007</t>
+          <t>9786053115748</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kodu</t>
+          <t>Hormon</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053114963</t>
+          <t>9786053115724</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Yol Senin İçinde</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053114987</t>
+          <t>9786053115731</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Üzgün İnsandan Özgür İnsana</t>
+          <t>Ben Ben Nü</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786053114918</t>
+          <t>9786053115656</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Para B*k Gibi</t>
+          <t>İçimdeki</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786053114932</t>
+          <t>9786053115632</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Yazma, Yaratma ve Okuma Cesareti</t>
+          <t>Aşmam Gereken Okyanuslar Var</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>68</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786053114925</t>
+          <t>9786053115625</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bağımlılığı</t>
+          <t>Kelt ve Germen Paganizmi</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786053114642</t>
+          <t>9786053115601</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Var Mıdır?</t>
+          <t>Issız Yerlerde Kendin İçin Bir Evren Ol</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786053114901</t>
+          <t>9786053115298</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım Daha Deli Daha Öfkeli</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786053114871</t>
+          <t>9786053115496</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Bir Atı Kanatlandırma Sanatı</t>
+          <t>Ben de Seni Sevmiyorum</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>92</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786053114864</t>
+          <t>9786053115236</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kara Kutusu</t>
+          <t>Acil Şifalar Kabulüm</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>400</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786053114772</t>
+          <t>9786053115359</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Süt Lekesi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C2042" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786053114796</t>
+          <t>9786053115342</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeli Arayan Kadın</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786053114413</t>
+          <t>9786053115373</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Canlı Yaşa</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786053114703</t>
+          <t>9786053115380</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehirde Bir Kadın</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>430</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786053114789</t>
+          <t>9786053115410</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Ev Yapımı Bir Paraşüt</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786053114673</t>
+          <t>2687954756231</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Nefesi Tutku Olan Kadın: Afife Jale</t>
+          <t>2019 Astrolojik Maarif Takvimi</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>440</v>
+        <v>27.12</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786053114680</t>
+          <t>9786053115229</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Giden Bir Şeyler Var</t>
+          <t>Zihin Yalanları</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786053114611</t>
+          <t>9786053115199</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Hitler</t>
+          <t>Kalbin Temizse Hikayen Mutlu Biter</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786053114475</t>
+          <t>9786053115243</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786053114697</t>
+          <t>9786053115151</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Haç Kardeşliği</t>
+          <t>Mete Yarar Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>320</v>
+        <v>840</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786053114598</t>
+          <t>9786053115182</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>İyiler Kaybetmez Kaybedilir</t>
+          <t>Tanrı Neden Fikir Değiştirdi?</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786053114468</t>
+          <t>9786053115113</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Hazdan Bağımlılığa</t>
+          <t>Senin Hakkında Yedi Şey Düşündüm</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053114437</t>
+          <t>9786053115014</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Bana Mutluluktan Bahset</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786053114406</t>
+          <t>9786053115052</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Hangi İsa - Tyanalı Apollonius</t>
+          <t>Biyo-Politik Savaşlar</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053114376</t>
+          <t>9786053115069</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlamanın Gizemli Gücü</t>
+          <t>Yatılı Okuldaki Heyecan - Gezegen Yolcularının Esrarı</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786053114369</t>
+          <t>9786053114994</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya ve Mısır Paganizmi</t>
+          <t>Farkında Mısın Büyüyoruz</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786053114338</t>
+          <t>9786053114970</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Dosyası</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786053114383</t>
+          <t>9786053115007</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Dün Gelir Gün Bittiğinde</t>
+          <t>Kaderin Kodu</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786053114307</t>
+          <t>9786053114963</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786053114284</t>
+          <t>9786053114987</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Usta ve Çırak Sohbetleri</t>
+          <t>Üzgün İnsandan Özgür İnsana</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786053114215</t>
+          <t>9786053114918</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Hainler</t>
+          <t>Para B*k Gibi</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786053114055</t>
+          <t>9786053114932</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik ve Doğum</t>
+          <t>Yazma, Yaratma ve Okuma Cesareti</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>880</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786053114031</t>
+          <t>9786053114925</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap’ın Yorumu</t>
+          <t>Ekran Bağımlılığı</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>280</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9786053117308</t>
+          <t>9786053114642</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Hayat Cesurlara Torpil Geçer (Özel Baskı)</t>
+          <t>Tanrı Var Mıdır?</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786053113935</t>
+          <t>9786053114901</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Ebeveynlik ve Helikopter Aileler</t>
+          <t>En Yakın Arkadaşım Daha Deli Daha Öfkeli</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786053113928</t>
+          <t>9786053114871</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gözü</t>
+          <t>Bir Atı Kanatlandırma Sanatı</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>300</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786053113911</t>
+          <t>9786053114864</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Evliya ve Eşkıya</t>
+          <t>Şeytanın Kara Kutusu</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786053113904</t>
+          <t>9786053114772</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sırları</t>
+          <t>Süt Lekesi</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786053113898</t>
+          <t>9786053114796</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Hareket Hali</t>
+          <t>Mükemmeli Arayan Kadın</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786053113867</t>
+          <t>9786053114413</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yollar Yalnız Yürünür</t>
+          <t>Canlı Yaşa</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786053113768</t>
+          <t>9786053114703</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Kültür Emperyalizmi</t>
+          <t>Esir Şehirde Bir Kadın</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9786053113751</t>
+          <t>9786053114789</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786053113744</t>
+          <t>9786053114673</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Kehanetler Kitabı</t>
+          <t>Nefesi Tutku Olan Kadın: Afife Jale</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786053113669</t>
+          <t>9786053114680</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>İşaret 3 - Artık Dön! Kendine!</t>
+          <t>Yanlış Giden Bir Şeyler Var</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>22</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786053113683</t>
+          <t>9786053114611</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası</t>
+          <t>Bilinmeyen Hitler</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>38</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786053113652</t>
+          <t>9786053114475</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarım İftiharla Sunar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786053113645</t>
+          <t>9786053114697</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Beni İçinden Sev</t>
+          <t>Gül ve Haç Kardeşliği</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786053113614</t>
+          <t>9786053114598</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hatta Yapayalnız</t>
+          <t>İyiler Kaybetmez Kaybedilir</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786053113607</t>
+          <t>9786053114468</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Dünün Belgeleriyle Yarının Tarihi</t>
+          <t>Hazdan Bağımlılığa</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786053113577</t>
+          <t>9786053114437</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Ben Ney’im</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786053113508</t>
+          <t>9786053114406</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Başkenti Kudüs</t>
+          <t>Hangi İsa - Tyanalı Apollonius</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786053113515</t>
+          <t>9786053114376</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Yeniden Başlamanın Gizemli Gücü</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786053113522</t>
+          <t>9786053114369</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Ve Kızın Adı Gece</t>
+          <t>Mezopotamya ve Mısır Paganizmi</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786053113324</t>
+          <t>9786053114338</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Beyin</t>
+          <t>Köy Enstitüleri Dosyası</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786053113287</t>
+          <t>9786053114383</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Prematüre Bebek Bakımı</t>
+          <t>Dün Gelir Gün Bittiğinde</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786053113270</t>
+          <t>9786053114307</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Dokunuş</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786053113263</t>
+          <t>9786053114284</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri ve Nöro-Mesih</t>
+          <t>Usta ve Çırak Sohbetleri</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786053113164</t>
+          <t>9786053114215</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım Bir Deli</t>
+          <t>Kahraman Hainler</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786053113157</t>
+          <t>9786053114055</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet</t>
+          <t>Hamilelik ve Doğum</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>230</v>
+        <v>880</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786053113188</t>
+          <t>9786053114031</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Menora</t>
+          <t>Kutsal Kitap’ın Yorumu</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786053113010</t>
+          <t>9786053117308</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz Kaybedenler</t>
+          <t>Hayat Cesurlara Torpil Geçer (Özel Baskı)</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786053112952</t>
+          <t>9786053113935</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>İpek Sabahlık</t>
+          <t>Yeni Nesil Ebeveynlik ve Helikopter Aileler</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786053119753</t>
+          <t>9786053113928</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Beyin</t>
+          <t>Gönül Gözü</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786053112877</t>
+          <t>9786053113911</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Tek Kadın Latife</t>
+          <t>Evliya ve Eşkıya</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786053112778</t>
+          <t>9786053113904</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Kalbin Sırları</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>94</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786053112747</t>
+          <t>9786053113898</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Nörofinans</t>
+          <t>İyiliğin Hareket Hali</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786053112655</t>
+          <t>9786053113867</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi (1838-2010)</t>
+          <t>Bazı Yollar Yalnız Yürünür</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786053112648</t>
+          <t>9786053113768</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Paganizm 1</t>
+          <t>Kültür Emperyalizmi</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786053112518</t>
+          <t>9786053113751</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Anası Zübeyde</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786053112501</t>
+          <t>9786053113744</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para Oyunları ve Psiko - Siber Savaş</t>
+          <t>Kehanetler Kitabı</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786053112471</t>
+          <t>9786053113669</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İmparatorluğu ve Türkiye</t>
+          <t>İşaret 3 - Artık Dön! Kendine!</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>400</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786053112334</t>
+          <t>9786053113683</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Din ve Küresel Ekonomi - Politik</t>
+          <t>Perde Arkası</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>450</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786053112273</t>
+          <t>9786053113652</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçebilmek</t>
+          <t>Gözyaşlarım İftiharla Sunar</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786053112211</t>
+          <t>9786053113645</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bolero</t>
+          <t>Beni İçinden Sev</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>62</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786053111054</t>
+          <t>9786053113614</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizm</t>
+          <t>Yalnız Hatta Yapayalnız</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786053112181</t>
+          <t>9786053113607</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt'ün Sırrı</t>
+          <t>Dünün Belgeleriyle Yarının Tarihi</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786053112129</t>
+          <t>9786053113577</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Terapisi</t>
+          <t>Ben Ney’im</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786053112143</t>
+          <t>9786053113508</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Har ve Kül</t>
+          <t>Hüznün Başkenti Kudüs</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786053112112</t>
+          <t>9786053113515</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Lirik Prenses Tezer</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053112068</t>
+          <t>9786053113522</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Le Petit Prince (Fransızca)</t>
+          <t>Ve Kızın Adı Gece</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786053111993</t>
+          <t>9786053113324</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Roza</t>
+          <t>Suç ve Beyin</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786053111962</t>
+          <t>9786053113287</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Not</t>
+          <t>Prematüre Bebek Bakımı</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053111931</t>
+          <t>9786053113270</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Masalcı</t>
+          <t>Kozmik Dokunuş</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786053111665</t>
+          <t>9786053113263</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Votka  - Pera</t>
+          <t>Tapınak Şövalyeleri ve Nöro-Mesih</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>280</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786053111825</t>
+          <t>9786053113164</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yüz Çevirse de Allah Sizin Sahibinizdir</t>
+          <t>En Yakın Arkadaşım Bir Deli</t>
         </is>
       </c>
       <c r="C2116" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786053111795</t>
+          <t>9786053113157</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mürekkep</t>
+          <t>Büyük İhanet</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786053111740</t>
+          <t>9786053113188</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Saray’daki Gizli Tarikat</t>
+          <t>Menora</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786053111771</t>
+          <t>9786053113010</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Mucize Şifa</t>
+          <t>Vakitsiz Kaybedenler</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>440</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786053111696</t>
+          <t>9786053112952</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Diplomasi</t>
+          <t>İpek Sabahlık</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786053111726</t>
+          <t>9786053119753</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Darbenin Kayıp Saatleri</t>
+          <t>Görünmeyen Beyin</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786053111641</t>
+          <t>9786053112877</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İstilası - Dem</t>
+          <t>Tek Kadın Latife</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>490</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786053111580</t>
+          <t>9786053112778</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşların Sessizliği</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>25.93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786053110293</t>
+          <t>9786053112747</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>18 Saat</t>
+          <t>Nörofinans</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>22</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053111399</t>
+          <t>9786053112655</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin: Bağırsak</t>
+          <t>Türkiye Ekonomisi (1838-2010)</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786053111344</t>
+          <t>9786053112648</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>The Little Black Fish</t>
+          <t>Paganizm 1</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786053111269</t>
+          <t>9786053112518</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Hankah</t>
+          <t>Cumhuriyetin Anası Zübeyde</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786053111047</t>
+          <t>9786053112501</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Küresel Para Oyunları ve Psiko - Siber Savaş</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786053111207</t>
+          <t>9786053112471</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Bu Delileri Bir Araya Getirmeyecektiniz</t>
+          <t>Tanrı İmparatorluğu ve Türkiye</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786053111153</t>
+          <t>9786053112334</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Allahım</t>
+          <t>Din ve Küresel Ekonomi - Politik</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786053111061</t>
+          <t>9786053112273</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Dona Gracia</t>
+          <t>Vazgeçebilmek</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786053111030</t>
+          <t>9786053112211</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Şaman Gözü (Kham Karak)</t>
+          <t>Karanlıkta Bolero</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>300</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786053111023</t>
+          <t>9786053111054</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'le Aşk ve Suç Yaşamım</t>
+          <t>Evanjelizm</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>28</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786053111108</t>
+          <t>9786053112181</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Rock Star Sevgilim</t>
+          <t>Zerdüşt'ün Sırrı</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>34</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786053111122</t>
+          <t>9786053112129</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız Kahve Çocuk</t>
+          <t>Yaşam Terapisi</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786053110552</t>
+          <t>9786053112143</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>İşaret 1. Kitap</t>
+          <t>Har ve Kül</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>22</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786053110439</t>
+          <t>9786053112112</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İttifak</t>
+          <t>Lirik Prenses Tezer</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053110484</t>
+          <t>9786053112068</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü Var Sende</t>
+          <t>Le Petit Prince (Fransızca)</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>20.37</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786053110460</t>
+          <t>9786053111993</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Koşun</t>
+          <t>Roza</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786053110736</t>
+          <t>9786053111962</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocuklar Ülkesi</t>
+          <t>Gökyüzüne Not</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786053110323</t>
+          <t>9786053111931</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Sıfır</t>
+          <t>Masalcı</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786059913935</t>
+          <t>9786053111665</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Bereket İçin Yer Aç</t>
+          <t>Votka  - Pera</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786053111009</t>
+          <t>9786053111825</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>On Sekiz Saat</t>
+          <t>Herkes Yüz Çevirse de Allah Sizin Sahibinizdir</t>
         </is>
       </c>
       <c r="C2143" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053116844</t>
+          <t>9786053111795</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Agafya</t>
+          <t>Yeşil Mürekkep</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786053110064</t>
+          <t>9786053111740</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hakikati Görmekle Başlar</t>
+          <t>Saray’daki Gizli Tarikat</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786053110132</t>
+          <t>9786053111771</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Mucize Şifa</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786059913867</t>
+          <t>9786053111696</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>53. Risale</t>
+          <t>Galaktik Diplomasi</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786254412486</t>
+          <t>9786053111726</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa İsyanı</t>
+          <t>Darbenin Kayıp Saatleri</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786054455898</t>
+          <t>9786053111641</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Aslında Giden Erkek Yoktur</t>
+          <t>Aşkın İstilası - Dem</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>15.74</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786059913720</t>
+          <t>9786053111580</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince (İngilizce)</t>
+          <t>Ölü Kuşların Sessizliği</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>190</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786059913676</t>
+          <t>9786053110293</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>18 Saat</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786059913300</t>
+          <t>9786053111399</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Duygu Simyacısı</t>
+          <t>Duygusal Beyin: Bağırsak</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>17.59</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786059913348</t>
+          <t>9786053111344</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Allah De Ötesini Bırak - 2 : Niyet</t>
+          <t>The Little Black Fish</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786059913454</t>
+          <t>9786053111269</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kemal</t>
+          <t>Hankah</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786059913188</t>
+          <t>9786053111047</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Bana İkimizi Anlat</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786059913126</t>
+          <t>9786053111207</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Mason Locasında Aşk ve Kılıç</t>
+          <t>Bu Delileri Bir Araya Getirmeyecektiniz</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786059913065</t>
+          <t>9786053111153</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>300'ler Komitesi</t>
+          <t>Tut Elimden Allahım</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786054455690</t>
+          <t>9786053111061</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Efendisi</t>
+          <t>Dona Gracia</t>
         </is>
       </c>
       <c r="C2158" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786254413315</t>
+          <t>9786053111030</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende</t>
+          <t>Şaman Gözü (Kham Karak)</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786054994823</t>
+          <t>9786053111023</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Beş Rahmet Kapısı</t>
+          <t>Martin Heidegger'le Aşk ve Suç Yaşamım</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786054607488</t>
+          <t>9786053111108</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt'ün Sırrı</t>
+          <t>Rock Star Sevgilim</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786053113966</t>
+          <t>9786053111122</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Casuslar</t>
+          <t>Mavi Kız Kahve Çocuk</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786054607747</t>
+          <t>9786053110552</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Subliminal İşgal</t>
+          <t>İşaret 1. Kitap</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786054455638</t>
+          <t>9786053110439</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Para İmparatorluğu</t>
+          <t>Yanlış İttifak</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053114567</t>
+          <t>9786053110484</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Papa 16. Benedikt Gizli Türkiye Gündemi</t>
+          <t>Şeytan Tüyü Var Sende</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>190</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786254411779</t>
+          <t>9786053110460</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Atilla - Alaattin Çakıcı</t>
+          <t>Allah'a Koşun</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9789944298810</t>
+          <t>9786053110736</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gücün Sırrını Keşfet</t>
+          <t>Mutsuz Çocuklar Ülkesi</t>
         </is>
       </c>
       <c r="C2167" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786254412318</t>
+          <t>9786053110323</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Demir Haç</t>
+          <t>Sıfır</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786254412424</t>
+          <t>9786059913935</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Geronimo</t>
+          <t>Bolluk ve Bereket İçin Yer Aç</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786054607686</t>
+          <t>9786053111009</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Evrenin İlahi Dili - Uyanış</t>
+          <t>On Sekiz Saat</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786054771189</t>
+          <t>9786053116844</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin İstanbul Cehennemi</t>
+          <t>Agafya</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9789750095801</t>
+          <t>9786053110064</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Çuvallayan İttifak</t>
+          <t>Her Şey Hakikati Görmekle Başlar</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>13.89</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786054607778</t>
+          <t>9786053110132</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ayrılık da Yoktur</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>22.22</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786059913508</t>
+          <t>9786059913867</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>60 Yıllık İttifakta Son Gün</t>
+          <t>53. Risale</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786054994847</t>
+          <t>9786254412486</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Kumbara</t>
+          <t>Tepedelenli Ali Paşa İsyanı</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>44</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786054771929</t>
+          <t>9786054455898</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzlerim</t>
+          <t>Aslında Giden Erkek Yoktur</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>24</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786054771813</t>
+          <t>9786059913720</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>The Little Prince (İngilizce)</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786054771899</t>
+          <t>9786059913676</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>2 Tam Bir Tek</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>290</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786059913096</t>
+          <t>9786059913300</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız Teşkilatı</t>
+          <t>Duygu Simyacısı</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>300</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786054994472</t>
+          <t>9786059913348</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Gizlenen Vasiyeti</t>
+          <t>Allah De Ötesini Bırak - 2 : Niyet</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786053110835</t>
+          <t>9786059913454</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tango</t>
+          <t>Öteki Kemal</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>68</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786053110866</t>
+          <t>9786059913188</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Sancısı</t>
+          <t>Bana İkimizi Anlat</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786053110859</t>
+          <t>9786059913126</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>İnkar</t>
+          <t>Mason Locasında Aşk ve Kılıç</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>78</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786053110842</t>
+          <t>9786059913065</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Celile (Ela Gözlü Pars)</t>
+          <t>300'ler Komitesi</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786053110873</t>
+          <t>9786054455690</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığımdan Sev Beni</t>
+          <t>Bilginin Efendisi</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786054994311</t>
+          <t>9786254413315</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Rabb'in İçin Sabret</t>
+          <t>İyilik Sende</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786054994687</t>
+          <t>9786054994823</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler Allah'ındır</t>
+          <t>Beş Rahmet Kapısı</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786054994694</t>
+          <t>9786054607488</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmayı Hatırlamak</t>
+          <t>Zerdüşt'ün Sırrı</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>260</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786054771769</t>
+          <t>9786053113966</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Sabah Uykum</t>
+          <t>Türkiye’de ve Dünyada Casuslar</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786054771554</t>
+          <t>9786054607747</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Allah De Ötesini Bırak</t>
+          <t>Subliminal İşgal</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786054994076</t>
+          <t>9786054455638</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Deli Çocuğun Güncesi</t>
+          <t>Rothschild Para İmparatorluğu</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786054994007</t>
+          <t>9786053114567</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Haz</t>
+          <t>Papa 16. Benedikt Gizli Türkiye Gündemi</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>20.37</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786055151188</t>
+          <t>9786254411779</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>670 Gram ile Hayata Tutunmak</t>
+          <t>Kod Adı Atilla - Alaattin Çakıcı</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786053110361</t>
+          <t>9789944298810</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Kaderi</t>
+          <t>İçindeki Gücün Sırrını Keşfet</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>29.63</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786054994106</t>
+          <t>9786254412318</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Bana Allah Yeter</t>
+          <t>Hilal ve Demir Haç</t>
         </is>
       </c>
       <c r="C2195" s="1">
         <v>240</v>
+      </c>
+    </row>
+    <row r="2196" spans="1:3">
+      <c r="A2196" s="1" t="inlineStr">
+        <is>
+          <t>9786254412424</t>
+        </is>
+      </c>
+      <c r="B2196" s="1" t="inlineStr">
+        <is>
+          <t>Geronimo</t>
+        </is>
+      </c>
+      <c r="C2196" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:3">
+      <c r="A2197" s="1" t="inlineStr">
+        <is>
+          <t>9786054607686</t>
+        </is>
+      </c>
+      <c r="B2197" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin İlahi Dili - Uyanış</t>
+        </is>
+      </c>
+      <c r="C2197" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2198" spans="1:3">
+      <c r="A2198" s="1" t="inlineStr">
+        <is>
+          <t>9786054771189</t>
+        </is>
+      </c>
+      <c r="B2198" s="1" t="inlineStr">
+        <is>
+          <t>Dante’nin İstanbul Cehennemi</t>
+        </is>
+      </c>
+      <c r="C2198" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2199" spans="1:3">
+      <c r="A2199" s="1" t="inlineStr">
+        <is>
+          <t>9789750095801</t>
+        </is>
+      </c>
+      <c r="B2199" s="1" t="inlineStr">
+        <is>
+          <t>Çuvallayan İttifak</t>
+        </is>
+      </c>
+      <c r="C2199" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="2200" spans="1:3">
+      <c r="A2200" s="1" t="inlineStr">
+        <is>
+          <t>9786054607778</t>
+        </is>
+      </c>
+      <c r="B2200" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Ayrılık da Yoktur</t>
+        </is>
+      </c>
+      <c r="C2200" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:3">
+      <c r="A2201" s="1" t="inlineStr">
+        <is>
+          <t>9786059913508</t>
+        </is>
+      </c>
+      <c r="B2201" s="1" t="inlineStr">
+        <is>
+          <t>60 Yıllık İttifakta Son Gün</t>
+        </is>
+      </c>
+      <c r="C2201" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2202" spans="1:3">
+      <c r="A2202" s="1" t="inlineStr">
+        <is>
+          <t>9786054994847</t>
+        </is>
+      </c>
+      <c r="B2202" s="1" t="inlineStr">
+        <is>
+          <t>Kumbara</t>
+        </is>
+      </c>
+      <c r="C2202" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:3">
+      <c r="A2203" s="1" t="inlineStr">
+        <is>
+          <t>9786054771929</t>
+        </is>
+      </c>
+      <c r="B2203" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzlerim</t>
+        </is>
+      </c>
+      <c r="C2203" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2204" spans="1:3">
+      <c r="A2204" s="1" t="inlineStr">
+        <is>
+          <t>9786054771813</t>
+        </is>
+      </c>
+      <c r="B2204" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C2204" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2205" spans="1:3">
+      <c r="A2205" s="1" t="inlineStr">
+        <is>
+          <t>9786054771899</t>
+        </is>
+      </c>
+      <c r="B2205" s="1" t="inlineStr">
+        <is>
+          <t>2 Tam Bir Tek</t>
+        </is>
+      </c>
+      <c r="C2205" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2206" spans="1:3">
+      <c r="A2206" s="1" t="inlineStr">
+        <is>
+          <t>9786059913096</t>
+        </is>
+      </c>
+      <c r="B2206" s="1" t="inlineStr">
+        <is>
+          <t>Ay Yıldız Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C2206" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:3">
+      <c r="A2207" s="1" t="inlineStr">
+        <is>
+          <t>9786054994472</t>
+        </is>
+      </c>
+      <c r="B2207" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Gizlenen Vasiyeti</t>
+        </is>
+      </c>
+      <c r="C2207" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:3">
+      <c r="A2208" s="1" t="inlineStr">
+        <is>
+          <t>9786053110835</t>
+        </is>
+      </c>
+      <c r="B2208" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Tango</t>
+        </is>
+      </c>
+      <c r="C2208" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2209" spans="1:3">
+      <c r="A2209" s="1" t="inlineStr">
+        <is>
+          <t>9786053110866</t>
+        </is>
+      </c>
+      <c r="B2209" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Sancısı</t>
+        </is>
+      </c>
+      <c r="C2209" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2210" spans="1:3">
+      <c r="A2210" s="1" t="inlineStr">
+        <is>
+          <t>9786053110859</t>
+        </is>
+      </c>
+      <c r="B2210" s="1" t="inlineStr">
+        <is>
+          <t>İnkar</t>
+        </is>
+      </c>
+      <c r="C2210" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2211" spans="1:3">
+      <c r="A2211" s="1" t="inlineStr">
+        <is>
+          <t>9786053110842</t>
+        </is>
+      </c>
+      <c r="B2211" s="1" t="inlineStr">
+        <is>
+          <t>Celile (Ela Gözlü Pars)</t>
+        </is>
+      </c>
+      <c r="C2211" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2212" spans="1:3">
+      <c r="A2212" s="1" t="inlineStr">
+        <is>
+          <t>9786053110873</t>
+        </is>
+      </c>
+      <c r="B2212" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığımdan Sev Beni</t>
+        </is>
+      </c>
+      <c r="C2212" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2213" spans="1:3">
+      <c r="A2213" s="1" t="inlineStr">
+        <is>
+          <t>9786054994311</t>
+        </is>
+      </c>
+      <c r="B2213" s="1" t="inlineStr">
+        <is>
+          <t>Rabb'in İçin Sabret</t>
+        </is>
+      </c>
+      <c r="C2213" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:3">
+      <c r="A2214" s="1" t="inlineStr">
+        <is>
+          <t>9786054994687</t>
+        </is>
+      </c>
+      <c r="B2214" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel İsimler Allah'ındır</t>
+        </is>
+      </c>
+      <c r="C2214" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2215" spans="1:3">
+      <c r="A2215" s="1" t="inlineStr">
+        <is>
+          <t>9786054994694</t>
+        </is>
+      </c>
+      <c r="B2215" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Olmayı Hatırlamak</t>
+        </is>
+      </c>
+      <c r="C2215" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2216" spans="1:3">
+      <c r="A2216" s="1" t="inlineStr">
+        <is>
+          <t>9786054771769</t>
+        </is>
+      </c>
+      <c r="B2216" s="1" t="inlineStr">
+        <is>
+          <t>Sabah Uykum</t>
+        </is>
+      </c>
+      <c r="C2216" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2217" spans="1:3">
+      <c r="A2217" s="1" t="inlineStr">
+        <is>
+          <t>9786054771554</t>
+        </is>
+      </c>
+      <c r="B2217" s="1" t="inlineStr">
+        <is>
+          <t>Allah De Ötesini Bırak</t>
+        </is>
+      </c>
+      <c r="C2217" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2218" spans="1:3">
+      <c r="A2218" s="1" t="inlineStr">
+        <is>
+          <t>9786054994076</t>
+        </is>
+      </c>
+      <c r="B2218" s="1" t="inlineStr">
+        <is>
+          <t>Deli Çocuğun Güncesi</t>
+        </is>
+      </c>
+      <c r="C2218" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2219" spans="1:3">
+      <c r="A2219" s="1" t="inlineStr">
+        <is>
+          <t>9786054994007</t>
+        </is>
+      </c>
+      <c r="B2219" s="1" t="inlineStr">
+        <is>
+          <t>Haz</t>
+        </is>
+      </c>
+      <c r="C2219" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2220" spans="1:3">
+      <c r="A2220" s="1" t="inlineStr">
+        <is>
+          <t>9786055151188</t>
+        </is>
+      </c>
+      <c r="B2220" s="1" t="inlineStr">
+        <is>
+          <t>670 Gram ile Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C2220" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2221" spans="1:3">
+      <c r="A2221" s="1" t="inlineStr">
+        <is>
+          <t>9786053110361</t>
+        </is>
+      </c>
+      <c r="B2221" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeğin Kaderi</t>
+        </is>
+      </c>
+      <c r="C2221" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="2222" spans="1:3">
+      <c r="A2222" s="1" t="inlineStr">
+        <is>
+          <t>9786054994106</t>
+        </is>
+      </c>
+      <c r="B2222" s="1" t="inlineStr">
+        <is>
+          <t>Bana Allah Yeter</t>
+        </is>
+      </c>
+      <c r="C2222" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>