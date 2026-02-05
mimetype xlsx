--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,33355 +85,33790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255799630</t>
+          <t>9786258594072</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar ve Astroloji</t>
+          <t>Düştüğün Yerde Hazinen Saklıdır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255799715</t>
+          <t>9786255799968</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>51 Gün Tek Başına</t>
+          <t>Vahdettin'in Gizli Sırları ve Haremi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255799234</t>
+          <t>9786255799920</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köklerden Gelen Güzellik</t>
+          <t>Atatürk’ün Cumhurbaşkanlığı Forsu ve 16 Türk Devleti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>980</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255799654</t>
+          <t>9786255799951</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Yeniden Yaz</t>
+          <t>İnsan Nasıl Kaybeder? - Gazali</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255799647</t>
+          <t>9786255799944</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Elian</t>
+          <t>Menopoz ve Hormon Tedavisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786250035641</t>
+          <t>9786255799937</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Tamamı Video Çözümlü Kamp Kitabı 5 Gün 5 Fasikül</t>
+          <t>Zihinleri Nasıl Kontrol Ediyorlar?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255799623</t>
+          <t>9786255799845</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Diğerlerinin Canı Cehenneme!</t>
+          <t>Anksiyete Diyalektik Davranış Terapisi Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255799555</t>
+          <t>9786255799890</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Benim Sımsıcak Yılbaşım</t>
+          <t>Azim İmkânsızlıktan Doğar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255799333</t>
+          <t>9786255799883</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Dikkat Dağınıklığı</t>
+          <t>Dijitalde Ne Haber?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255799531</t>
+          <t>9786255799852</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyebilme Sanatı</t>
+          <t>Saadet Öğretmen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255799548</t>
+          <t>9786255799913</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçebilmek</t>
+          <t>Yedi Günlük Sessizlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255799562</t>
+          <t>9786255799906</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Azmin Gücü</t>
+          <t>Aç Kuşlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255799586</t>
+          <t>9786255799869</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yorgunluk Çağı</t>
+          <t>Ben Beni Çok İhmal Ettim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255799579</t>
+          <t>9786255799821</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Projesi</t>
+          <t>Twenty Four House in the Life of a Woman</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255799135</t>
+          <t>9786255799838</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sen Hala Annenin Kızısın</t>
+          <t>ABD Zalim İmparatorluk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255799524</t>
+          <t>9786255799876</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Kaos Çağında Yeni İnsanın İnşası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255799494</t>
+          <t>9786255799692</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalıkları ve Duygusal Sebepleri</t>
+          <t>Yeni Dünyalı Olmak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255799517</t>
+          <t>9786255799807</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kara Kutusu</t>
+          <t>Paranın Ruh Hali</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255799487</t>
+          <t>9786255799685</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
+          <t>Bitmiş Bir İlişkiye Son Verme Gücü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255799500</t>
+          <t>9786255799814</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Simyası</t>
+          <t>TSSB Travma ve Travma Sonrası Stres Bozukluğu İçin Diyalektik Davranış Terapisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255799456</t>
+          <t>9786255799777</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Birikim</t>
+          <t>Kanlı Düş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255799470</t>
+          <t>9786255799791</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Frankestein</t>
+          <t>Kasem</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255799395</t>
+          <t>9786255799784</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Notes From Underground</t>
+          <t>Mahfuz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255799463</t>
+          <t>9786255799678</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Lemurya’nın Çocukları</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255799449</t>
+          <t>9786255799753</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ya İyileştirdiyse?</t>
+          <t>Umudun Ta Kendisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255799432</t>
+          <t>9786255799760</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Heartthrob</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255799425</t>
+          <t>9786255799708</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklikten Kaçış</t>
+          <t>Işılda, Cüret Et, Gülümse</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255799418</t>
+          <t>9786255799739</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Menfaat Ekonomisi</t>
+          <t>Seni Aşk Sandım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255942647</t>
+          <t>9786255799609</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Var Etmenin Gücü</t>
+          <t>Allah De Ötesini Bırak 1 ve 2. Cilt (Özel Baskı)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255799401</t>
+          <t>9786255799630</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zorbalık: "Senin İyiliğin İçin Söylüyorum"</t>
+          <t>Kuşaklar ve Astroloji</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255799302</t>
+          <t>9786255799715</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kendi Rüzgarında Uçmak</t>
+          <t>51 Gün Tek Başına</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255799289</t>
+          <t>9786255799234</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık ve Yaşamın Felsefesi</t>
+          <t>Köklerden Gelen Güzellik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>980</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255799371</t>
+          <t>9786255799654</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Liderler Çağı</t>
+          <t>Kaderini Yeniden Yaz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255799388</t>
+          <t>9786255799647</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Elian</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255799357</t>
+          <t>9786250035641</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>OKB İçin Farkındalık - Çalışma Kitabı</t>
+          <t>LGS 1. Dönem Tamamı Video Çözümlü Kamp Kitabı 5 Gün 5 Fasikül</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255799364</t>
+          <t>9786255799623</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Özelliklerimiz ve Genetik</t>
+          <t>Diğerlerinin Canı Cehenneme!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255799340</t>
+          <t>9786255799555</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Benim Sımsıcak Yılbaşım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255799319</t>
+          <t>9786255799333</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Ashabı Neden Önemli?</t>
+          <t>Kadınlarda Dikkat Dağınıklığı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255799272</t>
+          <t>9786255799531</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ile Aldatmak</t>
+          <t>Hayır Diyebilme Sanatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255799159</t>
+          <t>9786255799548</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Siyaset: 1923-1960</t>
+          <t>Vazgeçebilmek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>590</v>
+        <v>480</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255799296</t>
+          <t>9786255799562</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türkler Geliyor</t>
+          <t>Azmin Gücü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255799326</t>
+          <t>9786255799586</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kızım Sen Saftirik Halinle Bu İşleri Nasıl Yapıyorsun?</t>
+          <t>Yorgunluk Çağı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255799265</t>
+          <t>9786255799579</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sırdaşı</t>
+          <t>Kendilik Projesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255799036</t>
+          <t>9786255799135</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Lazım</t>
+          <t>Sen Hala Annenin Kızısın</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255799210</t>
+          <t>9786255799524</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası (Ciltli)</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255799203</t>
+          <t>9786255799494</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası</t>
+          <t>Çocuk Hastalıkları ve Duygusal Sebepleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255799111</t>
+          <t>9786255799517</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Sadelik</t>
+          <t>Aşkın Kara Kutusu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255799180</t>
+          <t>9786255799487</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Machig'in Yolu</t>
+          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255799142</t>
+          <t>9786255799500</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımlar</t>
+          <t>Dönüşümün Simyası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255799197</t>
+          <t>9786255799456</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pussy: Bir Kazanım Öyküsü</t>
+          <t>Birikim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255799166</t>
+          <t>9786255799470</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Eşiği</t>
+          <t>Frankestein</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255799173</t>
+          <t>9786255799395</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 19 Altın Kuralı</t>
+          <t>Notes From Underground</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255799227</t>
+          <t>9786255799463</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Lemurya’nın Çocukları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255799012</t>
+          <t>9786255799449</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Atlıları</t>
+          <t>Ya İyileştirdiyse?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255799104</t>
+          <t>9786255799432</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>The Paul Street Boys</t>
+          <t>Heartthrob</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255799128</t>
+          <t>9786255799425</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kırıldım Ama İyileşiyorum</t>
+          <t>Gerçeklikten Kaçış</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255799074</t>
+          <t>9786255799418</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Meditations</t>
+          <t>Menfaat Ekonomisi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9696211111362</t>
+          <t>9786255942647</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci İlişkiler Seti 3 Kitap Dilek Ajanda Hediyeli</t>
+          <t>Var Etmenin Gücü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1040</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9693110001466</t>
+          <t>9786255799401</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2023 Atatürk Takvimi</t>
+          <t>Duygusal Zorbalık: "Senin İyiliğin İçin Söylüyorum"</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053116905</t>
+          <t>9786255799302</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bilinç</t>
+          <t>Kendi Rüzgarında Uçmak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053111436</t>
+          <t>9786255799289</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Kedisi Neden Şizofren Oldu?</t>
+          <t>Bağışıklık ve Yaşamın Felsefesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053119999</t>
+          <t>9786255799371</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çit</t>
+          <t>Çılgın Liderler Çağı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254412820</t>
+          <t>9786255799388</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Elleri Titremeden Ateşi Tutabilene</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053116127</t>
+          <t>9786255799357</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung ve Hermann Hesse</t>
+          <t>OKB İçin Farkındalık - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053116004</t>
+          <t>9786255799364</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zor Olsa da Hayat Devam Ediyor</t>
+          <t>Kişilik Özelliklerimiz ve Genetik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>68</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255799029</t>
+          <t>9786255799340</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gideon’un Casusları</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255799081</t>
+          <t>9786255799319</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hormonlar Yalan Söylemez</t>
+          <t>Hz. Muhammed ve Ashabı Neden Önemli?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255799098</t>
+          <t>9786255799272</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Metatron</t>
+          <t>Kur’an ile Aldatmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255799067</t>
+          <t>9786255799159</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty</t>
+          <t>Ordu ve Siyaset: 1923-1960</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>590</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255799005</t>
+          <t>9786255799296</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Chess</t>
+          <t>Türkler Geliyor</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255799050</t>
+          <t>9786255799326</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Şifacılığı</t>
+          <t>Kızım Sen Saftirik Halinle Bu İşleri Nasıl Yapıyorsun?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255942999</t>
+          <t>9786255799265</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Bitlendim</t>
+          <t>Atatürk’ün Sırdaşı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255799043</t>
+          <t>9786255799036</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sessiz Ruhu</t>
+          <t>Konuşmamız Lazım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255942951</t>
+          <t>9786255799210</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Terapisi</t>
+          <t>Kırılma Noktası (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255942968</t>
+          <t>9786255799203</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255942920</t>
+          <t>9786255799111</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Polemoloji</t>
+          <t>Tatlı Sadelik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>580</v>
+        <v>490</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255942982</t>
+          <t>9786255799180</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>SQ Satış Zekası</t>
+          <t>Machig'in Yolu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255942876</t>
+          <t>9786255799142</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Dövme</t>
+          <t>Kıvılcımlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255942906</t>
+          <t>9786255799197</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Yeniden Tanışıyorum</t>
+          <t>Pussy: Bir Kazanım Öyküsü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255942937</t>
+          <t>9786255799166</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Atlas</t>
+          <t>Sonsuzluğun Eşiği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255942944</t>
+          <t>9786255799173</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Smyrna Cehennemi</t>
+          <t>Tasavvufun 19 Altın Kuralı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255942975</t>
+          <t>9786255799227</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anne Bir Sabah İyiler Kazanacak</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255942883</t>
+          <t>9786255799012</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uyan Kalbim</t>
+          <t>Kıyametin Atlıları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>490</v>
+        <v>580</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255942913</t>
+          <t>9786255799104</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Açlık Çalışma Kitabı</t>
+          <t>The Paul Street Boys</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254415357</t>
+          <t>9786255799128</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Jean-Paul Sartre / İnsan Özgürlüğe Mahkumdur</t>
+          <t>Kırıldım Ama İyileşiyorum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255942838</t>
+          <t>9786255799074</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şah. Mat. Aşk.</t>
+          <t>Meditations</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255942869</t>
+          <t>9696211111362</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bab-ül Sır</t>
+          <t>Esra Ezmeci İlişkiler Seti 3 Kitap Dilek Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255942791</t>
+          <t>9693110001466</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Paranormal Mekanları</t>
+          <t>2023 Atatürk Takvimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255942852</t>
+          <t>9786053116905</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Troçki Evi</t>
+          <t>Bilinç</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255942753</t>
+          <t>9786053111436</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>En Çok da İyi Niyet Yorar İnsanı</t>
+          <t>Schrödinger’in Kedisi Neden Şizofren Oldu?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255942777</t>
+          <t>9786053119999</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Longevity</t>
+          <t>Çit</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255942746</t>
+          <t>9786254412820</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Arınış</t>
+          <t>Elleri Titremeden Ateşi Tutabilene</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255942784</t>
+          <t>9786053116127</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silivri</t>
+          <t>Carl Gustav Jung ve Hermann Hesse</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256209626</t>
+          <t>9786053116004</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Destek Almanın Gizemli Sanatı</t>
+          <t>Zor Olsa da Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>68</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255942760</t>
+          <t>9786255799029</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Pentagon’un UFO Avı Yaklaşan Tehdit</t>
+          <t>Gideon’un Casusları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>430</v>
+        <v>660</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255942715</t>
+          <t>9786255799081</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Annelik Kılavuzu</t>
+          <t>Hormonlar Yalan Söylemez</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255942692</t>
+          <t>9786255799098</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevimli Köşem</t>
+          <t>Metatron</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255942708</t>
+          <t>9786255799067</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevimli Dostlarım</t>
+          <t>Black Beauty</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255942319</t>
+          <t>9786255799005</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya Savaşları</t>
+          <t>Chess</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255942678</t>
+          <t>9786255799050</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Tasavvufu</t>
+          <t>Anadolu Şifacılığı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255942685</t>
+          <t>9786255942999</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Anne Ben Bitlendim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255942739</t>
+          <t>9786255799043</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Medusa</t>
+          <t>Zamanın Sessiz Ruhu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256209909</t>
+          <t>9786255942951</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İnek, Ateş ve Kahraman</t>
+          <t>Kahkaha Terapisi</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256209916</t>
+          <t>9786255942968</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Beş Ses Bir Sır</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256051911</t>
+          <t>9786255942920</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ellerinle Bana Baharlar Getir</t>
+          <t>Polemoloji</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256051737</t>
+          <t>9786255942982</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bırakmak Kendini Bulmaktır</t>
+          <t>SQ Satış Zekası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256051041</t>
+          <t>9786255942876</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Gerçeği</t>
+          <t>Kalbimdeki Dövme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9696211111379</t>
+          <t>9786255942906</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Psikoloji Seti 3 Kitap Dilek Ajanda Hediyeli</t>
+          <t>Kendimle Yeniden Tanışıyorum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>920</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254419966</t>
+          <t>9786255942937</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yandığın Ateş Yoluna Işık Olur</t>
+          <t>Kozmik Atlas</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9693110002104</t>
+          <t>9786255942944</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat Kitap Seti (5 Kitap)</t>
+          <t>Smyrna Cehennemi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9693110002043</t>
+          <t>9786255942975</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Erhan Kolbaşı Kitap Set (4 Kitap)</t>
+          <t>Anne Bir Sabah İyiler Kazanacak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9693110002067</t>
+          <t>9786255942883</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Özgürlük Seti (3 Kitap)</t>
+          <t>Uyan Kalbim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9693110002081</t>
+          <t>9786255942913</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ümit Özdağ Kitap Seti (3 Kitap)</t>
+          <t>Duygusal Açlık Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>570</v>
+        <v>290</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254419478</t>
+          <t>9786254415357</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zor Kişiliklerle Nasıl Baş Ederiz?</t>
+          <t>Jean-Paul Sartre / İnsan Özgürlüğe Mahkumdur</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254419164</t>
+          <t>9786255942838</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Usta Bir Şifacının Kadim Sırları</t>
+          <t>Şah. Mat. Aşk.</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258360264</t>
+          <t>9786255942869</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Monsters</t>
+          <t>Bab-ül Sır</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9693110001473</t>
+          <t>9786255942791</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti (3 Kitap)</t>
+          <t>İstanbul’un Paranormal Mekanları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>790</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9690000000196</t>
+          <t>9786255942852</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>David Icke Kitap Seti (2 Kitap)</t>
+          <t>Troçki Evi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9693110001183</t>
+          <t>9786255942753</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Tolga Kitap Seti (3 Kitap)</t>
+          <t>En Çok da İyi Niyet Yorar İnsanı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254417542</t>
+          <t>9786255942777</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Masalcı 2</t>
+          <t>Longevity</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254417405</t>
+          <t>9786255942746</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ile Akşam Yemeği</t>
+          <t>Arınış</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9693110000780</t>
+          <t>9786255942784</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Şener 4 Kitap Set</t>
+          <t>Vatan Yahut Silivri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>640</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9693110001114</t>
+          <t>9786256209626</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Felsefesi Seti 8 Kitap</t>
+          <t>Doğadan Destek Almanın Gizemli Sanatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053119951</t>
+          <t>9786255942760</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Felsefesi Seti</t>
+          <t>Pentagon’un UFO Avı Yaklaşan Tehdit</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>960</v>
+        <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9690000000141</t>
+          <t>9786255942715</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar Set (12 Kitap)</t>
+          <t>Annelik Kılavuzu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>3130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9693110001350</t>
+          <t>9786255942692</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar 13 Kitap Set</t>
+          <t>Benim Sevimli Köşem</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>3410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9693110001206</t>
+          <t>9786255942708</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Stoa Seti - 4 Kitap Takım</t>
+          <t>Benim Sevimli Dostlarım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>640</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9693110000537</t>
+          <t>9786255942319</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm Seti 3 Kitap Çanta Hediyeli</t>
+          <t>Gizli Dünya Savaşları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>234</v>
+        <v>480</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9693110001015</t>
+          <t>9786255942678</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Edebiyatçılar Seti</t>
+          <t>Bugünün Tasavvufu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9693110001091</t>
+          <t>9786255942685</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Oğuzhan Ceyhan 2 Kitap Set</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>142</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9690000000042</t>
+          <t>9786255942739</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti (2 kitap)</t>
+          <t>Medusa</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>96</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9693110001336</t>
+          <t>9786256209909</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji Seti - 3 Kitap Takım</t>
+          <t>İnek, Ateş ve Kahraman</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053119944</t>
+          <t>9786256209916</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefe Seti - 10 Kitap Takım</t>
+          <t>Beş Ses Bir Sır</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9690000000271</t>
+          <t>9786256051911</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Meltem Güner Seti (3 Kitap)</t>
+          <t>Ellerinle Bana Baharlar Getir</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9693110000384</t>
+          <t>9786256051737</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kinsun Seti 2 Kitap</t>
+          <t>Bırakmak Kendini Bulmaktır</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>132</v>
+        <v>320</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9693110001329</t>
+          <t>9786256051041</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kinsun 3 Kitap Set</t>
+          <t>Mevlana Gerçeği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9693110001312</t>
+          <t>9696211111379</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Hakkı Kahveci 6 Kitap Set</t>
+          <t>Esra Ezmeci Psikoloji Seti 3 Kitap Dilek Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>342</v>
+        <v>920</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9693110000766</t>
+          <t>9786254419966</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Hakkı Kahveci 4 Kitap Set</t>
+          <t>Yandığın Ateş Yoluna Işık Olur</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>246</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9693110000674</t>
+          <t>9693110002104</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hakan Mengüç 4 Kitap Set (Defter Hediyeli?</t>
+          <t>Umberto Arte ile Sanat Kitap Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>440</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9690000000066</t>
+          <t>9693110002043</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli Set (3 Kitap)</t>
+          <t>Erhan Kolbaşı Kitap Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>860</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9690000000035</t>
+          <t>9693110002067</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dönem Romanları Seti (3 Kitap)</t>
+          <t>Duygusal Özgürlük Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>650</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9693110000896</t>
+          <t>9693110002081</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dönem Kitapları Seti 4 Kitap</t>
+          <t>Ümit Özdağ Kitap Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1580</v>
+        <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053119937</t>
+          <t>9786254419478</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Doğu Felsefesi Seti - 10 Kitap Takım</t>
+          <t>Zor Kişiliklerle Nasıl Baş Ederiz?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9693110000681</t>
+          <t>9786254419164</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çetin Çetintaş 2 Kitap Set</t>
+          <t>Usta Bir Şifacının Kadim Sırları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>570</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9690000000189</t>
+          <t>9786258360264</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bülent Gardiyanoğlu Set (9 Kitap)</t>
+          <t>Monsters</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>2960</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9693110001244</t>
+          <t>9693110001473</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 5 Kitap Set Defter Hediyeli</t>
+          <t>Müthiş Psikoloji Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>312</v>
+        <v>790</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9693110000940</t>
+          <t>9690000000196</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 4 Kitap Set Altın Kaplama Bileklik Hediyeli</t>
+          <t>David Icke Kitap Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>246</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9693110000827</t>
+          <t>9693110001183</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Berrak Yurdakul 4 Kitap Set</t>
+          <t>Ayşe Tolga Kitap Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>930</v>
+        <v>800</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9693110001084</t>
+          <t>9786254417542</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seti 2</t>
+          <t>Masalcı 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9693110000629</t>
+          <t>9786254417405</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Anette İnselberg Seti (2 Kitap, Çanta Hediyeli)</t>
+          <t>Nietzsche ile Akşam Yemeği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>214</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053118107</t>
+          <t>9693110000780</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Batman Seti (7 Kitap)</t>
+          <t>Yılmaz Şener 4 Kitap Set</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1910</v>
+        <v>640</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9693110001428</t>
+          <t>9693110001114</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>1 Soru 1 Cevap (3 Kitap Set)</t>
+          <t>Uzak Doğu Felsefesi Seti 8 Kitap</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>172</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254417061</t>
+          <t>9786053119951</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gizli Miras İstanbul</t>
+          <t>Uzak Doğu Felsefesi Seti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>960</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254416903</t>
+          <t>9690000000141</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Değerler Prensibi</t>
+          <t>Uğur Koşar Set (12 Kitap)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9693110001275</t>
+          <t>9693110001350</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bülent Gardiyanoğlu 5 Kitap Takım Defter Hediyeli</t>
+          <t>Uğur Koşar 13 Kitap Set</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1480</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9693110001367</t>
+          <t>9693110001206</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte İle Sanat - 4 Kitap Set</t>
+          <t>Stoa Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1500</v>
+        <v>640</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9693110000933</t>
+          <t>9693110000537</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci 5 Kitap Set - Defter Hediyeli</t>
+          <t>Şamanizm Seti 3 Kitap Çanta Hediyeli</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>1590</v>
+        <v>234</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254416149</t>
+          <t>9693110001015</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve Yanılgılar</t>
+          <t>Şair ve Edebiyatçılar Seti</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053118060</t>
+          <t>9693110001091</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım 3'lü Kitap Seti (Defter Hediyeli)</t>
+          <t>Oğuzhan Ceyhan 2 Kitap Set</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>188</v>
+        <v>142</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254415722</t>
+          <t>9690000000042</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Problemleri Kafaya Takmamak</t>
+          <t>Müthiş Psikoloji Seti (2 kitap)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>96</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3033038987439</t>
+          <t>9693110001336</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Metin Hara İyiliğin Seti - 2 Kitap</t>
+          <t>Müthiş Psikoloji Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053117766</t>
+          <t>9786053119944</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Seti (5 Kitap Takım)</t>
+          <t>Modern Felsefe Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>408</v>
+        <v>900</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053119852</t>
+          <t>9690000000271</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Tazeoğlu Set</t>
+          <t>Meltem Güner Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>70</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9693110000490</t>
+          <t>9693110000384</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Seti 4 Kitap (Defter Hediyeli)</t>
+          <t>Kinsun Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1210</v>
+        <v>132</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053115915</t>
+          <t>9693110001329</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Kinsun 3 Kitap Set</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>42</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054455386</t>
+          <t>9693110001312</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hilal Ve Demir Haç</t>
+          <t>Hüseyin Hakkı Kahveci 6 Kitap Set</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>9.26</v>
+        <v>342</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053115618</t>
+          <t>9693110000766</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Yusuf Hocası</t>
+          <t>Hüseyin Hakkı Kahveci 4 Kitap Set</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>18</v>
+        <v>246</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053112488</t>
+          <t>9693110000674</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Casus Jozef Nasi</t>
+          <t>Hakan Mengüç 4 Kitap Set (Defter Hediyeli?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>26</v>
+        <v>440</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053111559</t>
+          <t>9690000000066</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kuran’a Sor</t>
+          <t>Esra Ezmeci Defter Hediyeli Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>94</v>
+        <v>860</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053115663</t>
+          <t>9690000000035</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişir</t>
+          <t>Dönem Romanları Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>94</v>
+        <v>650</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053115106</t>
+          <t>9693110000896</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Sonu</t>
+          <t>Dönem Kitapları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053115083</t>
+          <t>9786053119937</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Gizli Tarihi</t>
+          <t>Doğu Felsefesi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053115090</t>
+          <t>9693110000681</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Günlük</t>
+          <t>Çetin Çetintaş 2 Kitap Set</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>28</v>
+        <v>570</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053114727</t>
+          <t>9690000000189</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Devrim Erbil’de Öz’ün Ritmi T/ÖZ</t>
+          <t>Bülent Gardiyanoğlu Set (9 Kitap)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>74</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053113713</t>
+          <t>9693110001244</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Söz Sokakta</t>
+          <t>Bircan Yıldırım 5 Kitap Set Defter Hediyeli</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>13.89</v>
+        <v>312</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053113690</t>
+          <t>9693110000940</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Alışmadık Gözde Lens Durmaz</t>
+          <t>Bircan Yıldırım 4 Kitap Set Altın Kaplama Bileklik Hediyeli</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>68</v>
+        <v>246</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053113492</t>
+          <t>9693110000827</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sefire</t>
+          <t>Berrak Yurdakul 4 Kitap Set</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>31.48</v>
+        <v>930</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053113317</t>
+          <t>9693110001084</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kehanet</t>
+          <t>Antik Yunan Seti 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>34</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053116868</t>
+          <t>9693110000629</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kadın Egzersiz ve Spor</t>
+          <t>Anette İnselberg Seti (2 Kitap, Çanta Hediyeli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>214</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053116820</t>
+          <t>9786053118107</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Şey</t>
+          <t>Ahmet Batman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053116837</t>
+          <t>9693110001428</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Beslen Genç Kal</t>
+          <t>1 Soru 1 Cevap (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>98</v>
+        <v>172</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053115755</t>
+          <t>9786254417061</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar</t>
+          <t>Gizli Miras İstanbul</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>48</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053115564</t>
+          <t>9786254416903</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Satranç</t>
+          <t>Değerler Prensibi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>44</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053115595</t>
+          <t>9693110001275</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Vicdanları Sorgulatan Hikaye Struma</t>
+          <t>Bülent Gardiyanoğlu 5 Kitap Takım Defter Hediyeli</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053115571</t>
+          <t>9693110001367</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zafer Sızlanarak Kazanılmaz</t>
+          <t>Umberto Arte İle Sanat - 4 Kitap Set</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>490</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053115588</t>
+          <t>9693110000933</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Çağrı</t>
+          <t>Esra Ezmeci 5 Kitap Set - Defter Hediyeli</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>14</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053113430</t>
+          <t>9786254416149</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Sonbaharı</t>
+          <t>İnsanlar ve Yanılgılar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.96</v>
+        <v>330</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053114857</t>
+          <t>9786053118060</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık İhanet</t>
+          <t>Bircan Yıldırım 3'lü Kitap Seti (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>38</v>
+        <v>188</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053114253</t>
+          <t>9786254415722</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sen Gittin Ya Ben Çok Güzelleştim</t>
+          <t>Olmayan Problemleri Kafaya Takmamak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>98</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053112662</t>
+          <t>3033038987439</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Uykunun Sihirli Gücü ve Tehlikeli Ninni Elektrosmog</t>
+          <t>Metin Hara İyiliğin Seti - 2 Kitap</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053112679</t>
+          <t>9786053117766</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sana Hep Benden Söz Edecekler</t>
+          <t>Hikmet Anıl Öztekin Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>13.89</v>
+        <v>408</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053116035</t>
+          <t>9786053119852</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kalbime İyi Geliyor</t>
+          <t>Kahraman Tazeoğlu Set</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053115472</t>
+          <t>9693110000490</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tek Gecelik Yemekler</t>
+          <t>Esra Ezmeci Seti 4 Kitap (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>17.59</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053115465</t>
+          <t>9786053115915</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Bir Tarih (Ciltli)</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>18.52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053114741</t>
+          <t>9786054455386</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün</t>
+          <t>Hilal Ve Demir Haç</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053114758</t>
+          <t>9786053115618</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Bir Türküdür Sevgi</t>
+          <t>Ailemizin Yusuf Hocası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>68</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053113850</t>
+          <t>9786053112488</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Yemekler - Et</t>
+          <t>Yahudi Casus Jozef Nasi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>64.81</v>
+        <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053114048</t>
+          <t>9786053111559</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
+          <t>Kuran’a Sor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>18.52</v>
+        <v>94</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053114024</t>
+          <t>9786053115663</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
+          <t>Her Şey Değişir</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>18.52</v>
+        <v>94</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053114062</t>
+          <t>9786053115106</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>8 Haftada Değişim</t>
+          <t>Oyunun Sonu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>22.22</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053114086</t>
+          <t>9786053115083</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Cesur Kadın Halide</t>
+          <t>İstanbul'un Gizli Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>44</v>
+        <v>140</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053114079</t>
+          <t>9786053115090</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Poyraza Çare</t>
+          <t>Günlük</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>16.67</v>
+        <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053113096</t>
+          <t>9786053114727</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Dönüş</t>
+          <t>Devrim Erbil’de Öz’ün Ritmi T/ÖZ</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>20.37</v>
+        <v>74</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053110354</t>
+          <t>9786053113713</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Bana Fazla Bölüşelim Mi?</t>
+          <t>Söz Sokakta</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059913881</t>
+          <t>9786053113690</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Değişir Hayat</t>
+          <t>Alışmadık Gözde Lens Durmaz</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>25.93</v>
+        <v>68</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059913546</t>
+          <t>9786053113492</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Casus Değil Vatansever</t>
+          <t>Sefire</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>20.37</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059913522</t>
+          <t>9786053113317</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu: Aşık ve Kıskanç</t>
+          <t>Dijital Kehanet</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>15.74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059913416</t>
+          <t>9786053116868</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Üç Sevda</t>
+          <t>Kadın Egzersiz ve Spor</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059913409</t>
+          <t>9786053116820</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dibe Vuranlar</t>
+          <t>Başka Bir Şey</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>15.74</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059913423</t>
+          <t>9786053116837</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İçteki Benle Barışmak</t>
+          <t>Aralıklı Beslen Genç Kal</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.52</v>
+        <v>98</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059913904</t>
+          <t>9786053115755</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar #Ev Halim</t>
+          <t>Uyumsuzlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>10.19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059913393</t>
+          <t>9786053115564</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Sonu Kriz</t>
+          <t>Yaşamsal Satranç</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>18.52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059913263</t>
+          <t>9786053115595</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Neşter ve Madalya</t>
+          <t>Vicdanları Sorgulatan Hikaye Struma</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>22.22</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059913232</t>
+          <t>9786053115571</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kainat İmamı Fethullah Gülen</t>
+          <t>Zafer Sızlanarak Kazanılmaz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.04</v>
+        <v>490</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054994908</t>
+          <t>9786053115588</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Cevapsız Çağrı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>32</v>
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059913201</t>
+          <t>9786053113430</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>2015 Astroloji ve Burçlar Ajandası</t>
+          <t>Cumhuriyet'in Sonbaharı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054771844</t>
+          <t>9786053114857</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kıroleterya Diktatoryası</t>
+          <t>Yüzyıllık İhanet</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053110477</t>
+          <t>9786053114253</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Game Of Thrones Bulmacaları - Taht Oyunları</t>
+          <t>Sen Gittin Ya Ben Çok Güzelleştim</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>22.22</v>
+        <v>98</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053110422</t>
+          <t>9786053112662</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz</t>
+          <t>Uykunun Sihirli Gücü ve Tehlikeli Ninni Elektrosmog</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053110378</t>
+          <t>9786053112679</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>2016 Astroloji ve Burçlar Ajandası</t>
+          <t>Sana Hep Benden Söz Edecekler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053110309</t>
+          <t>9786053116035</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Sofya'da</t>
+          <t>Kalbime İyi Geliyor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>11.11</v>
+        <v>78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053110316</t>
+          <t>9786053115472</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Koza Oteli</t>
+          <t>Tek Gecelik Yemekler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053110194</t>
+          <t>9786053115465</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seni Yine Severdim</t>
+          <t>Yazılmamış Bir Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053110170</t>
+          <t>9786053114741</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ben Senden Geliyorum</t>
+          <t>Aşktan da Üstün</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>11.11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053110156</t>
+          <t>9786053114758</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>A Breath Of Istanbul</t>
+          <t>Yarım Kalan Bir Türküdür Sevgi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>25</v>
+        <v>68</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053110187</t>
+          <t>9786053113850</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İki Limon Satsam Daha İyi</t>
+          <t>Yakışıklı Yemekler - Et</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>13.89</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054994533</t>
+          <t>9786053114048</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hayırsever Terörist Yasin El Kadı</t>
+          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054994366</t>
+          <t>9786053114024</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Düş ve Gece</t>
+          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054994380</t>
+          <t>9786053114062</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İmza: Ben</t>
+          <t>8 Haftada Değişim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>24.07</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054994373</t>
+          <t>9786053114086</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Elveda İzmir</t>
+          <t>Bir Cesur Kadın Halide</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>17.59</v>
+        <v>44</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054994090</t>
+          <t>9786053114079</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Diren Suriye</t>
+          <t>Poyraza Çare</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053110118</t>
+          <t>9786053113096</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Invasion of Love - The Path</t>
+          <t>Doğaya Dönüş</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053110057</t>
+          <t>9786053110354</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Bu Yalnızlık Bana Fazla Bölüşelim Mi?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>24.07</v>
+        <v>34</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059913218</t>
+          <t>9786059913881</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayat Işığı</t>
+          <t>Ansızın Değişir Hayat</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059913225</t>
+          <t>9786059913546</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Saç</t>
+          <t>Casus Değil Vatansever</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054994960</t>
+          <t>9786059913522</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>İlişki Durumu: Aşık ve Kıskanç</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054994953</t>
+          <t>9786059913416</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Şifresi</t>
+          <t>Üç Sevda</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054771783</t>
+          <t>9786059913409</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Yaşıyor Musun? (Ciltli)</t>
+          <t>Dibe Vuranlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25.93</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054994786</t>
+          <t>9786059913423</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Helal Tekme</t>
+          <t>İçteki Benle Barışmak</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054994762</t>
+          <t>9786059913904</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Alevi İlkeleri: Mitolojiden Felsefeye</t>
+          <t>Arkadaşlar #Ev Halim</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>17.59</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054994557</t>
+          <t>9786059913393</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yirmi5</t>
+          <t>Tünelin Sonu Kriz</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054994571</t>
+          <t>9786059913263</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Terapisi</t>
+          <t>Neşter ve Madalya</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054994199</t>
+          <t>9786059913232</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yargı, Cemaat ve Bir Darbe Kurgusunun İç Yüzü</t>
+          <t>Kainat İmamı Fethullah Gülen</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054994779</t>
+          <t>9786054994908</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Cam Kenarı</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>12.96</v>
+        <v>32</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054994212</t>
+          <t>9786059913201</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kadın Tamircisi</t>
+          <t>2015 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054994083</t>
+          <t>9786054771844</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Yalnızım</t>
+          <t>Kıroleterya Diktatoryası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054994045</t>
+          <t>9786053110477</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi</t>
+          <t>Game Of Thrones Bulmacaları - Taht Oyunları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054994717</t>
+          <t>9786053110422</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Lilly</t>
+          <t>Kirli Beyaz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>24.07</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054994724</t>
+          <t>9786053110378</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Neden Varım?</t>
+          <t>2016 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054994748</t>
+          <t>9786053110309</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tüy Gibi Hafif</t>
+          <t>Mustafa Kemal Sofya'da</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054994205</t>
+          <t>9786053110316</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kabile</t>
+          <t>Koza Oteli</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054994878</t>
+          <t>9786053110194</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Artakalan - Ardakalan</t>
+          <t>Seni Yine Severdim</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054994892</t>
+          <t>9786053110170</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zata: Düşünmek Yetmez, Sorgulamalısın</t>
+          <t>Ben Senden Geliyorum</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054994885</t>
+          <t>9786053110156</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ayık Ol Sebastian</t>
+          <t>A Breath Of Istanbul</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>12.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054994618</t>
+          <t>9786053110187</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Haddimden Bildiriyorum</t>
+          <t>İki Limon Satsam Daha İyi</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054994588</t>
+          <t>9786054994533</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Barış Sonrası Büyük Türkiye</t>
+          <t>Hayırsever Terörist Yasin El Kadı</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054994427</t>
+          <t>9786054994366</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hakikat İksiri</t>
+          <t>Düş ve Gece</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054771974</t>
+          <t>9786054994380</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Düşler Peşinde</t>
+          <t>İmza: Ben</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15.74</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054771707</t>
+          <t>9786054994373</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ben Cognatus, Rüya Tanrısıyım</t>
+          <t>Elveda İzmir</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>24</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054771714</t>
+          <t>9786054994090</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Her Son Bir Başlangıçtır</t>
+          <t>Diren Suriye</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054771745</t>
+          <t>9786053110118</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Celladın Gözyaşları</t>
+          <t>Invasion of Love - The Path</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054771653</t>
+          <t>9786053110057</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Cebe - Riskulov</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>23.15</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054771691</t>
+          <t>9786059913218</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Önünde Büyüdüğümüz Afişler</t>
+          <t>Hayat Işığı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054771219</t>
+          <t>9786059913225</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sakal</t>
+          <t>A'dan Z'ye Saç</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054771547</t>
+          <t>9786054994960</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sadakatsiz Kadınlar</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>12.04</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944298155</t>
+          <t>9786054994953</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Bağlantılar</t>
+          <t>Topkapı Şifresi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054455270</t>
+          <t>9786054771783</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Rematonia</t>
+          <t>Gerçekten Yaşıyor Musun? (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055151492</t>
+          <t>9786054994786</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>RedHack</t>
+          <t>Helal Tekme</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054771424</t>
+          <t>9786054994762</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı Yoktur Neden Vardır</t>
+          <t>Alevi İlkeleri: Mitolojiden Felsefeye</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054455782</t>
+          <t>9786054994557</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Rahip Cinayetleri</t>
+          <t>Yirmi5</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055151454</t>
+          <t>9786054994571</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Rabb’in Nefesi</t>
+          <t>İstanbul Terapisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054455089</t>
+          <t>9786054994199</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Putin’in Labirenti</t>
+          <t>Yargı, Cemaat ve Bir Darbe Kurgusunun İç Yüzü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054607860</t>
+          <t>9786054994779</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Piyasadan Büyük Alacağımız Var</t>
+          <t>Cam Kenarı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789750095894</t>
+          <t>9786054994212</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Panaya Kapulu Meryem Ana Evinin Sırrı</t>
+          <t>Kadın Tamircisi</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054455195</t>
+          <t>9786054994083</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar da Ağlar Kanuni</t>
+          <t>Yalnızca Yalnızım</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>38</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944298377</t>
+          <t>9786054994045</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Öteki İslam</t>
+          <t>Kayıp Yüzyılın Prensesi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>12.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054455911</t>
+          <t>9786054994717</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Ayakları Altında Aşk</t>
+          <t>Lilly</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944298148</t>
+          <t>9786054994724</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tahterevalli</t>
+          <t>Neden Varım?</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054455034</t>
+          <t>9786054994748</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Deltası</t>
+          <t>Tüy Gibi Hafif</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054607013</t>
+          <t>9786054994205</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Araba</t>
+          <t>Kabile</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054607433</t>
+          <t>9786054994878</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Artakalan - Ardakalan</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054607662</t>
+          <t>9786054994892</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Otobüsten İndim BMW’ye Bindim</t>
+          <t>Zata: Düşünmek Yetmez, Sorgulamalısın</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944298582</t>
+          <t>9786054994885</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıyı Bilmek</t>
+          <t>Ayık Ol Sebastian</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054607082</t>
+          <t>9786054994618</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Kanlı Bahar</t>
+          <t>Haddimden Bildiriyorum</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054607846</t>
+          <t>9786054994588</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Riya Tabirleri</t>
+          <t>Barış Sonrası Büyük Türkiye</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944298889</t>
+          <t>9786054994427</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ordunun Dayanılmaz Ağırlığı Basının Dayanılmaz Hafifliği</t>
+          <t>Hakikat İksiri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054455461</t>
+          <t>9786054771974</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir ABD Projesi Olarak AKP Operasyon Partisi</t>
+          <t>Kayıp Düşler Peşinde</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944298766</t>
+          <t>9786054771707</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Adı: Ağa 01</t>
+          <t>Ben Cognatus, Rüya Tanrısıyım</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>17.59</v>
+        <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054771455</t>
+          <t>9786054771714</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Okuryazar.Tv</t>
+          <t>Her Son Bir Başlangıçtır</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>31.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054455430</t>
+          <t>9786054771745</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Oku</t>
+          <t>Celladın Gözyaşları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>26.85</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944298865</t>
+          <t>9786054771653</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Nüveyre</t>
+          <t>Kızıl Cebe - Riskulov</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>9.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054607822</t>
+          <t>9786054771691</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Nurjuvazi</t>
+          <t>Önünde Büyüdüğümüz Afişler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944298681</t>
+          <t>9786054771219</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Aşkları</t>
+          <t>Sakal</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054455133</t>
+          <t>9786054771547</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Şiirinde Gizli Tarih</t>
+          <t>Sadakatsiz Kadınlar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944298308</t>
+          <t>9789944298155</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başardılar?</t>
+          <t>Ruhsal Bağlantılar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054607396</t>
+          <t>9786054455270</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nail</t>
+          <t>Rematonia</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055151119</t>
+          <t>9786055151492</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmanın 11 Yasası</t>
+          <t>RedHack</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054455591</t>
+          <t>9786054771424</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in İnancı</t>
+          <t>Rastlantı Yoktur Neden Vardır</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944298599</t>
+          <t>9786054455782</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Gizli Teşkilatı</t>
+          <t>Rahip Cinayetleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054607563</t>
+          <t>9786055151454</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlığa Karşı Feminizm</t>
+          <t>Rabb’in Nefesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944298049</t>
+          <t>9786054455089</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mortgage</t>
+          <t>Putin’in Labirenti</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054607303</t>
+          <t>9786054607860</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan İnciler</t>
+          <t>Piyasadan Büyük Alacağımız Var</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054607297</t>
+          <t>9789750095894</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Güldestesi</t>
+          <t>Panaya Kapulu Meryem Ana Evinin Sırrı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054607310</t>
+          <t>9786054455195</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikmetler</t>
+          <t>Padişahlar da Ağlar Kanuni</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>9.17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054607174</t>
+          <t>9789944298377</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gücü</t>
+          <t>Öteki İslam</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>17.59</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944298162</t>
+          <t>9786054455911</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Melek Yapıcı</t>
+          <t>Ölümün Ayakları Altında Aşk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054455508</t>
+          <t>9789944298148</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ev</t>
+          <t>Ölümcül Tahterevalli</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>3990000094862</t>
+          <t>9786054455034</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Lokumcu Adnan Madonna ve The Times</t>
+          <t>Ölüm Deltası</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054607938</t>
+          <t>9786054607013</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Limoni Ölüm</t>
+          <t>Oyuncak Araba</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054607884</t>
+          <t>9786054607433</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kürt’ün Türk Aşkı</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>34</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054607211</t>
+          <t>9786054607662</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Küresel İhanetin İçyüzü ve Arap Baharı</t>
+          <t>Otobüsten İndim BMW’ye Bindim</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054771370</t>
+          <t>9789944298582</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem</t>
+          <t>Osmanlıyı Bilmek</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944298216</t>
+          <t>9786054607082</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kültür Kiloyla Satılmaz</t>
+          <t>Ortadoğu’da Kanlı Bahar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>7.87</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054771172</t>
+          <t>9786054607846</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Külahıma Anlat</t>
+          <t>Riya Tabirleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054607693</t>
+          <t>9789944298889</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kuyruk Bilimi</t>
+          <t>Ordunun Dayanılmaz Ağırlığı Basının Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944298995</t>
+          <t>9786054455461</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılan Türkiye</t>
+          <t>Bir ABD Projesi Olarak AKP Operasyon Partisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054455010</t>
+          <t>9789944298766</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Körler Düşerken</t>
+          <t>Operasyon Adı: Ağa 01</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054455256</t>
+          <t>9786054771455</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Şakacı</t>
+          <t>Okuryazar.Tv</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>11.11</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055151195</t>
+          <t>9786054455430</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniye’nin Gülü</t>
+          <t>Oku</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054607495</t>
+          <t>9789944298865</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Komşunuz Mehmet</t>
+          <t>Nüveyre</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054455904</t>
+          <t>9786054607822</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kimi Terk Ettiysem Unutamadı</t>
+          <t>Nurjuvazi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944298513</t>
+          <t>9789944298681</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Aşık Olmaz</t>
+          <t>Nazım Hikmet’in Aşkları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054607532</t>
+          <t>9786054455133</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Güneş</t>
+          <t>Nazım Hikmet Şiirinde Gizli Tarih</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>11.11</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944298872</t>
+          <t>9789944298308</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıcın Okuma Uçuşu</t>
+          <t>Nasıl Başardılar?</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054771363</t>
+          <t>9786054607396</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kırk7</t>
+          <t>Nail</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944298896</t>
+          <t>9786055151119</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Mutlu Olmanın 11 Yasası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944298339</t>
+          <t>9786054455591</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kendime İtiraflarım</t>
+          <t>Mustafa Kemal’in İnancı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>11.57</v>
+        <v>28</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055151140</t>
+          <t>9789944298599</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kenar Mahalle Delikanlısı</t>
+          <t>Mustafa Kemal’in Gizli Teşkilatı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054455607</t>
+          <t>9786054607563</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzyılın Prensesi - Oylum</t>
+          <t>Muhafazakarlığa Karşı Feminizm</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789750095863</t>
+          <t>9789944298049</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kaybedilmiş Zamanlar Ülkesinden</t>
+          <t>Mortgage</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054607907</t>
+          <t>9786054607303</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kavalalı Ailesi</t>
+          <t>Mevlana’dan İnciler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944298827</t>
+          <t>9786054607297</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Karya Kraliçesi</t>
+          <t>Mevlana Güldestesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>20.37</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944298902</t>
+          <t>9786054607310</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Karbon</t>
+          <t>Mesnevi’den Hikmetler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054607617</t>
+          <t>9786054607174</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Karakol</t>
+          <t>Meleklerin Gücü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054607730</t>
+          <t>9789944298162</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Aşk Defteri (Ciltli)</t>
+          <t>Melek Yapıcı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054607266</t>
+          <t>9786054455508</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı</t>
+          <t>Mavi Ev</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054607570</t>
+          <t>3990000094862</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Lokumcu Adnan Madonna ve The Times</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944298131</t>
+          <t>9786054607938</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Türkler Hakkında Bildiğin Her Şey Yanlış</t>
+          <t>Limoni Ölüm</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054607020</t>
+          <t>9786054607884</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İttihat Terakki’nin Yeminsiz Kadınları</t>
+          <t>Kürt’ün Türk Aşkı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>13.89</v>
+        <v>34</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944298544</t>
+          <t>9786054607211</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı</t>
+          <t>Küresel İhanetin İçyüzü ve Arap Baharı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054455805</t>
+          <t>9786054771370</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İnsanı, Dünyayı ve Terörizmi Anlamak</t>
+          <t>Renkli Kalem</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054607365</t>
+          <t>9789944298216</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Çetesi</t>
+          <t>Kültür Kiloyla Satılmaz</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>22.22</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054607709</t>
+          <t>9786054771172</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İnadına Yaşanan Zararına Aşklar</t>
+          <t>Külahıma Anlat</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054455409</t>
+          <t>9786054607693</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İnadın ve Direncin Adı: Dr. Hikmet Kıvılcımlı</t>
+          <t>Kuyruk Bilimi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944298919</t>
+          <t>9789944298995</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Kuşatılan Türkiye</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054455355</t>
+          <t>9786054455010</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İmha Planı</t>
+          <t>Körler Düşerken</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944298650</t>
+          <t>9786054455256</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İki Demli Çay</t>
+          <t>Kozmik Şakacı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054455348</t>
+          <t>9786055151195</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İddianamem: Balyoz ve Gerçekler</t>
+          <t>Konstantiniye’nin Gülü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>14.81</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054455522</t>
+          <t>9786054607495</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Kentin Morg Alfabesi</t>
+          <t>Komşunuz Mehmet</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054607037</t>
+          <t>9786054455904</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Budala</t>
+          <t>Kimi Terk Ettiysem Unutamadı</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944298056</t>
+          <t>9789944298513</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Altınları</t>
+          <t>Kızlar Aşık Olmaz</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054607341</t>
+          <t>9786054607532</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Kızıl Güneş</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054607808</t>
+          <t>9789944298872</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar</t>
+          <t>Kırlangıcın Okuma Uçuşu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054455621</t>
+          <t>9786054771363</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Heybeliada Cinayetleri</t>
+          <t>Kırk7</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944298100</t>
+          <t>9789944298896</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Öldürüyor Gidişin</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054455393</t>
+          <t>9789944298339</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayyamlar ve Yamyamlar</t>
+          <t>Kendime İtiraflarım</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>12.04</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944298926</t>
+          <t>9786055151140</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ne Kadarı Rastlantı? Peki Ya ’Aşk’ın...</t>
+          <t>Kenar Mahalle Delikanlısı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054455447</t>
+          <t>9786054455607</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kalbinde</t>
+          <t>Kayıp Yüzyılın Prensesi - Oylum</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944298346</t>
+          <t>9789750095863</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Günler</t>
+          <t>Kaybedilmiş Zamanlar Ülkesinden</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054607198</t>
+          <t>9786054607907</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Kavalalı Ailesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>20.37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054771387</t>
+          <t>9789944298827</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İmza: Karın</t>
+          <t>Karya Kraliçesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944298452</t>
+          <t>9789944298902</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Karbon</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789750095856</t>
+          <t>9786054607617</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hangi İsa</t>
+          <t>Karakol</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054455041</t>
+          <t>9786054607730</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hamas’ın Oğlu</t>
+          <t>Kaptanın Aşk Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944298735</t>
+          <t>9786054607266</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Halil Paşa</t>
+          <t>Kan Kırmızı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>3990000094251</t>
+          <t>9786054607570</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Gül, Kan ve Şeytan</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944298261</t>
+          <t>9789944298131</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gri Tehdit Terörizm</t>
+          <t>Kadınlar ve Türkler Hakkında Bildiğin Her Şey Yanlış</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054607259</t>
+          <t>9786054607020</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesi</t>
+          <t>İttihat Terakki’nin Yeminsiz Kadınları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054771431</t>
+          <t>9789944298544</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Sessiz Tanıklar</t>
+          <t>İtirafçı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054771318</t>
+          <t>9786054455805</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Yaşıyor Musun?</t>
+          <t>İnsanı, Dünyayı ve Terörizmi Anlamak</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054771271</t>
+          <t>9786054607365</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dünya Sanal Politika</t>
+          <t>İnfaz Çetesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054607600</t>
+          <t>9786054607709</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gel Ey Şems</t>
+          <t>İnadına Yaşanan Zararına Aşklar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944298841</t>
+          <t>9786054455409</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Fondöten</t>
+          <t>İnadın ve Direncin Adı: Dr. Hikmet Kıvılcımlı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054771479</t>
+          <t>9789944298919</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Filozoflardan Seksi Şeyler</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944298551</t>
+          <t>9786054455355</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Fethi Naci Denemeleri 1</t>
+          <t>İmha Planı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054607761</t>
+          <t>9789944298650</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui ile Şanslı Evler Şanslı Hayatlar</t>
+          <t>İki Demli Çay</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054455584</t>
+          <t>9786054455348</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe</t>
+          <t>İddianamem: Balyoz ve Gerçekler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054455553</t>
+          <t>9786054455522</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Federasyon  Başkanlık - Yarı-Başkanlık</t>
+          <t>Ölü Bir Kentin Morg Alfabesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054771233</t>
+          <t>9786054607037</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Fatih</t>
+          <t>İçimdeki Budala</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054455775</t>
+          <t>9789944298056</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Cinayetler Tarihi</t>
+          <t>Hitler’in Altınları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054455096</t>
+          <t>9786054607341</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054771530</t>
+          <t>9786054607808</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Boşanıyorum!</t>
+          <t>Kıyısızlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054607136</t>
+          <t>9786054455621</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Evrende Tesadüf Yoktur, Yankı Vardır</t>
+          <t>Heybeliada Cinayetleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789750095818</t>
+          <t>9789944298100</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Üç Oda Bir Kışla</t>
+          <t>Her Gün Öldürüyor Gidişin</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054455249</t>
+          <t>9786054455393</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehrin Fedaileri</t>
+          <t>Hayyamlar ve Yamyamlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054455881</t>
+          <t>9789944298926</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorununu Anlamak</t>
+          <t>Hayatın Ne Kadarı Rastlantı? Peki Ya ’Aşk’ın...</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944298957</t>
+          <t>9786054455447</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Belgelerinde Fethullah Gülen ve Cemaat</t>
+          <t>Hayatın Kalbinde</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054455331</t>
+          <t>9789944298346</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Engelsizsiniz</t>
+          <t>Kırmızı Günler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054455720</t>
+          <t>9786054607198</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Engellinin El Kitabı</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054607754</t>
+          <t>9786054771387</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Engeller Sona Ersin</t>
+          <t>İmza: Karın</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>7.41</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054455454</t>
+          <t>9789944298452</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Enerjiye Açılan Karanlık Kapılar</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054607501</t>
+          <t>9789750095856</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Düzülmüş Çeyiz</t>
+          <t>Hangi İsa</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>7.41</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054455737</t>
+          <t>9786054455041</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nasıl Yönetilmeli</t>
+          <t>Hamas’ın Oğlu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944298063</t>
+          <t>9789944298735</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Dünün Belgeleri Yarının Tarihi</t>
+          <t>Halil Paşa</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944298940</t>
+          <t>3990000094251</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Duygu Koleksiyoncusu</t>
+          <t>Gül, Kan ve Şeytan</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054771349</t>
+          <t>9789944298261</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Yolu</t>
+          <t>Gri Tehdit Terörizm</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>22.22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054994830</t>
+          <t>9786054607259</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Alarm</t>
+          <t>Gönül Bahçesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944298384</t>
+          <t>9786054771431</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Erguvaniler</t>
+          <t>Gölgedeki Sessiz Tanıklar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054994250</t>
+          <t>9786054771318</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dedem Kurt Seyit ve Ben</t>
+          <t>Gerçekten Yaşıyor Musun?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>21.3</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054607181</t>
+          <t>9786054771271</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Diyeti</t>
+          <t>Gerçek Dünya Sanal Politika</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054607525</t>
+          <t>9786054607600</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Dost Bombalar</t>
+          <t>Gel Ey Şems</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054607105</t>
+          <t>9789944298841</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Bir Denizci Jack London</t>
+          <t>Fondöten</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944298698</t>
+          <t>9786054771479</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Direnen Cumhuriyet</t>
+          <t>Filozoflardan Seksi Şeyler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054455058</t>
+          <t>9789944298551</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dinle - Listen (Ciltli)</t>
+          <t>Fethi Naci Denemeleri 1</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944298988</t>
+          <t>9786054607761</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dink Cinayeti ve İstihbarat Yalanları</t>
+          <t>Feng Shui ile Şanslı Evler Şanslı Hayatlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944298629</t>
+          <t>9786054455584</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Din ve Devrim</t>
+          <t>Fenerbahçe</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054607631</t>
+          <t>9786054455553</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Diktatörlerin Kadınları</t>
+          <t>Federasyon  Başkanlık - Yarı-Başkanlık</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054455379</t>
+          <t>9786054771233</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Dikkat! - Acil Kilo Veriyorum</t>
+          <t>Fatih</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>12.96</v>
+        <v>34</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054607273</t>
+          <t>9786054455775</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Kalanlar</t>
+          <t>Faili Meçhul Cinayetler Tarihi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944298438</t>
+          <t>9786054455096</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Üç Kadını</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>20.37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944298704</t>
+          <t>9786054771530</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Kimlik</t>
+          <t>Eyvah Boşanıyorum!</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054455669</t>
+          <t>9786054607136</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Devlet Terörü ve Ajan Provokatörler</t>
+          <t>Evrende Tesadüf Yoktur, Yankı Vardır</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944298476</t>
+          <t>9789750095818</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kavgası</t>
+          <t>Evimiz Üç Oda Bir Kışla</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054771240</t>
+          <t>9786054455249</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Derin Din</t>
+          <t>Esir Şehrin Fedaileri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054771295</t>
+          <t>9786054455881</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet’in Peşinde</t>
+          <t>Ermeni Sorununu Anlamak</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054607921</t>
+          <t>9789944298957</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Deprem Habercisi Bulut</t>
+          <t>Ergenekon Belgelerinde Fethullah Gülen ve Cemaat</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054607648</t>
+          <t>9786054455331</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Bir Aşkın Anatomisi</t>
+          <t>Engelsizsiniz</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054455300</t>
+          <t>9786054455720</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Engellinin El Kitabı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944298643</t>
+          <t>9786054607754</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Darbeci</t>
+          <t>Engeller Sona Ersin</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944298292</t>
+          <t>9786054455454</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çökmeden</t>
+          <t>Enerjiye Açılan Karanlık Kapılar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>12.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054771158</t>
+          <t>9786054607501</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çocukken Ne Olmak İsterdin?</t>
+          <t>Düzülmüş Çeyiz</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054455744</t>
+          <t>9786054455737</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu İnternet’ten Koruma Rehberi</t>
+          <t>Dünya Nasıl Yönetilmeli</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054455287</t>
+          <t>9789944298063</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Dünün Belgeleri Yarının Tarihi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055151126</t>
+          <t>9789944298940</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çerkez Ethem</t>
+          <t>Duygu Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055151485</t>
+          <t>9786054771349</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Aşkı</t>
+          <t>Dönüşüm Yolu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944298001</t>
+          <t>9786054994830</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Çelebi</t>
+          <t>Kırmızı Alarm</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944298780</t>
+          <t>9789944298384</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çankaya’da Gazi’nin Hizmetinde</t>
+          <t>Erguvaniler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944298667</t>
+          <t>9786054994250</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Cübbeli Ahmet Hoca Gerçeği</t>
+          <t>Dedem Kurt Seyit ve Ben</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>11.57</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054455683</t>
+          <t>9786054607181</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk/Son Yüzyılı</t>
+          <t>Dönüşüm Diyeti</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054455263</t>
+          <t>9786054607525</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>CHP Nasıl Kazanır?</t>
+          <t>Dost Bombalar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054607518</t>
+          <t>9786054607105</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Chavez Bizi Bırakma</t>
+          <t>Doludizgin Bir Denizci Jack London</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054455201</t>
+          <t>9789944298698</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Cariyelikten Hasekiliğe Hürrem</t>
+          <t>Direnen Cumhuriyet</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054771325</t>
+          <t>9786054455058</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Candı Yüceldi Şarabiydi</t>
+          <t>Dinle - Listen (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054455980</t>
+          <t>9789944298988</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşklardan Öte</t>
+          <t>Dink Cinayeti ve İstihbarat Yalanları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054607372</t>
+          <t>9789944298629</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bizimlesin</t>
+          <t>Din ve Devrim</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944298742</t>
+          <t>9786054607631</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hep İnanmamızı İstediler (Ma’Amin)</t>
+          <t>Diktatörlerin Kadınları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054771288</t>
+          <t>9786054455379</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes İstanbul</t>
+          <t>Dikkat! Dikkat! - Acil Kilo Veriyorum</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>25.93</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944298414</t>
+          <t>9786054607273</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Masal İster</t>
+          <t>Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054455973</t>
+          <t>9789944298438</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Vardı</t>
+          <t>Devrimin Üç Kadını</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054455560</t>
+          <t>9789944298704</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Devlet ve Kimlik</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054771523</t>
+          <t>9786054455669</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bir Çapulcunun Hatıra Defteri</t>
+          <t>Devlet Terörü ve Ajan Provokatörler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054607044</t>
+          <t>9789944298476</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Hayat Tozu Bir Tutam Devlet Gölgesi</t>
+          <t>Devlet Kavgası</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054771301</t>
+          <t>9786054771240</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bin Yüz Bir İnsan</t>
+          <t>Derin Din</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944298469</t>
+          <t>9786054771295</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bilimselden Medyatik’e Tarih</t>
+          <t>Derin Devlet’in Peşinde</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>62</v>
+        <v>32</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054607792</t>
+          <t>9786054607921</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Kulübü Bilgelikle Yaşama Sanatı</t>
+          <t>Deprem Habercisi Bulut</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054607334</t>
+          <t>9786054607648</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Mucizeler</t>
+          <t>Dengesiz Bir Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054455102</t>
+          <t>9786054455300</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bereket ve Aşk Keseleri ile Birlikte Hayatınıza Yön Veren Dilek Kartları</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054455294</t>
+          <t>9789944298643</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Beni Susarken Bölme</t>
+          <t>Darbeci</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054607143</t>
+          <t>9789944298292</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Öldürdü?</t>
+          <t>Çökmeden</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054455874</t>
+          <t>9786054771158</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Beni Bir Tek ’Aşk’ Aldatmadı</t>
+          <t>Çocukken Ne Olmak İsterdin?</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944298773</t>
+          <t>9786054455744</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Behice</t>
+          <t>Çocuğunuzu İnternet’ten Koruma Rehberi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944298223</t>
+          <t>9786054455287</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Beden Biliyor</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054455065</t>
+          <t>9786055151126</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Başörtülü Kadınlar Anlattı: Türbanlı Erkekler</t>
+          <t>Çerkez Ethem</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054771202</t>
+          <t>9786055151485</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Leonardo</t>
+          <t>Çerkes Aşkı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944298964</t>
+          <t>9789944298001</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Çelebi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054607655</t>
+          <t>9789944298780</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Tanrı Parçacığı</t>
+          <t>Çankaya’da Gazi’nin Hizmetinde</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054455997</t>
+          <t>9789944298667</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka</t>
+          <t>Cübbeli Ahmet Hoca Gerçeği</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>120</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054455119</t>
+          <t>9786054455683</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Balyoz</t>
+          <t>Cumhuriyet’in İlk/Son Yüzyılı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054771417</t>
+          <t>9786054455263</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’dan Anadolu’ya Evvel Zaman Hikayeleri</t>
+          <t>CHP Nasıl Kazanır?</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944298018</t>
+          <t>9786054607518</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bağdat’ın Sirenleri</t>
+          <t>Chavez Bizi Bırakma</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944298612</t>
+          <t>9786054455201</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ</t>
+          <t>Cariyelikten Hasekiliğe Hürrem</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944298636</t>
+          <t>9786054771325</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ (Ciltli)</t>
+          <t>Candı Yüceldi Şarabiydi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>29.63</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054771264</t>
+          <t>9786054455980</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Babanı Sana Şikayet Ediyorum</t>
+          <t>Bütün Aşklardan Öte</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054607150</t>
+          <t>9786054607372</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Aysun Kaba ile Stilini Keşfet</t>
+          <t>Bizimlesin</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054771561</t>
+          <t>9789944298742</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna Söyle Bana</t>
+          <t>Bizim Hep İnanmamızı İstediler (Ma’Amin)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054455218</t>
+          <t>9786054771288</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Aygır Fatma</t>
+          <t>Bir Nefes İstanbul</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944298537</t>
+          <t>9789944298414</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Tarikatı</t>
+          <t>Bir Kadın Masal İster</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944298803</t>
+          <t>9786054455973</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ayastefanos Yalnızı</t>
+          <t>Bir İstanbul Vardı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054455645</t>
+          <t>9786054455560</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ayaküstü Sevişmeler</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054455652</t>
+          <t>9786054771523</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Avrat Pazarından Hareme</t>
+          <t>Bir Çapulcunun Hatıra Defteri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054455362</t>
+          <t>9786054607044</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Author</t>
+          <t>Bir Avuç Hayat Tozu Bir Tutam Devlet Gölgesi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054607204</t>
+          <t>9786054771301</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ateş, Güneş ve Ada</t>
+          <t>Bin Yüz Bir İnsan</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944298759</t>
+          <t>9789944298469</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Emniyet Müdürü</t>
+          <t>Bilimselden Medyatik’e Tarih</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>11.11</v>
+        <v>62</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054455850</t>
+          <t>9786054607792</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aşkta İhanetin Tarihi</t>
+          <t>Felsefe Kulübü Bilgelikle Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055151430</t>
+          <t>9786054607334</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanununu Yazsam Yeniden</t>
+          <t>Beyaz Mucizeler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055151164</t>
+          <t>9786054455102</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Aşkımın Beden Dili</t>
+          <t>Bereket ve Aşk Keseleri ile Birlikte Hayatınıza Yön Veren Dilek Kartları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054607440</t>
+          <t>9786054455294</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Başımdan Aşkın</t>
+          <t>Beni Susarken Bölme</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054771486</t>
+          <t>9786054607143</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Semazen</t>
+          <t>Beni Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054455157</t>
+          <t>9786054455874</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a, Allah’a ve Akla</t>
+          <t>Beni Bir Tek ’Aşk’ Aldatmadı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054607068</t>
+          <t>9789944298773</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Yolculuk - Veysel Karani</t>
+          <t>Behice</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054607723</t>
+          <t>9789944298223</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yol Olma Defteri (Ciltli)</t>
+          <t>Beden Biliyor</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054455485</t>
+          <t>9786054455065</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Aşk Varmış Aşk Yokmuş</t>
+          <t>Başörtülü Kadınlar Anlattı: Türbanlı Erkekler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789944298506</t>
+          <t>9786054771202</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Aşk O Kadar Aşk</t>
+          <t>Başka Bir Leonardo</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054455478</t>
+          <t>9789944298964</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kuantumu</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789750095887</t>
+          <t>9786054607655</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eşittir Para</t>
+          <t>Başarıda Tanrı Parçacığı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944298117</t>
+          <t>9786054455997</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Aşk Coğrafyasında Konuşmalar</t>
+          <t>Bambaşka</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>12.04</v>
+        <v>120</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944298483</t>
+          <t>9786054455119</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Aşiret</t>
+          <t>Balyoz</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054771332</t>
+          <t>9786054771417</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aşeka</t>
+          <t>Balkanlar’dan Anadolu’ya Evvel Zaman Hikayeleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054607471</t>
+          <t>9789944298018</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Araz (Ciltli)</t>
+          <t>Bağdat’ın Sirenleri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054455515</t>
+          <t>9789944298612</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Araz</t>
+          <t>Başbuğ</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054607402</t>
+          <t>9789944298636</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Bir de Beni Dinleyin</t>
+          <t>Başbuğ (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>9.26</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789944298278</t>
+          <t>9786054771264</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Amigdala</t>
+          <t>Babanı Sana Şikayet Ediyorum</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944298285</t>
+          <t>9786054607150</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Amerikaperestler</t>
+          <t>Aysun Kaba ile Stilini Keşfet</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789750095870</t>
+          <t>9786054771561</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Altın</t>
+          <t>Ayna Ayna Söyle Bana</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054455928</t>
+          <t>9786054455218</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığına Belgeler ve İslam’da İman Esasları</t>
+          <t>Aygır Fatma</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054771394</t>
+          <t>9789944298537</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Alevi Olmak</t>
+          <t>Aydınlanma Tarikatı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054607389</t>
+          <t>9789944298803</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Aktör</t>
+          <t>Ayastefanos Yalnızı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054771196</t>
+          <t>9786054455645</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Yükselişi ve Düşüşü</t>
+          <t>Ayaküstü Sevişmeler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944298315</t>
+          <t>9786054455652</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu da Bir Değildir...</t>
+          <t>Avrat Pazarından Hareme</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>10.65</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055151133</t>
+          <t>9786054455362</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Akıbet</t>
+          <t>Author</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054607716</t>
+          <t>9786054607204</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gerçeği</t>
+          <t>Ateş, Güneş ve Ada</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054455027</t>
+          <t>9789944298759</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ağa’nın Akmayan Gözyaşları</t>
+          <t>Atatürk’ün Emniyet Müdürü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054607815</t>
+          <t>9786054455850</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Affedin Beni</t>
+          <t>Aşkta İhanetin Tarihi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054455966</t>
+          <t>9786055151430</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Adın Ayrılık Olsun</t>
+          <t>Aşkın Kanununu Yazsam Yeniden</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>7.87</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054455171</t>
+          <t>9786055151164</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Aşk</t>
+          <t>Aşkımın Beden Dili</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944298711</t>
+          <t>9786054607440</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Acının Eşiğinde Yaşama Felsefesi</t>
+          <t>Aşkım Başımdan Aşkın</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944298674</t>
+          <t>9786054771486</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Dayı</t>
+          <t>Aşk-ı Semazen</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054607426</t>
+          <t>9786054455157</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>48 Saniye</t>
+          <t>Aşk’a, Allah’a ve Akla</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054455232</t>
+          <t>9786054607068</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Aşk’a Yolculuk - Veysel Karani</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944298193</t>
+          <t>9786054607723</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tabağımızdaki Şeytan</t>
+          <t>Aşka Yol Olma Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054607785</t>
+          <t>9786054455485</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji ve Burçlar Ajandası (Ciltli)</t>
+          <t>Aşk Varmış Aşk Yokmuş</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786054607853</t>
+          <t>9789944298506</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji ve Burçlar</t>
+          <t>Aşk O Kadar Aşk</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054455126</t>
+          <t>9786054455478</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>1243 Kayseri</t>
+          <t>Aşk Kuantumu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054455317</t>
+          <t>9789750095887</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Sonbaharı</t>
+          <t>Aşk Eşittir Para</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054607419</t>
+          <t>9789944298117</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Vakalarda Kıble Tayini</t>
+          <t>Aşk Coğrafyasında Konuşmalar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>30.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054607327</t>
+          <t>9789944298483</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Aşiret</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053115427</t>
+          <t>9786054771332</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çarşamba</t>
+          <t>Aşeka</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>23.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053115403</t>
+          <t>9786054607471</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Beslenme Rehberi</t>
+          <t>Araz (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>29.63</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053114888</t>
+          <t>9786054455515</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Popüler Diyetlerin Toplu Mezarlığı</t>
+          <t>Araz</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053114895</t>
+          <t>9786054607402</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ortalıkta Adam mı Yok?</t>
+          <t>Anne Baba Bir de Beni Dinleyin</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053114734</t>
+          <t>9789944298278</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Poyraza Çare 2</t>
+          <t>Amigdala</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>17.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053113706</t>
+          <t>9789944298285</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kirpik Nerede?</t>
+          <t>Amerikaperestler</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053112914</t>
+          <t>9789750095870</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Akilus</t>
+          <t>Altın</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053112785</t>
+          <t>9786054455928</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ters Kanatlı Şahin</t>
+          <t>Allah’ın Varlığına Belgeler ve İslam’da İman Esasları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>68</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053112631</t>
+          <t>9786054771394</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Mavi</t>
+          <t>Alevi Olmak</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>32</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053112570</t>
+          <t>9786054607389</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Uğur Koşar Risalesi</t>
+          <t>Aktör</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>560</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053111467</t>
+          <t>9786054771196</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Seninde De Canın Yanacak</t>
+          <t>AKP’nin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>25.93</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053111443</t>
+          <t>9789944298315</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>Aklın Yolu da Bir Değildir...</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>24.07</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053111283</t>
+          <t>9786055151133</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens - Küçük Kara Balık - Küçük Prens</t>
+          <t>Akıbet</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053111238</t>
+          <t>9786054607716</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İslam ve Küreselleşme</t>
+          <t>Aşkın Gerçeği</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20.37</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053111245</t>
+          <t>9786054455027</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Gece Neden Karanlık?</t>
+          <t>Ağa’nın Akmayan Gözyaşları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053111276</t>
+          <t>9786054607815</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Parmak İzi</t>
+          <t>Affedin Beni</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053110491</t>
+          <t>9786054455966</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Astroloji - Burçlar 2016</t>
+          <t>Adın Ayrılık Olsun</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>20.37</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053110279</t>
+          <t>9786054455171</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şarkı Söylediği Yıllar</t>
+          <t>Adab-ı Aşk</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053110262</t>
+          <t>9789944298711</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bil İstedim</t>
+          <t>Acının Eşiğinde Yaşama Felsefesi</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053110255</t>
+          <t>9789944298674</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Aşina</t>
+          <t>Abdullah Dayı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053115489</t>
+          <t>9786054607426</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>T - İnsan</t>
+          <t>48 Saniye</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>54</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053115205</t>
+          <t>9786054455232</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>28</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053115212</t>
+          <t>9789944298193</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>En Çok Ben Eğlendim</t>
+          <t>Tabağımızdaki Şeytan</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>38</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053114482</t>
+          <t>9786054607785</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Ol İnsan Ol</t>
+          <t>2013 Astroloji ve Burçlar Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>38</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053114543</t>
+          <t>9786054607853</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Barış Akarsu'lu Yıllar</t>
+          <t>2013 Astroloji ve Burçlar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053114550</t>
+          <t>9786054455126</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>One Peach, A Thousand Peaches</t>
+          <t>1243 Kayseri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053113805</t>
+          <t>9786054455317</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Yaşam</t>
+          <t>Cumhuriyetin Sonbaharı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053113799</t>
+          <t>9786054607419</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Abartılmış Annelik Bastırılmış Kadınlık</t>
+          <t>Asimetrik Vakalarda Kıble Tayini</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>18.52</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053113133</t>
+          <t>9786054607327</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Başkenti</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053113102</t>
+          <t>9786053115427</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kavgamız</t>
+          <t>Karanlık Çarşamba</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>290</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053112532</t>
+          <t>9786053115403</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Scotchland</t>
+          <t>Çocuğumun Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>69.44</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053111801</t>
+          <t>9786053114888</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün İlk Aşkı: Manastırlı Eleni</t>
+          <t>Popüler Diyetlerin Toplu Mezarlığı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>12.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053111818</t>
+          <t>9786053114895</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Hücre 7</t>
+          <t>Ortalıkta Adam mı Yok?</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053111689</t>
+          <t>9786053114734</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Boğaz'ın Dört Muhafızı</t>
+          <t>Poyraza Çare 2</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053111405</t>
+          <t>9786053113706</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Adapsız Kadınlar Hayasız Erkekler</t>
+          <t>Kirpi Kirpik Nerede?</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053111429</t>
+          <t>9786053112914</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Akilus</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053111221</t>
+          <t>9786053112785</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Zerre</t>
+          <t>Ters Kanatlı Şahin</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>20.37</v>
+        <v>68</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053111252</t>
+          <t>9786053112631</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Beno’dan</t>
+          <t>Karanlık ve Mavi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>17.59</v>
+        <v>32</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053111078</t>
+          <t>9786053112570</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Varlığının 12 Delili</t>
+          <t>Uğur Koşar Risalesi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>55</v>
+        <v>560</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053111115</t>
+          <t>9786053111467</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Gavur</t>
+          <t>Seninde De Canın Yanacak</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>22.22</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053114819</t>
+          <t>9786053111443</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Until The Last Toxin</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>27.78</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053115045</t>
+          <t>9786053111283</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>Mutlu Prens - Küçük Kara Balık - Küçük Prens</t>
         </is>
       </c>
       <c r="C559" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053115038</t>
+          <t>9786053111238</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Her Book'a Maydanoz</t>
+          <t>Türkiye'de İslam ve Küreselleşme</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>34</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053115021</t>
+          <t>9786053111245</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bukre Kalp</t>
+          <t>Gece Neden Karanlık?</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053114710</t>
+          <t>9786053111276</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu</t>
+          <t>Allah'ın Parmak İzi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>35.19</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053114178</t>
+          <t>9786053110491</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dostum Tedi ve Ben</t>
+          <t>Astroloji - Burçlar 2016</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053113775</t>
+          <t>9786053110279</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Niyet Defteri</t>
+          <t>Hayatın Şarkı Söylediği Yıllar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>108</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053111832</t>
+          <t>9786053110262</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Türk Kızının 50 Tonu</t>
+          <t>Bil İstedim</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053115175</t>
+          <t>9786053110255</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Yol Çizer Misin?</t>
+          <t>Aşina</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053110712</t>
+          <t>9786053115489</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kendi Seven Ağlamaz</t>
+          <t>T - İnsan</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>13.89</v>
+        <v>54</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053110576</t>
+          <t>9786053115205</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Kal</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786059913775</t>
+          <t>9786053115212</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Her Nefeste Galatasaray</t>
+          <t>En Çok Ben Eğlendim</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>29.63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786059913829</t>
+          <t>9786053114482</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı - Boyama Kitabı Macerası</t>
+          <t>Akıllı Ol İnsan Ol</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>22.22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053115366</t>
+          <t>9786053114543</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Dünya Eskimeyen Türkiye</t>
+          <t>Barış Akarsu'lu Yıllar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>34</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053115311</t>
+          <t>9786053114550</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kaç Gibi Özlersin?</t>
+          <t>One Peach, A Thousand Peaches</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053115335</t>
+          <t>9786053113805</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Be Smart Be Human</t>
+          <t>Ketojenik Yaşam</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>34</v>
+        <v>320</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053114956</t>
+          <t>9786053113799</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben</t>
+          <t>Abartılmış Annelik Bastırılmış Kadınlık</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053114949</t>
+          <t>9786053113133</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ben de Sizin İçin Üzgünüm</t>
+          <t>Yalnızlığın Başkenti</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>38</v>
+        <v>200</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053114802</t>
+          <t>9786053113102</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>İnsanı İnsan Acıtır</t>
+          <t>Kavgamız</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>32</v>
+        <v>290</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053114840</t>
+          <t>9786053112532</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Hayatlar Düz Cevaplar</t>
+          <t>Scotchland</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>32</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053114833</t>
+          <t>9786053111801</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kutsal Kitabı</t>
+          <t>Mustafa Kemal Atatürk'ün İlk Aşkı: Manastırlı Eleni</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>42</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053114604</t>
+          <t>9786053111818</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz İnsanlar Sokağı</t>
+          <t>Hücre 7</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053114451</t>
+          <t>9786053111689</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Pin Kodu: Aile Olmak</t>
+          <t>Boğaz'ın Dört Muhafızı</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053114420</t>
+          <t>9786053111405</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Geleceğini Değiştirme Kılavuzu</t>
+          <t>Adapsız Kadınlar Hayasız Erkekler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>38</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053114345</t>
+          <t>9786053111429</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Dehb İle Başarıya Ulaşmanın İlham Verici Yolları</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053114444</t>
+          <t>9786053111221</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ayı Kaplan Ejderha</t>
+          <t>Zerre</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>32</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053113782</t>
+          <t>9786053111252</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Başıma Bir İş Geldi</t>
+          <t>Sevgiler Beno’dan</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053113676</t>
+          <t>9786053111078</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Marifet Mektupları</t>
+          <t>Allah’ın Varlığının 12 Delili</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>17.59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053113232</t>
+          <t>9786053111115</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Manyak Anne</t>
+          <t>Gavur</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>34</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053113225</t>
+          <t>9786053114819</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hanfendi Bi Bakar Mısınız?</t>
+          <t>Until The Last Toxin</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>17.59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053111498</t>
+          <t>9786053115045</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Ki Ol</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053111474</t>
+          <t>9786053115038</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Futbol Terapi</t>
+          <t>Her Book'a Maydanoz</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>17.59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053111214</t>
+          <t>9786053115021</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Gizemli Tarihi</t>
+          <t>Bukre Kalp</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053110958</t>
+          <t>9786053114710</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ve Zarafet</t>
+          <t>Türkiye ve Ortadoğu</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>17.59</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053110941</t>
+          <t>9786053114178</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İki Veda Bir Aşk</t>
+          <t>Dostum Tedi ve Ben</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053110934</t>
+          <t>9786053113775</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Aşka Deva</t>
+          <t>Niyet Defteri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>13.89</v>
+        <v>108</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053110620</t>
+          <t>9786053111832</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Umut'suz Adalet</t>
+          <t>Türk Kızının 50 Tonu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>23.15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053110613</t>
+          <t>9786053115175</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Aşkullah</t>
+          <t>Bana Bir Yol Çizer Misin?</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053115441</t>
+          <t>9786053110712</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kendi Seven Ağlamaz</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053115434</t>
+          <t>9786053110576</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Aşkla Kal</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053114499</t>
+          <t>9786059913775</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Her Nefeste Galatasaray</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>7.41</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053113362</t>
+          <t>9786059913829</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gökyüzüne İnanmak</t>
+          <t>Hayvan Krallığı - Boyama Kitabı Macerası</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>90</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053113119</t>
+          <t>9786053115366</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Siyaseti</t>
+          <t>Yenilenen Dünya Eskimeyen Türkiye</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786054455003</t>
+          <t>9786053115311</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>2011 Astroloji ve Burçlar Ajandası</t>
+          <t>Kaç Gibi Özlersin?</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053112198</t>
+          <t>9786053115335</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dokunuşlar</t>
+          <t>Be Smart Be Human</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>13.89</v>
+        <v>34</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053112105</t>
+          <t>9786053114956</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ya Da Biz Masal Olsak</t>
+          <t>Yeni Bir Ben</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053112082</t>
+          <t>9786053114949</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Evrimci Olabilir Mi?</t>
+          <t>Ben de Sizin İçin Üzgünüm</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053112044</t>
+          <t>9786053114802</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Rahme Türkiye</t>
+          <t>İnsanı İnsan Acıtır</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>15.74</v>
+        <v>32</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053111924</t>
+          <t>9786053114840</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tin</t>
+          <t>Çapraz Hayatlar Düz Cevaplar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>20.37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053111788</t>
+          <t>9786053114833</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Özgürlüğü</t>
+          <t>Aklın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>16.67</v>
+        <v>42</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053111764</t>
+          <t>9786053114604</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kuytu</t>
+          <t>Mutsuz İnsanlar Sokağı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>34</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053111757</t>
+          <t>9786053114451</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İstila Edilen Çocuklar</t>
+          <t>Mutluluğun Pin Kodu: Aile Olmak</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>19.44</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053111627</t>
+          <t>9786053114420</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Üçgen</t>
+          <t>Geleceğini Değiştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>22.22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053111634</t>
+          <t>9786053114345</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Feto'nun Günah Piramidi</t>
+          <t>Dehb İle Başarıya Ulaşmanın İlham Verici Yolları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053110569</t>
+          <t>9786053114444</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İşaret 2. Kitap</t>
+          <t>Ayı Kaplan Ejderha</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>24.07</v>
+        <v>32</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053110545</t>
+          <t>9786053113782</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Gece</t>
+          <t>Başıma Bir İş Geldi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053114093</t>
+          <t>9786053113676</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kıyısızlar - Kayıp Yüzyılın Prensesi (İki Kitap Birarada)</t>
+          <t>Marifet Mektupları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>12</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053114109</t>
+          <t>9786053113232</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka - Başka (İki Kitap Birarada)</t>
+          <t>Manyak Anne</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>11.94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053114116</t>
+          <t>9786053113225</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Araz - Mavi Ev (İki Kitap Birarada)</t>
+          <t>Hanfendi Bi Bakar Mısınız?</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>9.17</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053113973</t>
+          <t>9786053111498</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Manik İntiharlar</t>
+          <t>Hayal Et Ki Ol</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>13.89</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053111085</t>
+          <t>9786053111474</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Tadilat Günleri</t>
+          <t>Futbol Terapi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053113201</t>
+          <t>9786053111214</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Diktatörler</t>
+          <t>Kudüs'ün Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053112860</t>
+          <t>9786053110958</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Çocukları</t>
+          <t>Ve Zarafet</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>25.93</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053112242</t>
+          <t>9786053110941</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Pelin Çift İle Gündem Ötesi Kitaplığı (3 Kitap Takım)</t>
+          <t>İki Veda Bir Aşk</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>64.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053112037</t>
+          <t>9786053110934</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Bir Melek</t>
+          <t>Aşka Deva</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053112020</t>
+          <t>9786053110620</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Mağaradan Mars’a</t>
+          <t>Umut'suz Adalet</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053111573</t>
+          <t>9786053110613</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Büyük İsyan</t>
+          <t>Aşkullah</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053111597</t>
+          <t>9786053115441</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Babamın Emaneti</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053111603</t>
+          <t>9786053115434</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aşka Çeyrek Kala</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053111320</t>
+          <t>9786053114499</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Furkan Allah’a Emanet Ol</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053110781</t>
+          <t>9786053113362</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Büyük Suikast</t>
+          <t>Başka Bir Gökyüzüne İnanmak</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053110590</t>
+          <t>9786053113119</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Maniki Dünya - İslam Coğrafyasının Kanlı Yüz Yılı</t>
+          <t>Yalanın Siyaseti</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>20.37</v>
+        <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053110538</t>
+          <t>9786054455003</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Küçümseme</t>
+          <t>2011 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053110606</t>
+          <t>9786053112198</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Başucu Yalnızlığım</t>
+          <t>Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053110583</t>
+          <t>9786053112105</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Anne Babam Hiç Dudağından Öptü mü Seni</t>
+          <t>Ya Da Biz Masal Olsak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053110019</t>
+          <t>9786053112082</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Validebağ Köşkü</t>
+          <t>Bir Müslüman Evrimci Olabilir Mi?</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>11.11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059913980</t>
+          <t>9786053112044</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Psikopatın Aşkı</t>
+          <t>Beyinden Rahme Türkiye</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053110026</t>
+          <t>9786053111924</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gitsen de Kokun Kalır</t>
+          <t>Tin</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059913560</t>
+          <t>9786053111788</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Müfit</t>
+          <t>Soytarı Özgürlüğü</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059913331</t>
+          <t>9786053111764</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Tetiği Sen Çek</t>
+          <t>Kuytu</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>18.52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786059913317</t>
+          <t>9786053111757</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bu Havalarda Dönme Bana</t>
+          <t>İstila Edilen Çocuklar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059913324</t>
+          <t>9786053111627</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bana Kadar Yolun Var</t>
+          <t>Üçgen</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059913041</t>
+          <t>9786053111634</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Feto'nun Günah Piramidi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053114123</t>
+          <t>9786053110569</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Telgraftan Tablete</t>
+          <t>İşaret 2. Kitap</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>62</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053114192</t>
+          <t>9786053110545</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi</t>
+          <t>Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>190</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053114154</t>
+          <t>9786053114093</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Olmak İsteyen Parmak Kaldırsın</t>
+          <t>Kıyısızlar - Kayıp Yüzyılın Prensesi (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053114161</t>
+          <t>9786053114109</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tiyatro Oyunları</t>
+          <t>Bambaşka - Başka (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>22</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053113812</t>
+          <t>9786053114116</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bırak Sokaklar Anlatsın Bizi</t>
+          <t>Araz - Mavi Ev (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>24</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053113195</t>
+          <t>9786053113973</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Virüs</t>
+          <t>Manik İntiharlar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>32</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053112846</t>
+          <t>9786053111085</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kore 1952-1953</t>
+          <t>Tadilat Günleri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053111948</t>
+          <t>9786053113201</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2017</t>
+          <t>Ortadoğu'da Diktatörler</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>22.22</v>
+        <v>22</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053111672</t>
+          <t>9786053112860</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali - Gül ve Bülbül - Hırslı Menekşe</t>
+          <t>İbrahim’in Çocukları</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>24</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053111658</t>
+          <t>9786053112242</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İris</t>
+          <t>Pelin Çift İle Gündem Ötesi Kitaplığı (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>32</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053110811</t>
+          <t>9786053112037</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Her Veda Elveda Değildir</t>
+          <t>Benim Babam Bir Melek</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>20.37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053110699</t>
+          <t>9786053112020</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Saldırı</t>
+          <t>Mağaradan Mars’a</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053110668</t>
+          <t>9786053111573</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Murat Bür'le Mutlu Tarifler</t>
+          <t>Büyük İsyan</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>24.07</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053110521</t>
+          <t>9786053111597</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kadının Altın Çağı</t>
+          <t>Babamın Emaneti</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053110675</t>
+          <t>9786053111603</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Agora'da Bir Delikanlı</t>
+          <t>Aşka Çeyrek Kala</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059913669</t>
+          <t>9786053111320</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ben Benim</t>
+          <t>Furkan Allah’a Emanet Ol</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786059913683</t>
+          <t>9786053110781</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Dönüşü</t>
+          <t>Büyük Suikast</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>21.3</v>
+        <v>400</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059913690</t>
+          <t>9786053110590</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Gitarist</t>
+          <t>Maniki Dünya - İslam Coğrafyasının Kanlı Yüz Yılı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054994519</t>
+          <t>9786053110538</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sek İçilir</t>
+          <t>Küçümseme</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786054994502</t>
+          <t>9786053110606</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Ben, Sen ve O</t>
+          <t>Başucu Yalnızlığım</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053113218</t>
+          <t>9786053110583</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Anne Kalmasın</t>
+          <t>Anne Babam Hiç Dudağından Öptü mü Seni</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053113065</t>
+          <t>9786053110019</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Oyun Devam Ediyor</t>
+          <t>Validebağ Köşkü</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053113058</t>
+          <t>9786059913980</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Nazım ile Piraye</t>
+          <t>Psikopatın Aşkı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053113072</t>
+          <t>9786053110026</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kripto</t>
+          <t>Gitsen de Kokun Kalır</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>38</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053113034</t>
+          <t>9786059913560</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Anılarından Atatürk - 2</t>
+          <t>Ahmet Müfit</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>18</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786054994656</t>
+          <t>9786059913331</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Aşk</t>
+          <t>Tetiği Sen Çek</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786054994403</t>
+          <t>9786059913317</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İki Göçmen Yürek</t>
+          <t>Bu Havalarda Dönme Bana</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786054994410</t>
+          <t>9786059913324</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Denizin Hikayesi</t>
+          <t>Bana Kadar Yolun Var</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786054994038</t>
+          <t>9786059913041</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Işığı Börklüce Mustafa</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786054994021</t>
+          <t>9786053114123</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik</t>
+          <t>Telgraftan Tablete</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>11.11</v>
+        <v>62</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786054771882</t>
+          <t>9786053114192</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanlığı</t>
+          <t>Oyun Teorisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786054771875</t>
+          <t>9786053114154</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yatakta Üçümüz</t>
+          <t>Oyuncu Olmak İsteyen Parmak Kaldırsın</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>15.74</v>
+        <v>280</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786054771905</t>
+          <t>9786053114161</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Söyleme Zamanı</t>
+          <t>Çocuklar İçin Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>20.37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786054771912</t>
+          <t>9786053113812</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakarlık Neo-Conlar</t>
+          <t>Bırak Sokaklar Anlatsın Bizi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786054994137</t>
+          <t>9786053113195</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Dönersen Diye</t>
+          <t>Psikolojik Virüs</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786054994113</t>
+          <t>9786053112846</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmek Sonsuzluğa Dokunmak</t>
+          <t>Kore 1952-1953</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786054771837</t>
+          <t>9786053111948</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Aşkolsun</t>
+          <t>Astroloji ve Burçlar 2017</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786054771820</t>
+          <t>9786053111672</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ödüllü Ölüm</t>
+          <t>Bir Şeftali Bin Şeftali - Gül ve Bülbül - Hırslı Menekşe</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>15.74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786054771790</t>
+          <t>9786053111658</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Neden Feda Edildi</t>
+          <t>İris</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>11.11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786054771806</t>
+          <t>9786053110811</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Çarşı’yı Ararım Abi!</t>
+          <t>Her Veda Elveda Değildir</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786054771738</t>
+          <t>9786053110699</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bukre</t>
+          <t>Saldırı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>25</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786054771721</t>
+          <t>9786053110668</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ayaz</t>
+          <t>Murat Bür'le Mutlu Tarifler</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>14.81</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786054994144</t>
+          <t>9786053110521</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bayağılığı</t>
+          <t>Kadının Altın Çağı</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786054771677</t>
+          <t>9786053110675</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Pelin</t>
+          <t>Agora'da Bir Delikanlı</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786054771936</t>
+          <t>9786059913669</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aşkları</t>
+          <t>Ben Benim</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>10.19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786054771615</t>
+          <t>9786059913683</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Dünya İmparatorluğu</t>
+          <t>Anka’nın Dönüşü</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>11.11</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786054771646</t>
+          <t>9786059913690</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Son Fotoğraf</t>
+          <t>Gitarist</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786054771660</t>
+          <t>9786054994519</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı</t>
+          <t>Yalnızlık Sek İçilir</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786054771639</t>
+          <t>9786054994502</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Beni Toprağıma Gömün</t>
+          <t>Ben, Sen ve O</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054771585</t>
+          <t>9786053113218</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kartlarınla Mucize Yarat</t>
+          <t>Uykusuz Anne Kalmasın</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786054771578</t>
+          <t>9786053113065</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Gel Dosta Gidelim</t>
+          <t>Oyun Devam Ediyor</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786054771592</t>
+          <t>9786053113058</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Ekşimiş Yazılar</t>
+          <t>Nazım ile Piraye</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786054771622</t>
+          <t>9786053113072</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>En Palavracı Berber : Havlucu Memet</t>
+          <t>İlahi Kripto</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053112358</t>
+          <t>9786053113034</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Dua</t>
+          <t>Dostlarının Anılarından Atatürk - 2</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053112327</t>
+          <t>9786054994656</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Orucu</t>
+          <t>Bir Tutam Aşk</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>27.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053112389</t>
+          <t>9786054994403</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ruh Aynası</t>
+          <t>İki Göçmen Yürek</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>24.07</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053112372</t>
+          <t>9786054994410</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Masal Çetesi</t>
+          <t>Denizin Hikayesi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053111979</t>
+          <t>9786054994038</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Beynin Sırları</t>
+          <t>Kalplerin Işığı Börklüce Mustafa</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>120</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053111863</t>
+          <t>9786054994021</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Herkesleşme</t>
+          <t>Mutlu Evlilik</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053111856</t>
+          <t>9786054771882</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik Enerjisi</t>
+          <t>Rothschild Hanedanlığı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053111306</t>
+          <t>9786054771875</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Çorba İçenin Kaşığı Uzun Olur</t>
+          <t>Aynı Yatakta Üçümüz</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053111184</t>
+          <t>9786054771905</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Rujlu Kız</t>
+          <t>Şimdi Söyleme Zamanı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053111290</t>
+          <t>9786054771912</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kesmeşeker</t>
+          <t>Yeni Muhafazakarlık Neo-Conlar</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>19.44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053110989</t>
+          <t>9786054994137</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Üvey Kırmızı</t>
+          <t>Dönersen Diye</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053110972</t>
+          <t>9786054994113</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>M4Y4</t>
+          <t>Seni Sevmek Sonsuzluğa Dokunmak</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>24.07</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053110897</t>
+          <t>9786054771837</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kura Irmağı'nın Kıyısında</t>
+          <t>Aşkolsun</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053110996</t>
+          <t>9786054771820</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde İnsan Hakları Bağlamında Aleviler</t>
+          <t>Ödüllü Ölüm</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053111566</t>
+          <t>9786054771790</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra Yol Bitti</t>
+          <t>Türkiye Neden Feda Edildi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>28</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053110729</t>
+          <t>9786054771806</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Şifa Orucu</t>
+          <t>Çarşı’yı Ararım Abi!</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053111351</t>
+          <t>9786054771738</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Gişe Karanlık</t>
+          <t>Bukre</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786059913874</t>
+          <t>9786054771721</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Soyun Geliyorum Aşkım</t>
+          <t>Sıcak Ayaz</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786059913850</t>
+          <t>9786054994144</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Manik Yeşili</t>
+          <t>Erkek Bayağılığı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786054994120</t>
+          <t>9786054771677</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Pelin</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786054994267</t>
+          <t>9786054771936</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Savaş Ana</t>
+          <t>Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786054994281</t>
+          <t>9786054771615</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Paralel Kürdistan Kumpası</t>
+          <t>Dünya İmparatorluğu</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786054994243</t>
+          <t>9786054771646</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sahi, İnovasyon Neden Bu Kadar Uzak?</t>
+          <t>Yere Düşen Son Fotoğraf</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786054994274</t>
+          <t>9786054771660</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sazan Mevsimi</t>
+          <t>Yokuş Yukarı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786054994236</t>
+          <t>9786054771639</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesinde Melekler Yoktu</t>
+          <t>Beni Toprağıma Gömün</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053110507</t>
+          <t>9786054771585</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Dreamer ve Sen</t>
+          <t>Kartlarınla Mucize Yarat</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053113294</t>
+          <t>9786054771578</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Doğumun Ruhu</t>
+          <t>Gel Dosta Gidelim</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053112754</t>
+          <t>9786054771592</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Töz</t>
+          <t>Ekşimiş Yazılar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053112600</t>
+          <t>9786054771622</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>En Palavracı Berber : Havlucu Memet</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053112617</t>
+          <t>9786053112358</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kelepçe</t>
+          <t>Aşk-ı Dua</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>12.96</v>
+        <v>34</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053112563</t>
+          <t>9786053112327</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Son 3 Kilo Diyeti</t>
+          <t>Sağlık Orucu</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>26.85</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053111887</t>
+          <t>9786053112389</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>100. Nesil</t>
+          <t>Ruh Aynası</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>22.22</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053110798</t>
+          <t>9786053112372</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kız</t>
+          <t>Masal Çetesi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>34</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053110750</t>
+          <t>9786053111979</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neredesin</t>
+          <t>Beynin Sırları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053110804</t>
+          <t>9786053111863</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Tacirleri</t>
+          <t>Herkesleşme</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053110774</t>
+          <t>9786053111856</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bizim Küçük Sırrımız</t>
+          <t>Hamilelik Enerjisi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786059913553</t>
+          <t>9786053111306</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim</t>
+          <t>Şeytanla Çorba İçenin Kaşığı Uzun Olur</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>24</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786059913133</t>
+          <t>9786053111184</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Sönünce</t>
+          <t>Kırmızı Rujlu Kız</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>32</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786059913089</t>
+          <t>9786053111290</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kız Gurusu</t>
+          <t>Kesmeşeker</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>11.11</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786059913119</t>
+          <t>9786053110989</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Elveda Vatanım</t>
+          <t>Üvey Kırmızı</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786054994977</t>
+          <t>9786053110972</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın</t>
+          <t>M4Y4</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>15.74</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786059913003</t>
+          <t>9786053110897</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İştar'ın Kızları: Silahların Gölgesinde Bir Kadın Hareketi</t>
+          <t>Kura Irmağı'nın Kıyısında</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786054994984</t>
+          <t>9786053110996</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Bana Dokun</t>
+          <t>Cumhuriyet Döneminde İnsan Hakları Bağlamında Aleviler</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786054994991</t>
+          <t>9786053111566</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Ve Sonra Yol Bitti</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>9.26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786054994915</t>
+          <t>9786053110729</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Mucizeler Kitabı</t>
+          <t>Şifa Orucu</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>12.04</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786054994809</t>
+          <t>9786053111351</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kaçsa Rüya Kalsa</t>
+          <t>Kapalı Gişe Karanlık</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>8.33</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786054994731</t>
+          <t>9786059913874</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Herşeyin Bittiği Yerden</t>
+          <t>Soyun Geliyorum Aşkım</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786054994793</t>
+          <t>9786059913850</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Anafora Kapılmak</t>
+          <t>Manik Yeşili</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053112938</t>
+          <t>9786054994120</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Son Toksine Kadar</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053112891</t>
+          <t>9786054994267</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Ateistlere 19 Soru</t>
+          <t>Savaş Ana</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>29.63</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053112815</t>
+          <t>9786054994281</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Unutursam Kalbim Kurusun</t>
+          <t>Paralel Kürdistan Kumpası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053112822</t>
+          <t>9786054994243</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Babam Beni Şahdamarımdan Öptü</t>
+          <t>Sahi, İnovasyon Neden Bu Kadar Uzak?</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>29</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053112259</t>
+          <t>9786054994274</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Osmanlılar</t>
+          <t>Sazan Mevsimi</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053110910</t>
+          <t>9786054994236</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Şu An Sonsuzluktur</t>
+          <t>Gül Bahçesinde Melekler Yoktu</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053111146</t>
+          <t>9786053110507</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Noktasızdır Sevmek</t>
+          <t>Dreamer ve Sen</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053111139</t>
+          <t>9786053113294</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bittin Oğlum Sen</t>
+          <t>Doğumun Ruhu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053110514</t>
+          <t>9786053112754</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Korkma Kalbim</t>
+          <t>Töz</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786054994649</t>
+          <t>9786053112600</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oda Cinayetleri</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786054994595</t>
+          <t>9786053112617</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Aşk Uykusu</t>
+          <t>Kelepçe</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786054994625</t>
+          <t>9786053112563</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Son 3 Kilo Diyeti</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>13.89</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053113140</t>
+          <t>9786053111887</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yatılı Okuldaki Hazine</t>
+          <t>100. Nesil</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053113126</t>
+          <t>9786053110798</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası</t>
+          <t>Hızlı Kız</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>140</v>
+        <v>34</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053113171</t>
+          <t>9786053110750</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Hep Sonradan</t>
+          <t>Aşk Neredesin</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053112693</t>
+          <t>9786053110804</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Gritopya</t>
+          <t>Ölüm Tacirleri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>32</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053112686</t>
+          <t>9786053110774</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Ari</t>
+          <t>Bizim Küçük Sırrımız</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>24.07</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053112587</t>
+          <t>9786059913553</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Öğreniyorum</t>
+          <t>Vazgeçtim</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>78</v>
+        <v>24</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786053112457</t>
+          <t>9786059913133</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>M4Y4 - Nesil</t>
+          <t>Yıldızlar Sönünce</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>16.67</v>
+        <v>32</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053112341</t>
+          <t>9786059913089</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Zor Sevmesen Olmaz</t>
+          <t>Kız Gurusu</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053112150</t>
+          <t>9786059913119</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İnsanız Ayıbı Yok</t>
+          <t>Elveda Vatanım</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053111702</t>
+          <t>9786054994977</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Gece Neden Uyuruz?</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053111511</t>
+          <t>9786059913003</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sözlük</t>
+          <t>İştar'ın Kızları: Silahların Gölgesinde Bir Kadın Hareketi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053111528</t>
+          <t>9786054994984</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ne Şikesi Memleket Elden Gidiyor</t>
+          <t>İçindeki Bana Dokun</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>25.93</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053111535</t>
+          <t>9786054994991</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Feto</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053110965</t>
+          <t>9786054994915</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözyaşı</t>
+          <t>Spiritüel Mucizeler Kitabı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>27.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786059913577</t>
+          <t>9786054994809</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Dokunulmamış Kadınlar</t>
+          <t>Uyku Kaçsa Rüya Kalsa</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786059913591</t>
+          <t>9786054994731</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Ne Ülen Bu?!</t>
+          <t>Herşeyin Bittiği Yerden</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786054994939</t>
+          <t>9786054994793</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikopat Hali</t>
+          <t>Anafora Kapılmak</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786054994946</t>
+          <t>9786053112938</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Erkek Severse</t>
+          <t>Son Toksine Kadar</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786054994540</t>
+          <t>9786053112891</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Duygular</t>
+          <t>Ateistlere 19 Soru</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>12.96</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786054994922</t>
+          <t>9786053112815</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Seksen Yıl 1934 - 2014 (Kesitler)</t>
+          <t>Gözlerini Unutursam Kalbim Kurusun</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053112440</t>
+          <t>9786053112822</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kan İftirası</t>
+          <t>Babam Beni Şahdamarımdan Öptü</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>15.74</v>
+        <v>29</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053112228</t>
+          <t>9786053112259</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Taksim Bahçesi</t>
+          <t>Kayıp Osmanlılar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053112204</t>
+          <t>9786053110910</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İhanet İttifakı</t>
+          <t>Şu An Sonsuzluktur</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053112235</t>
+          <t>9786053111146</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kınayan Nefis</t>
+          <t>Noktasızdır Sevmek</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053112099</t>
+          <t>9786053111139</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sağlığını Yeniden Keşfet</t>
+          <t>Bittin Oğlum Sen</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>380</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053111917</t>
+          <t>9786053110514</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sweden</t>
+          <t>Korkma Kalbim</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>69.44</v>
+        <v>280</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053111375</t>
+          <t>9786054994649</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Göç - Güneş Çavması - 1</t>
+          <t>Dokuz Oda Cinayetleri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>26.85</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053111191</t>
+          <t>9786054994595</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Çin</t>
+          <t>Aşk Uykusu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053110682</t>
+          <t>9786054994625</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Buradayım</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053110392</t>
+          <t>9786053113140</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ben Öğrendim Sizde Öğrenebilirsiniz</t>
+          <t>Yatılı Okuldaki Hazine</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053110408</t>
+          <t>9786053113126</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kerbela'nın Antropolojik Çözümlenmesi</t>
+          <t>Sırlar Bohçası</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>20.37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053110286</t>
+          <t>9786053113171</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Evde Kaldım</t>
+          <t>Hep Sonradan</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053110163</t>
+          <t>9786053112693</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Mafyacığın Aşkı</t>
+          <t>Gritopya</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>12.04</v>
+        <v>32</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053110125</t>
+          <t>9786053112686</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bu Ayrılık Benden Olsun</t>
+          <t>Ari</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>11.11</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786059913973</t>
+          <t>9786053112587</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Tropikal Harikalar</t>
+          <t>Osmanlı'yı Öğreniyorum</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>23.15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786059913942</t>
+          <t>9786053112457</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>99 Yazı</t>
+          <t>M4Y4 - Nesil</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786059913966</t>
+          <t>9786053112341</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dünyası</t>
+          <t>Sevmek Zor Sevmesen Olmaz</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>17.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059913034</t>
+          <t>9786053112150</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>İnsanız Ayıbı Yok</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>22</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059913010</t>
+          <t>9786053111702</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Canın Sağolsun</t>
+          <t>Gece Neden Uyuruz?</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059913027</t>
+          <t>9786053111511</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kül</t>
+          <t>Saklı Sözlük</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786054994304</t>
+          <t>9786053111528</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sığınmak</t>
+          <t>Ne Şikesi Memleket Elden Gidiyor</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>15.74</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786054994298</t>
+          <t>9786053111535</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Giyen Adalet</t>
+          <t>Feto</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786054771950</t>
+          <t>9786053110965</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Göz</t>
+          <t>Siyah Gözyaşı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786054771981</t>
+          <t>9786059913577</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya</t>
+          <t>Dokunulmamış Kadınlar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786054994052</t>
+          <t>9786059913591</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Ne Ülen Bu?!</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786054771868</t>
+          <t>9786054994939</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Çırılçıplak Aşk</t>
+          <t>Aşkın Psikopat Hali</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786054771851</t>
+          <t>9786054994946</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hakikat</t>
+          <t>Erkek Severse</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053112297</t>
+          <t>9786054994540</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Umay</t>
+          <t>Öğrenilmiş Duygular</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053112280</t>
+          <t>9786054994922</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>10’dan Geriye Say</t>
+          <t>Seksen Yıl 1934 - 2014 (Kesitler)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>34</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053112310</t>
+          <t>9786053112440</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Simru</t>
+          <t>Kan İftirası</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>35.28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786053112136</t>
+          <t>9786053112228</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Güzel, Mutlu ve Sağlıklı</t>
+          <t>Taksim Bahçesi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053112167</t>
+          <t>9786053112204</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Aynadan Geçen Kız</t>
+          <t>İhanet İttifakı</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053112006</t>
+          <t>9786053112235</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yuğ</t>
+          <t>Kendini Kınayan Nefis</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054771998</t>
+          <t>9786053112099</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün Liderlik Sırları</t>
+          <t>Sağlığını Yeniden Keşfet</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>17.59</v>
+        <v>380</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786054994014</t>
+          <t>9786053111917</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>As Maça</t>
+          <t>Sweden</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>18.52</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053111733</t>
+          <t>9786053111375</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Göç - Güneş Çavması - 1</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>22</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053110415</t>
+          <t>9786053111191</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ebenin Dantelli Donu</t>
+          <t>Çin</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053110040</t>
+          <t>9786053110682</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Bodrum ve Turizm Sevdam</t>
+          <t>Şimdi Buradayım</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053110200</t>
+          <t>9786053110392</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Hatırası</t>
+          <t>Ben Öğrendim Sizde Öğrenebilirsiniz</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>22.22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053110231</t>
+          <t>9786053110408</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Madanayuyu</t>
+          <t>Kerbela'nın Antropolojik Çözümlenmesi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053110224</t>
+          <t>9786053110286</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Gece Buluşması</t>
+          <t>Nasıl Evde Kaldım</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053110088</t>
+          <t>9786053110163</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Hamsa</t>
+          <t>Mafyacığın Aşkı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053110071</t>
+          <t>9786053110125</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar</t>
+          <t>Bu Ayrılık Benden Olsun</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053110347</t>
+          <t>9786059913973</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Moba</t>
+          <t>Tropikal Harikalar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059913812</t>
+          <t>9786059913942</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>99 Yazı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059913843</t>
+          <t>9786059913966</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ufaklık</t>
+          <t>Kedilerin Dünyası</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059913836</t>
+          <t>9786059913034</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Öküzü</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059913805</t>
+          <t>9786059913010</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Egoloman</t>
+          <t>Canın Sağolsun</t>
         </is>
       </c>
       <c r="C821" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059913799</t>
+          <t>9786059913027</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Anormal Kitap</t>
+          <t>Aşk ve Kül</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786059913621</t>
+          <t>9786054994304</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>Aşka Sığınmak</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>25.93</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059913492</t>
+          <t>9786054994298</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Zakkum</t>
+          <t>Hüküm Giyen Adalet</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059913515</t>
+          <t>9786054771950</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra</t>
+          <t>Üçüncü Göz</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786059913461</t>
+          <t>9786054771981</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli</t>
+          <t>Yeni Medya</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786059913386</t>
+          <t>9786054994052</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>20.37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786059913362</t>
+          <t>9786054771868</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Celile</t>
+          <t>Çırılçıplak Aşk</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059913355</t>
+          <t>9786054771851</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Aşka Layla</t>
+          <t>Hakikat</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059913102</t>
+          <t>9786053112297</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yetenekten Lidere</t>
+          <t>Umay</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059913072</t>
+          <t>9786053112280</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Başbakandan Korkan Kedi</t>
+          <t>10’dan Geriye Say</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786054994465</t>
+          <t>9786053112310</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yoldaşım</t>
+          <t>Simru</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>20.37</v>
+        <v>35.28</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053111337</t>
+          <t>9786053112136</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu’nda Son Bahar</t>
+          <t>Güzel, Mutlu ve Sağlıklı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>28</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053111016</t>
+          <t>9786053112167</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ölüyorum</t>
+          <t>Aynadan Geçen Kız</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>15.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053110330</t>
+          <t>9786053112006</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Tazeoğlu Bütün Şiirleri</t>
+          <t>Yuğ</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>29.63</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059913713</t>
+          <t>9786054771998</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Rüyası Kelebek</t>
+          <t>Mustafa Kemal Atatürk'ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059913744</t>
+          <t>9786054994014</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Reçetesi</t>
+          <t>As Maça</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059913485</t>
+          <t>9786053111733</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirme Bilgeliği</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059913478</t>
+          <t>9786053110415</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İmralı Tutanakları</t>
+          <t>Ebenin Dantelli Donu</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059913195</t>
+          <t>9786053110040</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2015</t>
+          <t>Bodrum ve Turizm Sevdam</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>25.93</v>
+        <v>25</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786054994601</t>
+          <t>9786053110200</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Burada Özgürlüğe Giden Yol</t>
+          <t>Şeytanın Hatırası</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786054994434</t>
+          <t>9786053110231</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Gişe Yalnızlık</t>
+          <t>Madanayuyu</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786054994441</t>
+          <t>9786053110224</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Parçalanan Ruhlar</t>
+          <t>Ayasofya'da Gece Buluşması</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>34</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053110637</t>
+          <t>9786053110088</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Suikastın Anatomisi</t>
+          <t>Hamsa</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053110101</t>
+          <t>9786053110071</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Sonlar Başka Kitapta Bebeğim</t>
+          <t>Baykuşlar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059913898</t>
+          <t>9786053110347</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bilmez</t>
+          <t>Moba</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059913706</t>
+          <t>9786059913812</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Gitme Zamanı</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>31.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059913157</t>
+          <t>9786059913843</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Big Boss</t>
+          <t>Ufaklık</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>44</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059913164</t>
+          <t>9786059913836</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Sedefi Yendim</t>
+          <t>Hayatımın Öküzü</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054994700</t>
+          <t>9786059913805</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Ki Belki</t>
+          <t>Egoloman</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786054994670</t>
+          <t>9786059913799</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Lambousa Krallığı</t>
+          <t>Anormal Kitap</t>
         </is>
       </c>
       <c r="C851" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786054994632</t>
+          <t>9786059913621</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Arsız Nefesi (3 Özel CD)</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>22.22</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786054607457</t>
+          <t>9786059913492</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Geçmişi Şifalandırın (CD + Kitapçık)</t>
+          <t>Zakkum</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786054771776</t>
+          <t>9786059913515</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Redhack</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>17.59</v>
+        <v>140</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053110927</t>
+          <t>9786059913461</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Albümlere Karışmak</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053110880</t>
+          <t>9786059913386</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Al Sana Bahar</t>
+          <t>Zamanın Gölgesi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053111382</t>
+          <t>9786059913362</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Erkeği</t>
+          <t>Celile</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786054994328</t>
+          <t>9786059913355</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Doğum Öncesi ve Sonrası İkizlerle Hayat</t>
+          <t>Aşka Layla</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054994335</t>
+          <t>9786059913102</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kumpastan Dirilişe Başımıza Gelenler</t>
+          <t>Yetenekten Lidere</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059913294</t>
+          <t>9786059913072</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarım Hep Can Acısı</t>
+          <t>Başbakandan Korkan Kedi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059913287</t>
+          <t>9786054994465</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Boş Tarlalarda Ölü Bedenler : Bonzai</t>
+          <t>Hüzün Yoldaşım</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059913249</t>
+          <t>9786053111337</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bayan Hiçbiri</t>
+          <t>Beyoğlu’nda Son Bahar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>17.59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059913270</t>
+          <t>9786053111016</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Aşk Buralara Nah Uğrar</t>
+          <t>Aşık Ölüyorum</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786054994168</t>
+          <t>9786053110330</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha Var O Da Ölmek Mi Dersin?</t>
+          <t>Kahraman Tazeoğlu Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>18.52</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786054994175</t>
+          <t>9786059913713</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dublajı</t>
+          <t>Tırtılın Rüyası Kelebek</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786054994182</t>
+          <t>9786059913744</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Politikaya Türkiye'de Ne Var Ne Yok?</t>
+          <t>Mutluluk Reçetesi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789944298032</t>
+          <t>9786059913485</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Şehir Amerikalılar’ın Bağdat’taki Saltanatı</t>
+          <t>Çocuk Yetiştirme Bilgeliği</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786054771516</t>
+          <t>9786059913478</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Zata: Beyazı Siyahla Kirletebilirsin ama Siyahı Beyazla Temizleyemezsin</t>
+          <t>İmralı Tutanakları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786054771400</t>
+          <t>9786059913195</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhuna Rağmen</t>
+          <t>Astroloji ve Burçlar 2015</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786054455577</t>
+          <t>9786054994601</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Zamane Aşkları</t>
+          <t>Şimdi ve Burada Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789750095832</t>
+          <t>9786054994434</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Yüzde Elli</t>
+          <t>Kapalı Gişe Yalnızlık</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786054771448</t>
+          <t>9786054994441</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başındayken</t>
+          <t>Parçalanan Ruhlar</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>17.59</v>
+        <v>34</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054607877</t>
+          <t>9786053110637</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarla Duruş</t>
+          <t>Unutulmuş Bir Suikastın Anatomisi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789944298728</t>
+          <t>9786053110101</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bölge</t>
+          <t>Mutlu Sonlar Başka Kitapta Bebeğim</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789944298490</t>
+          <t>9786059913898</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Aşkı Bilmez</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>9.17</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789944298230</t>
+          <t>9786059913706</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Gitme Zamanı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>12.96</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786054607891</t>
+          <t>9786059913157</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Gurmelerinden Bitmeyen Gençlik Sırları</t>
+          <t>Big Boss</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>22.22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789944298179</t>
+          <t>9786059913164</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Operasyonu</t>
+          <t>Sedefi Yendim</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789944298322</t>
+          <t>9786054994700</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin</t>
+          <t>Ki Belki</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789944298360</t>
+          <t>9786054994670</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yalıdakiler</t>
+          <t>Lambousa Krallığı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786055151461</t>
+          <t>9786054994632</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Enternasyonali</t>
+          <t>Aşığın Arsız Nefesi (3 Özel CD)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>32</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786054607051</t>
+          <t>9786054607457</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Vicdanlı Kapitalizm Yoktur</t>
+          <t>Meleklerle Geçmişi Şifalandırın (CD + Kitapçık)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786054771356</t>
+          <t>9786054771776</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Vesaire: İkinci Yastık</t>
+          <t>Redhack</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789944298254</t>
+          <t>9786053110927</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Veryansın</t>
+          <t>Albümlere Karışmak</t>
         </is>
       </c>
       <c r="C884" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789944298834</t>
+          <t>9786053110880</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ve Kadınlar... Ve Erkekler... Ve Aşk...</t>
+          <t>Al Sana Bahar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786054455942</t>
+          <t>9786053111382</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Valide Sultan</t>
+          <t>İstanbul Erkeği</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>38</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789944298186</t>
+          <t>9786054994328</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Aşk Öyküleri (3 Kitap Takım)</t>
+          <t>Doğum Öncesi ve Sonrası İkizlerle Hayat</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786054455140</t>
+          <t>9786054994335</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kırıkkanatlarında</t>
+          <t>Kumpastan Dirilişe Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786054607679</t>
+          <t>9786059913294</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ucube</t>
+          <t>Kanatlarım Hep Can Acısı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789944298391</t>
+          <t>9786059913287</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İşkencede Bir Yılı</t>
+          <t>Boş Tarlalarda Ölü Bedenler : Bonzai</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786054607228</t>
+          <t>9786059913249</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yahudi Hıristiyan Savaşları</t>
+          <t>Bayan Hiçbiri</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786054455768</t>
+          <t>9786059913270</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Töre ve Namus Cinayetleri</t>
+          <t>Aşk Buralara Nah Uğrar</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789944298087</t>
+          <t>9786054994168</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ruhlar ve Ruhçular</t>
+          <t>Bir İhtimal Daha Var O Da Ölmek Mi Dersin?</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786054455935</t>
+          <t>9786054994175</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Örtülü Savaş</t>
+          <t>Erkek Dublajı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786054455423</t>
+          <t>9786054994182</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ölmeden Önce Açmanız Gereken Gizemli 78 Kapı</t>
+          <t>Edebiyattan Politikaya Türkiye'de Ne Var Ne Yok?</t>
         </is>
       </c>
       <c r="C895" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786054607075</t>
+          <t>9789944298032</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İstihbarat Savaşları ve MİT</t>
+          <t>Zümrüt Şehir Amerikalılar’ın Bağdat’taki Saltanatı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789944298094</t>
+          <t>9786054771516</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğu’nun Yıkılışına Dair Kehanetler Kitabı</t>
+          <t>Zata: Beyazı Siyahla Kirletebilirsin ama Siyahı Beyazla Temizleyemezsin</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786054607914</t>
+          <t>9786054771400</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi</t>
+          <t>Zamanın Ruhuna Rağmen</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786054607587</t>
+          <t>9786054455577</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Tuvalet Dili ve Edebiyatı</t>
+          <t>Zamane Aşkları</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789944298209</t>
+          <t>9789750095832</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Tuba ve Gecenin Anlamı</t>
+          <t>Yüzde Elli</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789944298353</t>
+          <t>9786054771448</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Terkedemeyenler</t>
+          <t>Yolun Başındayken</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>7.87</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789944298520</t>
+          <t>9786054607877</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Tırnağa Nazım Hikmet</t>
+          <t>Yıldızlarla Duruş</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>14.81</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786054607839</t>
+          <t>9789944298728</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Şanghay’a</t>
+          <t>Yeşil Bölge</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786054771509</t>
+          <t>9789944298490</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Teknolojiye</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>29.63</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786054771462</t>
+          <t>9789944298230</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Marksizm</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789944298445</t>
+          <t>9786054607891</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım İnsanlar, Yaşadığım Olaylar</t>
+          <t>Yaşam Gurmelerinden Bitmeyen Gençlik Sırları</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>9.26</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789944298421</t>
+          <t>9789944298179</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Şu İngilizler Canımı Çok Sıkıyor</t>
+          <t>Yarasa Operasyonu</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786054455416</t>
+          <t>9789944298322</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Şike Şike Futbol</t>
+          <t>Yalnız Değilsin</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>20.37</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786054455676</t>
+          <t>9789944298360</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Evliyaları</t>
+          <t>Yalıdakiler</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786055151171</t>
+          <t>9786055151461</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Bir Kadın Şalcı Bacı</t>
+          <t>Yahudi Enternasyonali</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>12.04</v>
+        <v>32</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786054607624</t>
+          <t>9786054607051</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hünkarı Hacı Bektaş Veli Şahdiz</t>
+          <t>Vicdanlı Kapitalizm Yoktur</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786054455799</t>
+          <t>9786054771356</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Süleymanı Nasıl Bilirdiniz</t>
+          <t>Vesaire: İkinci Yastık</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786054455546</t>
+          <t>9789944298254</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Susacak Var</t>
+          <t>Veryansın</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>32</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786054455492</t>
+          <t>9789944298834</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Suç Sarayı</t>
+          <t>Ve Kadınlar... Ve Erkekler... Ve Aşk...</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786054607280</t>
+          <t>9786054455942</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Valide Sultan</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>9.17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786054455836</t>
+          <t>9789944298186</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İslam</t>
+          <t>Vahşi Aşk Öyküleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786054607358</t>
+          <t>9786054455140</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Cuma Günü</t>
+          <t>Umudun Kırıkkanatlarında</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786054607235</t>
+          <t>9786054607679</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbullu</t>
+          <t>Ucube</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789944298933</t>
+          <t>9789944298391</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Kuvvetler: Medya</t>
+          <t>Türklerin İşkencede Bir Yılı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786054455959</t>
+          <t>9786054607228</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Silahım ve Namusum Üzerine Yemin Ederim ki</t>
+          <t>Türkiye’de Yahudi Hıristiyan Savaşları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786054455225</t>
+          <t>9786054455768</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye</t>
+          <t>Türkiye’de Töre ve Namus Cinayetleri</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789944298858</t>
+          <t>9789944298087</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Sevdalınız Komünisttir</t>
+          <t>Türkiye’de Ruhlar ve Ruhçular</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789944298025</t>
+          <t>9786054455935</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Türkiye’de Örtülü Savaş</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>11.57</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786054771493</t>
+          <t>9786054455423</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Aşk Mıydı?</t>
+          <t>Türkiye’de Ölmeden Önce Açmanız Gereken Gizemli 78 Kapı</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786054455539</t>
+          <t>9786054607075</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Seni İçimden Terk Ediyorum</t>
+          <t>Türkiye’de İstihbarat Savaşları ve MİT</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>10.19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786054771257</t>
+          <t>9789944298094</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Türk İmparatorluğu’nun Yıkılışına Dair Kehanetler Kitabı</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>20.37</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786055151157</t>
+          <t>9786054607914</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Semboller</t>
+          <t>Türk Devrimi</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786054607099</t>
+          <t>9786054607587</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Tuvalet Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789944298797</t>
+          <t>9789944298209</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Sessizliği</t>
+          <t>Tuba ve Gecenin Anlamı</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786054455072</t>
+          <t>9789944298353</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Salı’nın Sırrı</t>
+          <t>Terkedemeyenler</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789944298124</t>
+          <t>9789944298520</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Saldırı</t>
+          <t>Tepeden Tırnağa Nazım Hikmet</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786055151478</t>
+          <t>9786054607839</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Şan, Şöhret ve Paranın Bedeli</t>
+          <t>Tarladan Şanghay’a</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254410024</t>
+          <t>9786054771509</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım Defterli Set (4 kitap + 1 Defter)</t>
+          <t>Tarihten Teknolojiye</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>910</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053110767</t>
+          <t>9786054771462</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Tarihsel Marksizm</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254410888</t>
+          <t>9789944298445</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bir Tabu Meselesi</t>
+          <t>Tanıdığım İnsanlar, Yaşadığım Olaylar</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053119500</t>
+          <t>9789944298421</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dağları Bekler</t>
+          <t>Şu İngilizler Canımı Çok Sıkıyor</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053119708</t>
+          <t>9786054455416</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz İletişim</t>
+          <t>Şike Şike Futbol</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>54</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053119227</t>
+          <t>9786054455676</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Sevme Kusurları</t>
+          <t>Şeytan Evliyaları</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254412332</t>
+          <t>9786055151171</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Firmalarda Kredi Analizi</t>
+          <t>Darağacında Bir Kadın Şalcı Bacı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254410703</t>
+          <t>9786054607624</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Bırak Olsun</t>
+          <t>Aşkın Hünkarı Hacı Bektaş Veli Şahdiz</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>72</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053119296</t>
+          <t>9786054455799</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Nefs</t>
+          <t>Süleymanı Nasıl Bilirdiniz</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>520</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254412431</t>
+          <t>9786054455546</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Nilgün Marmara - Yabancıların En Yakınıydın Sen</t>
+          <t>Susacak Var</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786053117957</t>
+          <t>9786054455492</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bana Vesvese Verme</t>
+          <t>Suç Sarayı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254410086</t>
+          <t>9786054607280</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Psikomekan</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>48</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053117599</t>
+          <t>9786054455836</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Karşı Penceredeki Kadın</t>
+          <t>Sosyal İslam</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>120</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053117636</t>
+          <t>9786054607358</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Hiç Vazgeçmedim</t>
+          <t>Sonsuz Cuma Günü</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>58</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254413391</t>
+          <t>9786054607235</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Instagram Girişimciliği</t>
+          <t>Son İstanbullu</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>32</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786054994151</t>
+          <t>9789944298933</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Ölümdür Aşk</t>
+          <t>Silahsız Kuvvetler: Medya</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786059913751</t>
+          <t>9786054455959</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Bir Tedavi Sanatı - Homeopati</t>
+          <t>Silahım ve Namusum Üzerine Yemin Ederim ki</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>26.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786054771967</t>
+          <t>9786054455225</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>35 Yıl ve Üzeri Kariyeri Olan 35 Usta ve Ünlü Tiyatro Sanatçısıyla Yüzyüze</t>
+          <t>Sevgiliye</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>17.59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786054771943</t>
+          <t>9789944298858</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bana Güneş, Çiçek ve Resmini Gönder</t>
+          <t>Sevdalınız Komünisttir</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>22.22</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053118350</t>
+          <t>9789944298025</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Gizemlerle Dolu Salgınlar Tarihi</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>72</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053118268</t>
+          <t>9786054771493</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehirde Kimse Yok mu?</t>
+          <t>Senin Adın Aşk Mıydı?</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053112426</t>
+          <t>9786054455539</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Vatanla İmtihanı</t>
+          <t>Seni İçimden Terk Ediyorum</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254410192</t>
+          <t>9786054771257</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Transaksiyonel Analiz İle Terapi Odası</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254410253</t>
+          <t>9786055151157</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Cehaletin Tahsili</t>
+          <t>Semboller</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>290</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254410185</t>
+          <t>9786054607099</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikopatın Peşinde 197 Gün</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053110887</t>
+          <t>9789944298797</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Sokrates - Bildiğim Bir Şey Var, O Da Hiçbir Şey Bilmediğimdir</t>
+          <t>Savaşın Sessizliği</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>17</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254412127</t>
+          <t>9786054455072</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Çıldırmadan Önce Son Çıkış Sayı 1 ( Nisan-Mayıs-Haziran) 2021</t>
+          <t>Salı’nın Sırrı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053116912</t>
+          <t>9789944298124</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Osman Balcıgil Seti-4 Kitap Takım</t>
+          <t>Saldırı</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>1870</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053119081</t>
+          <t>9786055151478</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’nın Gizli Tarihi</t>
+          <t>Şan, Şöhret ve Paranın Bedeli</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053119128</t>
+          <t>9786254410024</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Burjuvazi için Parlayacaksa Güneşi de Söndürürüz / Lev Troçki</t>
+          <t>Bircan Yıldırım Defterli Set (4 kitap + 1 Defter)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>160</v>
+        <v>910</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053119210</t>
+          <t>9786053110767</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Merak Yolculuğu</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786053117681</t>
+          <t>9786254410888</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Al Dediği</t>
+          <t>Bir Tabu Meselesi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254412646</t>
+          <t>9786053119500</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Var Ol</t>
+          <t>Ölüm Dağları Bekler</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>48</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254412615</t>
+          <t>9786053119708</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Maria Puder Olmak</t>
+          <t>Kesintisiz İletişim</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254410215</t>
+          <t>9786053119227</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yapı(t)söküm</t>
+          <t>Sevme Kusurları</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>360</v>
+        <v>78</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254410109</t>
+          <t>9786254412332</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geometri</t>
+          <t>Firmalarda Kredi Analizi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053118329</t>
+          <t>9786254410703</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısının Yolculuğu</t>
+          <t>Bırak Olsun</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>98</v>
+        <v>72</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053117827</t>
+          <t>9786053119296</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Seti - 25 Kitap Takım</t>
+          <t>Nefs</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>319</v>
+        <v>520</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053116561</t>
+          <t>9786254412431</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Nilgün Marmara - Yabancıların En Yakınıydın Sen</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>23</v>
+        <v>160</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053116097</t>
+          <t>9786053117957</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Zaman Alır</t>
+          <t>Bana Vesvese Verme</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>140</v>
+        <v>78</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053116080</t>
+          <t>9786254410086</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe</t>
+          <t>Psikomekan</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053119364</t>
+          <t>9786053117599</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Türk'e Yeni Bir Dünya</t>
+          <t>Karşı Penceredeki Kadın</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053116134</t>
+          <t>9786053117636</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bad Ava Hava</t>
+          <t>Hiç Vazgeçmedim</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053115847</t>
+          <t>9786254413391</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Instagram Girişimciliği</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053115861</t>
+          <t>9786054994151</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Bukre (2 Kitap Takım)</t>
+          <t>Sensiz Ölümdür Aşk</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>39</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053115687</t>
+          <t>9786059913751</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dediğin 9 Metre</t>
+          <t>Bir Tedavi Sanatı - Homeopati</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>590</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053115762</t>
+          <t>9786054771967</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>İlk Uyku Kitabım (Ciltli)</t>
+          <t>35 Yıl ve Üzeri Kariyeri Olan 35 Usta ve Ünlü Tiyatro Sanatçısıyla Yüzyüze</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>24</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053115502</t>
+          <t>9786054771943</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Daima Yalnızlarındır</t>
+          <t>Bana Güneş, Çiçek ve Resmini Gönder</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>34</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053115694</t>
+          <t>9786053118350</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Gizemlerle Dolu Salgınlar Tarihi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>88</v>
+        <v>72</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053115540</t>
+          <t>9786053118268</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Elvedasız Ayrılık</t>
+          <t>Bu Şehirde Kimse Yok mu?</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053118220</t>
+          <t>9786053112426</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Beyinler Acayip İlişkiler</t>
+          <t>Türk’ün Vatanla İmtihanı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>39</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254411786</t>
+          <t>9786254410192</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Sözlerim Eksik Kalır Beni Kalbimden Dinle</t>
+          <t>Transaksiyonel Analiz İle Terapi Odası</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>180</v>
+        <v>78</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053119586</t>
+          <t>9786254410253</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Gizli Şifreleri</t>
+          <t>Cehaletin Tahsili</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053119593</t>
+          <t>9786254410185</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Biyomerkezcilik</t>
+          <t>Bir Psikopatın Peşinde 197 Gün</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053119104</t>
+          <t>9786053110887</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Mor-G</t>
+          <t>Sokrates - Bildiğim Bir Şey Var, O Da Hiçbir Şey Bilmediğimdir</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053117698</t>
+          <t>9786254412127</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Erkek Yalnızlığı</t>
+          <t>Çıldırmadan Önce Son Çıkış Sayı 1 ( Nisan-Mayıs-Haziran) 2021</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>48</v>
+        <v>78</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786053117773</t>
+          <t>9786053116912</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç 2020</t>
+          <t>Osman Balcıgil Seti-4 Kitap Takım</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>88</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786053117469</t>
+          <t>9786053119081</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Bir Pera Masalı</t>
+          <t>Ayasofya’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789944298971</t>
+          <t>9786053119128</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2011</t>
+          <t>Yalnızca Burjuvazi için Parlayacaksa Güneşi de Söndürürüz / Lev Troçki</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054455867</t>
+          <t>9786053119210</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Burçlar 2012</t>
+          <t>İnsanın Merak Yolculuğu</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>20.37</v>
+        <v>190</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786053114765</t>
+          <t>9786053117681</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kozanın Sırrı</t>
+          <t>Şeytanın Al Dediği</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>29.63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053114581</t>
+          <t>9786254412646</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Jozef Nasi Büyük Hayalin Peşinde</t>
+          <t>Var Ol</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053119050</t>
+          <t>9786254412615</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ebeveynlik</t>
+          <t>Maria Puder Olmak</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>78</v>
+        <v>48</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053119043</t>
+          <t>9786254410215</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Kristal Geometri</t>
+          <t>Yapı(t)söküm</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053118633</t>
+          <t>9786254410109</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Beraber Ya Da Hiçbirimiz</t>
+          <t>Kutsal Geometri</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>160</v>
+        <v>78</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053117735</t>
+          <t>9786053118329</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Hasar Tespiti</t>
+          <t>Hikaye Anlatıcısının Yolculuğu</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>190</v>
+        <v>98</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053117674</t>
+          <t>9786053117827</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Ve Usulca Fısıldadı Kalbim</t>
+          <t>Felsefe Seti - 25 Kitap Takım</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>32</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053117742</t>
+          <t>9786053116561</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sen Her Şeye Değersin</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>88</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053118008</t>
+          <t>9786053116097</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Psikolojisini Yönetebilmek</t>
+          <t>Güzel Şeyler Zaman Alır</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>28</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053117438</t>
+          <t>9786053116080</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Randevu</t>
+          <t>Göbeklitepe</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>92</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786053116592</t>
+          <t>9786053119364</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla İletişim Kurma Sanatı</t>
+          <t>Türk'e Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>88</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053116547</t>
+          <t>9786053116134</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Bad Ava Hava</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>48</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053117070</t>
+          <t>9786053115847</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İnsan Her Koşulda</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>160</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053117131</t>
+          <t>9786053115861</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Kodları</t>
+          <t>Bukre (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>108</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053117124</t>
+          <t>9786053115687</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek Bir Seçimdir</t>
+          <t>Yaşam Dediğin 9 Metre</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>94</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053117612</t>
+          <t>9786053115762</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Fil Saati</t>
+          <t>İlk Uyku Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053117032</t>
+          <t>9786053115502</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adıyla Uğur Koşar Kitap Seti (6 Kitap Takım)</t>
+          <t>Özgürlük Daima Yalnızlarındır</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>1530</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053114277</t>
+          <t>9786053115694</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Adam</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>44</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053113539</t>
+          <t>9786053115540</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Söz Olsun</t>
+          <t>Elvedasız Ayrılık</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053113553</t>
+          <t>9786053118220</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Dinlen</t>
+          <t>Aykırı Beyinler Acayip İlişkiler</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>16.67</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053113591</t>
+          <t>9786254411786</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bir Adam Bir Bebek</t>
+          <t>Sözlerim Eksik Kalır Beni Kalbimden Dinle</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>28</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053116974</t>
+          <t>9786053119586</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Yağan Kar</t>
+          <t>Yeni Dünyanın Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786054455843</t>
+          <t>9786053119593</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>2012 Melekler Ajandası</t>
+          <t>Biyomerkezcilik</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>10.04</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786054455829</t>
+          <t>9786053119104</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>2012 Astroloji ve Burçlar Ajandası</t>
+          <t>Mor-G</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>12.27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053116110</t>
+          <t>9786053117698</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yürüyen Yabancı</t>
+          <t>Erkek Yalnızlığı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>98</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053115328</t>
+          <t>9786053117773</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve - veya Din</t>
+          <t>Başlangıç 2020</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>44</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053115304</t>
+          <t>9786053117469</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Ben Değerliyim Çünkü...</t>
+          <t>Bir Pera Masalı</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>38</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053115144</t>
+          <t>9789944298971</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>I Ching</t>
+          <t>Astroloji ve Burçlar 2011</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>17.59</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786053115120</t>
+          <t>9786054455867</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin İsmi</t>
+          <t>Astroloji ve Burçlar 2012</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053114291</t>
+          <t>9786053114765</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Yedi Gün Adası</t>
+          <t>Kozanın Sırrı</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>15.74</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053114246</t>
+          <t>9786053114581</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran (7 Takım Set)</t>
+          <t>Jozef Nasi Büyük Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>158</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053114260</t>
+          <t>9786053119050</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
+          <t>Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>22.22</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053114321</t>
+          <t>9786053119043</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Biz Barışmayız Artık</t>
+          <t>Kristal Geometri</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>16.67</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053117247</t>
+          <t>9786053118633</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sürgün</t>
+          <t>Ya Hep Beraber Ya Da Hiçbirimiz</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053117186</t>
+          <t>9786053117735</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Karboğazı Zaferi</t>
+          <t>Türk Dış Politikasında Hasar Tespiti</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>23</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053116530</t>
+          <t>9786053117674</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Çöküş</t>
+          <t>Ve Usulca Fısıldadı Kalbim</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053115717</t>
+          <t>9786053117742</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Son Ki Üç Dört</t>
+          <t>Sen Her Şeye Değersin</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>26</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053115700</t>
+          <t>9786053118008</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sarmaş Dolaş</t>
+          <t>Kaygı Psikolojisini Yönetebilmek</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053115670</t>
+          <t>9786053117438</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Çöküş</t>
+          <t>Kaderle Randevu</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>17</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053115281</t>
+          <t>9786053116592</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Ergenlik</t>
+          <t>Zor İnsanlarla İletişim Kurma Sanatı</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>17.59</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053115137</t>
+          <t>9786053116547</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bushido - Japon Bilgelik Öğretisi</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>17.59</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053113829</t>
+          <t>9786053117070</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Ben Latife</t>
+          <t>İnsan Her Koşulda</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053113461</t>
+          <t>9786053117131</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kendime Gelmeye Gittim</t>
+          <t>Rusya’nın Kodları</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>17.59</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053113454</t>
+          <t>9786053117124</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Sırlar Ajandası</t>
+          <t>İyi Hissetmek Bir Seçimdir</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>20.37</v>
+        <v>94</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786056016806</t>
+          <t>9786053117612</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Avcısı Sil</t>
+          <t>Fil Saati</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053115267</t>
+          <t>9786053117032</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>100 Yıl Yaşamak Mümkün</t>
+          <t>Allah'ın Adıyla Uğur Koşar Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>120</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053115526</t>
+          <t>9786053114277</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’den Ey Sevgili’ye</t>
+          <t>Yalnız Bir Adam</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786053115458</t>
+          <t>9786053113539</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Çok İştahsız Yemiyor!</t>
+          <t>Sözüm Söz Olsun</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053115533</t>
+          <t>9786053113553</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Aklıma Takılıyorsun Düşme</t>
+          <t>Dinlen</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053114130</t>
+          <t>9786053113591</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Bukre (Ciltli)</t>
+          <t>Bir Adam Bir Bebek</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>25.93</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053112808</t>
+          <t>9786053116974</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Aşk Barselona'da Bekler</t>
+          <t>Karanlıktan Yağan Kar</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>11.11</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053112761</t>
+          <t>9786054455843</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı'nın Pusulası</t>
+          <t>2012 Melekler Ajandası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>13.89</v>
+        <v>10.04</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053112433</t>
+          <t>9786054455829</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kopuk ve Hiç</t>
+          <t>2012 Astroloji ve Burçlar Ajandası</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>58</v>
+        <v>12.27</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786053115809</t>
+          <t>9786053116110</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Dişiyi Uyandır</t>
+          <t>Karanlıkta Yürüyen Yabancı</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>58</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053115830</t>
+          <t>9786053115328</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Rahmeti - Ayetler ve Dualar İle</t>
+          <t>Bilim ve - veya Din</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053115397</t>
+          <t>9786053115304</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Ben Değerliyim Çünkü...</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053114352</t>
+          <t>9786053115144</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kocam Hala Sevgilim Mi?</t>
+          <t>I Ching</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>32</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053114222</t>
+          <t>9786053115120</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>İçimde Kalmasın</t>
+          <t>Bebeğin İsmi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053114239</t>
+          <t>9786053114291</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya Savaşı</t>
+          <t>Yedi Gün Adası</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053113416</t>
+          <t>9786053114246</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Adalet Ustaları</t>
+          <t>Halil Cibran (7 Takım Set)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>25.93</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053113379</t>
+          <t>9786053114260</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Usta'nın Sesi</t>
+          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>48</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053113331</t>
+          <t>9786053114321</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Osman Balcıgil (3 Kitap Takım)</t>
+          <t>Biz Barışmayız Artık</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>76.85</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053113447</t>
+          <t>9786053117247</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Kızıl Sürgün</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053116165</t>
+          <t>9786053117186</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bilgiler ve Hikayeler</t>
+          <t>Karboğazı Zaferi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053116028</t>
+          <t>9786053116530</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Erbakan</t>
+          <t>Eğitimde Çöküş</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>130</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053114635</t>
+          <t>9786053115717</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gizemler ve Yalanlar</t>
+          <t>Son Ki Üç Dört</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>140</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053113942</t>
+          <t>9786053115700</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat</t>
+          <t>Sarmaş Dolaş</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>15.74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053114017</t>
+          <t>9786053115670</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Kaybettim</t>
+          <t>Kaçınılmaz Çöküş</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>17.59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053113997</t>
+          <t>9786053115281</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Tuzu Uzatır Mısın Hayat?</t>
+          <t>A'dan Z'ye Ergenlik</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053114000</t>
+          <t>9786053115137</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Bakırı</t>
+          <t>Bushido - Japon Bilgelik Öğretisi</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053113584</t>
+          <t>9786053113829</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Vizesiz Müttefik</t>
+          <t>Ben Latife</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>25.93</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053113409</t>
+          <t>9786053113461</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Hançer</t>
+          <t>Kendime Gelmeye Gittim</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>34</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053113423</t>
+          <t>9786053113454</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Çöküşe Giden Yol</t>
+          <t>Halil Cibran Sırlar Ajandası</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053113393</t>
+          <t>9786056016806</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Bana Masal Anlat</t>
+          <t>Ganimet Avcısı Sil</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>22.22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053112976</t>
+          <t>9786053115267</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Bahçeleri</t>
+          <t>100 Yıl Yaşamak Mümkün</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>12.04</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053112969</t>
+          <t>9786053115526</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Narkoz</t>
+          <t>En Sevgili’den Ey Sevgili’ye</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053113027</t>
+          <t>9786053115458</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İki Söz</t>
+          <t>Çok İştahsız Yemiyor!</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053112921</t>
+          <t>9786053115533</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Aklıma Takılıyorsun Düşme</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>98</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053112983</t>
+          <t>9786053114130</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Dostlarının Anılarından Atatürk</t>
+          <t>Bukre (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053112419</t>
+          <t>9786053112808</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Yalnızlık</t>
+          <t>Aşk Barselona'da Bekler</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053112013</t>
+          <t>9786053112761</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Yosma</t>
+          <t>Kafdağı'nın Pusulası</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053112402</t>
+          <t>9786053112433</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Bir Yazar: Yusuf Atılgan</t>
+          <t>Kopuk ve Hiç</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>11.11</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053113874</t>
+          <t>9786053115809</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Fırat'ın Doğusu</t>
+          <t>İçindeki Dişiyi Uyandır</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>18.52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053113485</t>
+          <t>9786053115830</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Görgü ve Zarafet</t>
+          <t>Allah’ın Rahmeti - Ayetler ve Dualar İle</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>13.89</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786255942722</t>
+          <t>9786053115397</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Siber İstihbarat Savaşları Dijital Silahlanma Çağında Casusluk Operasyonları</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>290</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786255942630</t>
+          <t>9786053114352</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpteki Ayna</t>
+          <t>Kocam Hala Sevgilim Mi?</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>330</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786255942593</t>
+          <t>9786053114222</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Longevity Beslenmesi</t>
+          <t>İçimde Kalmasın</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>980</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786255942654</t>
+          <t>9786053114239</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Son Perde</t>
+          <t>Hegemonya Savaşı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053117889</t>
+          <t>9786053113416</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Kozmosa Evrenin Hikayesi</t>
+          <t>Adalet Ustaları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>380</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786255942616</t>
+          <t>9786053113379</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Pan Bize Ne Mesaj Veriyor?</t>
+          <t>Usta'nın Sesi</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>260</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786255942661</t>
+          <t>9786053113331</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Defter Sanat Felsefenin Bedenidir</t>
+          <t>Osman Balcıgil (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>200</v>
+        <v>76.85</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786255942586</t>
+          <t>9786053113447</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Zincirlerini Kır: Gerçek Benliğini Fark Et</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>200</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786255942609</t>
+          <t>9786053116165</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Mucize Kodu</t>
+          <t>Sıra Dışı Bilgiler ve Hikayeler</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>250</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786255942562</t>
+          <t>9786053116028</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Unuttuğu Kadın: Leyla</t>
+          <t>Erbakan</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786255942548</t>
+          <t>9786053114635</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Gökçen</t>
+          <t>Bilimsel Gizemler ve Yalanlar</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786255942555</t>
+          <t>9786053113942</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa ve Türk Mucizesi</t>
+          <t>Çocuklu Hayat</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>430</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786255942579</t>
+          <t>9786053114017</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Her Karşılaşma Bir Mesajdır</t>
+          <t>Ben Hep Kaybettim</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>260</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786255942449</t>
+          <t>9786053113997</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha Verseler</t>
+          <t>Tuzu Uzatır Mısın Hayat?</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786255942500</t>
+          <t>9786053114000</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Uza ve Genişle</t>
+          <t>Tarçın Bakırı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>680</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786255942494</t>
+          <t>9786053113584</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>40+ İtiraf Hikayeleri</t>
+          <t>Vizesiz Müttefik</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>280</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786255942524</t>
+          <t>9786053113409</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Kurabiye ve Lalala</t>
+          <t>Hançer</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>290</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786255942531</t>
+          <t>9786053113423</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Özgürleşme</t>
+          <t>Çöküşe Giden Yol</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786255942517</t>
+          <t>9786053113393</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kurt Geldi!</t>
+          <t>Bana Masal Anlat</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>240</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786255942425</t>
+          <t>9786053112976</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İlişki Bilinci</t>
+          <t>Temmuz Bahçeleri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>260</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786255942111</t>
+          <t>9786053112969</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlığa Yön Verenler</t>
+          <t>Narkoz</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786255942432</t>
+          <t>9786053113027</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Havada Bir Ömür</t>
+          <t>İki Söz</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786255942456</t>
+          <t>9786053112921</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Aşklar ve Yalnızlıklar</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>380</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786255942470</t>
+          <t>9786053112983</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Beyin</t>
+          <t>Dostlarının Anılarından Atatürk</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786255942357</t>
+          <t>9786053112419</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Longevity Tariflerle Tabağın Değişsin Sen Değiş</t>
+          <t>Çevrimiçi Yalnızlık</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>980</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786255942401</t>
+          <t>9786053112013</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Bana Gelsene</t>
+          <t>Yosma</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>260</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786255942418</t>
+          <t>9786053112402</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Gibi Bir Kadın - Nahit Hanım</t>
+          <t>Tedirgin Bir Yazar: Yusuf Atılgan</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>540</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786054455614</t>
+          <t>9786053113874</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Pan İslam Veya İslam İmparatorluğu: I. Dünya Savaşı'ndan Büyük Orta Doğu Projesine</t>
+          <t>Fırat'ın Doğusu</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>8.33</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053110743</t>
+          <t>9786053113485</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende</t>
+          <t>Gençler İçin Görgü ve Zarafet</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>42</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786054455706</t>
+          <t>9786255942722</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Ordusuyla Kutsal Topraklarda</t>
+          <t>Siber İstihbarat Savaşları Dijital Silahlanma Çağında Casusluk Operasyonları</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>9.26</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053113959</t>
+          <t>9786255942630</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Hayat Cesurlara Torpil Geçer</t>
+          <t>Kırık Kalpteki Ayna</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>23</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053112945</t>
+          <t>9786255942593</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Beyin</t>
+          <t>Longevity Beslenmesi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>44</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786054455188</t>
+          <t>9786255942654</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Gerenimo</t>
+          <t>Son Perde</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>8.33</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786054455713</t>
+          <t>9786053117889</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Asyada Uzaklarda</t>
+          <t>Kaostan Kozmosa Evrenin Hikayesi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>9.26</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053117193</t>
+          <t>9786255942616</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>2020 Günlük Astroloji Takvimi</t>
+          <t>Pan Bize Ne Mesaj Veriyor?</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>38</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786255942265</t>
+          <t>9786255942661</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Düşünce Detoksu</t>
+          <t>Sihirli Defter Sanat Felsefenin Bedenidir</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786053114185</t>
+          <t>9786255942586</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geçmişi Şekillendirir</t>
+          <t>Bağımlılık Zincirlerini Kır: Gerçek Benliğini Fark Et</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>68</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786053110651</t>
+          <t>9786255942609</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Fedakarlık İçindeki Gücün Sırrını Keşfet - 2</t>
+          <t>İçindeki Mucize Kodu</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>78</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254411892</t>
+          <t>9786255942562</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Kozmik Efsaneleri</t>
+          <t>Zamanın Unuttuğu Kadın: Leyla</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786254411755</t>
+          <t>9786255942548</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Yaşam Modeli</t>
+          <t>Gökçen</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>98</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786053119487</t>
+          <t>9786255942555</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Türk Komandoları</t>
+          <t>Sarı Paşa ve Türk Mucizesi</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>98</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786254417214</t>
+          <t>9786255942579</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Genlerden Davranışlara Epigenetik</t>
+          <t>Her Karşılaşma Bir Mesajdır</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786254416682</t>
+          <t>9786255942449</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Tasavvuf</t>
+          <t>Bir Şans Daha Verseler</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053119098</t>
+          <t>9786255942500</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Astroterapi</t>
+          <t>Uza ve Genişle</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786254411427</t>
+          <t>9786255942494</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşan Küresel Kaosta İnsanlığın Akıbeti</t>
+          <t>40+ İtiraf Hikayeleri</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053118190</t>
+          <t>9786255942524</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Akıllandım Artık Şimdi Daha Deliyim</t>
+          <t>Ölüm, Kurabiye ve Lalala</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>88</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786255942340</t>
+          <t>9786255942531</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Flört Etme Sanatı</t>
+          <t>Duygusal Özgürleşme</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786255942333</t>
+          <t>9786255942517</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Fincanı</t>
+          <t>Kurt Geldi!</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786255942296</t>
+          <t>9786255942425</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalır Yanına Kalmaz</t>
+          <t>İlişki Bilinci</t>
         </is>
       </c>
       <c r="C1125" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786255942371</t>
+          <t>9786255942111</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Anahtarı: Fâtiha Suresi</t>
+          <t>Müslümanlığa Yön Verenler</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786255942364</t>
+          <t>9786255942432</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Onun Bizden Ne Beklediğinde Saklıdır</t>
+          <t>Havada Bir Ömür</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786255942302</t>
+          <t>9786255942456</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Gaf Ola Beri Gele</t>
+          <t>Aşklar ve Yalnızlıklar</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786255942289</t>
+          <t>9786255942470</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın 7 Kadim Sırrı</t>
+          <t>Huzurlu Beyin</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786255942234</t>
+          <t>9786255942357</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hassası</t>
+          <t>Longevity Tariflerle Tabağın Değişsin Sen Değiş</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>260</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786255942241</t>
+          <t>9786255942401</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>50 Maddede İlişkiler Aşkı Delicesine Yaşamak</t>
+          <t>Bana Gelsene</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786255942227</t>
+          <t>9786255942418</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kararlar İçin Stratejik Düşünme Yöntemleri</t>
+          <t>Cumhuriyet Gibi Bir Kadın - Nahit Hanım</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786255942272</t>
+          <t>9786054455614</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Gibi Beslenmek</t>
+          <t>Pan İslam Veya İslam İmparatorluğu: I. Dünya Savaşı'ndan Büyük Orta Doğu Projesine</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>170</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786255942258</t>
+          <t>9786053110743</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Gölge Rehberler</t>
+          <t>İyilik Sende</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>200</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9693110001480</t>
+          <t>9786054455706</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli 5 Kitap Set Dilek Ajandası Hediyeli</t>
+          <t>İngiliz Ordusuyla Kutsal Topraklarda</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>1560</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053119920</t>
+          <t>9786053113959</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seti - 10 Kitap Takım</t>
+          <t>Hayat Cesurlara Torpil Geçer</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>1600</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786053117018</t>
+          <t>9786053112945</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Aytunç Altındal Seti (14 Kitap Takım)</t>
+          <t>Görünmeyen Beyin</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>3690</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786254418693</t>
+          <t>9786054455188</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Erich Fromm - Yaratmayan İnsan Yok Etmek İster</t>
+          <t>Gerenimo</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786254415371</t>
+          <t>9786054455713</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Sanat Oyun</t>
+          <t>Asyada Uzaklarda</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>290</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786254414534</t>
+          <t>9786053117193</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Kutulu Set (6 Kitap Takım)</t>
+          <t>2020 Günlük Astroloji Takvimi</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>1380</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786053115076</t>
+          <t>9786255942265</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İşaretlerini Okumanın Kaybolmuş Sanatı</t>
+          <t>21 Günde Düşünce Detoksu</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786053115557</t>
+          <t>9786053114185</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Safsatalar</t>
+          <t>Gelecek Geçmişi Şekillendirir</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>320</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786059913911</t>
+          <t>9786053110651</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Soraya</t>
+          <t>Fedakarlık İçindeki Gücün Sırrını Keşfet - 2</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>320</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786053114529</t>
+          <t>9786254411892</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Markethink ya da Farkethink</t>
+          <t>Doğu'nun Kozmik Efsaneleri</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786053114574</t>
+          <t>9786254411755</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Vatikan ve Tapınak Şövalyeleri</t>
+          <t>Fonksiyonel Yaşam Modeli</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>280</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053114390</t>
+          <t>9786053119487</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Beslenmenin Kanser Tedavisindeki Gücü</t>
+          <t>Türk Komandoları</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>480</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053112709</t>
+          <t>9786254417214</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Mesajınız Var</t>
+          <t>Genlerden Davranışlara Epigenetik</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786054994342</t>
+          <t>9786254416682</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Tepkisi</t>
+          <t>Ezoterik Tasavvuf</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786054607594</t>
+          <t>9786053119098</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Struma</t>
+          <t>Astroterapi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786054771011</t>
+          <t>9786254411427</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kahve</t>
+          <t>Yaklaşan Küresel Kaosta İnsanlığın Akıbeti</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786254411922</t>
+          <t>9786053118190</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde Yaşamak</t>
+          <t>Akıllandım Artık Şimdi Daha Deliyim</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>250</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786254414398</t>
+          <t>9786255942340</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos - Bir İnsanın Karakteri, Onun Yazgısıdır</t>
+          <t>Flört Etme Sanatı</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786053118879</t>
+          <t>9786255942333</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bildiğim Bir Şey Var O da Hiçbir Şey Bilmediğimdir</t>
+          <t>Dedemin Fincanı</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786053117537</t>
+          <t>9786255942296</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek - Dem</t>
+          <t>Yarına Kalır Yanına Kalmaz</t>
         </is>
       </c>
       <c r="C1154" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053116578</t>
+          <t>9786255942371</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Cehalet Bilimi</t>
+          <t>Aşkın Anahtarı: Fâtiha Suresi</t>
         </is>
       </c>
       <c r="C1155" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786053115946</t>
+          <t>9786255942364</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Düzdünya</t>
+          <t>Hayatın Anlamı Onun Bizden Ne Beklediğinde Saklıdır</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053117421</t>
+          <t>9786255942302</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşebilmek</t>
+          <t>Gaf Ola Beri Gele</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053113386</t>
+          <t>9786255942289</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sağlığın 7 Kadim Sırrı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786255942203</t>
+          <t>9786255942234</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafla İyileşme Sanatı</t>
+          <t>Ruh Hassası</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786255942210</t>
+          <t>9786255942241</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>50 Maddede İlişkiler Aşkı Delicesine Yaşamak</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786255942197</t>
+          <t>9786255942227</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eril</t>
+          <t>Akıllı Kararlar İçin Stratejik Düşünme Yöntemleri</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786255942173</t>
+          <t>9786255942272</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Bırak Gitsin</t>
+          <t>Hz. Muhammed Gibi Beslenmek</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786255942166</t>
+          <t>9786255942258</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Mucizelerin Yolu</t>
+          <t>Gölge Rehberler</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786255942159</t>
+          <t>9693110001480</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Kuran</t>
+          <t>Esra Ezmeci Defter Hediyeli 5 Kitap Set Dilek Ajandası Hediyeli</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>190</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786053114512</t>
+          <t>9786053119920</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Elvedasız</t>
+          <t>Antik Yunan Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>290</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786255942142</t>
+          <t>9786053117018</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaderinin Kurbanı Değil Seçimlerinin Efendisidir-Irvin D. Yalom</t>
+          <t>Aytunç Altındal Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>160</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786255942098</t>
+          <t>9786254418693</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Nato’nun Gizli Orduları</t>
+          <t>Erich Fromm - Yaratmayan İnsan Yok Etmek İster</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786255942043</t>
+          <t>9786254415371</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Açılan Yol Benliğimizin Ötesindedir</t>
+          <t>Sekizinci Sanat Oyun</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786256209961</t>
+          <t>9786254414534</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yaralar</t>
+          <t>Hikmet Anıl Öztekin Kutulu Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>260</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786255942135</t>
+          <t>9786053115076</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İlahi Fısıltı</t>
+          <t>Doğanın İşaretlerini Okumanın Kaybolmuş Sanatı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786255942104</t>
+          <t>9786053115557</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan Medeniyeti</t>
+          <t>Safsatalar</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786255942128</t>
+          <t>9786059913911</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Ritim - Ahenk</t>
+          <t>Soraya</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786256209152</t>
+          <t>9786053114529</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bebekler Sofraya</t>
+          <t>Markethink ya da Farkethink</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053119111</t>
+          <t>9786053114574</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bize Ait Değildir - Rabindranath Tagore</t>
+          <t>Vatikan ve Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053119425</t>
+          <t>9786053114390</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Epikür - Hoş Geldin Yabancı, Burada En Büyük Amacımız Mutluluktur</t>
+          <t>Beslenmenin Kanser Tedavisindeki Gücü</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9693110002050</t>
+          <t>9786053112709</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Çetin Çetintaş Kitap Seti Defter Hediyeli (3 Kitap)</t>
+          <t>Her Güne Mesajınız Var</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9693110001176</t>
+          <t>9786054994342</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Hakan Mengüç Seti - 5 Kitap Takım (Defter Hediyeli)</t>
+          <t>Pisagor Tepkisi</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>1520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786255942036</t>
+          <t>9786054607594</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Mira’nın Kırmızı Defteri</t>
+          <t>Struma</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786255942005</t>
+          <t>9786054771011</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Evrenin İlahi Sistemi</t>
+          <t>Soğuk Kahve</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786255942081</t>
+          <t>9786254411922</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünlerim</t>
+          <t>Hayallerin Ötesinde Yaşamak</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786256209978</t>
+          <t>9786254414398</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilmez Pişmanlıklar</t>
+          <t>Herakleitos - Bir İnsanın Karakteri, Onun Yazgısıdır</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786255942067</t>
+          <t>9786053118879</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Affedebilmek</t>
+          <t>Bildiğim Bir Şey Var O da Hiçbir Şey Bilmediğimdir</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786255942050</t>
+          <t>9786053117537</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Hayat</t>
+          <t>Elif Gibi Sevmek - Dem</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786255942074</t>
+          <t>9786053116578</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü</t>
+          <t>Cehalet Bilimi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786256209992</t>
+          <t>9786053115946</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Psikomitolojisi</t>
+          <t>Düzdünya</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786255942012</t>
+          <t>9786053117421</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Kadar Zor Değil</t>
+          <t>Özgürleşebilmek</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786255942029</t>
+          <t>9786053113386</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Beş Bilgelik Enerjisi</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786256209954</t>
+          <t>9786255942203</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetini Mazluma Değil Zalime Kullan – Hacı Bektaş Veli</t>
+          <t>Fotoğrafla İyileşme Sanatı</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786256209947</t>
+          <t>9786255942210</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Kalbi Mücadelede Atar</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786256209848</t>
+          <t>9786255942197</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Düşman</t>
+          <t>Yeni Eril</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786256209824</t>
+          <t>9786255942173</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Yolculuk Var</t>
+          <t>Bırak Gitsin</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786256209930</t>
+          <t>9786255942166</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Merkaba</t>
+          <t>Mucizelerin Yolu</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053112792</t>
+          <t>9786255942159</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı</t>
+          <t>Mevlana ve Kuran</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786256209893</t>
+          <t>9786053114512</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahramanlar</t>
+          <t>Elvedasız</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786256209923</t>
+          <t>9786255942142</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Güven</t>
+          <t>İnsan Kaderinin Kurbanı Değil Seçimlerinin Efendisidir-Irvin D. Yalom</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786256209831</t>
+          <t>9786255942098</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Planı</t>
+          <t>Nato’nun Gizli Orduları</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786256209886</t>
+          <t>9786255942043</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>1909 İstanbul Düştü</t>
+          <t>Sonsuza Açılan Yol Benliğimizin Ötesindedir</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786256209855</t>
+          <t>9786256209961</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Innsaei</t>
+          <t>Gizli Yaralar</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053117476</t>
+          <t>9786255942135</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Keine Begegnung in Unserem Leben ist ein Zufall</t>
+          <t>İlahi Fısıltı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786254415319</t>
+          <t>9786255942104</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Yerde Takılıyorum</t>
+          <t>Son İnsan Medeniyeti</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786054607464</t>
+          <t>9786255942128</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Babıali Tanrıları Simavi Ailesi</t>
+          <t>Kozmik Ritim - Ahenk</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053113737</t>
+          <t>9786256209152</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Kimlik</t>
+          <t>Haydi Bebekler Sofraya</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053118305</t>
+          <t>9786053119111</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 3</t>
+          <t>Kimse Bize Ait Değildir - Rabindranath Tagore</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053114314</t>
+          <t>9786053119425</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Epikür - Hoş Geldin Yabancı, Burada En Büyük Amacımız Mutluluktur</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053113881</t>
+          <t>9693110002050</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Bilim Hali</t>
+          <t>Çetin Çetintaş Kitap Seti Defter Hediyeli (3 Kitap)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786256209879</t>
+          <t>9693110001176</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Zafer Ekonomisi</t>
+          <t>Hakan Mengüç Seti - 5 Kitap Takım (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>260</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786256209800</t>
+          <t>9786255942036</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Politik Uyanış</t>
+          <t>Mira’nın Kırmızı Defteri</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786256209862</t>
+          <t>9786255942005</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Unicornların Sihri</t>
+          <t>Evrenin İlahi Sistemi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786256209749</t>
+          <t>9786255942081</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Yalansız Dünya Blockchain</t>
+          <t>En Güzel Dünlerim</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786256209817</t>
+          <t>9786256209978</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Hayallerim Gerçek Olur</t>
+          <t>Paha Biçilmez Pişmanlıklar</t>
         </is>
       </c>
       <c r="C1210" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786256209770</t>
+          <t>9786255942067</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Gökler Konuşuyor</t>
+          <t>Yürekten Affedebilmek</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786256209787</t>
+          <t>9786255942050</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir</t>
+          <t>Fırtınalı Bir Hayat</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786256209794</t>
+          <t>9786255942074</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Baktığın Benim Gördüğün Sensin</t>
+          <t>Şeytan Tüyü</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786256209756</t>
+          <t>9786256209992</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Soyağacını Şifalandırma Rehberi</t>
+          <t>Arzunun Psikomitolojisi</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786256209763</t>
+          <t>9786255942012</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Defolu Kelimeler</t>
+          <t>Düşündüğün Kadar Zor Değil</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786256209725</t>
+          <t>9786255942029</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Dalgaları Yönetmek</t>
+          <t>Beş Bilgelik Enerjisi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786256209718</t>
+          <t>9786256209954</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Duayen</t>
+          <t>Kuvvetini Mazluma Değil Zalime Kullan – Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786256209732</t>
+          <t>9786256209947</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Zaferin Kalbi Mücadelede Atar</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786256209374</t>
+          <t>9786256209848</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Alevlere Fısıldayan Kadınlar</t>
+          <t>İçimizdeki Düşman</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786256209589</t>
+          <t>9786256209824</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Yeni Menopoz</t>
+          <t>İçimde Bir Yolculuk Var</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786256209411</t>
+          <t>9786256209930</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kokuların Gücü Adına</t>
+          <t>Merkaba</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786256209664</t>
+          <t>9786053112792</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Bilinmeyenleri ve Gizli Öğretileri</t>
+          <t>Adı Bende Saklı</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786256209701</t>
+          <t>9786256209893</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Batıni Gelenek</t>
+          <t>Pelerinsiz Kahramanlar</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786256209404</t>
+          <t>9786256209923</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kanser İçin EFT</t>
+          <t>Allah’a Güven</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786256209473</t>
+          <t>9786256209831</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 5</t>
+          <t>Ruhun Planı</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786256209503</t>
+          <t>9786256209886</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 8 - Hakikat Muhafızları</t>
+          <t>1909 İstanbul Düştü</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786256209459</t>
+          <t>9786256209855</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 3 - Karşı Saldırı</t>
+          <t>Innsaei</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786256209497</t>
+          <t>9786053117476</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 7 - Ateş Kapanı</t>
+          <t>Keine Begegnung in Unserem Leben ist ein Zufall</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786256209282</t>
+          <t>9786254415319</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Japonların Zorlukların Üstesinden Gelme Sanatı-Ganbatte</t>
+          <t>Hep Aynı Yerde Takılıyorum</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786256209480</t>
+          <t>9786054607464</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 6 - Uyanış</t>
+          <t>Babıali Tanrıları Simavi Ailesi</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786256209442</t>
+          <t>9786053113737</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 2 - Kurtuluş</t>
+          <t>Devlet ve Kimlik</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786256209350</t>
+          <t>9786053118305</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>20 Felsefe Oturumu</t>
+          <t>Kur’an’a Göre Araştırmalar 3</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786256209466</t>
+          <t>9786053114314</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 4 - Gizli Güç</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786256209671</t>
+          <t>9786053113881</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Mümkünse Sadece Seninle</t>
+          <t>İyiliğin Bilim Hali</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786256209336</t>
+          <t>9786256209879</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Eldeki Malzemelerle Mutlu Olma Sanatı</t>
+          <t>Küreselleşme ve Zafer Ekonomisi</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786256209343</t>
+          <t>9786256209800</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Felsefeden Doğan Yaşam</t>
+          <t>Politik Uyanış</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786256209381</t>
+          <t>9786256209862</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Nazik Bir Hatırlatma</t>
+          <t>Unicornların Sihri</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786256209398</t>
+          <t>9786256209749</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Düşünmek</t>
+          <t>Yalansız Dünya Blockchain</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786256209435</t>
+          <t>9786256209817</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Kaybolduysan Doğru Yerdesin</t>
+          <t>Benim Bütün Hayallerim Gerçek Olur</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786256209428</t>
+          <t>9786256209770</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Yankı - Hakikat Portalı II</t>
+          <t>Gökler Konuşuyor</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786256209275</t>
+          <t>9786256209787</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Altın Bulmadan Zengin Olunmaz</t>
+          <t>Kim Bilir</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786256209305</t>
+          <t>9786256209794</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kaderine Atılan Zar</t>
+          <t>Baktığın Benim Gördüğün Sensin</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786256209367</t>
+          <t>9786256209756</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yanı Başından Darağacına</t>
+          <t>Soyağacını Şifalandırma Rehberi</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786256209329</t>
+          <t>9786256209763</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Alternatif İktisat</t>
+          <t>Defolu Kelimeler</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786256209312</t>
+          <t>9786256209725</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ardında</t>
+          <t>Dalgaları Yönetmek</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786256209220</t>
+          <t>9786256209718</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Başka Şarkılar Söyler Zaman</t>
+          <t>Duayen</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786256209237</t>
+          <t>9786256209732</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Sevr Lozan</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786256209299</t>
+          <t>9786256209374</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Değil Kendine Meydan Oku</t>
+          <t>Alevlere Fısıldayan Kadınlar</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786256209213</t>
+          <t>9786256209589</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Sır</t>
+          <t>Yeni Menopoz</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>680</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786256209176</t>
+          <t>9786256209411</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Kokuların Gücü Adına</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786256209244</t>
+          <t>9786256209664</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Para Bilinci</t>
+          <t>Tasavvufun Bilinmeyenleri ve Gizli Öğretileri</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786256209084</t>
+          <t>9786256209701</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum Öyleyse Varım</t>
+          <t>Batıni Gelenek</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786256051799</t>
+          <t>9786256209404</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Unut Kuşu</t>
+          <t>Kanser İçin EFT</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786256209206</t>
+          <t>9786256209473</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>İz Bırak</t>
+          <t>Metal Fırtına 5</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786256209138</t>
+          <t>9786256209503</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Ömrü Uzatan Alışkanlıklar</t>
+          <t>Metal Fırtına 8 - Hakikat Muhafızları</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786256209169</t>
+          <t>9786256209459</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Metal Fırtına 3 - Karşı Saldırı</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786256051683</t>
+          <t>9786256209497</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Öz'e Dönüş</t>
+          <t>Metal Fırtına 7 - Ateş Kapanı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786256209190</t>
+          <t>9786256209282</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Kalibre - Mavi Vatan</t>
+          <t>Japonların Zorlukların Üstesinden Gelme Sanatı-Ganbatte</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786256051676</t>
+          <t>9786256209480</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İyi Şans Yasası</t>
+          <t>Metal Fırtına 6 - Uyanış</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786256209121</t>
+          <t>9786256209442</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Narsistlerden Özgürlüğe</t>
+          <t>Metal Fırtına 2 - Kurtuluş</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786256209183</t>
+          <t>9786256209350</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>20 Felsefe Oturumu</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786256209107</t>
+          <t>9786256209466</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kalp</t>
+          <t>Metal Fırtına 4 - Gizli Güç</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786256209091</t>
+          <t>9786256209671</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>%100 Beyin Gücünü Kullanabilmek</t>
+          <t>Mümkünse Sadece Seninle</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786256209114</t>
+          <t>9786256209336</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Düşünce Gücü</t>
+          <t>Eldeki Malzemelerle Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786256209060</t>
+          <t>9786256209343</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Felsefeden Doğan Yaşam</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786256051973</t>
+          <t>9786256209381</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Denge Oyunu</t>
+          <t>Nazik Bir Hatırlatma</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786256209077</t>
+          <t>9786256209398</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Sırrı Üzerinde Taşıyan İnsan</t>
+          <t>Birlikte Düşünmek</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9696211111447</t>
+          <t>9786256209435</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte Kutulu Set (5 Kitap)</t>
+          <t>Kaybolduysan Doğru Yerdesin</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>3200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786256051966</t>
+          <t>9786256209428</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Beden İmgesi</t>
+          <t>Kozmik Yankı - Hakikat Portalı II</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786256051959</t>
+          <t>9786256209275</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Umutsuzların Hatrı İçin Bize Umut Verilmiştir-Walter Benjamin</t>
+          <t>Altın Bulmadan Zengin Olunmaz</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786256051928</t>
+          <t>9786256209305</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Küçük Sır Dayanıklılığın İnşası</t>
+          <t>Dünyanın Kaderine Atılan Zar</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786256051836</t>
+          <t>9786256209367</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Kolestrol Gerçeği Sorular ve Hasta Hikayeleri İle</t>
+          <t>Atatürk’ün Yanı Başından Darağacına</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786256608344</t>
+          <t>9786256209329</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Narsistiz</t>
+          <t>Alternatif İktisat</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9693110000711</t>
+          <t>9786256209312</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Mesud Topal Felsefe Seti</t>
+          <t>Duvarların Ardında</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786254416859</t>
+          <t>9786256209220</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Rüyaya Uyananlar</t>
+          <t>Başka Şarkılar Söyler Zaman</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786254416415</t>
+          <t>9786256209237</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>İki Mermi Bir Hayat</t>
+          <t>Sevr Lozan</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786053116899</t>
+          <t>9786256209299</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Ay Ritüelleri</t>
+          <t>Dünyaya Değil Kendine Meydan Oku</t>
         </is>
       </c>
       <c r="C1277" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786053115793</t>
+          <t>9786256209213</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>En Büyük Sır</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>110</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786053115649</t>
+          <t>9786256209176</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>10'lar Konseyi</t>
+          <t>Kaygı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786053115779</t>
+          <t>9786256209244</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Yarın</t>
+          <t>Para Bilinci</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786059913256</t>
+          <t>9786256209084</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Vertraue Ohne Zweifel Auf Allah</t>
+          <t>Geziyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786054994526</t>
+          <t>9786256051799</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İstilası Yol</t>
+          <t>Unut Kuşu</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786053112723</t>
+          <t>9786256209206</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>İz Bırak</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786053111504</t>
+          <t>9786256209138</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Nedensiz</t>
+          <t>Ömrü Uzatan Alışkanlıklar</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786053114536</t>
+          <t>9786256209169</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sorumluluğu</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786053114147</t>
+          <t>9786256051683</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>İsrael - Nil'den Fırat'a Devlet Oyunları</t>
+          <t>Öz'e Dönüş</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053112051</t>
+          <t>9786256209190</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Küçük Prens Çıkartması Hediyeli)</t>
+          <t>Kalibre - Mavi Vatan</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053111160</t>
+          <t>9786256051676</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Bu Rol Senin</t>
+          <t>İyi Şans Yasası</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786053112730</t>
+          <t>9786256209121</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Makam Odası - Linç</t>
+          <t>Narsistlerden Özgürlüğe</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786053112365</t>
+          <t>9786256209183</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sineması ve Bilinçaltı Operasyonları</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786053111900</t>
+          <t>9786256209107</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Metropol Dervişi</t>
+          <t>Kayıp Kalp</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786053110385</t>
+          <t>9786256209091</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitabın Sırları</t>
+          <t>%100 Beyin Gücünü Kullanabilmek</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786059913379</t>
+          <t>9786256209114</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Ayağa Kalk</t>
+          <t>21. Yüzyılda Düşünce Gücü</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786254410796</t>
+          <t>9786256209060</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Senin Elinde</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786254412608</t>
+          <t>9786256051973</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Üstün Zekalı mı?</t>
+          <t>İlişkilerde Denge Oyunu</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786254413902</t>
+          <t>9786256209077</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Diyor ki: Özgürlük, Kendini Doğru İfade Etmeyi Başaranlarındır</t>
+          <t>Sırrı Üzerinde Taşıyan İnsan</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786254413681</t>
+          <t>9696211111447</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Bereket Sende</t>
+          <t>Umberto Arte Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>250</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786254413360</t>
+          <t>9786256051966</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Diğer Dinler</t>
+          <t>Beden İmgesi</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786053117605</t>
+          <t>9786256051959</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Açlık</t>
+          <t>Yalnızca Umutsuzların Hatrı İçin Bize Umut Verilmiştir-Walter Benjamin</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786254413353</t>
+          <t>9786256051928</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Son Günah</t>
+          <t>Birkaç Küçük Sır Dayanıklılığın İnşası</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786254410642</t>
+          <t>9786256051836</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Zohar’ın Temel Öğretisi</t>
+          <t>Kolestrol Gerçeği Sorular ve Hasta Hikayeleri İle</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786254412592</t>
+          <t>9786256608344</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kendi Masalımın Kahramanıyım</t>
+          <t>Hepimiz Narsistiz</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786254412189</t>
+          <t>9693110000711</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Yeniden Anlama</t>
+          <t>Mesud Topal Felsefe Seti</t>
         </is>
       </c>
       <c r="C1303" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786254414121</t>
+          <t>9786254416859</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Kadın İsterse Asla Yenilmez</t>
+          <t>Rüyaya Uyananlar</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786053119517</t>
+          <t>9786254416415</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>İki Mermi Bir Hayat</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786053118480</t>
+          <t>9786053116899</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>İstediğin Bir Şey Olursa Bir Hayır Olmazsa Bin Hayır Ara</t>
+          <t>Ay Ritüelleri</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786053116806</t>
+          <t>9786053115793</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte İle Sanat</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>780</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786053118596</t>
+          <t>9786053115649</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat 2</t>
+          <t>10'lar Konseyi</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>780</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053117063</t>
+          <t>9786053115779</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Unutma Mutlu Bir Hayat Çok Az Şeye Bağlıdır</t>
+          <t>Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786053114659</t>
+          <t>9786059913256</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Zehirli İlişkiler</t>
+          <t>Vertraue Ohne Zweifel Auf Allah</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786053117292</t>
+          <t>9786054994526</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Zihinden Maddeye</t>
+          <t>Aşkın İstilası Yol</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053117322</t>
+          <t>9786053112723</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Sen Beni Aşağılayabilirsin Ama Ben Aşağılanmam</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786256051942</t>
+          <t>9786053111504</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizlik</t>
+          <t>Nedensiz</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786256051935</t>
+          <t>9786053114536</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Çağların Sorumluluğu</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786256051843</t>
+          <t>9786053114147</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Rotası</t>
+          <t>İsrael - Nil'den Fırat'a Devlet Oyunları</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786256051874</t>
+          <t>9786053112051</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Beynimizdeki Gizli Düşman: Stres</t>
+          <t>Küçük Prens (Küçük Prens Çıkartması Hediyeli)</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786256051805</t>
+          <t>9786053111160</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yaka Sendikası</t>
+          <t>Bu Rol Senin</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786256051898</t>
+          <t>9786053112730</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Magnet Modeli</t>
+          <t>Makam Odası - Linç</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786256051904</t>
+          <t>9786053112365</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kişi Gürültü Çıkaran Değil, Sessizce Konuşup Sorunları Tanımlayarak Çözebilen Kişidir</t>
+          <t>Hollywood Sineması ve Bilinçaltı Operasyonları</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9696211111423</t>
+          <t>9786053111900</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar Serisi Kutulu 5 Kitap</t>
+          <t>Metropol Dervişi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786256051867</t>
+          <t>9786053110385</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Uyanış ve Tuzakları</t>
+          <t>Altın Kitabın Sırları</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786256051812</t>
+          <t>9786059913379</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Dinle Ney’den Tasavvuf Sohbetleri</t>
+          <t>İnsanoğlu Ayağa Kalk</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786256051829</t>
+          <t>9786254410796</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>İşgalci Anneler</t>
+          <t>Hayatın Senin Elinde</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786256051881</t>
+          <t>9786254412608</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Neredesin – Carl Gustav Jung</t>
+          <t>Çocuğum Üstün Zekalı mı?</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786256051782</t>
+          <t>9786254413902</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Zerzevan’ın Gölgesinde</t>
+          <t>Psikoloji Diyor ki: Özgürlük, Kendini Doğru İfade Etmeyi Başaranlarındır</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786256051768</t>
+          <t>9786254413681</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>İş’te Beyin</t>
+          <t>Bereket Sende</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786256051775</t>
+          <t>9786254413360</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Taocu Sevişme Sırları</t>
+          <t>Kur’an ve Diğer Dinler</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786256051713</t>
+          <t>9786053117605</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Budist Enneagramı</t>
+          <t>Duygusal Açlık</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786256051720</t>
+          <t>9786254413353</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Bir Hayat</t>
+          <t>Son Günah</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786254418976</t>
+          <t>9786254410642</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yedi - Ruhun ve Varoluşun Büyük Yasaları</t>
+          <t>Zohar’ın Temel Öğretisi</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786256051584</t>
+          <t>9786254412592</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Kahve İçmeye Gelir misin?</t>
+          <t>Kendi Masalımın Kahramanıyım</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786256051591</t>
+          <t>9786254412189</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Ses Kaydı</t>
+          <t>İslam'ı Yeniden Anlama</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786256051621</t>
+          <t>9786254414121</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>El Alem Ne Der?</t>
+          <t>Kadın İsterse Asla Yenilmez</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786256051614</t>
+          <t>9786053119517</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Bekaret Engeli</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786256051607</t>
+          <t>9786053118480</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Affedebilecek misin?</t>
+          <t>İstediğin Bir Şey Olursa Bir Hayır Olmazsa Bin Hayır Ara</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786256051638</t>
+          <t>9786053116806</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçi Kıyamet</t>
+          <t>Umberto Arte İle Sanat</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786256051744</t>
+          <t>9786053118596</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Moda Psikolojisi</t>
+          <t>Umberto Arte ile Sanat 2</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>160</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786254411885</t>
+          <t>9786053117063</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Gitmeli Miyim Kalmalı Mıyım</t>
+          <t>Unutma Mutlu Bir Hayat Çok Az Şeye Bağlıdır</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786256051669</t>
+          <t>9786053114659</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Kokoro - İyi Yaşanmış Bir Hayat İçin Japon Bilgeliği</t>
+          <t>Zehirli İlişkiler</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786256051577</t>
+          <t>9786053117292</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sözün Sivri Ucu</t>
+          <t>Zihinden Maddeye</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786256051652</t>
+          <t>9786053117322</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Wabi Sabi - Bir Japon Öğretisi Olarak Kusurdaki Bilgelik</t>
+          <t>Sen Beni Aşağılayabilirsin Ama Ben Aşağılanmam</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053114208</t>
+          <t>9786256051942</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Geçecek mi?</t>
+          <t>Öğrenilmiş Çaresizlik</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786256051560</t>
+          <t>9786256051935</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığın Karanlık Lordu</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786256051553</t>
+          <t>9786256051843</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>En Çok Anlamak Yoruyor Bizi</t>
+          <t>Özgürlüğün Rotası</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786256051522</t>
+          <t>9786256051874</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kendi Üzerinde Samimiyetle Çalışanlar Yeni Bir Mabet İnşa Eder</t>
+          <t>Beynimizdeki Gizli Düşman: Stres</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786256051546</t>
+          <t>9786256051805</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Sırları 2 - Arınma</t>
+          <t>Beyaz Yaka Sendikası</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786256051539</t>
+          <t>9786256051898</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Sırları 1 - Uyanış</t>
+          <t>Magnet Modeli</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786256051492</t>
+          <t>9786256051904</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerin Sırtındaki Hançer: Siyonizm</t>
+          <t>Güçlü Kişi Gürültü Çıkaran Değil, Sessizce Konuşup Sorunları Tanımlayarak Çözebilen Kişidir</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786256051508</t>
+          <t>9696211111423</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Merkür’ün Kadar Konuş Jüpiter’in Kadar İste</t>
+          <t>İtiraflar Serisi Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786256051454</t>
+          <t>9786256051867</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Kadriye Olgar ile Hayatın Şifreleri</t>
+          <t>Uyanış ve Tuzakları</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786256051515</t>
+          <t>9786256051812</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Merak</t>
+          <t>Dinle Ney’den Tasavvuf Sohbetleri</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053114666</t>
+          <t>9786256051829</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Kybalion</t>
+          <t>İşgalci Anneler</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786256051430</t>
+          <t>9786256051881</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Altı Çeşit İlişkide Şifa</t>
+          <t>Ruhum Neredesin – Carl Gustav Jung</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786256051485</t>
+          <t>9786256051782</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>İyileşme</t>
+          <t>Zerzevan’ın Gölgesinde</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786256051164</t>
+          <t>9786256051768</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Ya Diğer Yoldan Gitseydim?</t>
+          <t>İş’te Beyin</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786256051461</t>
+          <t>9786256051775</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Telaşsız Mavi</t>
+          <t>Erkekler İçin Taocu Sevişme Sırları</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786256051195</t>
+          <t>9786256051713</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın ve Sevginin Kritiği</t>
+          <t>Budist Enneagramı</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786256051188</t>
+          <t>9786256051720</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Giyim Terapisti</t>
+          <t>Anlamlı Bir Hayat</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786256051447</t>
+          <t>9786254418976</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Buğra</t>
+          <t>Yetmiş Yedi - Ruhun ve Varoluşun Büyük Yasaları</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786054607167</t>
+          <t>9786256051584</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Cebinde Mucize Yarat</t>
+          <t>Bi’ Kahve İçmeye Gelir misin?</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>430</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786256051010</t>
+          <t>9786256051591</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Budist Olma Arayışı</t>
+          <t>Ses Kaydı</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786256051171</t>
+          <t>9786256051621</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Canavarlar Zamanı</t>
+          <t>El Alem Ne Der?</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786256051201</t>
+          <t>9786256051614</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Hastalıkların Travmaları</t>
+          <t>Bekaret Engeli</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786256051157</t>
+          <t>9786256051607</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Carpe Diem</t>
+          <t>Affedebilecek misin?</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786256608719</t>
+          <t>9786256051638</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>İçebakış</t>
+          <t>Kafamın İçi Kıyamet</t>
         </is>
       </c>
       <c r="C1365" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786256051140</t>
+          <t>9786256051744</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Keşke Beni Anlasaydın</t>
+          <t>Moda Psikolojisi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786256051102</t>
+          <t>9786254411885</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Aşık</t>
+          <t>Gitmeli Miyim Kalmalı Mıyım</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786256051058</t>
+          <t>9786256051669</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Çiseliyor</t>
+          <t>Kokoro - İyi Yaşanmış Bir Hayat İçin Japon Bilgeliği</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786256051133</t>
+          <t>9786256051577</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yarısı Liza</t>
+          <t>Sözün Sivri Ucu</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786256325753</t>
+          <t>9786256051652</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli Şifreleri</t>
+          <t>Wabi Sabi - Bir Japon Öğretisi Olarak Kusurdaki Bilgelik</t>
         </is>
       </c>
       <c r="C1370" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786256325746</t>
+          <t>9786053114208</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Kolay Ayurveda</t>
+          <t>Geçecek mi?</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786256051034</t>
+          <t>9786256051560</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Gizli Kalmış Anıları</t>
+          <t>Aydınlığın Karanlık Lordu</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786256325760</t>
+          <t>9786256051553</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Cadılar</t>
+          <t>En Çok Anlamak Yoruyor Bizi</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786256051096</t>
+          <t>9786256051522</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Gizli Potansiyelimizin Keşfi</t>
+          <t>Kendi Üzerinde Samimiyetle Çalışanlar Yeni Bir Mabet İnşa Eder</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786256051089</t>
+          <t>9786256051546</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Sonbaharı</t>
+          <t>Tasavvufun Sırları 2 - Arınma</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786256051072</t>
+          <t>9786256051539</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimlerle Öğretilmiş Cinsiyet</t>
+          <t>Tasavvufun Sırları 1 - Uyanış</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053112266</t>
+          <t>9786256051492</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomik Kriz ve Yeni Dünya Düzeni</t>
+          <t>Yahudilerin Sırtındaki Hançer: Siyonizm</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786256608801</t>
+          <t>9786256051508</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kapa Çeneni ve İşine Bak Susmak Bilmeyen Bir Dünyada Susmanın Gücü</t>
+          <t>Merkür’ün Kadar Konuş Jüpiter’in Kadar İste</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786256325128</t>
+          <t>9786256051454</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching Evrenle Bir Olmak</t>
+          <t>Kadriye Olgar ile Hayatın Şifreleri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786256051027</t>
+          <t>9786256051515</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Kader Cesurları Sever</t>
+          <t>Merak</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786256051003</t>
+          <t>9786053114666</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben’e Mektuplar</t>
+          <t>Kybalion</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786256325678</t>
+          <t>9786256051430</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Yeniden Yapılandır</t>
+          <t>Altı Çeşit İlişkide Şifa</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786256325777</t>
+          <t>9786256051485</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İyi Olacaksın</t>
+          <t>İyileşme</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786256325739</t>
+          <t>9786256051164</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>E.L.M.A. - Kendi Hayatını Yaşama Rehberi ve Ötesi</t>
+          <t>Ya Diğer Yoldan Gitseydim?</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786256325555</t>
+          <t>9786256051461</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>NLP - Bırak Sihir Dokunsun Hayatına</t>
+          <t>Telaşsız Mavi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786256325654</t>
+          <t>9786256051195</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Ne Günah İşlediysek Yarı Yarıya</t>
+          <t>Var Olmanın ve Sevginin Kritiği</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786256325647</t>
+          <t>9786256051188</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Sefalet Çağı</t>
+          <t>Giyim Terapisti</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786256325623</t>
+          <t>9786256051447</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Suriye Dosyası</t>
+          <t>Buğra</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786256325630</t>
+          <t>9786054607167</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Olan</t>
+          <t>Cebinde Mucize Yarat</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786256608603</t>
+          <t>9786256051010</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet</t>
+          <t>Bir Köpeğin Budist Olma Arayışı</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786256608627</t>
+          <t>9786256051171</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engelli ve Otizmli Bireylere Olumlu Davranışsal Destek</t>
+          <t>Şimdi Canavarlar Zamanı</t>
         </is>
       </c>
       <c r="C1391" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786256608849</t>
+          <t>9786256051201</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Terapi Serisi - Romantik Kıskançlık</t>
+          <t>A'dan Z'ye Hastalıkların Travmaları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786256325616</t>
+          <t>9786256051157</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>O Kişi</t>
+          <t>Carpe Diem</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786256325104</t>
+          <t>9786256608719</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Efendisi - Tolkien</t>
+          <t>İçebakış</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786256608733</t>
+          <t>9786256051140</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Kirlendik</t>
+          <t>Keşke Beni Anlasaydın</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786256608788</t>
+          <t>9786256051102</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>İhtiyacı Kadar Sev</t>
+          <t>Aşık</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786256608795</t>
+          <t>9786256051058</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Son Gemi</t>
+          <t>Yağmur Çiseliyor</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786256608665</t>
+          <t>9786256051133</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kaynana Devrimi</t>
+          <t>Yüreğimin Yarısı Liza</t>
         </is>
       </c>
       <c r="C1398" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786256608764</t>
+          <t>9786256325753</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Elifin Yolculuğu</t>
+          <t>Yaşamın Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786256608559</t>
+          <t>9786256325746</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar ve Sefiller</t>
+          <t>Kolay Ayurveda</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786256608757</t>
+          <t>9786256051034</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Yetişkinler İçin Yoga Oyunları</t>
+          <t>Atatürk’ün Gizli Kalmış Anıları</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786256608740</t>
+          <t>9786256325760</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Hikayeden Adamlar</t>
+          <t>Postmodern Cadılar</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786256608771</t>
+          <t>9786256051096</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Romantik Hareket Engellenemez</t>
+          <t>Gizli Potansiyelimizin Keşfi</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053111092</t>
+          <t>9786256051089</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Prova Odası</t>
+          <t>Bir Ömrün Sonbaharı</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053116509</t>
+          <t>9786256051072</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sana Ne Anlatıyor</t>
+          <t>Atasözleri ve Deyimlerle Öğretilmiş Cinsiyet</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786254411991</t>
+          <t>9786053112266</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Küresel Ekonomik Kriz ve Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>980</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786256608641</t>
+          <t>9786256608801</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Sarayı'nın İçki Defteri</t>
+          <t>Kapa Çeneni ve İşine Bak Susmak Bilmeyen Bir Dünyada Susmanın Gücü</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786256608672</t>
+          <t>9786256325128</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Mahrem İçinde Mahrem</t>
+          <t>Tao Te Ching Evrenle Bir Olmak</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786256608696</t>
+          <t>9786256051027</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Ne Kaldı Bizden Geriye</t>
+          <t>Rezonans Kader Cesurları Sever</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786256608689</t>
+          <t>9786256051003</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin Bütününe Ancak Sezgi Yoluyla Ulaşırız</t>
+          <t>İçimdeki Ben’e Mektuplar</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786256608573</t>
+          <t>9786256325678</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Kendine Akan Nehir</t>
+          <t>Zihnini Yeniden Yapılandır</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786256608658</t>
+          <t>9786256325777</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Kadın Çemberi</t>
+          <t>İyi Olacaksın</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786256608610</t>
+          <t>9786256325739</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Ayıp Şeyler</t>
+          <t>E.L.M.A. - Kendi Hayatını Yaşama Rehberi ve Ötesi</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786256608511</t>
+          <t>9786256325555</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Rüyalar</t>
+          <t>NLP - Bırak Sihir Dokunsun Hayatına</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786256608634</t>
+          <t>9786256325654</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Yeniden İnşası</t>
+          <t>Ne Günah İşlediysek Yarı Yarıya</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786256608542</t>
+          <t>9786256325647</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Lazarus</t>
+          <t>Sefalet Çağı</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786256608580</t>
+          <t>9786256325623</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Türk Naziler</t>
+          <t>Suriye Dosyası</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786256608535</t>
+          <t>9786256325630</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kere Düşer İnsan</t>
+          <t>Kalbimde Olan</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786256608528</t>
+          <t>9786256608603</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Yumruk Sıkkını</t>
+          <t>Aidiyet</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786256608498</t>
+          <t>9786256608627</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Fobi</t>
+          <t>Zihinsel Engelli ve Otizmli Bireylere Olumlu Davranışsal Destek</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786256608467</t>
+          <t>9786256608849</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Duyusuzlar</t>
+          <t>Kendi Kendine Terapi Serisi - Romantik Kıskançlık</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786256608191</t>
+          <t>9786256325616</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Hayatın Tadını Çıkarabilmek</t>
+          <t>O Kişi</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786256608443</t>
+          <t>9786256325104</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Hayallerin Efendisi - Tolkien</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786256608481</t>
+          <t>9786256608733</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasasının Mucizeleri</t>
+          <t>Kirlendik</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786256608450</t>
+          <t>9786256608788</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Kurgu ile Gerçeğin Aşkı</t>
+          <t>İhtiyacı Kadar Sev</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786256608405</t>
+          <t>9786256608795</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Çin Astrolojisi</t>
+          <t>İzmir’de Son Gemi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786256608245</t>
+          <t>9786256608665</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Siyonist Kehanetler</t>
+          <t>Gelin Kaynana Devrimi</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786256608375</t>
+          <t>9786256608764</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çileğin Sırrı</t>
+          <t>Elifin Yolculuğu</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786256608429</t>
+          <t>9786256608559</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Özgürlüğe Giden Yolu</t>
+          <t>Kahramanlar ve Sefiller</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786256608412</t>
+          <t>9786256608757</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ruh İzi</t>
+          <t>Çocuklar ve Yetişkinler İçin Yoga Oyunları</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786256608436</t>
+          <t>9786256608740</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik</t>
+          <t>Hikayeden Adamlar</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9693110001985</t>
+          <t>9786256608771</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Esra Ezmeci Defter Hediyeli Kitap Seti - 2 Kitap Takım</t>
+          <t>Romantik Hareket Engellenemez</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786256608306</t>
+          <t>9786053111092</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Ateş, Su, Toprak</t>
+          <t>Prova Odası</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786256608382</t>
+          <t>9786053116509</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Saçın Yüzüne Değse</t>
+          <t>Hayat Sana Ne Anlatıyor</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786256608221</t>
+          <t>9786254411991</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Artık Kendin İçin</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>280</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786256608320</t>
+          <t>9786256608641</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Borçlusun</t>
+          <t>Yıldız Sarayı'nın İçki Defteri</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786256608399</t>
+          <t>9786256608672</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İsrail Politikası</t>
+          <t>Mahrem İçinde Mahrem</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786256608351</t>
+          <t>9786256608696</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Miyon Dolarlık Sözler</t>
+          <t>Ne Kaldı Bizden Geriye</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786256608276</t>
+          <t>9786256608689</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Haykırış</t>
+          <t>Gerçekliğin Bütününe Ancak Sezgi Yoluyla Ulaşırız</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786256608337</t>
+          <t>9786256608573</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Cüret</t>
+          <t>Kendine Akan Nehir</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786256608313</t>
+          <t>9786256608658</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Manifest Günlüğü</t>
+          <t>Şamanın Kadın Çemberi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>720</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786256608290</t>
+          <t>9786256608610</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>İyi Oluş Günlüğü</t>
+          <t>Ayıp Şeyler</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786256608238</t>
+          <t>9786256608511</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Frekanslı Şifa</t>
+          <t>Gölgesiz Rüyalar</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786256608269</t>
+          <t>9786256608634</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Reçeli</t>
+          <t>Bilincin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786256608252</t>
+          <t>9786256608542</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Senin Olan Seni Bulur</t>
+          <t>Lazarus</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786256608283</t>
+          <t>9786256608580</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Karma Astroloji ve Ezoterizm Işığında 2024</t>
+          <t>Türk Naziler</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786256608214</t>
+          <t>9786256608535</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Pi Cemiyeti ve Yalnız Bir Radyo Hikayesi</t>
+          <t>Kaç Kere Düşer İnsan</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786256608177</t>
+          <t>9786256608528</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Sorunu ve Değerler</t>
+          <t>Yumruk Sıkkını</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786254419867</t>
+          <t>9786256608498</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>İncinmişsin</t>
+          <t>Sosyal Fobi</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786256608207</t>
+          <t>9786256608467</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçebilmenin Işığında 365 Gün</t>
+          <t>Duyusuzlar</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786256608160</t>
+          <t>9786256608191</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tanrısı</t>
+          <t>Tek Başına Hayatın Tadını Çıkarabilmek</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786256608184</t>
+          <t>9786256608443</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Sırları</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786256608146</t>
+          <t>9786256608481</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Muatio</t>
+          <t>Çekim Yasasının Mucizeleri</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786256608085</t>
+          <t>9786256608450</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Ne İstersen Değil Neysen Onu Çekersin</t>
+          <t>Kurgu ile Gerçeğin Aşkı</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786256608092</t>
+          <t>9786256608405</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Hayata Katma Okulu</t>
+          <t>Çin Astrolojisi</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786256608122</t>
+          <t>9786256608245</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Uzun İlişkilerin Sırrı</t>
+          <t>Siyonist Kehanetler</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786256608139</t>
+          <t>9786256608375</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dokuz</t>
+          <t>Mavi Çileğin Sırrı</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786256608023</t>
+          <t>9786256608429</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Düş Uykunun Bekçisidir-Sigmund Freud</t>
+          <t>Şamanın Özgürlüğe Giden Yolu</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786256608108</t>
+          <t>9786256608412</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Bab-ül Aşk</t>
+          <t>Sırtımdaki Ruh İzi</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786256608054</t>
+          <t>9786256608436</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Bilgisi Terimleri Sözlüğü</t>
+          <t>Hiçlik</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786256608047</t>
+          <t>9693110001985</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Nutrigenetik</t>
+          <t>Esra Ezmeci Defter Hediyeli Kitap Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786254419836</t>
+          <t>9786256608306</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Budizm’e Göre İnsan Olma Potansiyeli</t>
+          <t>Ateş, Su, Toprak</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786254419638</t>
+          <t>9786256608382</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanına Linç</t>
+          <t>Saçın Yüzüne Değse</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786256608016</t>
+          <t>9786256608221</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Peloton Liderliği</t>
+          <t>Artık Kendin İçin</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786256608009</t>
+          <t>9786256608320</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>İşte Hastane</t>
+          <t>Kendi Kendine Borçlusun</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786256608030</t>
+          <t>9786256608399</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Değerlerle Türk Tarihi</t>
+          <t>Türkiye’nin İsrail Politikası</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786254419997</t>
+          <t>9786256608351</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Hareketin Felsefesi</t>
+          <t>Miyon Dolarlık Sözler</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9693110002272</t>
+          <t>9786256608276</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>2024 Cumhuriyet Takvimi</t>
+          <t>Sessiz Haykırış</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786254419980</t>
+          <t>9786256608337</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Duaların Kayıp Sırları</t>
+          <t>Cüret</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786254419973</t>
+          <t>9786256608313</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da ve Osmanlı’da Cadılık</t>
+          <t>Manifest Günlüğü</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>220</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786254419959</t>
+          <t>9786256608290</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>7 Çeşit Evet</t>
+          <t>İyi Oluş Günlüğü</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786254419928</t>
+          <t>9786256608238</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Empat - Kendi Kendine Terapi Serisi</t>
+          <t>Yüksek Frekanslı Şifa</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786254419942</t>
+          <t>9786256608269</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kalemi - Falih Rıfkı Atay</t>
+          <t>Kerpiç Reçeli</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786254419911</t>
+          <t>9786256608252</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>2001 Arı Kovanı</t>
+          <t>Senin Olan Seni Bulur</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786254419935</t>
+          <t>9786256608283</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Karma ve Hak Ediş</t>
+          <t>Karma Astroloji ve Ezoterizm Işığında 2024</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786254419898</t>
+          <t>9786256608214</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya Krallığı</t>
+          <t>Pi Cemiyeti ve Yalnız Bir Radyo Hikayesi</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786254419904</t>
+          <t>9786256608177</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Beni İncitemezsin</t>
+          <t>Aydınlanma Sorunu ve Değerler</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786254419843</t>
+          <t>9786254419867</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Yanılsama Olduğu Unutulan Yanılsamadır</t>
+          <t>İncinmişsin</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786254419812</t>
+          <t>9786256608207</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Kutunun Dışında Düşünmek</t>
+          <t>Vazgeçebilmenin Işığında 365 Gün</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786254419874</t>
+          <t>9786256608160</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Güç Kazanma Sanatı</t>
+          <t>Atatürk’ün Tanrısı</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786254419850</t>
+          <t>9786256608184</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Kendini Tamamlamak İster</t>
+          <t>İstihbarat Sırları</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786254419782</t>
+          <t>9786256608146</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizesi Titreşimler ve Frekanslar</t>
+          <t>Muatio</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786254419881</t>
+          <t>9786256608085</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Ne Oldu?</t>
+          <t>Ne İstersen Değil Neysen Onu Çekersin</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786254419805</t>
+          <t>9786256608092</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Teorisi</t>
+          <t>Hayalini Hayata Katma Okulu</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786254419768</t>
+          <t>9786256608122</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dön</t>
+          <t>Uzun İlişkilerin Sırrı</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786254419799</t>
+          <t>9786256608139</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Hatırladın mı Beni?</t>
+          <t>Kırk Dokuz</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786254419713</t>
+          <t>9786256608023</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Kimse Gitmemiş Gibi</t>
+          <t>Düş Uykunun Bekçisidir-Sigmund Freud</t>
         </is>
       </c>
       <c r="C1487" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786254419775</t>
+          <t>9786256608108</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Bab-ül Aşk</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786254419751</t>
+          <t>9786256608054</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Zor değil</t>
+          <t>Gelecek Bilgisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786254419744</t>
+          <t>9786256608047</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Sebebi Sende Gizli</t>
+          <t>Nutrigenetik</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786254419720</t>
+          <t>9786254419836</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>İlhamdan Doğan Kader</t>
+          <t>Budizm’e Göre İnsan Olma Potansiyeli</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786254419737</t>
+          <t>9786254419638</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Günlük Mucizelerin Küçük Kursu</t>
+          <t>Belediye Başkanına Linç</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786254419690</t>
+          <t>9786256608016</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sandığın Kadar Değil, Yandığın Kadardır</t>
+          <t>Peloton Liderliği</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786254419553</t>
+          <t>9786256608009</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmeden önce Deneyin - Ernest Hemingway</t>
+          <t>İşte Hastane</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786254419683</t>
+          <t>9786256608030</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Kalem Yazmaz ki Kitapta Bulasın</t>
+          <t>Değerlerle Türk Tarihi</t>
         </is>
       </c>
       <c r="C1495" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786254419676</t>
+          <t>9786254419997</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Ceket</t>
+          <t>Hareketin Felsefesi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786254419706</t>
+          <t>9693110002272</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Mesaj – Novus II</t>
+          <t>2024 Cumhuriyet Takvimi</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786254419621</t>
+          <t>9786254419980</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat V</t>
+          <t>Duaların Kayıp Sırları</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>780</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786254419645</t>
+          <t>9786254419973</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Kenarındaki Salıncaklar</t>
+          <t>Avrupa’da ve Osmanlı’da Cadılık</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786254419669</t>
+          <t>9786254419959</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Anahtarı Sende Saklı</t>
+          <t>7 Çeşit Evet</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786254419539</t>
+          <t>9786254419928</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Demografik İşgal</t>
+          <t>Karanlık Empat - Kendi Kendine Terapi Serisi</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786254419591</t>
+          <t>9786254419942</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Türk Hitler</t>
+          <t>Atatürk’ün Kalemi - Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786254419584</t>
+          <t>9786254419911</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Rızası Yok</t>
+          <t>2001 Arı Kovanı</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786254419607</t>
+          <t>9786254419935</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Rıza</t>
+          <t>İlişkiler Karma ve Hak Ediş</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786254419614</t>
+          <t>9786254419898</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Darbeye - Siyasi Anılar</t>
+          <t>Gizli Dünya Krallığı</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786254419546</t>
+          <t>9786254419904</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mavi Hayat</t>
+          <t>Beni İncitemezsin</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786254419560</t>
+          <t>9786254419843</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Efendisi</t>
+          <t>Gerçeklik Yanılsama Olduğu Unutulan Yanılsamadır</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786254419577</t>
+          <t>9786254419812</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Berberi</t>
+          <t>Kutunun Dışında Düşünmek</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786254419522</t>
+          <t>9786254419874</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Dökülür Gecelerimden</t>
+          <t>Güç Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786254419317</t>
+          <t>9786254419850</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Yaşamaktır Hayat</t>
+          <t>Her İnsan Kendini Tamamlamak İster</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786254419515</t>
+          <t>9786254419782</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Hipertansiyon Korkulacak Bir Hastalık Değildir</t>
+          <t>Hayatın Mucizesi Titreşimler ve Frekanslar</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786254419508</t>
+          <t>9786254419881</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Algı Operasyonu ve Psikolojik Savaş</t>
+          <t>Dün Gece Ne Oldu?</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786254419430</t>
+          <t>9786254419805</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Işık Sensin</t>
+          <t>İstihbarat Teorisi</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786254419133</t>
+          <t>9786254419768</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Enerji Savaşları - Türkiye Neresinde?</t>
+          <t>Umuda Dön</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786254419447</t>
+          <t>9786254419799</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
+          <t>Hatırladın mı Beni?</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786254419454</t>
+          <t>9786254419713</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hipnoz</t>
+          <t>Kimse Gitmemiş Gibi</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786254419324</t>
+          <t>9786254419775</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Diriliyor</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786254419126</t>
+          <t>9786254419751</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>San - Hiçbir Şey İmkansız Değildir</t>
+          <t>Zor değil</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786254419348</t>
+          <t>9786254419744</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Annelerinin Kaderini mi Yaşar</t>
+          <t>Sebebi Sende Gizli</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786254419355</t>
+          <t>9786254419720</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çengi - Bir Cahide Sonku Romanı</t>
+          <t>İlhamdan Doğan Kader</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786254419331</t>
+          <t>9786254419737</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin Anne?</t>
+          <t>Günlük Mucizelerin Küçük Kursu</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786254418655</t>
+          <t>9786254419690</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Beter - La Vie</t>
+          <t>Aşk Sandığın Kadar Değil, Yandığın Kadardır</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786254419270</t>
+          <t>9786254419553</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Öte Alem</t>
+          <t>Vazgeçmeden önce Deneyin - Ernest Hemingway</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786254419287</t>
+          <t>9786254419683</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kalbindeki Ejder</t>
+          <t>Aşkı Kalem Yazmaz ki Kitapta Bulasın</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786254419294</t>
+          <t>9786254419676</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Hekate Bize Ne Mesaj Veriyor-Tanrıların Çağrısı</t>
+          <t>Kanlı Ceket</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786254419300</t>
+          <t>9786254419706</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Delirmiş Evrenin Ortasında</t>
+          <t>Mesaj – Novus II</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786254419171</t>
+          <t>9786254419621</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Yegane Terapi Yaşamın Kendisidir - Otto Rank</t>
+          <t>Umberto Arte ile Sanat V</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>160</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786254419256</t>
+          <t>9786254419645</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat</t>
+          <t>Uçurum Kenarındaki Salıncaklar</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786254419263</t>
+          <t>9786254419669</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Ancak Ben Olduğumda Gerçektir - Gurdjieff</t>
+          <t>Ruhun Anahtarı Sende Saklı</t>
         </is>
       </c>
       <c r="C1529" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786254419157</t>
+          <t>9786254419539</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Anlar İçin Ev Yapımı Mucizeler</t>
+          <t>Demografik İşgal</t>
         </is>
       </c>
       <c r="C1530" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786254419249</t>
+          <t>9786254419591</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Parmenides - Nereden Başladığımın Bir Önemi Yok, Çünkü Geri Döneceğim Oraya</t>
+          <t>Türk Hitler</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786254419188</t>
+          <t>9786254419584</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Genetik Terörü</t>
+          <t>Rızası Yok</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786254419119</t>
+          <t>9786254419607</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Sen Varsan Ben Varım</t>
+          <t>Rıza</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786254419034</t>
+          <t>9786254419614</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Darbeden Darbeye - Siyasi Anılar</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>490</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786254419195</t>
+          <t>9786254419546</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Güneş Özümü Alıyor</t>
+          <t>Yeşil Mavi Hayat</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786254419072</t>
+          <t>9786254419560</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyden Her Şey Mümkündür</t>
+          <t>Duyguların Efendisi</t>
         </is>
       </c>
       <c r="C1536" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786254419140</t>
+          <t>9786254419577</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Haarp</t>
+          <t>Atatürk’ün Berberi</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786254419089</t>
+          <t>9786254419522</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Deruni Devlet</t>
+          <t>Yıldızlar Dökülür Gecelerimden</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786254419041</t>
+          <t>9786254419317</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Leş</t>
+          <t>İnsanca Yaşamaktır Hayat</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786254419096</t>
+          <t>9786254419515</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Aslan Avı</t>
+          <t>Hipertansiyon Korkulacak Bir Hastalık Değildir</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786254418297</t>
+          <t>9786254419508</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Viyolonsel</t>
+          <t>Algı Operasyonu ve Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786254417986</t>
+          <t>9786254419430</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Terörü</t>
+          <t>Yoldaki Işık Sensin</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786254419027</t>
+          <t>9786254419133</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Zaman Geçer Sesler Kalır</t>
+          <t>Yeni Dünya Düzeninde Enerji Savaşları - Türkiye Neresinde?</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786254419003</t>
+          <t>9786254419447</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Seyyar Hikaye Satıcısı</t>
+          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786254419010</t>
+          <t>9786254419454</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Mutluysan Kimseyle Derdin Olmaz</t>
+          <t>Küresel Hipnoz</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786254418969</t>
+          <t>9786254419324</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Veranda Sohbetleri - Allah Yarına Bırakır Yanına Bırakmaz</t>
+          <t>Atatürk Diriliyor</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786254418983</t>
+          <t>9786254419126</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Değer mi?</t>
+          <t>San - Hiçbir Şey İmkansız Değildir</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786254418532</t>
+          <t>9786254419348</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Küçük Antika Dükkanı</t>
+          <t>Kızlar Annelerinin Kaderini mi Yaşar</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786254418938</t>
+          <t>9786254419355</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Sır Sahibine Verilir</t>
+          <t>Kızıl Çengi - Bir Cahide Sonku Romanı</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786254418914</t>
+          <t>9786254419331</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Korkmayın Çünkü Ben Sizinleyim</t>
+          <t>Beni Neden Sevmedin Anne?</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786254418891</t>
+          <t>9786254418655</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Sende Bulan Senindir Ötesi Misafir</t>
+          <t>Ölümden Beter - La Vie</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786254418747</t>
+          <t>9786254419270</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Budizm ve Sinirbilim</t>
+          <t>Öte Alem</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786258360271</t>
+          <t>9786254419287</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Yılan Balığı</t>
+          <t>İstanbul’un Kalbindeki Ejder</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786254418877</t>
+          <t>9786254419294</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Düşünme - Gerçekliğe Aşkın bir Düşünme Biçimi</t>
+          <t>Hekate Bize Ne Mesaj Veriyor-Tanrıların Çağrısı</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786254418907</t>
+          <t>9786254419300</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Hocalı Katliamı Günlerinde Aşk - Azerbaycan Maralı</t>
+          <t>Delirmiş Evrenin Ortasında</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786254418884</t>
+          <t>9786254419171</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Hayatına Değer Kat</t>
+          <t>Yegane Terapi Yaşamın Kendisidir - Otto Rank</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786254418860</t>
+          <t>9786254419256</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie-Hayatın Ortasında Ölümün İçindeyiz</t>
+          <t>İstihbarat</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786254418846</t>
+          <t>9786254419263</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Dante Alighieri - Her Karanlık, Şafağın Tohumlarını İçinde Taşır</t>
+          <t>Hayat, Ancak Ben Olduğumda Gerçektir - Gurdjieff</t>
         </is>
       </c>
       <c r="C1558" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786254418839</t>
+          <t>9786254419157</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Stanley Kubrick - Estetiğin ve Sembollerin Gizemli Yönetmeni</t>
+          <t>Olağanüstü Anlar İçin Ev Yapımı Mucizeler</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786254418792</t>
+          <t>9786254419249</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Erdemliler Cemiyeti Hılfü’l-fudül</t>
+          <t>Parmenides - Nereden Başladığımın Bir Önemi Yok, Çünkü Geri Döneceğim Oraya</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786254418730</t>
+          <t>9786254419188</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Demokraasi Yalanları ve Seçimler</t>
+          <t>Sosyal Genetik Terörü</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786254418563</t>
+          <t>9786254419119</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Avcıların Üç Günü</t>
+          <t>Sen Varsan Ben Varım</t>
         </is>
       </c>
       <c r="C1562" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786254418440</t>
+          <t>9786254419034</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendinin Gardiyanı Olma</t>
+          <t>Masumiyet</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786254418754</t>
+          <t>9786254419195</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Kendi Peşimde</t>
+          <t>Güneş Özümü Alıyor</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786254418723</t>
+          <t>9786254419072</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bir İlişki Kişisel Özgürlükle Başlar</t>
+          <t>Hiçbir Şeyden Her Şey Mümkündür</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786254418679</t>
+          <t>9786254419140</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>The Symposium</t>
+          <t>Haarp</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786254418686</t>
+          <t>9786254419089</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Tam Zamanı</t>
+          <t>Deruni Devlet</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786254418716</t>
+          <t>9786254419041</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet Meselesi</t>
+          <t>Leş</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786254418631</t>
+          <t>9786254419096</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Rota Hesaplanıyor</t>
+          <t>Aslan Avı</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786254418648</t>
+          <t>9786254418297</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemin Sırlarıyım</t>
+          <t>Viyolonsel</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786254418662</t>
+          <t>9786254417986</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kod Adı: Mustafa Şerif</t>
+          <t>Eğitim Terörü</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786254418709</t>
+          <t>9786254419027</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Zaman Geçer Sesler Kalır</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786254418518</t>
+          <t>9786254419003</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Servet Enerjini Aktive Et</t>
+          <t>Seyyar Hikaye Satıcısı</t>
         </is>
       </c>
       <c r="C1573" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786254418549</t>
+          <t>9786254419010</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon Ekonomisi</t>
+          <t>Kendinle Mutluysan Kimseyle Derdin Olmaz</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786254418624</t>
+          <t>9786254418969</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Kartopu</t>
+          <t>Veranda Sohbetleri - Allah Yarına Bırakır Yanına Bırakmaz</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786254418617</t>
+          <t>9786254418983</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Gökler Konuşuyor - Hakikat Portalı 1. Kitap</t>
+          <t>Değer mi?</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786254418600</t>
+          <t>9786254418532</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Yalnız Bir Sultan II. Abdülhamid Han</t>
+          <t>Küçük Antika Dükkanı</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786254418594</t>
+          <t>9786254418938</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>İntihar Ormanı</t>
+          <t>Sır Sahibine Verilir</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053117001</t>
+          <t>9786254418914</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Descartes - Gerçeği Arayan Her Şeyden Kuşku Duymalıdır</t>
+          <t>Korkmayın Çünkü Ben Sizinleyim</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786254418556</t>
+          <t>9786254418891</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Adguk Öğretisi</t>
+          <t>Mutluluğu Sende Bulan Senindir Ötesi Misafir</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786254418570</t>
+          <t>9786254418747</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendime Yeterim</t>
+          <t>Budizm ve Sinirbilim</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786254418525</t>
+          <t>9786258360271</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Perizat</t>
+          <t>Yılan Balığı</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786254418587</t>
+          <t>9786254418877</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kilidini Kaldır</t>
+          <t>Simgesel Düşünme - Gerçekliğe Aşkın bir Düşünme Biçimi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786254418358</t>
+          <t>9786254418907</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren - Eskimeden Yenilenmeyi Bilen Başarır</t>
+          <t>Hocalı Katliamı Günlerinde Aşk - Azerbaycan Maralı</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786254418402</t>
+          <t>9786254418884</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Yatıyorum Bir Şey Diyor musun?</t>
+          <t>Hayatına Değer Kat</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786254418396</t>
+          <t>9786254418860</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>İdeal Şirket Yolculuğu</t>
+          <t>Agatha Christie-Hayatın Ortasında Ölümün İçindeyiz</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786254418327</t>
+          <t>9786254418846</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Mar</t>
+          <t>Dante Alighieri - Her Karanlık, Şafağın Tohumlarını İçinde Taşır</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786254418341</t>
+          <t>9786254418839</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Heidegger – Ben Fırlatılmış Olanaktır</t>
+          <t>Stanley Kubrick - Estetiğin ve Sembollerin Gizemli Yönetmeni</t>
         </is>
       </c>
       <c r="C1588" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786254418273</t>
+          <t>9786254418792</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji ve Teknoloji Terörü</t>
+          <t>Erdemliler Cemiyeti Hılfü’l-fudül</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786254418365</t>
+          <t>9786254418730</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Çağrısı - Dionysos</t>
+          <t>Demokraasi Yalanları ve Seçimler</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786254418372</t>
+          <t>9786254418563</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Bana Sarılır mısın?</t>
+          <t>Avcıların Üç Günü</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9693110001497</t>
+          <t>9786254418440</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Psikoloji 3 Kitap Set Defter Hediyeli</t>
+          <t>Kendi Kendinin Gardiyanı Olma</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>790</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786254418310</t>
+          <t>9786254418754</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuyla Çocukluğunu İyileştiren Anne Babalar</t>
+          <t>Kendi Peşimde</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786254418211</t>
+          <t>9786254418723</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Utanmaz</t>
+          <t>Sağlıklı Bir İlişki Kişisel Özgürlükle Başlar</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786254418150</t>
+          <t>9786254418679</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>İskenderiyeli Philo Judaeus - Tanrı’nın Bilgisine Ulaşmak Mutluluğun Kendisidir</t>
+          <t>The Symposium</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786254418167</t>
+          <t>9786254418686</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Sadık Hidâyet - Hayat Baştan Sona Kıssadır</t>
+          <t>Şimdi Tam Zamanı</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786254418143</t>
+          <t>9786254418716</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Ya Doğru Bildiğimiz Her Şey Yanlışsa</t>
+          <t>Zihniyet Meselesi</t>
         </is>
       </c>
       <c r="C1597" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786254418099</t>
+          <t>9786254418631</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Yiyin Efendiler</t>
+          <t>Rota Hesaplanıyor</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786254418044</t>
+          <t>9786254418648</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Utanç</t>
+          <t>Ben Annemin Sırlarıyım</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786254418051</t>
+          <t>9786254418662</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı mısın Kurban mı?</t>
+          <t>Atatürk’ün Kod Adı: Mustafa Şerif</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786254418112</t>
+          <t>9786254418709</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Köklerimiz Mirasımızdır</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786254418136</t>
+          <t>9786254418518</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Katra</t>
+          <t>Servet Enerjini Aktive Et</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786254418068</t>
+          <t>9786254418549</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Herkes İhanet Eder Sevdiğine</t>
+          <t>İllüzyon Ekonomisi</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786254417979</t>
+          <t>9786254418624</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İman Esasları ve Kader Sorunu</t>
+          <t>Şirin ve Kartopu</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786254417962</t>
+          <t>9786254418617</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 6</t>
+          <t>Gökler Konuşuyor - Hakikat Portalı 1. Kitap</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786254417993</t>
+          <t>9786254418600</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Yavaşça Acele Et</t>
+          <t>Yıldız’da Yalnız Bir Sultan II. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786254417955</t>
+          <t>9786254418594</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 5</t>
+          <t>İntihar Ormanı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786254417948</t>
+          <t>9786053117001</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 4</t>
+          <t>Descartes - Gerçeği Arayan Her Şeyden Kuşku Duymalıdır</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786254418020</t>
+          <t>9786254418556</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Vampir Vakası</t>
+          <t>Adguk Öğretisi</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786254417931</t>
+          <t>9786254418570</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Ben Kendime Yeterim</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786254418006</t>
+          <t>9786254418525</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Münafık</t>
+          <t>Perizat</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786254418013</t>
+          <t>9786254418587</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Ademelması</t>
+          <t>Mucize Kilidini Kaldır</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786254417917</t>
+          <t>9786254418358</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yaşam Akış Yaşantısından Doğar</t>
+          <t>Zeki Müren - Eskimeden Yenilenmeyi Bilen Başarır</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786254417924</t>
+          <t>9786254418402</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Herkes Saklar Yarasını</t>
+          <t>Yatıyorum Bir Şey Diyor musun?</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786254417887</t>
+          <t>9786254418396</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Bedenim</t>
+          <t>İdeal Şirket Yolculuğu</t>
         </is>
       </c>
       <c r="C1615" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786254417894</t>
+          <t>9786254418327</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kapı İçeriden Açılır</t>
+          <t>Şah-ı Mar</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786254417863</t>
+          <t>9786254418341</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan - Her Anlama Bir Yanlış Anlamadır</t>
+          <t>Heidegger – Ben Fırlatılmış Olanaktır</t>
         </is>
       </c>
       <c r="C1617" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786254417832</t>
+          <t>9786254418273</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Anne O Bizden Biri</t>
+          <t>Biyoloji ve Teknoloji Terörü</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786254417726</t>
+          <t>9786254418365</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Dünya Evi</t>
+          <t>Tanrıların Çağrısı - Dionysos</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786254417870</t>
+          <t>9786254418372</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Beni Çağırmış</t>
+          <t>Bana Sarılır mısın?</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053119982</t>
+          <t>9693110001497</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Creator Of Luxurious Life</t>
+          <t>Müthiş Psikoloji 3 Kitap Set Defter Hediyeli</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>850</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786054771684</t>
+          <t>9786254418310</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilen Rabb’ini Bilir</t>
+          <t>Çocuğuyla Çocukluğunu İyileştiren Anne Babalar</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786254417849</t>
+          <t>9786254418211</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Kendine Değer Katabilmek</t>
+          <t>Utanmaz</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786254417856</t>
+          <t>9786254418150</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Rehberindir</t>
+          <t>İskenderiyeli Philo Judaeus - Tanrı’nın Bilgisine Ulaşmak Mutluluğun Kendisidir</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786254417733</t>
+          <t>9786254418167</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>İşportadan Kırmızı Halıya</t>
+          <t>Sadık Hidâyet - Hayat Baştan Sona Kıssadır</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786254417825</t>
+          <t>9786254418143</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Doktoru</t>
+          <t>Ya Doğru Bildiğimiz Her Şey Yanlışsa</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786254417771</t>
+          <t>9786254418099</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Torbayla Bir Ömür</t>
+          <t>Yiyin Efendiler</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786254417719</t>
+          <t>9786254418044</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Uzak</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786254417689</t>
+          <t>9786254418051</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Unutulamayanın Tutsaklığında</t>
+          <t>Kurtarıcı mısın Kurban mı?</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786254417627</t>
+          <t>9786254418112</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Adı: Bebek</t>
+          <t>Köklerimiz Mirasımızdır</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786254417641</t>
+          <t>9786254418136</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Marcel Proust - Akıp Gider, Uzun Sürmez Mutluluğu Kötülerin</t>
+          <t>Katra</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786254417658</t>
+          <t>9786254418068</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Öldü, Kral Çıplak Mı?</t>
+          <t>Herkes İhanet Eder Sevdiğine</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786254417634</t>
+          <t>9786254417979</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Hayat İlerlemek Kadar Geride Bırakabilmektir</t>
+          <t>Kur’an’da İman Esasları ve Kader Sorunu</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786254417672</t>
+          <t>9786254417962</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Üç Hali</t>
+          <t>Kur’an’a Göre Araştırmalar 6</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786254417665</t>
+          <t>9786254417993</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Bırak Olduğu Gibi Gelsin Hayat</t>
+          <t>Yavaşça Acele Et</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786254417757</t>
+          <t>9786254417955</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>The Code of Destiny</t>
+          <t>Kur’an’a Göre Araştırmalar 5</t>
         </is>
       </c>
       <c r="C1636" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786254417696</t>
+          <t>9786254417948</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Karanlık Yüzü</t>
+          <t>Kur’an’a Göre Araştırmalar 4</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786254417702</t>
+          <t>9786254418020</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Dünya Okulunda Ruhun Devrimi</t>
+          <t>Osmanlı’da Bir Vampir Vakası</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786254417764</t>
+          <t>9786254417931</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçilmez Olmanın Sırrı</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786254417610</t>
+          <t>9786254418006</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Ne Su Aynı Artık Ne de Sen</t>
+          <t>Münafık</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786254417559</t>
+          <t>9786254418013</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Sır Muhafızı Barış Manço 2023</t>
+          <t>Ademelması</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786254417573</t>
+          <t>9786254417917</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Ev</t>
+          <t>Mutlu Bir Yaşam Akış Yaşantısından Doğar</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786254417580</t>
+          <t>9786254417924</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Herkes Saklar Yarasını</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786254417597</t>
+          <t>9786254417887</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kadının Başucu Kitabı</t>
+          <t>Bedenim</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786254417429</t>
+          <t>9786254417894</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bir Seyahattir</t>
+          <t>Kapı İçeriden Açılır</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786254417436</t>
+          <t>9786254417863</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Devrimi Kadınlar Yapar - Atatürk’ün Öncü Kadınları</t>
+          <t>Jacques Lacan - Her Anlama Bir Yanlış Anlamadır</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786254417474</t>
+          <t>9786254417832</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Tapınakçılar - Gizli Savaş: Komplo Değil Gerçek</t>
+          <t>Anne O Bizden Biri</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786254417467</t>
+          <t>9786254417726</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Sorgu Odasında Apo</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786254417375</t>
+          <t>9786254417870</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar İçin Dharma</t>
+          <t>Tanrı Beni Çağırmış</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786254417290</t>
+          <t>9786053119982</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>İçinizde Ne Varsa Dışarıda da Onu Görürsünüz</t>
+          <t>Creator Of Luxurious Life</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786254417382</t>
+          <t>9786054771684</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Kendini Bilen Rabb’ini Bilir</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786254417337</t>
+          <t>9786254417849</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Bu Tariflerle Gebe Kalınır</t>
+          <t>Kendine Değer Katabilmek</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786254417399</t>
+          <t>9786254417856</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Soyun</t>
+          <t>Kalbin Rehberindir</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786254417115</t>
+          <t>9786254417733</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Olasılıklar Arasında</t>
+          <t>İşportadan Kırmızı Halıya</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786254416248</t>
+          <t>9786254417825</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Onu Nasıl Mutlu Edersin</t>
+          <t>Çiçek Doktoru</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786254416989</t>
+          <t>9786254417771</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles / Hayatı Bir Şölen Sofrası Gibi Bırakmalı, Ne Susuz Ne de Sarhoş</t>
+          <t>Torbayla Bir Ömür</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786254416965</t>
+          <t>9786254417719</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Uğur Mumcu'dan Sonra Rabıta</t>
+          <t>Dünyadan Uzak</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786254416972</t>
+          <t>9786254417689</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzleşme</t>
+          <t>Unutulamayanın Tutsaklığında</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786254416811</t>
+          <t>9786254417627</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Daha Fazlasını İste</t>
+          <t>Mucizenin Adı: Bebek</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786254416897</t>
+          <t>9786254417641</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Varım! Ama Neden?</t>
+          <t>Marcel Proust - Akıp Gider, Uzun Sürmez Mutluluğu Kötülerin</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786254416828</t>
+          <t>9786254417658</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Yalana Sarılır</t>
+          <t>Kraliçe Öldü, Kral Çıplak Mı?</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786254416927</t>
+          <t>9786254417634</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Hani Ayrılıklar da Sevdaya Dahildi?</t>
+          <t>Hayat İlerlemek Kadar Geride Bırakabilmektir</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786254416835</t>
+          <t>9786254417672</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Bakan Hoca</t>
+          <t>Evliliğin Üç Hali</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786254416767</t>
+          <t>9786254417665</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Epictetus - No Man is Free Who is Not Master of Himself</t>
+          <t>Bırak Olduğu Gibi Gelsin Hayat</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786254416774</t>
+          <t>9786254417757</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çocuklarınız Sıkılsın!</t>
+          <t>The Code of Destiny</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786254416743</t>
+          <t>9786254417696</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Saray Rejiminin Çöküşü</t>
+          <t>Liderliğin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9693110001268</t>
+          <t>9786254417702</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Bircan Yıldırım Seti - 5 Kitap Takım (Kısmet Defteri Hediyeli)</t>
+          <t>Dünya Okulunda Ruhun Devrimi</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>1560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786254416712</t>
+          <t>9786254417764</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'e Kuşatma</t>
+          <t>Vazgeçilmez Olmanın Sırrı</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786254416446</t>
+          <t>9786254417610</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İnsan</t>
+          <t>Ne Su Aynı Artık Ne de Sen</t>
         </is>
       </c>
       <c r="C1669" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786254416378</t>
+          <t>9786254417559</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Puglia’da Bir Ömür</t>
+          <t>Sır Muhafızı Barış Manço 2023</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786254416361</t>
+          <t>9786254417573</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Rüzgarlı Ev</t>
         </is>
       </c>
       <c r="C1671" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786254416323</t>
+          <t>9786254417580</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Acı ile Başlar</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786254416316</t>
+          <t>9786254417597</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Nasılsın?</t>
+          <t>Akıllı Kadının Başucu Kitabı</t>
         </is>
       </c>
       <c r="C1673" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786254415654</t>
+          <t>9786254417429</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Irk</t>
+          <t>Yaşam Bir Seyahattir</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053119838</t>
+          <t>9786254417436</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Ters Kanatlı Şahin</t>
+          <t>Devrimi Kadınlar Yapar - Atatürk’ün Öncü Kadınları</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786254417009</t>
+          <t>9786254417474</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gizli Şifreleri</t>
+          <t>Kim Bu Tapınakçılar - Gizli Savaş: Komplo Değil Gerçek</t>
         </is>
       </c>
       <c r="C1676" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786254417320</t>
+          <t>9786254417467</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Kadın Orgazmı</t>
+          <t>Sorgu Odasında Apo</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786254417313</t>
+          <t>9786254417375</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Cicero - Kimse Erdem Olmadan Mutlu Olamaz</t>
+          <t>Zor Zamanlar İçin Dharma</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786254417191</t>
+          <t>9786254417290</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hakkında Acı Gerçekler</t>
+          <t>İçinizde Ne Varsa Dışarıda da Onu Görürsünüz</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786254417283</t>
+          <t>9786254417382</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Thales - Her Şeyin Yok Olduğu Anda Bile Bir Ümit Vardır</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786254417221</t>
+          <t>9786254417337</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Şifa</t>
+          <t>Bu Tariflerle Gebe Kalınır</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786254417023</t>
+          <t>9786254417399</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Kod 2023</t>
+          <t>Benim İçin Soyun</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786254417146</t>
+          <t>9786254417115</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>O Dediğin Masallarda Olur Canım</t>
+          <t>Olasılıklar Arasında</t>
         </is>
       </c>
       <c r="C1683" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786254417108</t>
+          <t>9786254416248</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Vaktini Bekler</t>
+          <t>Onu Nasıl Mutlu Edersin</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786254416736</t>
+          <t>9786254416989</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bulutları</t>
+          <t>Aristoteles / Hayatı Bir Şölen Sofrası Gibi Bırakmalı, Ne Susuz Ne de Sarhoş</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786254416408</t>
+          <t>9786254416965</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dişil</t>
+          <t>Uğur Mumcu'dan Sonra Rabıta</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786254416705</t>
+          <t>9786254416972</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Göründüğün Kadar Varsın</t>
+          <t>Son Yüzleşme</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786254416286</t>
+          <t>9786254416811</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Seni Yoran Her Şeyi Bırak</t>
+          <t>Hayattan Daha Fazlasını İste</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786254416699</t>
+          <t>9786254416897</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Melek Terörist Fahişe</t>
+          <t>Varım! Ama Neden?</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786254416392</t>
+          <t>9786254416828</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Sonrası Yaşamın Kılavuzu</t>
+          <t>Denize Düşen Yalana Sarılır</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786254416668</t>
+          <t>9786254416927</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katilleri ve O Doktor</t>
+          <t>Hani Ayrılıklar da Sevdaya Dahildi?</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786254415616</t>
+          <t>9786254416835</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>İki Cihanın Bekçisi</t>
+          <t>Bakan Hoca</t>
         </is>
       </c>
       <c r="C1692" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786254416385</t>
+          <t>9786254416767</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Kant: Üstümde Yıldızlı Gökyüzü İçimde Ahlak Yasası</t>
+          <t>Epictetus - No Man is Free Who is Not Master of Himself</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786254416354</t>
+          <t>9786254416774</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Yemek Düşmanın Değildir</t>
+          <t>Bırakın Çocuklarınız Sıkılsın!</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786254416224</t>
+          <t>9786254416743</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Saray Rejiminin Çöküşü</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786254416293</t>
+          <t>9693110001268</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Plotinus - Her İçe Yönelme Aynı Zamanda Tanrı’ya Yönelmedir</t>
+          <t>Bircan Yıldırım Seti - 5 Kitap Takım (Kısmet Defteri Hediyeli)</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>160</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786254416279</t>
+          <t>9786254416712</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Terapi</t>
+          <t>Atatürk ve Cumhuriyet'e Kuşatma</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786254416231</t>
+          <t>9786254416446</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Psikoterapi</t>
+          <t>Kayıp İnsan</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786254416217</t>
+          <t>9786254416378</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Akılcı Yaşam Terapisi</t>
+          <t>Puglia’da Bir Ömür</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>320</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786254416255</t>
+          <t>9786254416361</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat IV</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>780</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786254415395</t>
+          <t>9786254416323</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Yaşam Çemberi</t>
+          <t>Uyanış Acı ile Başlar</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786254416170</t>
+          <t>9786254416316</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>İktisada Yeniden Giriş</t>
+          <t>Gerçekten Nasılsın?</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786254416156</t>
+          <t>9786254415654</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmediğin Sürece Zorluklar Geçicidir</t>
+          <t>Altıncı Irk</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786254415999</t>
+          <t>9786053119838</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sen - Arınmanın ve Nefsi Yönetmenin Yolları</t>
+          <t>Ters Kanatlı Şahin</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786254416125</t>
+          <t>9786254417009</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Dinin Dindarla Sınavı</t>
+          <t>Bilinçaltının Gizli Şifreleri</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786254416132</t>
+          <t>9786254417320</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Anılarınla Barışırsan Özgürleşirsin</t>
+          <t>Kadın Orgazmı</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786254415883</t>
+          <t>9786254417313</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Rosa Luxemburg - Vardım, Varım, Var Olacağım!</t>
+          <t>Cicero - Kimse Erdem Olmadan Mutlu Olamaz</t>
         </is>
       </c>
       <c r="C1707" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786254415890</t>
+          <t>9786254417191</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X - Benim Olan Tek Şey Günahlarımdır</t>
+          <t>Tatlı Hakkında Acı Gerçekler</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786254415869</t>
+          <t>9786254417283</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Anti Kanser Yaşam ve Beslenme</t>
+          <t>Thales - Her Şeyin Yok Olduğu Anda Bile Bir Ümit Vardır</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786254415739</t>
+          <t>9786254417221</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Masum Cinayetler</t>
+          <t>Ezoterik Şifa</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786254415906</t>
+          <t>9786254417023</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Asil Kan</t>
+          <t>Kod 2023</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786254415623</t>
+          <t>9786254417146</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sabrı - Faili Meşhur 90'lar!</t>
+          <t>O Dediğin Masallarda Olur Canım</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786254415661</t>
+          <t>9786254417108</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Beden Benim Karar Benim</t>
+          <t>Her Şey Vaktini Bekler</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786254415678</t>
+          <t>9786254416736</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Jean - Jacques Rousseau - İnsan Özgür Doğmuştur Ama Her Yerde Zincire Vurulmuştur</t>
+          <t>Yaz Bulutları</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786254415609</t>
+          <t>9786254416408</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Arthur Rimbaud Ateşi Çalan Şair</t>
+          <t>Yeni Dişil</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786254415807</t>
+          <t>9786254416705</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Paçayı Kaptırmama Sanatı</t>
+          <t>Göründüğün Kadar Varsın</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786254415715</t>
+          <t>9786254416286</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Onlar Düşünsün</t>
+          <t>Seni Yoran Her Şeyi Bırak</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786254415708</t>
+          <t>9786254416699</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sessize Alma Vakti</t>
+          <t>Melek Terörist Fahişe</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053115274</t>
+          <t>9786254416392</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Uyanış Sonrası Yaşamın Kılavuzu</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786254415845</t>
+          <t>9786254416668</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Karıncalar</t>
+          <t>Atatürk’ün Katilleri ve O Doktor</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786254415562</t>
+          <t>9786254415616</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Sürdürme Sanatı</t>
+          <t>İki Cihanın Bekçisi</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786254415593</t>
+          <t>9786254416385</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Nelson Mandela/Seçimleriniz Korkularınızı Değil Umutlarınızı Yansıtsın</t>
+          <t>Kant: Üstümde Yıldızlı Gökyüzü İçimde Ahlak Yasası</t>
         </is>
       </c>
       <c r="C1722" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786254415586</t>
+          <t>9786254416354</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kaldırımdaki Adam</t>
+          <t>Yemek Düşmanın Değildir</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786254415555</t>
+          <t>9786254416224</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786254415418</t>
+          <t>9786254416293</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Sırlarımız Kadar Hastayız</t>
+          <t>Plotinus - Her İçe Yönelme Aynı Zamanda Tanrı’ya Yönelmedir</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786254415401</t>
+          <t>9786254416279</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Yasası</t>
+          <t>Mevlana Terapi</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786254415142</t>
+          <t>9786254416231</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam - Kader Çarkı</t>
+          <t>Felsefe ve Psikoterapi</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786254415364</t>
+          <t>9786254416217</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Bennet Olmak</t>
+          <t>Akılcı Yaşam Terapisi</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786254415333</t>
+          <t>9786254416255</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Yalın ve Yansız</t>
+          <t>Umberto Arte ile Sanat IV</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>240</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786254415388</t>
+          <t>9786254415395</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Aşktan Şifalı Aşka</t>
+          <t>Şamanın Yaşam Çemberi</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786254415326</t>
+          <t>9786254416170</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Işığın Şifa Yolu</t>
+          <t>İktisada Yeniden Giriş</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786254415265</t>
+          <t>9786254416156</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Zenon - Mutluluk Hayatın Dirençsiz Akışıdır</t>
+          <t>Vazgeçmediğin Sürece Zorluklar Geçicidir</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786254415258</t>
+          <t>9786254415999</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Doğan Güç</t>
+          <t>Yeniden Sen - Arınmanın ve Nefsi Yönetmenin Yolları</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786254415302</t>
+          <t>9786254416125</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Bestedir</t>
+          <t>Dinin Dindarla Sınavı</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786254415241</t>
+          <t>9786254416132</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Anılarınla Barışırsan Özgürleşirsin</t>
         </is>
       </c>
       <c r="C1735" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786254415173</t>
+          <t>9786254415883</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Sen Yola Çık Yol Sana Görünür</t>
+          <t>Rosa Luxemburg - Vardım, Varım, Var Olacağım!</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786254415135</t>
+          <t>9786254415890</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Büyük Tiyatro</t>
+          <t>Malcolm X - Benim Olan Tek Şey Günahlarımdır</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786254415159</t>
+          <t>9786254415869</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Kusur İmzadır Kusursuzluk Bir Yalan!</t>
+          <t>Anti Kanser Yaşam ve Beslenme</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786254415098</t>
+          <t>9786254415739</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Karmik Astroloji ve Ezoterizm Işığında 2022</t>
+          <t>Masum Cinayetler</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786254415067</t>
+          <t>9786254415906</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Projesi</t>
+          <t>Asil Kan</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786254415050</t>
+          <t>9786254415623</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Benedictus de Spinoza - Hakikat Kendisinin Ölçüsüdür</t>
+          <t>Zamanın Sabrı - Faili Meşhur 90'lar!</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786254414879</t>
+          <t>9786254415661</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Niyet Ettim!</t>
+          <t>Beden Benim Karar Benim</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786254415074</t>
+          <t>9786254415678</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Jean - Jacques Rousseau - İnsan Özgür Doğmuştur Ama Her Yerde Zincire Vurulmuştur</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786254414862</t>
+          <t>9786254415609</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Mars ve Venüs'ün Ötesinde</t>
+          <t>Arthur Rimbaud Ateşi Çalan Şair</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786254414794</t>
+          <t>9786254415807</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Görebilmek</t>
+          <t>Paçayı Kaptırmama Sanatı</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786254414824</t>
+          <t>9786254415715</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer: Mutlu Bir Hayat Olanaksızdır İnsanın Başarabileceği En İyi Şey Kahramanca Bir Hayat</t>
+          <t>Şimdi Onlar Düşünsün</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786254414817</t>
+          <t>9786254415708</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Peygamberliği Ve Siyasetiyle Hz. Muhammed</t>
+          <t>Hayatı Sessize Alma Vakti</t>
         </is>
       </c>
       <c r="C1747" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786254414831</t>
+          <t>9786053115274</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Bu İşler İnce İşler</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786254414855</t>
+          <t>9786254415845</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>İz Bıraktığın Kadar Varsın</t>
+          <t>Kafamdaki Karıncalar</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786254414770</t>
+          <t>9786254415562</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tenhaları</t>
+          <t>Sevgiyi Sürdürme Sanatı</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786254414527</t>
+          <t>9786254415593</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Gözlerinde Kaldım</t>
+          <t>Nelson Mandela/Seçimleriniz Korkularınızı Değil Umutlarınızı Yansıtsın</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786254414497</t>
+          <t>9786254415586</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Terapiste Gittiğinde</t>
+          <t>Karşı Kaldırımdaki Adam</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786254414428</t>
+          <t>9786254415555</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Geleceksen</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C1753" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786254414404</t>
+          <t>9786254415418</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Charles Bukowski - Pis Moruk Diriliyor</t>
+          <t>Sırlarımız Kadar Hastayız</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786254414411</t>
+          <t>9786254415401</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Ağırlıksız</t>
+          <t>Zenginlik Yasası</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786254414183</t>
+          <t>9786254415142</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Selam Söyle O Günlere</t>
+          <t>Ömer Hayyam - Kader Çarkı</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786254414190</t>
+          <t>9786254415364</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Dünya Döner Renkler Kalır</t>
+          <t>Elizabeth Bennet Olmak</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>510</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786254414152</t>
+          <t>9786254415333</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Astroloji</t>
+          <t>Yalın ve Yansız</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786254414046</t>
+          <t>9786254415388</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Ne İçin Varsan Onun İçin Yaşa</t>
+          <t>Zehirli Aşktan Şifalı Aşka</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786254414176</t>
+          <t>9786254415326</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Olanı Arayabilmek</t>
+          <t>Işığın Şifa Yolu</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786254414138</t>
+          <t>9786254415265</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Yüreğiyle Konuşanlar</t>
+          <t>Kıbrıslı Zenon - Mutluluk Hayatın Dirençsiz Akışıdır</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786254414169</t>
+          <t>9786254415258</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Metin Kurt Devrim Atağında Yalnız Bir Futbolcu</t>
+          <t>İçimizden Doğan Güç</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786254414084</t>
+          <t>9786254415302</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Tarot</t>
+          <t>Her İnsan Bir Bestedir</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786254414060</t>
+          <t>9786254415241</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Edebiyat</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C1764" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786254414077</t>
+          <t>9786254415173</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köy</t>
+          <t>Sen Yola Çık Yol Sana Görünür</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786254414008</t>
+          <t>9786254415135</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımda Hala Sıcaklığın Var</t>
+          <t>Ortadoğu'da Büyük Tiyatro</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786254414107</t>
+          <t>9786254415159</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Şinto - Şinto’nun Yolu Doğanın Kalbine Gider</t>
+          <t>Kusur İmzadır Kusursuzluk Bir Yalan!</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786254413988</t>
+          <t>9786254415098</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Dağı Aş</t>
+          <t>Karmik Astroloji ve Ezoterizm Işığında 2022</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786254414039</t>
+          <t>9786254415067</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Var</t>
+          <t>Özgürlük Projesi</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786254413926</t>
+          <t>9786254415050</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Ustalıkla Pişer Hayat</t>
+          <t>Benedictus de Spinoza - Hakikat Kendisinin Ölçüsüdür</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786254413995</t>
+          <t>9786254414879</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Bir Başkadır Diplomatların Dünyası</t>
+          <t>Niyet Ettim!</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786254413889</t>
+          <t>9786254415074</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>B.aşk.a</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786254413438</t>
+          <t>9786254414862</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Sınıfı</t>
+          <t>Mars ve Venüs'ün Ötesinde</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786254413872</t>
+          <t>9786254414794</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden Olmak</t>
+          <t>Görünmeyeni Görebilmek</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786254413896</t>
+          <t>9786254414824</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Gücüne Gelsin</t>
+          <t>Schopenhauer: Mutlu Bir Hayat Olanaksızdır İnsanın Başarabileceği En İyi Şey Kahramanca Bir Hayat</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>68</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786254411250</t>
+          <t>9786254414817</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Hafif Sakin</t>
+          <t>Peygamberliği Ve Siyasetiyle Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786254413841</t>
+          <t>9786254414831</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Elealı Zenon - Hiç Olmazsa Bir Kere İtiraz Et, Başka Bir Fikir Söyle de İki Kişi Olduğumuzu Anlayayım</t>
+          <t>Bu İşler İnce İşler</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786254413827</t>
+          <t>9786254414855</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Bu Noktaya Nasıl Geldik?</t>
+          <t>İz Bıraktığın Kadar Varsın</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786254413384</t>
+          <t>9786254414770</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim Neresi</t>
+          <t>İnsan Tenhaları</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786254412684</t>
+          <t>9786254414527</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığı Beslemek</t>
+          <t>Üzüm Gözlerinde Kaldım</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786254413674</t>
+          <t>9786254414497</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Lenin’den Atatürk’e Mühürlü Vagon</t>
+          <t>Şeytan Terapiste Gittiğinde</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786254413339</t>
+          <t>9786254414428</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Anti Enflamatuar Beslenme Rehberi</t>
+          <t>Geleceksen</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786254413414</t>
+          <t>9786254414404</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Çıldırmadan Önce Son Çıkış Sayı 2 (Temmuz-Ağustos-Eylül)</t>
+          <t>Charles Bukowski - Pis Moruk Diriliyor</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786254413421</t>
+          <t>9786254414411</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Sınırdakiler</t>
+          <t>Ağırlıksız</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786254413322</t>
+          <t>9786254414183</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Nefes Ses Hareket ve Kutsal Dönüşüm</t>
+          <t>Selam Söyle O Günlere</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786254413407</t>
+          <t>9786254414190</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Köle Devrimci Sultangaliyev</t>
+          <t>Dünya Döner Renkler Kalır</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786254413377</t>
+          <t>9786254414152</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Bilim Bizi Kandırıyor mu?</t>
+          <t>Ezoterik Astroloji</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786254413346</t>
+          <t>9786254414046</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Boethius - Şimdi Biliyorum Hastalığınızın Ana Nedenini, Siz Gerçek Doğanızı Unuttunuz</t>
+          <t>Ne İçin Varsan Onun İçin Yaşa</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786254413308</t>
+          <t>9786254414176</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>"Su"Yun Yolculuğu</t>
+          <t>Kutsal Olanı Arayabilmek</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786254412981</t>
+          <t>9786254414138</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sakinlik İster</t>
+          <t>Yüreğiyle Konuşanlar</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786254412837</t>
+          <t>9786254414169</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Empedokles</t>
+          <t>Metin Kurt Devrim Atağında Yalnız Bir Futbolcu</t>
         </is>
       </c>
       <c r="C1791" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786254412714</t>
+          <t>9786254414084</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Lou Salome</t>
+          <t>Ezoterik Tarot</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786254412691</t>
+          <t>9786254414060</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Adil Bölüşüm</t>
+          <t>Ezoterik Edebiyat</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786254412677</t>
+          <t>9786254414077</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu</t>
+          <t>Karanlık Köy</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786254412653</t>
+          <t>9786254414008</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin</t>
+          <t>Avuçlarımda Hala Sıcaklığın Var</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786254412622</t>
+          <t>9786254414107</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>J. D. Salinger - Ben Bu Dünyadayım Ama Bu Dünyadan Değilim</t>
+          <t>Şinto - Şinto’nun Yolu Doğanın Kalbine Gider</t>
         </is>
       </c>
       <c r="C1796" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786254412547</t>
+          <t>9786254413988</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt - Bende Olan Ne Varsa Sizin Elinizde de Gizli</t>
+          <t>İçindeki Dağı Aş</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786254412400</t>
+          <t>9786254414039</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'ndan Ortadoğu Projesi'ne İslam İmparatorluğu</t>
+          <t>Hikayesi Var</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786254412301</t>
+          <t>9786254413926</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklar Üzerine Oynanan Oyunlar</t>
+          <t>Ustalıkla Pişer Hayat</t>
         </is>
       </c>
       <c r="C1799" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786254412479</t>
+          <t>9786254413995</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlerin Masum Olmayan Seyahatleri</t>
+          <t>Bir Başkadır Diplomatların Dünyası</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786254412516</t>
+          <t>9786254413889</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Şehit ve Hain</t>
+          <t>B.aşk.a</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786254412455</t>
+          <t>9786254413438</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Thomas More - Bir Gün Filozoflar Kral Ya Da Krallar Filozof Olursa İnsanlık O Zaman Mutluluğa Kavuşur</t>
+          <t>Ustalar Sınıfı</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786254412462</t>
+          <t>9786254413872</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Rabb’in Duana Cevap Verecek ve Sen de Hoşnut Olacaksın</t>
+          <t>Martin Eden Olmak</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786254412325</t>
+          <t>9786254413896</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Bir Yahudi Casus - Josef Nasi</t>
+          <t>Gücüne Gelsin</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>520</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786254412370</t>
+          <t>9786254411250</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Salı Ertesi</t>
+          <t>Yavaş Hafif Sakin</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786254412288</t>
+          <t>9786254413841</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Elealı Zenon - Hiç Olmazsa Bir Kere İtiraz Et, Başka Bir Fikir Söyle de İki Kişi Olduğumuzu Anlayayım</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786254412349</t>
+          <t>9786254413827</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Neslin Son Savaşı - Uyanış</t>
+          <t>Bu Noktaya Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786254412202</t>
+          <t>9786254413384</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Umberto Arte ile Sanat 3</t>
+          <t>Benim Evim Neresi</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786254412226</t>
+          <t>9786254412684</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Sezginin Sonsuzluğu</t>
+          <t>Bağışıklığı Beslemek</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786254412196</t>
+          <t>9786254413674</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Vladimiroviç Mayakovski - Hiçbir Şey Silemez Aşkı</t>
+          <t>Lenin’den Atatürk’e Mühürlü Vagon</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786254412165</t>
+          <t>9786254413339</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ile Karahindiba</t>
+          <t>Anti Enflamatuar Beslenme Rehberi</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786254412141</t>
+          <t>9786254413414</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler</t>
+          <t>Çıldırmadan Önce Son Çıkış Sayı 2 (Temmuz-Ağustos-Eylül)</t>
         </is>
       </c>
       <c r="C1812" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786254412158</t>
+          <t>9786254413421</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Yaptığın İşi Gönlünde Hissedersen Irmaklar Çağlar İçinde</t>
+          <t>Sınırdakiler</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786254411984</t>
+          <t>9786254413322</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>How Did We End Up Here?</t>
+          <t>Nefes Ses Hareket ve Kutsal Dönüşüm</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>88</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786254411212</t>
+          <t>9786254413407</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Gönlünü Dinle Ama Her İstediğini Verme</t>
+          <t>Köle Devrimci Sultangaliyev</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786254412011</t>
+          <t>9786254413377</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bilim Bizi Kandırıyor mu?</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786254412004</t>
+          <t>9786254413346</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Öldüm ve Döndüm</t>
+          <t>Boethius - Şimdi Biliyorum Hastalığınızın Ana Nedenini, Siz Gerçek Doğanızı Unuttunuz</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786254411977</t>
+          <t>9786254413308</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Andy Warhol</t>
+          <t>"Su"Yun Yolculuğu</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786254412028</t>
+          <t>9786254412981</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yaşamak Sakinlik İster</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786254411939</t>
+          <t>9786254412837</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sırrı Ötüken</t>
+          <t>Empedokles</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786254411953</t>
+          <t>9786254412714</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>El Ele</t>
+          <t>Lou Salome</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786254411960</t>
+          <t>9786254412691</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlardan Destek Almanın Gizemli Sanatı</t>
+          <t>Adil Bölüşüm</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786254411915</t>
+          <t>9786254412677</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Aşk Evlilik Sadakatsizlik</t>
+          <t>Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786254411908</t>
+          <t>9786254412653</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig - Bilmek Değil Sadece Hayal Etmek İnsanı Mutlu Kılar</t>
+          <t>Babam İçin</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786254411847</t>
+          <t>9786254412622</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Karnı Tok Ruhu Aç Çocuklar</t>
+          <t>J. D. Salinger - Ben Bu Dünyadayım Ama Bu Dünyadan Değilim</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786254411564</t>
+          <t>9786254412547</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Hipokampüsü Küçük Bir Kadının Anıları</t>
+          <t>Zerdüşt - Bende Olan Ne Varsa Sizin Elinizde de Gizli</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786254411137</t>
+          <t>9786254412400</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>5.0 Önde Başlamak</t>
+          <t>1. Dünya Savaşı'ndan Ortadoğu Projesi'ne İslam İmparatorluğu</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786254411571</t>
+          <t>9786254412301</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Çözün İpleri Sabahın Sahibine Gidiyoruz</t>
+          <t>Kutsal Topraklar Üzerine Oynanan Oyunlar</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786254411410</t>
+          <t>9786254412479</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yabancılaşan İnsan</t>
+          <t>Misyonerlerin Masum Olmayan Seyahatleri</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786254411304</t>
+          <t>9786254412516</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Gün</t>
+          <t>Kahraman Şehit ve Hain</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786254411762</t>
+          <t>9786254412455</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Haysiyet</t>
+          <t>Thomas More - Bir Gün Filozoflar Kral Ya Da Krallar Filozof Olursa İnsanlık O Zaman Mutluluğa Kavuşur</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786254411434</t>
+          <t>9786254412462</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Pythagoras-Tanrı’nın Çocuğu Olan Göklerden Başka Vatan Tanımaz</t>
+          <t>Rabb’in Duana Cevap Verecek ve Sen de Hoşnut Olacaksın</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786254411281</t>
+          <t>9786254412325</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Öngörülemeyenler</t>
+          <t>Osmanlı’da Bir Yahudi Casus - Josef Nasi</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786254411205</t>
+          <t>9786254412370</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten İstiyor Musun?</t>
+          <t>Salı Ertesi</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786254411267</t>
+          <t>9786254412288</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Lefter Küçükandonyadis -Ver Lefter'e Yaz Deftere</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786254410390</t>
+          <t>9786254412349</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Senin Ruhun Bütün Dünyadır</t>
+          <t>Altıncı Neslin Son Savaşı - Uyanış</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786254410765</t>
+          <t>9786254412202</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Umberto Arte ile Sanat 3</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>480</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786254410758</t>
+          <t>9786254412226</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Sezginin Sonsuzluğu</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786254410925</t>
+          <t>9786254412196</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Sultanla Son Dans</t>
+          <t>Vladimir Vladimiroviç Mayakovski - Hiçbir Şey Silemez Aşkı</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786254410789</t>
+          <t>9786254412165</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Anna Freud - Bakire Ölen Bir Anne</t>
+          <t>Rüzgar ile Karahindiba</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786254410901</t>
+          <t>9786254412141</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun - Coğrafya Kaderdir</t>
+          <t>Seçilmişler</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786254410918</t>
+          <t>9786254412158</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Sıcak Erkekler Soğuk Sever</t>
+          <t>Mimar Sinan - Yaptığın İşi Gönlünde Hissedersen Irmaklar Çağlar İçinde</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786254410710</t>
+          <t>9786254411984</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Hayatının Anlamı Kaybettiğin Yerde</t>
+          <t>How Did We End Up Here?</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>190</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053119456</t>
+          <t>9786254411212</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Mana - Ruhun DNA’sı</t>
+          <t>Evliya Çelebi - Gönlünü Dinle Ama Her İstediğini Verme</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786254410482</t>
+          <t>9786254412011</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786254410475</t>
+          <t>9786254412004</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Herkes Saçını Okşayacak Bir Ele İhtiyaç Duyar</t>
+          <t>Öldüm ve Döndüm</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786254410451</t>
+          <t>9786254411977</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Patanjali - Ne Olduğunu Anlamak İstiyorsan Ne Olmadığına Bak</t>
+          <t>Andy Warhol</t>
         </is>
       </c>
       <c r="C1847" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053119814</t>
+          <t>9786254412028</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Rengi Mavidir</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786254410468</t>
+          <t>9786254411939</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayal Nasıl Romana Dönüşür?</t>
+          <t>Atatürk’ün Sırrı Ötüken</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786254410291</t>
+          <t>9786254411953</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Bir Narsisin Gölgesinde On İki Ay</t>
+          <t>El Ele</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786254410338</t>
+          <t>9786254411960</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikle Barışmak Kaygı ve Endişeyi Yönetmek</t>
+          <t>Hayvanlardan Destek Almanın Gizemli Sanatı</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786254410307</t>
+          <t>9786254411915</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar Kitabı</t>
+          <t>Aşk Evlilik Sadakatsizlik</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786254410208</t>
+          <t>9786254411908</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’dan Sonra</t>
+          <t>Stefan Zweig - Bilmek Değil Sadece Hayal Etmek İnsanı Mutlu Kılar</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786254410246</t>
+          <t>9786254411847</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyetsiz</t>
+          <t>Karnı Tok Ruhu Aç Çocuklar</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786254410284</t>
+          <t>9786254411564</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>İlk Acı</t>
+          <t>Hipokampüsü Küçük Bir Kadının Anıları</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053119494</t>
+          <t>9786254411137</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Toprak Mehmet’e Susamışsa</t>
+          <t>5.0 Önde Başlamak</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786254410154</t>
+          <t>9786254411571</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Sıriga’nın Üç Günü</t>
+          <t>Çözün İpleri Sabahın Sahibine Gidiyoruz</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786254410222</t>
+          <t>9786254411410</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Pink Floyd - Kilidi Açamazsan Kır Kapıyı</t>
+          <t>Kendine Yabancılaşan İnsan</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786254410161</t>
+          <t>9786254411304</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Charlie Chaplin - Aşağı Bakarsanız Asla Gökkuşağı Bulamazsınız</t>
+          <t>Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053117841</t>
+          <t>9786254411762</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendimi Hiç Böyle Görmemiştim Senden Önce</t>
+          <t>Haysiyet</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786254410178</t>
+          <t>9786254411434</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme Mucizeler Yolda</t>
+          <t>Pythagoras-Tanrı’nın Çocuğu Olan Göklerden Başka Vatan Tanımaz</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786254410147</t>
+          <t>9786254411281</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Giordano Bruno - Ölümümü Bildirirken Siz Benden Daha Çok Korkuyorsunuz</t>
+          <t>Öngörülemeyenler</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786254410116</t>
+          <t>9786254411205</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Kendini Ertelemekten Vazgeç</t>
+          <t>Gerçekten İstiyor Musun?</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786254410123</t>
+          <t>9786254411267</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Korkusuzca Yaşayabilmek</t>
+          <t>Lefter Küçükandonyadis -Ver Lefter'e Yaz Deftere</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786254410130</t>
+          <t>9786254410390</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi</t>
+          <t>Senin Ruhun Bütün Dünyadır</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786254410062</t>
+          <t>9786254410765</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Olan Cennete Gidemez</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786254410031</t>
+          <t>9786254410758</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Usta-Çırak Sohbetleri: Yeni Bir Sen</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786254410048</t>
+          <t>9786254410925</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Usta-Çırak Sohbetleri: Sağlıklı İlişkiler Geliştirme</t>
+          <t>Sultanla Son Dans</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053117919</t>
+          <t>9786254410789</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Palmiye</t>
+          <t>Anna Freud - Bakire Ölen Bir Anne</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053118299</t>
+          <t>9786254410901</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 2</t>
+          <t>İbni Haldun - Coğrafya Kaderdir</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053118282</t>
+          <t>9786254410918</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Araştırmalar 1</t>
+          <t>Kadınlar Sıcak Erkekler Soğuk Sever</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786254410000</t>
+          <t>9786254410710</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - Başarıda Gururu, Felakette Ümitsizliği Yenmeliyiz</t>
+          <t>Hayatının Anlamı Kaybettiğin Yerde</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786254410017</t>
+          <t>9786053119456</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Bergen - Katiline Aşık Bir Kadın</t>
+          <t>Mana - Ruhun DNA’sı</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053119975</t>
+          <t>9786254410482</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Paracelsus - Sağlıklı Bir Akıl, Efendisinin İradesi Olmadan İçine Girilemeyendir</t>
+          <t>Coco Chanel</t>
         </is>
       </c>
       <c r="C1874" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053119906</t>
+          <t>9786254410475</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Plan Yaparsa</t>
+          <t>Herkes Saçını Okşayacak Bir Ele İhtiyaç Duyar</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053119876</t>
+          <t>9786254410451</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Deneyim</t>
+          <t>Patanjali - Ne Olduğunu Anlamak İstiyorsan Ne Olmadığına Bak</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053119739</t>
+          <t>9786053119814</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İyi Gelir</t>
+          <t>Özgürlüğün Rengi Mavidir</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053119869</t>
+          <t>9786254410468</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kimyası</t>
+          <t>Bir Hayal Nasıl Romana Dönüşür?</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053119883</t>
+          <t>9786254410291</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard - Hayat Çözülecek Bir Problem Değil, Yaşanacak Bir Hakikattir</t>
+          <t>Bir Narsisin Gölgesinde On İki Ay</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053119890</t>
+          <t>9786254410338</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe - Gecenin Kıyısından Gelen Suratsız ve Yaşlı Kuzgun</t>
+          <t>Belirsizlikle Barışmak Kaygı ve Endişeyi Yönetmek</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053119845</t>
+          <t>9786254410307</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Stratejinin Yazılı Kaynakları</t>
+          <t>Oyunlar Kitabı</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053119784</t>
+          <t>9786254410208</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Sürüdeyiz</t>
+          <t>Avrupa’dan Sonra</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053119807</t>
+          <t>9786254410246</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Proklus - Zekanın Verdiği Mutluluğu Ancak Zeka Sahibi Ruhlar Yaşayabilir</t>
+          <t>Mecburiyetsiz</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053119791</t>
+          <t>9786254410284</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - O Kadar Cahilsiniz ki Dininiz Var Diye Ahlaka İhtiyacınız Kalmadığını Sanıyorsunuz</t>
+          <t>İlk Acı</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053119715</t>
+          <t>9786053119494</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Audrey Hepburn - Hiçbir Şey İmkansız Değildir İmkansızlığın İçinde Bile İmkan Vardır</t>
+          <t>Toprak Mehmet’e Susamışsa</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053119722</t>
+          <t>9786254410154</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung - Dışa Bakan Rüya Görür, İçe Bakan Uyanır</t>
+          <t>Sıriga’nın Üç Günü</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053119692</t>
+          <t>9786254410222</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Ayarlama Enstitüsü</t>
+          <t>Pink Floyd - Kilidi Açamazsan Kır Kapıyı</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053119531</t>
+          <t>9786254410161</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Patron</t>
+          <t>Charlie Chaplin - Aşağı Bakarsanız Asla Gökkuşağı Bulamazsınız</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053119357</t>
+          <t>9786053117841</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Her Kalbe Bahar Gelir Ama Bazıları Çiçek Açar</t>
+          <t>Ben Kendimi Hiç Böyle Görmemiştim Senden Önce</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053119470</t>
+          <t>9786254410178</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf - Yaşam Bir Düştür, Uyanmak Bizi Öldürür</t>
+          <t>Pes Etme Mucizeler Yolda</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053119579</t>
+          <t>9786254410147</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ata - Talih Cesaret Edene Güler</t>
+          <t>Giordano Bruno - Ölümümü Bildirirken Siz Benden Daha Çok Korkuyorsunuz</t>
         </is>
       </c>
       <c r="C1891" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053119548</t>
+          <t>9786254410116</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Aşk Var, Düşersen...</t>
+          <t>Kendini Ertelemekten Vazgeç</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053119562</t>
+          <t>9786254410123</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Fernando Pessoa - Kalp Düşünebilseydi Atmaktan Vazgeçerdi</t>
+          <t>Korkusuzca Yaşayabilmek</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053119524</t>
+          <t>9786254410130</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>5. Tim</t>
+          <t>Mutluluk Projesi</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053119555</t>
+          <t>9786254410062</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Yok Etme Planı</t>
+          <t>Mutsuz Olan Cennete Gidemez</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053118640</t>
+          <t>9786254410031</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Kemik Çayı</t>
+          <t>Usta-Çırak Sohbetleri: Yeni Bir Sen</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053119371</t>
+          <t>9786254410048</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Karanlık</t>
+          <t>Usta-Çırak Sohbetleri: Sağlıklı İlişkiler Geliştirme</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053119432</t>
+          <t>9786053117919</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Osho - Her Şeye Sahipsiniz Kendiniz Hariç!</t>
+          <t>Kibirli Palmiye</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053119326</t>
+          <t>9786053118299</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Kurt İzi</t>
+          <t>Kur’an’a Göre Araştırmalar 2</t>
         </is>
       </c>
       <c r="C1899" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053119418</t>
+          <t>9786053118282</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Berraklık Arındırır</t>
+          <t>Kur’an’a Göre Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053119395</t>
+          <t>9786254410000</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Ayet-ul İnsan</t>
+          <t>Mustafa Kemal Atatürk - Başarıda Gururu, Felakette Ümitsizliği Yenmeliyiz</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053119449</t>
+          <t>9786254410017</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Abidin Dino - Ezeli Sürgün</t>
+          <t>Bergen - Katiline Aşık Bir Kadın</t>
         </is>
       </c>
       <c r="C1902" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053117483</t>
+          <t>9786053119975</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>No Encounter Is by Chance</t>
+          <t>Paracelsus - Sağlıklı Bir Akıl, Efendisinin İradesi Olmadan İçine Girilemeyendir</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053119333</t>
+          <t>9786053119906</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>İnsaymun</t>
+          <t>Bir Kadın Plan Yaparsa</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053119388</t>
+          <t>9786053119876</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Diyor ki: Duygularının Kölesi Olmayan Hayatının Efendisi Olur</t>
+          <t>Dönüştüren Deneyim</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053119340</t>
+          <t>9786053119739</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Platon - İnsanın Kendini Yenmesi En Büyük Zaferdir</t>
+          <t>Bir Masal İyi Gelir</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053117452</t>
+          <t>9786053119869</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yasaklanan Kitabı</t>
+          <t>Aşkın Kimyası</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053119203</t>
+          <t>9786053119883</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Latin Çağı</t>
+          <t>Soren Kierkegaard - Hayat Çözülecek Bir Problem Değil, Yaşanacak Bir Hakikattir</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053119173</t>
+          <t>9786053119890</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Binlerce Kilometrelik Bir Yolculuk Bile Tek Bir Adımla Başlar / Lao Tzu</t>
+          <t>Edgar Allan Poe - Gecenin Kıyısından Gelen Suratsız ve Yaşlı Kuzgun</t>
         </is>
       </c>
       <c r="C1909" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053119234</t>
+          <t>9786053119845</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Her Yüce Duruma Aşamaya ve Durağa Cennet Dendiğini Bilesin - Şeyh Bedreddin</t>
+          <t>Stratejinin Yazılı Kaynakları</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053119272</t>
+          <t>9786053119784</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük Kaderin Bilgisinin Vücuda Bürünmesiyle Gelir - Kanada</t>
+          <t>Hepimiz Aynı Sürüdeyiz</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053119289</t>
+          <t>9786053119807</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Küçük Karabalıklar Kurtaracak - Samed Behrengi</t>
+          <t>Proklus - Zekanın Verdiği Mutluluğu Ancak Zeka Sahibi Ruhlar Yaşayabilir</t>
         </is>
       </c>
       <c r="C1912" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053119067</t>
+          <t>9786053119791</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Yürek İşçisi</t>
+          <t>Nikola Tesla - O Kadar Cahilsiniz ki Dininiz Var Diye Ahlaka İhtiyacınız Kalmadığını Sanıyorsunuz</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053118343</t>
+          <t>9786053119715</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Nimm Dir Nicht Alles So Zu Herzen Oh Seele</t>
+          <t>Audrey Hepburn - Hiçbir Şey İmkansız Değildir İmkansızlığın İçinde Bile İmkan Vardır</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053119142</t>
+          <t>9786053119722</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Pegasus</t>
+          <t>Carl Gustav Jung - Dışa Bakan Rüya Görür, İçe Bakan Uyanır</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053119159</t>
+          <t>9786053119692</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Kalpleri Ayarlama Enstitüsü</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786053118664</t>
+          <t>9786053119531</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Tohumu</t>
+          <t>Patron</t>
         </is>
       </c>
       <c r="C1917" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053118756</t>
+          <t>9786053119357</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>En Hüzünlü Eylül</t>
+          <t>Her Kalbe Bahar Gelir Ama Bazıları Çiçek Açar</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053117766-595892</t>
+          <t>9786053119470</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Anıl Öztekin Seti - (5 Kitap Takım)</t>
+          <t>Virginia Woolf - Yaşam Bir Düştür, Uyanmak Bizi Öldürür</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053118886</t>
+          <t>9786053119579</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse Görmek İstemeyen Biri Kadar Kör Olamaz - İbni Sina</t>
+          <t>Şeyh Ata - Talih Cesaret Edene Güler</t>
         </is>
       </c>
       <c r="C1920" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053118862</t>
+          <t>9786053119548</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandi - Sevgi Dünyadaki En İncelikli Güçtür</t>
+          <t>Aşk Var, Düşersen...</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053118657</t>
+          <t>9786053119562</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Salgının Gölgesinde Güç, Kaos ve Gelecek</t>
+          <t>Fernando Pessoa - Kalp Düşünebilseydi Atmaktan Vazgeçerdi</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053118770</t>
+          <t>9786053119524</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum, O Halde Varız</t>
+          <t>5. Tim</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053118244</t>
+          <t>9786053119555</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Tut Elini</t>
+          <t>Yok Etme Planı</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053118619</t>
+          <t>9786053118640</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Doğan Aydınlık - Midhat Paşa</t>
+          <t>Kemik Çayı</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053118602</t>
+          <t>9786053119371</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Kararı Ben Veririm</t>
+          <t>Beyaz Karanlık</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053118466</t>
+          <t>9786053119432</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Savaşmaktan Vazgeçtiğin An Kaybedersin</t>
+          <t>Osho - Her Şeye Sahipsiniz Kendiniz Hariç!</t>
         </is>
       </c>
       <c r="C1927" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053118183</t>
+          <t>9786053119326</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Kum Gibi</t>
+          <t>Kurt İzi</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053118459</t>
+          <t>9786053119418</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>En Kutsal Gözyaşlarımızın Gözlerimize İhtiyacı Yoktur</t>
+          <t>Berraklık Arındırır</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053118473</t>
+          <t>9786053119395</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Kalbinde İyilik Biriktirenin Yolu Hep Açıktır</t>
+          <t>Ayet-ul İnsan</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053118565</t>
+          <t>9786053119449</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişir (Genişletilmiş Özel Baskı)</t>
+          <t>Abidin Dino - Ezeli Sürgün</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053118442</t>
+          <t>9786053117483</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Ben Kazanmadan Bitmez</t>
+          <t>No Encounter Is by Chance</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786053118336</t>
+          <t>9786053119333</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Yeni Ağ</t>
+          <t>İnsaymun</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053118367</t>
+          <t>9786053119388</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Hokkabaz</t>
+          <t>Psikoloji Diyor ki: Duygularının Kölesi Olmayan Hayatının Efendisi Olur</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053118404</t>
+          <t>9786053119340</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Beğendiğiniz Bedenlere Hayalinizdeki Ruhları Koyup Adına Aşk Diyorsunuz!</t>
+          <t>Platon - İnsanın Kendini Yenmesi En Büyük Zaferdir</t>
         </is>
       </c>
       <c r="C1935" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053118176</t>
+          <t>9786053117452</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Salgın Psikolojisi</t>
+          <t>Atatürk’ün Yasaklanan Kitabı</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053117759</t>
+          <t>9786053119203</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Punk Düşün</t>
+          <t>İstanbul’un Latin Çağı</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786053118022</t>
+          <t>9786053119173</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Kimi Seviyorsan Herkesin Yüzünde Onu Görürsün</t>
+          <t>Binlerce Kilometrelik Bir Yolculuk Bile Tek Bir Adımla Başlar / Lao Tzu</t>
         </is>
       </c>
       <c r="C1938" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053118077</t>
+          <t>9786053119234</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Gördüğü Rüyanın Tabiridir</t>
+          <t>Her Yüce Duruma Aşamaya ve Durağa Cennet Dendiğini Bilesin - Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C1939" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053118145</t>
+          <t>9786053119272</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Dil Söyler Kulak Dinler Kalp Söyler Kainat Dinler</t>
+          <t>Gerçek Özgürlük Kaderin Bilgisinin Vücuda Bürünmesiyle Gelir - Kanada</t>
         </is>
       </c>
       <c r="C1940" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053117896</t>
+          <t>9786053119289</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Nereye Konacağını Bilmeyen Kuş Gökyüzünde Esirdir</t>
+          <t>Dünyayı Küçük Karabalıklar Kurtaracak - Samed Behrengi</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786053117711</t>
+          <t>9786053119067</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar İçin İnsan Kalma Rehberi</t>
+          <t>Yürek İşçisi</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053117728</t>
+          <t>9786053118343</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
+          <t>Nimm Dir Nicht Alles So Zu Herzen Oh Seele</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053117834</t>
+          <t>9786053119142</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Nereye Giderseniz Gidin Ama Tüm Kalbinizle Gidin</t>
+          <t>Kod Adı: Pegasus</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053117803</t>
+          <t>9786053119159</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Aşk ve Hüzün</t>
+          <t>Fatima</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053117797</t>
+          <t>9786053118664</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığımız Sonsuza Kadar Sürecek</t>
+          <t>Güzellik Tohumu</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053117629</t>
+          <t>9786053118756</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Exit From Economics</t>
+          <t>En Hüzünlü Eylül</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053116967</t>
+          <t>9786053117766-595892</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Nöralterapi</t>
+          <t>Hikmet Anıl Öztekin Seti - (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053117650</t>
+          <t>9786053118886</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında İstanbul</t>
+          <t>Hiç Kimse Görmek İstemeyen Biri Kadar Kör Olamaz - İbni Sina</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053117582</t>
+          <t>9786053118862</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Fit Hamilelik</t>
+          <t>Mahatma Gandi - Sevgi Dünyadaki En İncelikli Güçtür</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053117575</t>
+          <t>9786053118657</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>İlim Anavatanımızdır Cehalet İse Yabancı Bir Yer</t>
+          <t>Salgının Gölgesinde Güç, Kaos ve Gelecek</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>160</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053117490</t>
+          <t>9786053118770</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Karaova</t>
+          <t>Başkaldırıyorum, O Halde Varız</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053117544</t>
+          <t>9786053118244</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Tut Elini</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053117551</t>
+          <t>9786053118619</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah - Seyyah</t>
+          <t>Karanlıktan Doğan Aydınlık - Midhat Paşa</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053117568</t>
+          <t>9786053118602</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah - Birlik Dükkanı</t>
+          <t>Kararı Ben Veririm</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053117520</t>
+          <t>9786053118466</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek - Nefes</t>
+          <t>Savaşmaktan Vazgeçtiğin An Kaybedersin</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053117506</t>
+          <t>9786053118183</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Roma Bilgeliği</t>
+          <t>Kum Gibi</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053117513</t>
+          <t>9786053118459</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Mesih: Tanrı’yı Kıyamete Zorlamak</t>
+          <t>En Kutsal Gözyaşlarımızın Gözlerimize İhtiyacı Yoktur</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053117445</t>
+          <t>9786053118473</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Değeri Uzun Yaşanmasında Değil İyi Yaşanmasındadır</t>
+          <t>Kalbinde İyilik Biriktirenin Yolu Hep Açıktır</t>
         </is>
       </c>
       <c r="C1959" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053117391</t>
+          <t>9786053118565</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Giyinmenin Kısa Tarihi</t>
+          <t>Her Şey Değişir (Genişletilmiş Özel Baskı)</t>
         </is>
       </c>
       <c r="C1960" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053117407</t>
+          <t>9786053118442</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Varlıklı Olsun Diye Neden Diğerleri Yoksul Olmak Zorunda?</t>
+          <t>Ben Kazanmadan Bitmez</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053117261</t>
+          <t>9786053118336</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katilleri</t>
+          <t>Yeni Dünya Yeni Ağ</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053117384</t>
+          <t>9786053118367</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Karşılaşma Tesadüf Değildir</t>
+          <t>Hokkabaz</t>
         </is>
       </c>
       <c r="C1963" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053117414</t>
+          <t>9786053118404</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Tılsımlar Dükkanı</t>
+          <t>Beğendiğiniz Bedenlere Hayalinizdeki Ruhları Koyup Adına Aşk Diyorsunuz!</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786053117346</t>
+          <t>9786053118176</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mümkünlerin Kıyısında</t>
+          <t>Salgın Psikolojisi</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053117353</t>
+          <t>9786053117759</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Kadim Cadılık Öğretisi</t>
+          <t>Punk Düşün</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053117315</t>
+          <t>9786053118022</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Sev Çünkü Aslında Hayatın Bu</t>
+          <t>Kimi Seviyorsan Herkesin Yüzünde Onu Görürsün</t>
         </is>
       </c>
       <c r="C1967" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053117360</t>
+          <t>9786053118077</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Yanlış da Olsa Düşünmek Hiç Düşünmemekten Daha İyidir</t>
+          <t>Her İnsan Gördüğü Rüyanın Tabiridir</t>
         </is>
       </c>
       <c r="C1968" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053117216</t>
+          <t>9786053118145</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İşaretleri Okumak</t>
+          <t>Dil Söyler Kulak Dinler Kalp Söyler Kainat Dinler</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053117254</t>
+          <t>9786053117896</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Aklın Doğuşu - Asi Peygamberler</t>
+          <t>Nereye Konacağını Bilmeyen Kuş Gökyüzünde Esirdir</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786053117285</t>
+          <t>9786053117711</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Uyursak Geçer Mi?</t>
+          <t>Zor Zamanlar İçin İnsan Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786053117230</t>
+          <t>9786053117728</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Acı Çektiğimiz Yer Değil Acı Çektiğimizi Kimsenin Bilmediği Yerdir</t>
+          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
         </is>
       </c>
       <c r="C1972" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053117179</t>
+          <t>9786053117834</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Sırlı Kapıları</t>
+          <t>Nereye Giderseniz Gidin Ama Tüm Kalbinizle Gidin</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053117148</t>
+          <t>9786053117803</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Din Dediği</t>
+          <t>Rüyalar Aşk ve Hüzün</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786053117223</t>
+          <t>9786053117797</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Yıldızın Değerini Belirleyen Gece Değil Kendisidir</t>
+          <t>Arkadaşlığımız Sonsuza Kadar Sürecek</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053117209</t>
+          <t>9786053117629</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Gladyatör Kararını Arenada Verir</t>
+          <t>Exit From Economics</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053117155</t>
+          <t>9786053116967</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Devrimi</t>
+          <t>Nöralterapi</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053117094</t>
+          <t>9786053117650</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten Osmanlı’ya Paraya Yön Veren Yahudi Bankerler</t>
+          <t>Ay Işığında İstanbul</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053117100</t>
+          <t>9786053117582</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Fit Hamilelik</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053117162</t>
+          <t>9786053117575</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Bebek</t>
+          <t>İlim Anavatanımızdır Cehalet İse Yabancı Bir Yer</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053117056</t>
+          <t>9786053117490</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yedikçe Güzel</t>
+          <t>Karaova</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786053117025</t>
+          <t>9786053117544</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Geni</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786053117087</t>
+          <t>9786053117551</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Tsunamisi</t>
+          <t>Eyvallah - Seyyah</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786053116950</t>
+          <t>9786053117568</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Enerji</t>
+          <t>Eyvallah - Birlik Dükkanı</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786053116943</t>
+          <t>9786053117520</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prens Cem Sultan</t>
+          <t>Elif Gibi Sevmek - Nefes</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786053116998</t>
+          <t>9786053117506</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Usta'nın Göremediği Siyasi Tuzak</t>
+          <t>Roma Bilgeliği</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786053117049</t>
+          <t>9786053117513</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş İktisattan Çıkış</t>
+          <t>Mesih: Tanrı’yı Kıyamete Zorlamak</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786053116981</t>
+          <t>9786053117445</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Bozdoğan</t>
+          <t>Hayatın Değeri Uzun Yaşanmasında Değil İyi Yaşanmasındadır</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786053116936</t>
+          <t>9786053117391</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Vertrau Ohne Zweifel Auf Allah 2</t>
+          <t>Giyinmenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786053116813</t>
+          <t>9786053117407</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Son Yolculuk</t>
+          <t>Bazı İnsanlar Varlıklı Olsun Diye Neden Diğerleri Yoksul Olmak Zorunda?</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>78</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786053116851</t>
+          <t>9786053117261</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Hare</t>
+          <t>Atatürk’ün Katilleri</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786053116882</t>
+          <t>9786053117384</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tapınak</t>
+          <t>Hiçbir Karşılaşma Tesadüf Değildir</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786053116790</t>
+          <t>9786053117414</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Türk Papa</t>
+          <t>Aynalı Tılsımlar Dükkanı</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786053116776</t>
+          <t>9786053117346</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Seni Sana Geri Vereceğim</t>
+          <t>Bütün Mümkünlerin Kıyısında</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>48</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786053116769</t>
+          <t>9786053117353</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Canını Sıkma Ey Gönül</t>
+          <t>Kadim Cadılık Öğretisi</t>
         </is>
       </c>
       <c r="C1995" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786053115250</t>
+          <t>9786053117315</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>2019 Astrolojik Maarif Takvimi</t>
+          <t>Kaderini Sev Çünkü Aslında Hayatın Bu</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>32</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786053116646</t>
+          <t>9786053117360</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Tavus Kuşu Camio</t>
+          <t>Yanlış da Olsa Düşünmek Hiç Düşünmemekten Daha İyidir</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786053116288</t>
+          <t>9786053117216</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Modern Mayr Beslenme Yöntemiyle Sindirim Sanatı</t>
+          <t>Evrensel İşaretleri Okumak</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786053116639</t>
+          <t>9786053117254</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Kürt Kartı</t>
+          <t>Aklın Doğuşu - Asi Peygamberler</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786053116608</t>
+          <t>9786053117285</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Satılık Müttefik</t>
+          <t>Uyursak Geçer Mi?</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786053116622</t>
+          <t>9786053117230</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Çuvallayan İttifak</t>
+          <t>Cehennem Acı Çektiğimiz Yer Değil Acı Çektiğimizi Kimsenin Bilmediği Yerdir</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786053116615</t>
+          <t>9786053117179</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vatan</t>
+          <t>Dönüşümün Sırlı Kapıları</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786053116585</t>
+          <t>9786053117148</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Son Emir</t>
+          <t>Kur'an'ın Din Dediği</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786053116523</t>
+          <t>9786053117223</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyebilme Sanatı</t>
+          <t>Yıldızın Değerini Belirleyen Gece Değil Kendisidir</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786053116103</t>
+          <t>9786053117209</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Size Hiç Söylenmemiş Ama Bilmeniz Gereken Her Şey</t>
+          <t>Gladyatör Kararını Arenada Verir</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>780</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786053116172</t>
+          <t>9786053117155</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Babil’den Günümüze İsrail - Amerikan Kehanetleri: Mesih - USA ve Türkiye</t>
+          <t>Sessizlik Devrimi</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786053116325</t>
+          <t>9786053117094</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Endülüs’ten Osmanlı’ya Paraya Yön Veren Yahudi Bankerler</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786053116516</t>
+          <t>9786053117100</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Virüsü</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786053116196</t>
+          <t>9786053117162</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Bilimle İmtihanı</t>
+          <t>İsimsiz Bebek</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786053116141</t>
+          <t>9786053117056</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Pagan Çağı</t>
+          <t>Hayat Yedikçe Güzel</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786053115878</t>
+          <t>9786053117025</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Kendisinin Efendisi Olmayan Hiç Kimse Özgür Değildir</t>
+          <t>Şampiyon Geni</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786053116059</t>
+          <t>9786053117087</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu Nereye</t>
+          <t>Akıl Sağlığı Tsunamisi</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786053116073</t>
+          <t>9786053116950</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Hadimi</t>
+          <t>Yaşam ve Enerji</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786053116066</t>
+          <t>9786053116943</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ülkesine Sığınanlar</t>
+          <t>Beyaz Atlı Prens Cem Sultan</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786053116042</t>
+          <t>9786053116998</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Dört Sınav</t>
+          <t>Usta'nın Göremediği Siyasi Tuzak</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786053116011</t>
+          <t>9786053117049</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Kız Babası ve Kedi</t>
+          <t>İktisada Giriş İktisattan Çıkış</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>42</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786053115991</t>
+          <t>9786053116981</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Nokta</t>
+          <t>Bozdoğan</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>78</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786053115953</t>
+          <t>9786053116936</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Vertrau Ohne Zweifel Auf Allah 2</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786053115939</t>
+          <t>9786053116813</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Titreşimini Yükselt Hayatın Değişsin</t>
+          <t>Son Yolculuk</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>250</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786053119821</t>
+          <t>9786053116851</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Hare</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786053115908</t>
+          <t>9786053116882</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Kur'an</t>
+          <t>Dijital Tapınak</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>780</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786053115922</t>
+          <t>9786053116790</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Şaman Aynası</t>
+          <t>Türk Papa</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786053115977</t>
+          <t>9786053116776</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Röntgenci</t>
+          <t>Seni Sana Geri Vereceğim</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>260</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786053115984</t>
+          <t>9786053116769</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Düştüğünde Kalkarsan Hayat Güzeldir</t>
+          <t>Her Şeye Canını Sıkma Ey Gönül</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786053115960</t>
+          <t>9786053115250</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıktan Değil Yalnızlıktan</t>
+          <t>2019 Astrolojik Maarif Takvimi</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>240</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786053115892</t>
+          <t>9786053116646</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Roket Milyarderleri</t>
+          <t>Konuşmayan Tavus Kuşu Camio</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786053115854</t>
+          <t>9786053116288</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş ve Emperyalizm</t>
+          <t>Modern Mayr Beslenme Yöntemiyle Sindirim Sanatı</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786053115885</t>
+          <t>9786053116639</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Sevebilmek</t>
+          <t>ABD’nin Kürt Kartı</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786053115816</t>
+          <t>9786053116608</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Satılık Müttefik</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786053115823</t>
+          <t>9786053116622</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Nazım’ı Öldürmek</t>
+          <t>Çuvallayan İttifak</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>72</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786053115786</t>
+          <t>9786053116615</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kültür ve Yöntem</t>
+          <t>İkinci Vatan</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786053115748</t>
+          <t>9786053116585</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Hormon</t>
+          <t>Atatürk'ten Son Emir</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053115724</t>
+          <t>9786053116523</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Yol Senin İçinde</t>
+          <t>Hayır Diyebilme Sanatı</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053115731</t>
+          <t>9786053116103</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Ben Ben Nü</t>
+          <t>Size Hiç Söylenmemiş Ama Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786053115656</t>
+          <t>9786053116172</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki</t>
+          <t>Babil’den Günümüze İsrail - Amerikan Kehanetleri: Mesih - USA ve Türkiye</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786053115632</t>
+          <t>9786053116325</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Aşmam Gereken Okyanuslar Var</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786053115625</t>
+          <t>9786053116516</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Kelt ve Germen Paganizmi</t>
+          <t>Mutluluk Virüsü</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786053115601</t>
+          <t>9786053116196</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Issız Yerlerde Kendin İçin Bir Evren Ol</t>
+          <t>Astrolojinin Bilimle İmtihanı</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786053115298</t>
+          <t>9786053116141</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>İstanbul’un Pagan Çağı</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786053115496</t>
+          <t>9786053115878</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Sevmiyorum</t>
+          <t>Kendisinin Efendisi Olmayan Hiç Kimse Özgür Değildir</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>44</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786053115236</t>
+          <t>9786053116059</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Acil Şifalar Kabulüm</t>
+          <t>Türk Ordusu Nereye</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>28</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786053115359</t>
+          <t>9786053116073</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Hadimi</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>280</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786053115342</t>
+          <t>9786053116066</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Atatürk Ülkesine Sığınanlar</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786053115373</t>
+          <t>9786053116042</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Dört Sınav</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786053115380</t>
+          <t>9786053116011</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kız Babası ve Kedi</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>130</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786053115410</t>
+          <t>9786053115991</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bir Paraşüt</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>270</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>2687954756231</t>
+          <t>9786053115953</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>2019 Astrolojik Maarif Takvimi</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>27.12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786053115229</t>
+          <t>9786053115939</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yalanları</t>
+          <t>Titreşimini Yükselt Hayatın Değişsin</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786053115199</t>
+          <t>9786053119821</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Temizse Hikayen Mutlu Biter</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786053115243</t>
+          <t>9786053115908</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kur'an</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786053115151</t>
+          <t>9786053115922</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Mete Yarar Seti (3 Kitap Takım)</t>
+          <t>Şaman Aynası</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>840</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786053115182</t>
+          <t>9786053115977</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Neden Fikir Değiştirdi?</t>
+          <t>Röntgenci</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786053115113</t>
+          <t>9786053115984</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Senin Hakkında Yedi Şey Düşündüm</t>
+          <t>Düştüğünde Kalkarsan Hayat Güzeldir</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053115014</t>
+          <t>9786053115960</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Bana Mutluluktan Bahset</t>
+          <t>Yanlışlıktan Değil Yalnızlıktan</t>
         </is>
       </c>
       <c r="C2054" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786053115052</t>
+          <t>9786053115892</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Biyo-Politik Savaşlar</t>
+          <t>Roket Milyarderleri</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053115069</t>
+          <t>9786053115854</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Yatılı Okuldaki Heyecan - Gezegen Yolcularının Esrarı</t>
+          <t>Haşhaş ve Emperyalizm</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>11.11</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786053114994</t>
+          <t>9786053115885</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısın Büyüyoruz</t>
+          <t>Sevebilmek</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786053114970</t>
+          <t>9786053115816</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786053115007</t>
+          <t>9786053115823</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kodu</t>
+          <t>Nazım’ı Öldürmek</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>250</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786053114963</t>
+          <t>9786053115786</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Siyasal Kültür ve Yöntem</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786053114987</t>
+          <t>9786053115748</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Üzgün İnsandan Özgür İnsana</t>
+          <t>Hormon</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786053114918</t>
+          <t>9786053115724</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Para B*k Gibi</t>
+          <t>Yol Senin İçinde</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786053114932</t>
+          <t>9786053115731</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Yazma, Yaratma ve Okuma Cesareti</t>
+          <t>Ben Ben Nü</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>68</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786053114925</t>
+          <t>9786053115656</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bağımlılığı</t>
+          <t>İçimdeki</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>72</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9786053114642</t>
+          <t>9786053115632</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Var Mıdır?</t>
+          <t>Aşmam Gereken Okyanuslar Var</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786053114901</t>
+          <t>9786053115625</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım Daha Deli Daha Öfkeli</t>
+          <t>Kelt ve Germen Paganizmi</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786053114871</t>
+          <t>9786053115601</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Bir Atı Kanatlandırma Sanatı</t>
+          <t>Issız Yerlerde Kendin İçin Bir Evren Ol</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>92</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786053114864</t>
+          <t>9786053115298</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kara Kutusu</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786053114772</t>
+          <t>9786053115496</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Süt Lekesi</t>
+          <t>Ben de Seni Sevmiyorum</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>320</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786053114796</t>
+          <t>9786053115236</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeli Arayan Kadın</t>
+          <t>Acil Şifalar Kabulüm</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786053114413</t>
+          <t>9786053115359</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Canlı Yaşa</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786053114703</t>
+          <t>9786053115342</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehirde Bir Kadın</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9786053114789</t>
+          <t>9786053115373</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786053114673</t>
+          <t>9786053115380</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Nefesi Tutku Olan Kadın: Afife Jale</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786053114680</t>
+          <t>9786053115410</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Giden Bir Şeyler Var</t>
+          <t>Ev Yapımı Bir Paraşüt</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786053114611</t>
+          <t>2687954756231</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Hitler</t>
+          <t>2019 Astrolojik Maarif Takvimi</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>290</v>
+        <v>27.12</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786053114475</t>
+          <t>9786053115229</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Zihin Yalanları</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786053114697</t>
+          <t>9786053115199</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Haç Kardeşliği</t>
+          <t>Kalbin Temizse Hikayen Mutlu Biter</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786053114598</t>
+          <t>9786053115243</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>İyiler Kaybetmez Kaybedilir</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786053114468</t>
+          <t>9786053115151</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Hazdan Bağımlılığa</t>
+          <t>Mete Yarar Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>480</v>
+        <v>840</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786053114437</t>
+          <t>9786053115182</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Tanrı Neden Fikir Değiştirdi?</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786053114406</t>
+          <t>9786053115113</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Hangi İsa - Tyanalı Apollonius</t>
+          <t>Senin Hakkında Yedi Şey Düşündüm</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786053114376</t>
+          <t>9786053115014</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlamanın Gizemli Gücü</t>
+          <t>Bana Mutluluktan Bahset</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786053114369</t>
+          <t>9786053115052</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya ve Mısır Paganizmi</t>
+          <t>Biyo-Politik Savaşlar</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786053114338</t>
+          <t>9786053115069</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Dosyası</t>
+          <t>Yatılı Okuldaki Heyecan - Gezegen Yolcularının Esrarı</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786053114383</t>
+          <t>9786053114994</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Dün Gelir Gün Bittiğinde</t>
+          <t>Farkında Mısın Büyüyoruz</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786053114307</t>
+          <t>9786053114970</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786053114284</t>
+          <t>9786053115007</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Usta ve Çırak Sohbetleri</t>
+          <t>Kaderin Kodu</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786053114215</t>
+          <t>9786053114963</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Hainler</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786053114055</t>
+          <t>9786053114987</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik ve Doğum</t>
+          <t>Üzgün İnsandan Özgür İnsana</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>880</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786053114031</t>
+          <t>9786053114918</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap’ın Yorumu</t>
+          <t>Para B*k Gibi</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786053117308</t>
+          <t>9786053114932</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Hayat Cesurlara Torpil Geçer (Özel Baskı)</t>
+          <t>Yazma, Yaratma ve Okuma Cesareti</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>320</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786053113935</t>
+          <t>9786053114925</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Ebeveynlik ve Helikopter Aileler</t>
+          <t>Ekran Bağımlılığı</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>250</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786053113928</t>
+          <t>9786053114642</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gözü</t>
+          <t>Tanrı Var Mıdır?</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786053113911</t>
+          <t>9786053114901</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Evliya ve Eşkıya</t>
+          <t>En Yakın Arkadaşım Daha Deli Daha Öfkeli</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786053113904</t>
+          <t>9786053114871</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sırları</t>
+          <t>Bir Atı Kanatlandırma Sanatı</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>290</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786053113898</t>
+          <t>9786053114864</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Hareket Hali</t>
+          <t>Şeytanın Kara Kutusu</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786053113867</t>
+          <t>9786053114772</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yollar Yalnız Yürünür</t>
+          <t>Süt Lekesi</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786053113768</t>
+          <t>9786053114796</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Kültür Emperyalizmi</t>
+          <t>Mükemmeli Arayan Kadın</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786053113751</t>
+          <t>9786053114413</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Canlı Yaşa</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786053113744</t>
+          <t>9786053114703</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Kehanetler Kitabı</t>
+          <t>Esir Şehirde Bir Kadın</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786053113669</t>
+          <t>9786053114789</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>İşaret 3 - Artık Dön! Kendine!</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>22</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786053113683</t>
+          <t>9786053114673</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası</t>
+          <t>Nefesi Tutku Olan Kadın: Afife Jale</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>38</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786053113652</t>
+          <t>9786053114680</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarım İftiharla Sunar</t>
+          <t>Yanlış Giden Bir Şeyler Var</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786053113645</t>
+          <t>9786053114611</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Beni İçinden Sev</t>
+          <t>Bilinmeyen Hitler</t>
         </is>
       </c>
       <c r="C2105" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786053113614</t>
+          <t>9786053114475</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hatta Yapayalnız</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786053113607</t>
+          <t>9786053114697</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Dünün Belgeleriyle Yarının Tarihi</t>
+          <t>Gül ve Haç Kardeşliği</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786053113577</t>
+          <t>9786053114598</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Ben Ney’im</t>
+          <t>İyiler Kaybetmez Kaybedilir</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786053113508</t>
+          <t>9786053114468</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Başkenti Kudüs</t>
+          <t>Hazdan Bağımlılığa</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786053113515</t>
+          <t>9786053114437</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053113522</t>
+          <t>9786053114406</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Ve Kızın Adı Gece</t>
+          <t>Hangi İsa - Tyanalı Apollonius</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786053113324</t>
+          <t>9786053114376</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Beyin</t>
+          <t>Yeniden Başlamanın Gizemli Gücü</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786053113287</t>
+          <t>9786053114369</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Prematüre Bebek Bakımı</t>
+          <t>Mezopotamya ve Mısır Paganizmi</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053113270</t>
+          <t>9786053114338</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Dokunuş</t>
+          <t>Köy Enstitüleri Dosyası</t>
         </is>
       </c>
       <c r="C2114" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786053113263</t>
+          <t>9786053114383</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri ve Nöro-Mesih</t>
+          <t>Dün Gelir Gün Bittiğinde</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>510</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786053113164</t>
+          <t>9786053114307</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım Bir Deli</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786053113157</t>
+          <t>9786053114284</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet</t>
+          <t>Usta ve Çırak Sohbetleri</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786053113188</t>
+          <t>9786053114215</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Menora</t>
+          <t>Kahraman Hainler</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786053113010</t>
+          <t>9786053114055</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz Kaybedenler</t>
+          <t>Hamilelik ve Doğum</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>72</v>
+        <v>880</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786053112952</t>
+          <t>9786053114031</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>İpek Sabahlık</t>
+          <t>Kutsal Kitap’ın Yorumu</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786053119753</t>
+          <t>9786053117308</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Beyin</t>
+          <t>Hayat Cesurlara Torpil Geçer (Özel Baskı)</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786053112877</t>
+          <t>9786053113935</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Tek Kadın Latife</t>
+          <t>Yeni Nesil Ebeveynlik ve Helikopter Aileler</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786053112778</t>
+          <t>9786053113928</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Gönül Gözü</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>94</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786053112747</t>
+          <t>9786053113911</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Nörofinans</t>
+          <t>Evliya ve Eşkıya</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053112655</t>
+          <t>9786053113904</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi (1838-2010)</t>
+          <t>Kalbin Sırları</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786053112648</t>
+          <t>9786053113898</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Paganizm 1</t>
+          <t>İyiliğin Hareket Hali</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786053112518</t>
+          <t>9786053113867</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Anası Zübeyde</t>
+          <t>Bazı Yollar Yalnız Yürünür</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786053112501</t>
+          <t>9786053113768</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para Oyunları ve Psiko - Siber Savaş</t>
+          <t>Kültür Emperyalizmi</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786053112471</t>
+          <t>9786053113751</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İmparatorluğu ve Türkiye</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786053112334</t>
+          <t>9786053113744</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Din ve Küresel Ekonomi - Politik</t>
+          <t>Kehanetler Kitabı</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786053112273</t>
+          <t>9786053113669</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçebilmek</t>
+          <t>İşaret 3 - Artık Dön! Kendine!</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786053112211</t>
+          <t>9786053113683</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bolero</t>
+          <t>Perde Arkası</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786053111054</t>
+          <t>9786053113652</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizm</t>
+          <t>Gözyaşlarım İftiharla Sunar</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>590</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786053112181</t>
+          <t>9786053113645</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt'ün Sırrı</t>
+          <t>Beni İçinden Sev</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786053112129</t>
+          <t>9786053113614</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Terapisi</t>
+          <t>Yalnız Hatta Yapayalnız</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786053112143</t>
+          <t>9786053113607</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Har ve Kül</t>
+          <t>Dünün Belgeleriyle Yarının Tarihi</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786053112112</t>
+          <t>9786053113577</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Lirik Prenses Tezer</t>
+          <t>Ben Ney’im</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053112068</t>
+          <t>9786053113508</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Le Petit Prince (Fransızca)</t>
+          <t>Hüznün Başkenti Kudüs</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786053111993</t>
+          <t>9786053113515</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Roza</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786053111962</t>
+          <t>9786053113522</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Not</t>
+          <t>Ve Kızın Adı Gece</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786053111931</t>
+          <t>9786053113324</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Masalcı</t>
+          <t>Suç ve Beyin</t>
         </is>
       </c>
       <c r="C2141" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786053111665</t>
+          <t>9786053113287</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Votka  - Pera</t>
+          <t>Prematüre Bebek Bakımı</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786053111825</t>
+          <t>9786053113270</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yüz Çevirse de Allah Sizin Sahibinizdir</t>
+          <t>Kozmik Dokunuş</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053111795</t>
+          <t>9786053113263</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Mürekkep</t>
+          <t>Tapınak Şövalyeleri ve Nöro-Mesih</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786053111740</t>
+          <t>9786053113164</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Saray’daki Gizli Tarikat</t>
+          <t>En Yakın Arkadaşım Bir Deli</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786053111771</t>
+          <t>9786053113157</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Mucize Şifa</t>
+          <t>Büyük İhanet</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786053111696</t>
+          <t>9786053113188</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Diplomasi</t>
+          <t>Menora</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786053111726</t>
+          <t>9786053113010</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Darbenin Kayıp Saatleri</t>
+          <t>Vakitsiz Kaybedenler</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>490</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786053111641</t>
+          <t>9786053112952</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İstilası - Dem</t>
+          <t>İpek Sabahlık</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786053111580</t>
+          <t>9786053119753</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşların Sessizliği</t>
+          <t>Görünmeyen Beyin</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>25.93</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786053110293</t>
+          <t>9786053112877</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>18 Saat</t>
+          <t>Tek Kadın Latife</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786053111399</t>
+          <t>9786053112778</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin: Bağırsak</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>450</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786053111344</t>
+          <t>9786053112747</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>The Little Black Fish</t>
+          <t>Nörofinans</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786053111269</t>
+          <t>9786053112655</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Hankah</t>
+          <t>Türkiye Ekonomisi (1838-2010)</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786053111047</t>
+          <t>9786053112648</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Paganizm 1</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786053111207</t>
+          <t>9786053112518</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Bu Delileri Bir Araya Getirmeyecektiniz</t>
+          <t>Cumhuriyetin Anası Zübeyde</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786053111153</t>
+          <t>9786053112501</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Allahım</t>
+          <t>Küresel Para Oyunları ve Psiko - Siber Savaş</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786053111061</t>
+          <t>9786053112471</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Dona Gracia</t>
+          <t>Tanrı İmparatorluğu ve Türkiye</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786053111030</t>
+          <t>9786053112334</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Şaman Gözü (Kham Karak)</t>
+          <t>Din ve Küresel Ekonomi - Politik</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786053111023</t>
+          <t>9786053112273</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger'le Aşk ve Suç Yaşamım</t>
+          <t>Vazgeçebilmek</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786053111108</t>
+          <t>9786053112211</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Rock Star Sevgilim</t>
+          <t>Karanlıkta Bolero</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>34</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786053111122</t>
+          <t>9786053111054</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız Kahve Çocuk</t>
+          <t>Evanjelizm</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786053110552</t>
+          <t>9786053112181</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>İşaret 1. Kitap</t>
+          <t>Zerdüşt'ün Sırrı</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>22</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786053110439</t>
+          <t>9786053112129</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Yanlış İttifak</t>
+          <t>Yaşam Terapisi</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053110484</t>
+          <t>9786053112143</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü Var Sende</t>
+          <t>Har ve Kül</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>20.37</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786053110460</t>
+          <t>9786053112112</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Koşun</t>
+          <t>Lirik Prenses Tezer</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786053110736</t>
+          <t>9786053112068</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocuklar Ülkesi</t>
+          <t>Le Petit Prince (Fransızca)</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786053110323</t>
+          <t>9786053111993</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Sıfır</t>
+          <t>Roza</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786059913935</t>
+          <t>9786053111962</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Bereket İçin Yer Aç</t>
+          <t>Gökyüzüne Not</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786053111009</t>
+          <t>9786053111931</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>On Sekiz Saat</t>
+          <t>Masalcı</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786053116844</t>
+          <t>9786053111665</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Agafya</t>
+          <t>Votka  - Pera</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786053110064</t>
+          <t>9786053111825</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hakikati Görmekle Başlar</t>
+          <t>Herkes Yüz Çevirse de Allah Sizin Sahibinizdir</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786053110132</t>
+          <t>9786053111795</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Yeşil Mürekkep</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786059913867</t>
+          <t>9786053111740</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>53. Risale</t>
+          <t>Saray’daki Gizli Tarikat</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786254412486</t>
+          <t>9786053111771</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Tepedelenli Ali Paşa İsyanı</t>
+          <t>Mucize Şifa</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786054455898</t>
+          <t>9786053111696</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Aslında Giden Erkek Yoktur</t>
+          <t>Galaktik Diplomasi</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>15.74</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786059913720</t>
+          <t>9786053111726</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince (İngilizce)</t>
+          <t>Darbenin Kayıp Saatleri</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786059913676</t>
+          <t>9786053111641</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Aşkın İstilası - Dem</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>44</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786059913300</t>
+          <t>9786053111580</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Duygu Simyacısı</t>
+          <t>Ölü Kuşların Sessizliği</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>17.59</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786059913348</t>
+          <t>9786053110293</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Allah De Ötesini Bırak - 2 : Niyet</t>
+          <t>18 Saat</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>260</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786059913454</t>
+          <t>9786053111399</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kemal</t>
+          <t>Duygusal Beyin: Bağırsak</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>15</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786059913188</t>
+          <t>9786053111344</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Bana İkimizi Anlat</t>
+          <t>The Little Black Fish</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786059913126</t>
+          <t>9786053111269</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Mason Locasında Aşk ve Kılıç</t>
+          <t>Hankah</t>
         </is>
       </c>
       <c r="C2183" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786059913065</t>
+          <t>9786053111047</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>300'ler Komitesi</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786054455690</t>
+          <t>9786053111207</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Efendisi</t>
+          <t>Bu Delileri Bir Araya Getirmeyecektiniz</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786254413315</t>
+          <t>9786053111153</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>İyilik Sende</t>
+          <t>Tut Elimden Allahım</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786054994823</t>
+          <t>9786053111061</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Beş Rahmet Kapısı</t>
+          <t>Dona Gracia</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786054607488</t>
+          <t>9786053111030</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt'ün Sırrı</t>
+          <t>Şaman Gözü (Kham Karak)</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786053113966</t>
+          <t>9786053111023</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Casuslar</t>
+          <t>Martin Heidegger'le Aşk ve Suç Yaşamım</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786054607747</t>
+          <t>9786053111108</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Subliminal İşgal</t>
+          <t>Rock Star Sevgilim</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>450</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786054455638</t>
+          <t>9786053111122</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Para İmparatorluğu</t>
+          <t>Mavi Kız Kahve Çocuk</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786053114567</t>
+          <t>9786053110552</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Papa 16. Benedikt Gizli Türkiye Gündemi</t>
+          <t>İşaret 1. Kitap</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>240</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786254411779</t>
+          <t>9786053110439</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Atilla - Alaattin Çakıcı</t>
+          <t>Yanlış İttifak</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9789944298810</t>
+          <t>9786053110484</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gücün Sırrını Keşfet</t>
+          <t>Şeytan Tüyü Var Sende</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>280</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786254412318</t>
+          <t>9786053110460</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Demir Haç</t>
+          <t>Allah'a Koşun</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786254412424</t>
+          <t>9786053110736</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Geronimo</t>
+          <t>Mutsuz Çocuklar Ülkesi</t>
         </is>
       </c>
       <c r="C2196" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786054607686</t>
+          <t>9786053110323</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Evrenin İlahi Dili - Uyanış</t>
+          <t>Sıfır</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786054771189</t>
+          <t>9786059913935</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin İstanbul Cehennemi</t>
+          <t>Bolluk ve Bereket İçin Yer Aç</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9789750095801</t>
+          <t>9786053111009</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Çuvallayan İttifak</t>
+          <t>On Sekiz Saat</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>13.89</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786054607778</t>
+          <t>9786053116844</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ayrılık da Yoktur</t>
+          <t>Agafya</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>22.22</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786059913508</t>
+          <t>9786053110064</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>60 Yıllık İttifakta Son Gün</t>
+          <t>Her Şey Hakikati Görmekle Başlar</t>
         </is>
       </c>
       <c r="C2201" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786054994847</t>
+          <t>9786053110132</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Kumbara</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>44</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786054771929</t>
+          <t>9786059913867</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzlerim</t>
+          <t>53. Risale</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786054771813</t>
+          <t>9786254412486</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Tepedelenli Ali Paşa İsyanı</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786054771899</t>
+          <t>9786054455898</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>2 Tam Bir Tek</t>
+          <t>Aslında Giden Erkek Yoktur</t>
         </is>
       </c>
       <c r="C2205" s="1">
-        <v>350</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786059913096</t>
+          <t>9786059913720</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız Teşkilatı</t>
+          <t>The Little Prince (İngilizce)</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786054994472</t>
+          <t>9786059913676</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Gizlenen Vasiyeti</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>290</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786053110835</t>
+          <t>9786059913300</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tango</t>
+          <t>Duygu Simyacısı</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>68</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786053110866</t>
+          <t>9786059913348</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Sancısı</t>
+          <t>Allah De Ötesini Bırak - 2 : Niyet</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786053110859</t>
+          <t>9786059913454</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>İnkar</t>
+          <t>Öteki Kemal</t>
         </is>
       </c>
       <c r="C2210" s="1">
-        <v>78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786053110842</t>
+          <t>9786059913188</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Celile (Ela Gözlü Pars)</t>
+          <t>Bana İkimizi Anlat</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786053110873</t>
+          <t>9786059913126</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığımdan Sev Beni</t>
+          <t>Mason Locasında Aşk ve Kılıç</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786054994311</t>
+          <t>9786059913065</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Rabb'in İçin Sabret</t>
+          <t>300'ler Komitesi</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9786054994687</t>
+          <t>9786054455690</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler Allah'ındır</t>
+          <t>Bilginin Efendisi</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786054994694</t>
+          <t>9786254413315</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmayı Hatırlamak</t>
+          <t>İyilik Sende</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786054771769</t>
+          <t>9786054994823</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Sabah Uykum</t>
+          <t>Beş Rahmet Kapısı</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9786054771554</t>
+          <t>9786054607488</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Allah De Ötesini Bırak</t>
+          <t>Zerdüşt'ün Sırrı</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>260</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9786054994076</t>
+          <t>9786053113966</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Deli Çocuğun Güncesi</t>
+          <t>Türkiye’de ve Dünyada Casuslar</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786054994007</t>
+          <t>9786054607747</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Haz</t>
+          <t>Subliminal İşgal</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>20.37</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786055151188</t>
+          <t>9786054455638</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>670 Gram ile Hayata Tutunmak</t>
+          <t>Rothschild Para İmparatorluğu</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786053110361</t>
+          <t>9786053114567</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Kaderi</t>
+          <t>Papa 16. Benedikt Gizli Türkiye Gündemi</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>29.63</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
+          <t>9786254411779</t>
+        </is>
+      </c>
+      <c r="B2222" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Atilla - Alaattin Çakıcı</t>
+        </is>
+      </c>
+      <c r="C2222" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2223" spans="1:3">
+      <c r="A2223" s="1" t="inlineStr">
+        <is>
+          <t>9789944298810</t>
+        </is>
+      </c>
+      <c r="B2223" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki Gücün Sırrını Keşfet</t>
+        </is>
+      </c>
+      <c r="C2223" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:3">
+      <c r="A2224" s="1" t="inlineStr">
+        <is>
+          <t>9786254412318</t>
+        </is>
+      </c>
+      <c r="B2224" s="1" t="inlineStr">
+        <is>
+          <t>Hilal ve Demir Haç</t>
+        </is>
+      </c>
+      <c r="C2224" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:3">
+      <c r="A2225" s="1" t="inlineStr">
+        <is>
+          <t>9786254412424</t>
+        </is>
+      </c>
+      <c r="B2225" s="1" t="inlineStr">
+        <is>
+          <t>Geronimo</t>
+        </is>
+      </c>
+      <c r="C2225" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:3">
+      <c r="A2226" s="1" t="inlineStr">
+        <is>
+          <t>9786054607686</t>
+        </is>
+      </c>
+      <c r="B2226" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin İlahi Dili - Uyanış</t>
+        </is>
+      </c>
+      <c r="C2226" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:3">
+      <c r="A2227" s="1" t="inlineStr">
+        <is>
+          <t>9786054771189</t>
+        </is>
+      </c>
+      <c r="B2227" s="1" t="inlineStr">
+        <is>
+          <t>Dante’nin İstanbul Cehennemi</t>
+        </is>
+      </c>
+      <c r="C2227" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:3">
+      <c r="A2228" s="1" t="inlineStr">
+        <is>
+          <t>9789750095801</t>
+        </is>
+      </c>
+      <c r="B2228" s="1" t="inlineStr">
+        <is>
+          <t>Çuvallayan İttifak</t>
+        </is>
+      </c>
+      <c r="C2228" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:3">
+      <c r="A2229" s="1" t="inlineStr">
+        <is>
+          <t>9786054607778</t>
+        </is>
+      </c>
+      <c r="B2229" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Ayrılık da Yoktur</t>
+        </is>
+      </c>
+      <c r="C2229" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:3">
+      <c r="A2230" s="1" t="inlineStr">
+        <is>
+          <t>9786059913508</t>
+        </is>
+      </c>
+      <c r="B2230" s="1" t="inlineStr">
+        <is>
+          <t>60 Yıllık İttifakta Son Gün</t>
+        </is>
+      </c>
+      <c r="C2230" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:3">
+      <c r="A2231" s="1" t="inlineStr">
+        <is>
+          <t>9786054994847</t>
+        </is>
+      </c>
+      <c r="B2231" s="1" t="inlineStr">
+        <is>
+          <t>Kumbara</t>
+        </is>
+      </c>
+      <c r="C2231" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:3">
+      <c r="A2232" s="1" t="inlineStr">
+        <is>
+          <t>9786054771929</t>
+        </is>
+      </c>
+      <c r="B2232" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzlerim</t>
+        </is>
+      </c>
+      <c r="C2232" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" s="1" t="inlineStr">
+        <is>
+          <t>9786054771813</t>
+        </is>
+      </c>
+      <c r="B2233" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C2233" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" s="1" t="inlineStr">
+        <is>
+          <t>9786054771899</t>
+        </is>
+      </c>
+      <c r="B2234" s="1" t="inlineStr">
+        <is>
+          <t>2 Tam Bir Tek</t>
+        </is>
+      </c>
+      <c r="C2234" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" s="1" t="inlineStr">
+        <is>
+          <t>9786059913096</t>
+        </is>
+      </c>
+      <c r="B2235" s="1" t="inlineStr">
+        <is>
+          <t>Ay Yıldız Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C2235" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" s="1" t="inlineStr">
+        <is>
+          <t>9786054994472</t>
+        </is>
+      </c>
+      <c r="B2236" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Gizlenen Vasiyeti</t>
+        </is>
+      </c>
+      <c r="C2236" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" s="1" t="inlineStr">
+        <is>
+          <t>9786053110835</t>
+        </is>
+      </c>
+      <c r="B2237" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Tango</t>
+        </is>
+      </c>
+      <c r="C2237" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" s="1" t="inlineStr">
+        <is>
+          <t>9786053110866</t>
+        </is>
+      </c>
+      <c r="B2238" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Sancısı</t>
+        </is>
+      </c>
+      <c r="C2238" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" s="1" t="inlineStr">
+        <is>
+          <t>9786053110859</t>
+        </is>
+      </c>
+      <c r="B2239" s="1" t="inlineStr">
+        <is>
+          <t>İnkar</t>
+        </is>
+      </c>
+      <c r="C2239" s="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" s="1" t="inlineStr">
+        <is>
+          <t>9786053110842</t>
+        </is>
+      </c>
+      <c r="B2240" s="1" t="inlineStr">
+        <is>
+          <t>Celile (Ela Gözlü Pars)</t>
+        </is>
+      </c>
+      <c r="C2240" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" s="1" t="inlineStr">
+        <is>
+          <t>9786053110873</t>
+        </is>
+      </c>
+      <c r="B2241" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığımdan Sev Beni</t>
+        </is>
+      </c>
+      <c r="C2241" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" s="1" t="inlineStr">
+        <is>
+          <t>9786054994311</t>
+        </is>
+      </c>
+      <c r="B2242" s="1" t="inlineStr">
+        <is>
+          <t>Rabb'in İçin Sabret</t>
+        </is>
+      </c>
+      <c r="C2242" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" s="1" t="inlineStr">
+        <is>
+          <t>9786054994687</t>
+        </is>
+      </c>
+      <c r="B2243" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel İsimler Allah'ındır</t>
+        </is>
+      </c>
+      <c r="C2243" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" s="1" t="inlineStr">
+        <is>
+          <t>9786054994694</t>
+        </is>
+      </c>
+      <c r="B2244" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Olmayı Hatırlamak</t>
+        </is>
+      </c>
+      <c r="C2244" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" s="1" t="inlineStr">
+        <is>
+          <t>9786054771769</t>
+        </is>
+      </c>
+      <c r="B2245" s="1" t="inlineStr">
+        <is>
+          <t>Sabah Uykum</t>
+        </is>
+      </c>
+      <c r="C2245" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" s="1" t="inlineStr">
+        <is>
+          <t>9786054771554</t>
+        </is>
+      </c>
+      <c r="B2246" s="1" t="inlineStr">
+        <is>
+          <t>Allah De Ötesini Bırak</t>
+        </is>
+      </c>
+      <c r="C2246" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" s="1" t="inlineStr">
+        <is>
+          <t>9786054994076</t>
+        </is>
+      </c>
+      <c r="B2247" s="1" t="inlineStr">
+        <is>
+          <t>Deli Çocuğun Güncesi</t>
+        </is>
+      </c>
+      <c r="C2247" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" s="1" t="inlineStr">
+        <is>
+          <t>9786054994007</t>
+        </is>
+      </c>
+      <c r="B2248" s="1" t="inlineStr">
+        <is>
+          <t>Haz</t>
+        </is>
+      </c>
+      <c r="C2248" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" s="1" t="inlineStr">
+        <is>
+          <t>9786055151188</t>
+        </is>
+      </c>
+      <c r="B2249" s="1" t="inlineStr">
+        <is>
+          <t>670 Gram ile Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C2249" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" s="1" t="inlineStr">
+        <is>
+          <t>9786053110361</t>
+        </is>
+      </c>
+      <c r="B2250" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeğin Kaderi</t>
+        </is>
+      </c>
+      <c r="C2250" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" s="1" t="inlineStr">
+        <is>
           <t>9786054994106</t>
         </is>
       </c>
-      <c r="B2222" s="1" t="inlineStr">
+      <c r="B2251" s="1" t="inlineStr">
         <is>
           <t>Bana Allah Yeter</t>
         </is>
       </c>
-      <c r="C2222" s="1">
+      <c r="C2251" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>