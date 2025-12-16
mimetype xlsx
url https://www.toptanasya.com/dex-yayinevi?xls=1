--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3295 +85,7465 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8696602032925</t>
+          <t>8696602034561</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kırmızı Şömiz)</t>
+          <t>Saklambaç Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>470</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258492385</t>
+          <t>9786255572288</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dansı</t>
+          <t>Saklambaç 3 - Körebe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050979350</t>
+          <t>9786255572295</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Skyward</t>
+          <t>Saklambaç 3 - Körebe (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>530</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255572196</t>
+          <t>9786255572080</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Camellia'nın Peşinde 1</t>
+          <t>Saklambaç 2 - Sobe</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255572165</t>
+          <t>9786255572271</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür (Ciltli)</t>
+          <t>Saklambaç 2 - Sobe (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255572172</t>
+          <t>9786255572073</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür</t>
+          <t>Saklambaç 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8696602034066</t>
+          <t>9786255572264</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür Kutulu (Ciltli)</t>
+          <t>Saklambaç 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256932555</t>
+          <t>9786255572257</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Damızlık Kızın Öyküsü - Çizgi Roman</t>
+          <t>Camellia'nın Peşinde 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255572189</t>
+          <t>9786255572240</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay 3</t>
+          <t>Açlık Oyunları - Resimli (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255572127</t>
+          <t>9786255572233</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Caraval 3.5: Spectacular Muhteşem Gösteri</t>
+          <t>Kamptaki O Yaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255572134</t>
+          <t>9786255572202</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Haberci 3: Asalet ve İhtişam</t>
+          <t>Camellia'nın Peşinde 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050913156</t>
+          <t>9786255572219</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 3: Tanrı</t>
+          <t>Ölüler Mahkemesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050950724</t>
+          <t>9786256932722</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben</t>
+          <t>Bir Elfhame Romanı 2: Tutsağın Tahtı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050918502</t>
+          <t>9786256932685</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 5 - Avcı</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256932692</t>
+          <t>9786258492286</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş 2: Alevdeki Işık</t>
+          <t>Son İntikam Şeytan Gecesi 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255572110</t>
+          <t>9786256932005</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş 3: Tendeki Ateş</t>
+          <t>Muhalifler 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>209</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258021554</t>
+          <t>9786258021462</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ya Yarın Yoksa</t>
+          <t>Hüzünlü Bir Ponçik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>119</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050905809</t>
+          <t>9786050969511</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Melez</t>
+          <t>Atlas Ateş - Kayıp Kral</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050920758</t>
+          <t>9786050954111</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç 3: Sonsuza Dek</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255572103</t>
+          <t>9786050951578</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Haberci 2: Gazap ve Yıkım</t>
+          <t>Aşk ve Ateş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>490</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258492378</t>
+          <t>9786050951745</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Barbar Aşık</t>
+          <t>Dirilen Sevgili</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255572097</t>
+          <t>9786050967531</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beni Seyret (Ciltli)</t>
+          <t>Pasaklı Tanrıça</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>550</v>
+        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258492361</t>
+          <t>9786050966510</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Burada Yaşıyoruz</t>
+          <t>Aynadaki Masallar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255572042</t>
+          <t>9786050955613</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 5 - Hasatta Gündoğumu</t>
+          <t>Mükemmel Olmayan Hayatım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255572066</t>
+          <t>9786050953343</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Arincon 2 - Zihin Aynası</t>
+          <t>Kısmet Bu İşler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255572059</t>
+          <t>9786050968378</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arincon 1 - Hafıza Çivileri</t>
+          <t>Last Descendants Tanrıların Kaderi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>8696602033601 </t>
+          <t>9786050955309</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış Kutulu (Ciltli)</t>
+          <t>Kalbimde Çivilerle Uyumuş Gibiyim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256932999</t>
+          <t>9786050963045</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış (Ciltli)</t>
+          <t>O Kadar Da Değil</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255572004</t>
+          <t>9786050953602</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış</t>
+          <t>Küçük Hatalar Büyük Sırlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255572028</t>
+          <t>9786050957006</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay 2</t>
+          <t>Sen Sus! Stilin Konuşsun!</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>195</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255572011</t>
+          <t>9786050947113</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay</t>
+          <t>Yalnız Cesurlar Kazanır</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050952803</t>
+          <t>9786050961744</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ölene Dek Beraberiz</t>
+          <t>Cadı Kızı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>29.6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258492101</t>
+          <t>9786050960259</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinden Son Mektup</t>
+          <t>Yokdünya'da Uyanış</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>32.8</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050981537</t>
+          <t>9786050902815</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Kediler Dünyadan Yok Olsaydı</t>
+          <t>Zehir Yiyenler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256932982</t>
+          <t>9786050910339</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Kan Ruhu</t>
+          <t>Zehir Ustası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256932975</t>
+          <t>9786050903188</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhalif</t>
+          <t>Yıldız Çarpması</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>430</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050981995</t>
+          <t>9786050912555</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Finale - Caraval 3</t>
+          <t>Yerkara</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258492330</t>
+          <t>9786050904970</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Paris'e Bir Bilet ve Diğer Öyküler</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256932968</t>
+          <t>9786051119441</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Işığın Ölümü</t>
+          <t>Yedi Ölümcül Günah - Şehvet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>295</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050942149</t>
+          <t>9786051119465</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Caraval</t>
+          <t>Yedi Ölümcül Günah - Öfke</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>395</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256932937</t>
+          <t>9786051119489</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akıl Odaları</t>
+          <t>Yedi Ölümcül Günah - Oburluk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8696602033397</t>
+          <t>9786051119496</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4 – Efsaneler ve Lanetler (Kutulu) (Ciltli)</t>
+          <t>Yedi Ölümcül Günah - Kibir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>650</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256932920</t>
+          <t>9786051119434</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - HC (Ciltli)</t>
+          <t>Yedi Ölümcül Günah - Kıskançlık</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>495</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256932913</t>
+          <t>9786051119472</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - SC</t>
+          <t>Yedi Ölümcül Günah - Hırs</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256932784</t>
+          <t>9786050900927</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 1: Paradokya</t>
+          <t>Yaratık Avcısı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>285</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256932333</t>
+          <t>9786050915310</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 2: Sırlar Geçidi</t>
+          <t>Yaratıcı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256932791</t>
+          <t>9786050914818</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 3: Düşler Ülkesi</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050985658</t>
+          <t>9786050905137</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kraliçesi (Ciltli)</t>
+          <t>Soğuk Öpücük</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>590</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050964493</t>
+          <t>9786050909364</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İnan Bana - Bana Dokunma 4</t>
+          <t>Ruhsuz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>485</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258492323</t>
+          <t>9786050906066</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Buz Gezegeni Barbarları 2: Barbar Uzaylı</t>
+          <t>Pür</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050977998</t>
+          <t>9786050914085</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Parçalanmış Krallıklar - Miras Üçlemesi 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256932760</t>
+          <t>8696602023572</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik - 2 Krallar ve Soytarıları</t>
+          <t>Paranormal - Doğaüstü (2 Kitap Takım - Rozet Hediyeli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256932753</t>
+          <t>9786051119458</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 - Lordlar ve Varisler</t>
+          <t>Yedi Ölümcül Günah - Tembellik</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>396</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258492309</t>
+          <t>9786050900033</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Şafak</t>
+          <t>Paranormal</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>430</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258492316</t>
+          <t>9786050904260</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gelinler Gemisi</t>
+          <t>Ölümsüz Juliet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256932746</t>
+          <t>9786050912517</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Çikolata Dükkanı</t>
+          <t>Ölümcül Merhamet</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258492293</t>
+          <t>9786050910223</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Miras Üçlemesi 1  - Yüz Bin Krallık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256932715</t>
+          <t>9786050905571</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Watch Dogs 2</t>
+          <t>Melek 2 - Ateş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>145</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256932708</t>
+          <t>9786050901283</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Watch Dogs 1</t>
+          <t>Melek 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>145</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256932739</t>
+          <t>9786050908725</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Haberci 1: Fırtına Ve Öfke</t>
+          <t>Meleğin Düşüşü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>8696602032642</t>
+          <t>9786050902723</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dikenler ve Güller Sarayı (Kutulu Set Dövme Hediyeli)</t>
+          <t>Mekanik Kalp</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2000</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256932678</t>
+          <t>9786050912050</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 - Ejderha ve Yıldız</t>
+          <t>Mefisto’nun Öpücüğü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256932661</t>
+          <t>9786050904826</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 - Deliler ve Cellatlar</t>
+          <t>Mefisto</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>380</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258492279</t>
+          <t>9786050909043</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Buz Gezegeni Barbarları</t>
+          <t>Lanet İşleyiciler 3 - Kara Yürek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>8696602033014</t>
+          <t>9786050904147</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik  3 Deliler ve Cellatlar - Ciltli (Kırmızı Şömiz)</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>495</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8696602033021</t>
+          <t>9786050908497</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Beyaz Şömiz)</t>
+          <t>Kutsanmış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>495</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256932647</t>
+          <t>9786050906233</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 Ejderha ve Yıldız - Ciltli</t>
+          <t>Krallığa Dönüş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8696602032970</t>
+          <t>9786050903720</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Su)</t>
+          <t>Koruyucu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>425</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8696602033007</t>
+          <t>9786050900507</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Kutulu)</t>
+          <t>Kontes</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>650</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>8696602032963</t>
+          <t>9786050905373</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kutulu)</t>
+          <t>Kırmızı Eldiven - Lanet İşleyiciler 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8696602033038</t>
+          <t>9786050911329</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Kutulu)</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>650</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256932616</t>
+          <t>9786050901986</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma Novellalar 2: Beni Gör - Beni Hisset</t>
+          <t>Karanlığın Kızı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256932227</t>
+          <t>9786050903652</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bitmeyen Masal</t>
+          <t>Kara Kafa</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050959512</t>
+          <t>9786050905922</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu'nun Çağrısı ve Diğer Tuhaf Öyküler</t>
+          <t>Kaçış Adası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050935448</t>
+          <t>9786050913989</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dikenler ve Güller Sarayı</t>
+          <t>Kaçığın Kızı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>380</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050973877</t>
+          <t>9786050902167</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kuşların ve Yılanların Şarkısı - Açlık Oyunları</t>
+          <t>İlk Buluşmada Asla Isırma</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256932326</t>
+          <t>9786050906646</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson Evreninden Güneş ve Yıldız - Bir Nico Di Angelo Macerası</t>
+          <t>Güzel Şeytan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>440</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256932609</t>
+          <t>9786050911732</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hilal Şehir 3: Alev ve Gölge Hanesi</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>750</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256932579</t>
+          <t>9786050907216</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşkın Laneti</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>270</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256932548</t>
+          <t>9786050910360</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Parla</t>
+          <t>Gece Okulu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>145</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256932531</t>
+          <t>9786050914474</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Varis</t>
+          <t>Pür 2 : Füzyon</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>245</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258492262</t>
+          <t>9786050904734</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Ayakkabısı</t>
+          <t>Doğaüstü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256932524</t>
+          <t>9786050912647</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma Novellalar (Ciltli)</t>
+          <t>Cam Şato</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256932432</t>
+          <t>9786050907278</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Muhalifler 3 - Süpernova (Ciltli)</t>
+          <t>Cadı Avı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256932456</t>
+          <t>9786050913545</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kitabı</t>
+          <t>Büyü Ustası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>195</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256932401</t>
+          <t>9786050902327</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cytonic</t>
+          <t>Beyaz Kedi - Lanet İşleyiciler 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>430</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256932395</t>
+          <t>9786050905311</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Psykhe ve Eros</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258492255</t>
+          <t>9786050906783</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Değiş Tokuş</t>
+          <t>Başlayanlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>139</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258492248</t>
+          <t>9786050911190</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sığınak - Şeytan Gecesi-2</t>
+          <t>Başka Bir Dünya Üçlü İttifak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256932234</t>
+          <t>9786050906905</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Double Me 5</t>
+          <t>Bana Dokunma</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256932180</t>
+          <t>9786050905106</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Double Me 4</t>
+          <t>Ateş ve Diken</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256932173</t>
+          <t>9786050914542</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Double Me 3</t>
+          <t>Ateş Ustası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258492194</t>
+          <t>9786050906356</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Asil Kraliçe</t>
+          <t>19. Departman</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256932104</t>
+          <t>9786050920512</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Double Me 2</t>
+          <t>Saraydan Hikayeler - Prens ve Muhafız</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256932098</t>
+          <t>9786050917734</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Double Me 1</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256932111</t>
+          <t>9786050930542</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İki Kraliçenin Savaşı</t>
+          <t>Yaratıcı Dünya 3 - Zaman</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>495</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258492125</t>
+          <t>9786050923520</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Günaha Davet</t>
+          <t>Cam Şato - 2 : Karanlık Taç</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256417564</t>
+          <t>9786050921540</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ne Yesem Dokunuyor</t>
+          <t>Duvarların Dili Olsa</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256932081</t>
+          <t>9786050928778</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Bedenim</t>
+          <t>Ahh Kalbim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>79</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256932067</t>
+          <t>9786050917680</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Elfhame Kralı Öykülerden Nefret Etmeye Nasıl Başladı</t>
+          <t>Mistik Şehir</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258492118</t>
+          <t>9786050927863</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tek Dileğim</t>
+          <t>Küller 3 : Canavarlar 2. Bölüm</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>119</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256932050</t>
+          <t>9786050927580</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 6</t>
+          <t>Beni Yakma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256932029</t>
+          <t>9786050925401</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Ten ve Ateş Romanı: Kıvılcımdaki Gölge</t>
+          <t>Dengesiz Bir Adamın Anatomisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>550</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256932036</t>
+          <t>9786050919059</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 5</t>
+          <t>Bir Sır Saklı İçimde</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256932012</t>
+          <t>9786050918106</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Avcının İntikamı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>650</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258021981</t>
+          <t>9786050927504</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 4</t>
+          <t>Küller 3 : Canavarlar 1. Bölüm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258021974</t>
+          <t>9786050922349</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 3</t>
+          <t>Karanlık Sular 2: Zehirli Sular</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258021967</t>
+          <t>9786050923490</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 2</t>
+          <t>Kimi Öptüğüne Dikkat Et</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258021950</t>
+          <t>9786050921977</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 1</t>
+          <t>Gizemli Adam</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258021998</t>
+          <t>9786050921878</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İleri Sar: Gelecekten Öyküler</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>119</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258492095</t>
+          <t>9786050946918</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Kızı</t>
+          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258021943</t>
+          <t>9786050961706</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kemikler Tacı - Kan ve Kül 3</t>
+          <t>Leylak Zamanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>460</v>
+        <v>99</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258021905</t>
+          <t>9786050953732</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalp</t>
+          <t>Aşkın Sihirli Formülü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258021837</t>
+          <t>9786050958799</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Başlat - Ready Player Two</t>
+          <t>Şaşırt Beni</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>275</v>
+        <v>46</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258492040</t>
+          <t>9786050952216</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Punk 57</t>
+          <t>Otherworld</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258492033</t>
+          <t>9786050946680</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yakın Koruma</t>
+          <t>Çılgın</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>119</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258492026</t>
+          <t>9786050946826</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Benjamin ve Ben</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258021660</t>
+          <t>9786050945911</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Starsight</t>
+          <t>Armada</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>475</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258021820</t>
+          <t>9786050960471</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aristo ve Dante Dünyanın Sularına Dalıyor</t>
+          <t>Her Nefeste</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>440</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258492057</t>
+          <t>9786050953374</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Bir Kere</t>
+          <t>Yalnız Kadınlar Sokağı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258021769</t>
+          <t>9786050960792</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>En Parlak Gece</t>
+          <t>Sır Tutabilir Misin?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>325</v>
+        <v>89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258021707</t>
+          <t>9786050955743</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Homodominans</t>
+          <t>Dr. Jekyll ve Mr. Hyde'in Tuhaf Vakası (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258021691</t>
+          <t>9786050956016</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Frankenstein’ın Karanlık Düşüşü</t>
+          <t>Bir Ölüm ve Birkaç Skandal</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>89</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258021714</t>
+          <t>9786050953077</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş Krallığı - Kan ve Kül 2</t>
+          <t>Drakula (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258021684</t>
+          <t>9786050953060</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha 5</t>
+          <t>Dorian Grey’in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258021677</t>
+          <t>9786050953114</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Nefes Hanesi - Hilal Şehir 2</t>
+          <t>Operadaki Hayalet (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258021653</t>
+          <t>9786050950663</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Edward</t>
+          <t>Son Namsara Iskarı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>119</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258021646</t>
+          <t>9786050950199</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aldatılmış</t>
+          <t>Kağanın Mezarı - Assansin’s Creed Series (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>109</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258021516</t>
+          <t>9786050945072</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezgini Tuf</t>
+          <t>Derindekiler - Yem</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>159</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258021493</t>
+          <t>9786050945164</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Suikastçının Hançeri</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>585</v>
+        <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258021479</t>
+          <t>9786050945089</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Kızıl Dosya ve Dörtlerin İmzası - İki Roman Bir Arada</t>
+          <t>Işık Tutsakları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>235</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050987157</t>
+          <t>9786050955101</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Karabasan</t>
+          <t>İtalyanca Aşk Başkadır</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>179</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050986464</t>
+          <t>9786050952377</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Alevler Sarayı</t>
+          <t>40. Yılında 40 Öyküyle Farklı Bir Açıdan Starwars</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>490</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050986303</t>
+          <t>9786050944907</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kral (Ciltli)</t>
+          <t>Ölümün Kollarında</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>590</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050986297</t>
+          <t>9786050944853</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Beni</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>550</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050984149</t>
+          <t>9786050944068</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Külden</t>
+          <t>Çöl Rüyası 3 - Aşkın Gücü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>375</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050983425</t>
+          <t>9786050954524</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Jamaica Caddesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>49</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050983241</t>
+          <t>9786050939651</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Neva</t>
+          <t>Hep Seni İstedim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050982770</t>
+          <t>9786050944433</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hilal Şehir - Toprak ve Kan Hanesi</t>
+          <t>Rakipsiz - Kusursuz İdoller</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>650</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050981452</t>
+          <t>9786050944488</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlk Adam</t>
+          <t>Kaybettiğimiz Işık</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>650</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050980868</t>
+          <t>9786050943542</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Artı Bir</t>
+          <t>Çöllerin Asisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>340</v>
+        <v>49</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050980660</t>
+          <t>9786050941074</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nişanlı</t>
+          <t>Triton Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>89</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050980509</t>
+          <t>9786050938555</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Siyah Kelebek 2: Capella</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>119</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050980097</t>
+          <t>9786050938562</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>7 Adam 7 Günah</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050979138</t>
+          <t>9786050951288</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>En Aydınlık Gölge</t>
+          <t>Aramızdaki Uçurum</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050978810</t>
+          <t>9786050947335</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Titan 4 (Ciltli)</t>
+          <t>Kusursuz Elmas - Mücevherler Serisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>79</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050978841</t>
+          <t>9786050946284</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beni Kışkırtma - Bana Dokunma 5 (Ciltli)</t>
+          <t>Mücadele - Titan 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>485</v>
+        <v>79</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050978643</t>
+          <t>9786050946598</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>O Yıldızın Altında</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050977981</t>
+          <t>9786050946673</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Pencerenin Ardından Kadın Masalları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>79</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050977615</t>
+          <t>9786050947717</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Buz ve Yıldızışığı Sarayı</t>
+          <t>Starwars - Karanlık Mürit</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050975765</t>
+          <t>9786050944822</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 7 - Kül Krallığı (Ciltli)</t>
+          <t>Şezlong Savaşları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>785</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050975499</t>
+          <t>9786050940022</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Merkür ve Mucize</t>
+          <t>Şans Kurabiyem</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>39</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050970739</t>
+          <t>9786050940046</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Baldan Karanlık</t>
+          <t>Siren</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>24</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050970746</t>
+          <t>9786050936193</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Muhafızname - Karakalem 3</t>
+          <t>Dengesiz Bir Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>49</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050970395</t>
+          <t>9786050949681</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Asil Duygular</t>
+          <t>Ben Çok Sevdim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050965834</t>
+          <t>9786050946352</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar - Muhalifler 2</t>
+          <t>Derindekiler 3 Dönüşüm</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>129</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050962772</t>
+          <t>9786050945706</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aşk Satar</t>
+          <t>Neptune Varisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>29</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050942644</t>
+          <t>9786050937459</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi</t>
+          <t>Sığ Sularda Kaybolan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>32</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050948783</t>
+          <t>9786050947519</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Asil Aşk</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050966152</t>
+          <t>9786050947403</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tövbe</t>
+          <t>Hilebaz Büyücü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>49</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050965742</t>
+          <t>9786050944044</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şafak Kulesi - Cam Şato 6</t>
+          <t>Sonsuzluğun Sonuna Dek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>630</v>
+        <v>219</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050966268</t>
+          <t>9786050943900</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar - Muhalifler 2 (Ciltli)</t>
+          <t>Küfürsüz Aşklar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050965629</t>
+          <t>9786050942446</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Uzak Varlıkların Yalnızlığı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050961713</t>
+          <t>9786050942293</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Cesur - Lanetli 3</t>
+          <t>Gecenin Kanatları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>37.5</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050961263</t>
+          <t>9786050940930</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Asil Teklif</t>
+          <t>Bininci Kat</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>74</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050960334</t>
+          <t>9786050951165</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Yıldız</t>
+          <t>Sonsuza Dek Sıfır Tekrar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050959468</t>
+          <t>9786050950137</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Hep Gençtir</t>
+          <t>Kore’de Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>99</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050958362</t>
+          <t>8696602024654</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Legend - Caraval 2</t>
+          <t>Açlık Oyunları Serisi - Özel Koleksiyon Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>375</v>
+        <v>91.67</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050957600</t>
+          <t>9786050938425</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kara Kalem 2</t>
+          <t>Sonsuz Sevgili</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>42</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050957174</t>
+          <t>9786050936018</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu - Cam Şato 5 (Ciltli)</t>
+          <t>Aşkla Gelen Güzellik</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>650</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050955446</t>
+          <t>9786050930757</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050954692</t>
+          <t>9786050919950</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Süreya Kuaför Salonu</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>32</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050952988</t>
+          <t>9786050918762</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Zalim Prens - Peri Halkı Serisi 1. Kitap (Ciltli)</t>
+          <t>Ruhsuz 2 - Yeniruh</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>590</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050952209</t>
+          <t>9786050917833</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sen</t>
+          <t>Melek 3 - Son Savaş</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>750</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050951356</t>
+          <t>9786050920925</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kara Kalem</t>
+          <t>Halka</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050951547</t>
+          <t>9786050920390</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nazenin</t>
+          <t>Bela</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>22.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050951417</t>
+          <t>9786050919707</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Muhalifler (Ciltli)</t>
+          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>290</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050950182</t>
+          <t>9786050918557</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kağanın Mezarı - Assansin’s Creed Series</t>
+          <t>Acıtan Güzellik</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>38</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050949902</t>
+          <t>9786050917215</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kayan Yıldızların Işıltısı - Ventura Efsanesi 2. Kitap</t>
+          <t>Yıkılan Krallıklar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>32.5</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050949810</t>
+          <t>9786050916638</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar ve Küller Sarayı</t>
+          <t>Dublin Caddesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>490</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050949544</t>
+          <t>9786050934090</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Asosyaller Gezegeninde Aşk</t>
+          <t>Star Wars - Kayıp Yıldızlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>28.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050948745</t>
+          <t>9786050934076</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma 3: Beni Yakma (Ciltli)</t>
+          <t>Rhett</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>550</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050949117</t>
+          <t>9786050926453</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 4 - Gölgeler Kraliçesi (Ciltli)</t>
+          <t>Londra Caddesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>630</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050948721</t>
+          <t>9786050947052</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma (Ciltli)</t>
+          <t>Yetim Kraliçe 2 - Ayna Kral</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>550</v>
+        <v>42</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050948738</t>
+          <t>9786050924060</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma 2: Beni Bırakma (Ciltli)</t>
+          <t>Sonsuz Ruh</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>595</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050948387</t>
+          <t>9786050941838</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çölllerin Asisi 2 - Çölllerin Prensi</t>
+          <t>Gölgeler - Karanlık Lise</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>129</v>
+        <v>33</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050946871</t>
+          <t>9786050940237</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 1 (Ciltli)</t>
+          <t>Calamity</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>575</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050946901</t>
+          <t>9786050937763</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 1 (Ciltli)</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>230</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050946888</t>
+          <t>9786050925685</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 3 - Günlerin Sonu (Ciltli)</t>
+          <t>Buz Ateşi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050946864</t>
+          <t>9786050933307</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 3 - Ateşin Varisi (Ciltli)</t>
+          <t>Oyuncu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>630</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050946895</t>
+          <t>9786050927962</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 2 - Karanlık Taç (Ciltli)</t>
+          <t>Çöl Rüyası: Aşk Ateşi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>585</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050946161</t>
+          <t>9786050927931</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çevrimdışı Aşk</t>
+          <t>Derin Tutku</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>29</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050945652</t>
+          <t>9786050927924</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yükseklik Sarhoşluğu</t>
+          <t>Sağdıç</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>45</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050943368</t>
+          <t>9786050942453</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Aristo ve Dante Evrenin Sırlarını Kesfediyor</t>
+          <t>Bellek Kitabım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050940626</t>
+          <t>9786050938852</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Öfke Sarayı</t>
+          <t>Aşık Rhett</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>390</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050940916</t>
+          <t>9786050938609</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük 6</t>
+          <t>Pınar’ın Yılbaşı Depresyonu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>52</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050939507</t>
+          <t>9786050938517</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Last Descendants: Son Nesil (Ciltli)</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>99</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050936674</t>
+          <t>9786050931174</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bodyguard</t>
+          <t>Saraydan Hikayeler - Kraliçe ve Gözde</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>22</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050936438</t>
+          <t>9786050931105</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Titan 1- Geri Dönüş</t>
+          <t>Hayatımın Başrolü Olur musun?</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>79</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050935660</t>
+          <t>9786050928587</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yansıma - 2 Luda Kuka</t>
+          <t>Steelheart 2 : Firefight</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>18</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050935677</t>
+          <t>9786050934052</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç 5 - Taç</t>
+          <t>Kimi Seçtiğine Dikkat Et!</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>240</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050935127</t>
+          <t>9786050934038</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Lux 1,5 - Unutuluş</t>
+          <t>Kanun Adamı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050930795</t>
+          <t>9786050921984</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Veliaht Prenses</t>
+          <t>Pür 3: Tutuşma</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>340</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050930665</t>
+          <t>9786050943252</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 3 - Alaycı Kuş</t>
+          <t>Güç - Titan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>450</v>
+        <v>79</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050930672</t>
+          <t>9786050935400</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 2 - Ateşi Yakalamak</t>
+          <t>Al Sana Aşk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>450</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050929997</t>
+          <t>9786050943047</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları - 1</t>
+          <t>Yetim Kraliçe</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050923049</t>
+          <t>9786050942835</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kocan Kadar Konuş 2 : Diriliş</t>
+          <t>Yansıma 3 - Nadven</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>21.3</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050908886</t>
+          <t>9786050939545</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 2: Safkan</t>
+          <t>Entrikacılar 2: Sırlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>395</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050915549</t>
+          <t>9786050939521</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Lux 3 - Opal</t>
+          <t>Last Descendants: Son Nesil</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>38</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050914948</t>
+          <t>9786050937664</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Elit</t>
+          <t>Kaçınılmaz Günah</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050903447</t>
+          <t>9786050937473</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Başlat - Ready Player One</t>
+          <t>İyilik</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>490</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050917567</t>
+          <t>9786050937619</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Lux 4 - Köken</t>
+          <t>Derindekiler - Şüphe</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>275</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050922592</t>
+          <t>9786050937572</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Lux 5: Direniş</t>
+          <t>Deliliğin Kıyısında</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050914283</t>
+          <t>9786050934113</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Lux 2 - Oniks</t>
+          <t>Cambaz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>265</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050911909</t>
+          <t>9786050934502</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Lux 1 - Obsidiyen</t>
+          <t>Ateşin Varisi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050912852</t>
+          <t>9786050932164</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç</t>
+          <t>Yaban</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>270</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
+          <t>9786050932133</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Dişisel Gerilim</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786050938234</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Buz Öpücüğü</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786050936483</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Yaratık Avcısı 2 - Wendigo'nun Laneti</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786050936575</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Yaratık Avcısı 3 - Kan Adası</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786050934977</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Rüyası: Aşkın Gizemi</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786050934717</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Tam İsabet</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786050938814</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Star Wars Güç Uyanıyor - Kan Bağı</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786050938913</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Yapalım Kanka</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786050930078</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786050929638</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Friday Brown</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786050925166</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Pucca Günlük - 5 : O Adam Buraya Gelecek</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>8696602024777</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Pucca Günlük (Siyah)</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>16.1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>8696602024760</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Pucca Günlük (Pembe)</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>16.1</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786050932591</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Entrikacılar 1: Rakibeler</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786050929645</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Kelebek</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786050924336</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Gerilim</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786050937060</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Adamlar Atlası</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786050936988</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Balodram</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786050935431</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Hırsız</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>69.45</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786050934656</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp (Bella Serisi)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>32.9</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786050928310</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Meleğin Düşüşü 3 : Günlerin Sonu</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786050926187</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sular 3 : Tehlikeli Sular</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786050922189</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Sonlayanlar</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786050919387</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Kocan Kadar Konuş</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786050936100</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Poseidon Varisi</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786050933451</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Kusurlu</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786050930986</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Hizmetkarları 3 - Ölümlü Yürek</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786050926057</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Acıtan Güzellik 2 : Adanmış Güzellik</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786050923261</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Adam</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786050920055</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786050918298</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Steelheart</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786050933154</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sevgili</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786050922806</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm'ün Hizmetkarları 2 - Karanlık Zafer</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786050928594</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Kime Dokunduğuna Dikkat Et</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>28.7</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786050938494</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Yapalım Aşkım</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>18.06</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>8696602024579</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Bela - Vahşi (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786050927344</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>İhanetini Fısılda</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786050926705</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>25.46</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786050923278</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Dünya - Kraliçe</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786050930108</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Parsiyeller</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786050930160</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bar Filozofu</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786258492002</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Ardında Bıraktığın Kadın</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786050987355</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Son Defa</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786050986457</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Buzdaki Kelebek</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786050980295</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Süpernova - Muhalifler 3</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786050977622</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şans Daha</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786050972702</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Kral</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786050977127</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Hayali Arkadaş</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786050971361</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Solo Annenin Survivor Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786050979916</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Holly Chase’in Öteki Hayatı</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786050968408</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar İmparatorluğu - Cam Şato 5</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786050947731</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Star Wars Battlefront 2 - Cehennem Mangası</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786050967968</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Star Wars Battlefront 1 - Alacakaranlık Bölüğü</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786050963557</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Şeyma</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>23.9</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786050969023</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786050968026</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Sütun Kapısı</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786050972399</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bir İyilik Borçluyum</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786050966916</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Çöllerin Kahramanı - Çöllerin Asisi 3</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786050975758</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Ev Arkadaşı</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786050965018</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Dersleri</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786050969795</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Gizem ve Düş Gücü Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786050963342</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Duman Hırsızları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>39.9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>8696602032925</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kırmızı Şömiz)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786258492385</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Dansı</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786050979350</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Skyward</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786255572196</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Camellia'nın Peşinde 1</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786255572165</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786255572172</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>8696602034066</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür Kutulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786256932555</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Damızlık Kızın Öyküsü - Çizgi Roman</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786255572189</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Mr. Barclay 3</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786255572127</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Caraval 3.5: Spectacular Muhteşem Gösteri</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786255572134</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Haberci 3: Asalet ve İhtişam</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786050913156</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Melez Sözleşmeleri 3: Tanrı</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786050950724</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Senden Önce Ben</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786050918502</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Melez Sözleşmeleri 5 - Avcı</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786256932692</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Ten ve Ateş 2: Alevdeki Işık</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786255572110</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Ten ve Ateş 3: Tendeki Ateş</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786258021554</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Ya Yarın Yoksa</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786050905809</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Melez</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786050920758</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Beni Seç 3: Sonsuza Dek</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786255572103</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Haberci 2: Gazap ve Yıkım</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786258492378</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Aşık</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786255572097</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Beni Seyret (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786258492361</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Burada Yaşıyoruz</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786255572042</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Oyunları 5 - Hasatta Gündoğumu</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786255572066</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Arincon 2 - Zihin Aynası</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786255572059</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Arincon 1 - Hafıza Çivileri</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>8696602033601</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Canavarın Da Kalbi Varmış Kutulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786256932999</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Canavarın Da Kalbi Varmış (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786255572004</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Canavarın Da Kalbi Varmış</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786255572028</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Mr. Barclay 2</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786255572011</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Mr. Barclay</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786050952803</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Ölene Dek Beraberiz</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786258492101</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Sevgilinden Son Mektup</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786050981537</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Kediler Dünyadan Yok Olsaydı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786256932982</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Kül ve Kan Ruhu</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786256932975</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Muhalif</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786050981995</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Finale - Caraval 3</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786258492330</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Paris'e Bir Bilet ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786256932968</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Ölümü</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786050942149</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Caraval</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786256932937</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Odaları</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>8696602033397</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4 – Efsaneler ve Lanetler (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786256932920</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - HC (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786256932913</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - SC</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786256932784</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Gizemli Oyunu 1: Paradokya</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786256932333</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Gizemli Oyunu 2: Sırlar Geçidi</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786256932791</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Gizemli Oyunu 3: Düşler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786050985658</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Hiçliğin Kraliçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786050964493</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>İnan Bana - Bana Dokunma 4</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786258492323</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Buz Gezegeni Barbarları 2: Barbar Uzaylı</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786050977998</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Biz</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786256932760</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik - 2 Krallar ve Soytarıları</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786256932753</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 - Lordlar ve Varisler</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786258492309</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Şafak</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786258492316</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Gelinler Gemisi</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786256932746</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Çikolata Dükkanı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786258492293</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Davetsiz Misafir</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786256932715</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Watch Dogs 2</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786256932708</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Watch Dogs 1</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786256932739</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Haberci 1: Fırtına Ve Öfke</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>8696602032642</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Dikenler ve Güller Sarayı (Kutulu Set Dövme Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786256932678</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 - Ejderha ve Yıldız</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786256932661</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 - Deliler ve Cellatlar</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786258492279</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Buz Gezegeni Barbarları</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>8696602033014</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik  3 Deliler ve Cellatlar - Ciltli (Kırmızı Şömiz)</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>8696602033021</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Beyaz Şömiz)</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786256932647</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 Ejderha ve Yıldız - Ciltli</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>8696602032970</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Su)</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>8696602033007</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>8696602032963</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>8696602033038</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786256932616</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Bana Dokunma Novellalar 2: Beni Gör - Beni Hisset</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786256932227</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Bitmeyen Masal</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786050959512</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Cthulhu'nun Çağrısı ve Diğer Tuhaf Öyküler</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786050935448</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Dikenler ve Güller Sarayı</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786050973877</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Kuşların ve Yılanların Şarkısı - Açlık Oyunları</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786256932326</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Percy Jackson Evreninden Güneş ve Yıldız - Bir Nico Di Angelo Macerası</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786256932609</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Hilal Şehir 3: Alev ve Gölge Hanesi</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786256932579</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Aşkın Laneti</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786256932548</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Parla</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786256932531</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Varis</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786258492262</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Başkasının Ayakkabısı</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786256932524</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Bana Dokunma Novellalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786256932432</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Muhalifler 3 - Süpernova (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786256932456</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Kitabı</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786256932401</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Cytonic</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786256932395</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Psykhe ve Eros</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786258492255</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Değiş Tokuş</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786258492248</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Sığınak - Şeytan Gecesi-2</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786256932234</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Double Me 5</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786256932180</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Double Me 4</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786256932173</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Double Me 3</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786258492194</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Asil Kraliçe</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786256932104</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Double Me 2</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786256932098</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Double Me 1</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786256932111</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>İki Kraliçenin Savaşı</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786258492125</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Günaha Davet</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786256417564</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Ne Yesem Dokunuyor</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786256932081</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>İşte Bu Benim Bedenim</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786256932067</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Elfhame Kralı Öykülerden Nefret Etmeye Nasıl Başladı</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786258492118</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Tek Dileğim</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786256932050</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 6</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786256932029</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ten ve Ateş Romanı: Kıvılcımdaki Gölge</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786256932036</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 5</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786256932012</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786258021981</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 4</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786258021974</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 3</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786258021967</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 2</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786258021950</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Cagaster - 1</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786258021998</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>İleri Sar: Gelecekten Öyküler</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786258492095</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Doğum Günü Kızı</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786258021943</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Yaldızlı Kemikler Tacı - Kan ve Kül 3</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786258021905</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Bir Kalp</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786258021837</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Başlat - Ready Player Two</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786258492040</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Punk 57</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786258492033</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Koruma</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786258492026</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin ve Ben</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786258021660</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Starsight</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786258021820</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Aristo ve Dante Dünyanın Sularına Dalıyor</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786258492057</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Bir Kere</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786258021769</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>En Parlak Gece</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786258021707</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Homodominans</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786258021691</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Elizabeth Frankenstein’ın Karanlık Düşüşü</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786258021714</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Ten ve Ateş Krallığı - Kan ve Kül 2</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786258021684</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Mezbaha 5</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786258021677</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü ve Nefes Hanesi - Hilal Şehir 2</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786258021653</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Edward</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786258021646</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Aldatılmış</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786258021516</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Gezgini Tuf</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786258021493</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Suikastçının Hançeri</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786258021479</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes: Kızıl Dosya ve Dörtlerin İmzası - İki Roman Bir Arada</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786050987157</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Karabasan</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786050986464</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Alevler Sarayı</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786050986303</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Kral (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786050986297</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Et Beni</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786050984149</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Kan ve Külden</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786050983425</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786050983241</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Neva</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786050982770</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Hilal Şehir - Toprak ve Kan Hanesi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786050981452</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>İlk Adam</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786050980868</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Bir Artı Bir</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786050980660</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Nişanlı</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786050980509</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Eve Dönüş</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786050980097</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Kefaret</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786050979138</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>En Aydınlık Gölge</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786050978810</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet - Titan 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786050978841</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Beni Kışkırtma - Bana Dokunma 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786050978643</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>O Yıldızın Altında</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786050977981</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Makinesi</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786050977615</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Buz ve Yıldızışığı Sarayı</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786050975765</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Cam Şato 7 - Kül Krallığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786050975499</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Merkür ve Mucize</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786050970739</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Baldan Karanlık</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786050970746</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Muhafızname - Karakalem 3</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786050970395</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Asil Duygular</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786050965834</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanlar - Muhalifler 2</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786050962772</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Satar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786050942644</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Ekspresi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786050948783</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Asil Aşk</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786050966152</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Tövbe</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786050965742</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Kulesi - Cam Şato 6</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786050966268</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanlar - Muhalifler 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786050965629</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Beni Hatırladın mı?</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786050961713</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Cesur - Lanetli 3</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786050961263</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Asil Teklif</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786050960334</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>En Karanlık Yıldız</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786050959468</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarlar Hep Gençtir</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786050958362</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Legend - Caraval 2</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786050957600</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kalem 2</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786050957174</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar İmparatorluğu - Cam Şato 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786050955446</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Gece Kuşları</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786050954692</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Süreya Kuaför Salonu</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786050952988</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Zalim Prens - Peri Halkı Serisi 1. Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786050952209</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuza Dek Sen</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786050951356</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kalem</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786050951547</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Nazenin</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786050951417</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Muhalifler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786050950182</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Kağanın Mezarı - Assansin’s Creed Series</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786050949902</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Kayan Yıldızların Işıltısı - Ventura Efsanesi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786050949810</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlar ve Küller Sarayı</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786050949544</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Asosyaller Gezegeninde Aşk</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786050948745</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Bana Dokunma 3: Beni Yakma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786050949117</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Cam Şato 4 - Gölgeler Kraliçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786050948721</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Bana Dokunma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786050948738</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Bana Dokunma 2: Beni Bırakma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786050948387</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Çölllerin Asisi 2 - Çölllerin Prensi</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786050946871</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Cam Şato 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786050946901</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Meleğin Düşüşü 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786050946888</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Meleğin Düşüşü 3 - Günlerin Sonu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786050946864</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Cam Şato 3 - Ateşin Varisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786050946895</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Cam Şato 2 - Karanlık Taç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786050946161</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Çevrimdışı Aşk</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786050945652</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Yükseklik Sarhoşluğu</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786050943368</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Aristo ve Dante Evrenin Sırlarını Kesfediyor</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786050940626</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Sis ve Öfke Sarayı</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786050940916</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Pucca Günlük 6</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786050939507</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Last Descendants: Son Nesil (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786050936674</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Bodyguard</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786050936438</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Titan 1- Geri Dönüş</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786050935660</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Yansıma - 2 Luda Kuka</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786050935677</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Beni Seç 5 - Taç</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786050935127</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Lux 1,5 - Unutuluş</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786050930795</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Veliaht Prenses</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786050930665</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Oyunları 3 - Alaycı Kuş</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786050930672</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Oyunları 2 - Ateşi Yakalamak</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786050929997</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Oyunları - 1</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786050923049</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Kocan Kadar Konuş 2 : Diriliş</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786050908886</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Melez Sözleşmeleri 2: Safkan</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786050915549</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Lux 3 - Opal</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786050914948</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Elit</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786050903447</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Başlat - Ready Player One</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786050917567</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Lux 4 - Köken</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786050922592</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Lux 5: Direniş</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786050914283</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Lux 2 - Oniks</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786050911909</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Lux 1 - Obsidiyen</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786050912852</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Beni Seç</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
           <t>9786050916249</t>
         </is>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B496" s="1" t="inlineStr">
         <is>
           <t>Melez Sözleşmeleri Apollyon</t>
         </is>
       </c>
-      <c r="C218" s="1">
+      <c r="C496" s="1">
         <v>495</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>