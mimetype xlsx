--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,7465 +85,7495 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8696602034561</t>
+          <t>9786255572325</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Serisi Kutulu Set (Ciltli)</t>
+          <t>Watch Dogs 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255572288</t>
+          <t>9786255572301</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 3 - Körebe</t>
+          <t>Kızıl Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>670</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255572295</t>
+          <t>8696602034561</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 3 - Körebe (Ciltli)</t>
+          <t>Saklambaç Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255572080</t>
+          <t>9786255572288</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 2 - Sobe</t>
+          <t>Saklambaç 3 - Körebe</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255572271</t>
+          <t>9786255572295</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 2 - Sobe (Ciltli)</t>
+          <t>Saklambaç 3 - Körebe (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255572073</t>
+          <t>9786255572080</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 1</t>
+          <t>Saklambaç 2 - Sobe</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255572264</t>
+          <t>9786255572271</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç 1 (Ciltli)</t>
+          <t>Saklambaç 2 - Sobe (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255572257</t>
+          <t>9786255572073</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Camellia'nın Peşinde 3</t>
+          <t>Saklambaç 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255572240</t>
+          <t>9786255572264</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları - Resimli (Ciltli)</t>
+          <t>Saklambaç 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255572233</t>
+          <t>9786255572257</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kamptaki O Yaz</t>
+          <t>Camellia'nın Peşinde 3</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255572202</t>
+          <t>9786255572240</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Camellia'nın Peşinde 2</t>
+          <t>Açlık Oyunları - Resimli (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255572219</t>
+          <t>9786255572233</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Mahkemesi</t>
+          <t>Kamptaki O Yaz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256932722</t>
+          <t>9786255572202</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Elfhame Romanı 2: Tutsağın Tahtı</t>
+          <t>Camellia'nın Peşinde 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256932685</t>
+          <t>9786255572219</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Asansör</t>
+          <t>Ölüler Mahkemesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258492286</t>
+          <t>9786256932722</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Son İntikam Şeytan Gecesi 3</t>
+          <t>Bir Elfhame Romanı 2: Tutsağın Tahtı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256932005</t>
+          <t>9786256932685</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Muhalifler 1</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>209</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258021462</t>
+          <t>9786258492286</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bir Ponçik</t>
+          <t>Son İntikam Şeytan Gecesi 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>32</v>
+        <v>595</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050969511</t>
+          <t>9786256932005</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Atlas Ateş - Kayıp Kral</t>
+          <t>Muhalifler 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>38</v>
+        <v>209</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050954111</t>
+          <t>9786258021462</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein (Ciltli)</t>
+          <t>Hüzünlü Bir Ponçik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050951578</t>
+          <t>9786050969511</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ateş</t>
+          <t>Atlas Ateş - Kayıp Kral</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>28.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050951745</t>
+          <t>9786050954111</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Sevgili</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>42</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050967531</t>
+          <t>9786050951578</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı Tanrıça</t>
+          <t>Aşk ve Ateş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>89</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050966510</t>
+          <t>9786050951745</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Masallar</t>
+          <t>Dirilen Sevgili</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050955613</t>
+          <t>9786050967531</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Olmayan Hayatım</t>
+          <t>Pasaklı Tanrıça</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050953343</t>
+          <t>9786050966510</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Bu İşler</t>
+          <t>Aynadaki Masallar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>22.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050968378</t>
+          <t>9786050955613</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Last Descendants Tanrıların Kaderi</t>
+          <t>Mükemmel Olmayan Hayatım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>38</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050955309</t>
+          <t>9786050953343</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Çivilerle Uyumuş Gibiyim</t>
+          <t>Kısmet Bu İşler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>24</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050963045</t>
+          <t>9786050968378</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>O Kadar Da Değil</t>
+          <t>Last Descendants Tanrıların Kaderi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050953602</t>
+          <t>9786050955309</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hatalar Büyük Sırlar</t>
+          <t>Kalbimde Çivilerle Uyumuş Gibiyim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>32.9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050957006</t>
+          <t>9786050963045</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sen Sus! Stilin Konuşsun!</t>
+          <t>O Kadar Da Değil</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>25.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050947113</t>
+          <t>9786050953602</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Cesurlar Kazanır</t>
+          <t>Küçük Hatalar Büyük Sırlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>22.22</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050961744</t>
+          <t>9786050957006</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kızı</t>
+          <t>Sen Sus! Stilin Konuşsun!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>29.6</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050960259</t>
+          <t>9786050947113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yokdünya'da Uyanış</t>
+          <t>Yalnız Cesurlar Kazanır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>32.8</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050902815</t>
+          <t>9786050961744</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zehir Yiyenler ve Diğer Hikayeler</t>
+          <t>Cadı Kızı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>13.89</v>
+        <v>29.6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050910339</t>
+          <t>9786050960259</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zehir Ustası</t>
+          <t>Yokdünya'da Uyanış</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>21.3</v>
+        <v>32.8</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050903188</t>
+          <t>9786050902815</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çarpması</t>
+          <t>Zehir Yiyenler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050912555</t>
+          <t>9786050910339</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yerkara</t>
+          <t>Zehir Ustası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>20.37</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050904970</t>
+          <t>9786050903188</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yemin</t>
+          <t>Yıldız Çarpması</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>16.2</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051119441</t>
+          <t>9786050912555</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Şehvet</t>
+          <t>Yerkara</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.43</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051119465</t>
+          <t>9786050904970</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Öfke</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.43</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051119489</t>
+          <t>9786051119441</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Oburluk</t>
+          <t>Yedi Ölümcül Günah - Şehvet</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>13.43</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051119496</t>
+          <t>9786051119465</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Kibir</t>
+          <t>Yedi Ölümcül Günah - Öfke</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>13.43</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051119434</t>
+          <t>9786051119489</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Kıskançlık</t>
+          <t>Yedi Ölümcül Günah - Oburluk</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>13.43</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051119472</t>
+          <t>9786051119496</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Hırs</t>
+          <t>Yedi Ölümcül Günah - Kibir</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>13.43</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050900927</t>
+          <t>9786051119434</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaratık Avcısı</t>
+          <t>Yedi Ölümcül Günah - Kıskançlık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>26.85</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050915310</t>
+          <t>9786051119472</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı</t>
+          <t>Yedi Ölümcül Günah - Hırs</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>19.44</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050914818</t>
+          <t>9786050900927</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz</t>
+          <t>Yaratık Avcısı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>17.59</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050905137</t>
+          <t>9786050915310</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Öpücük</t>
+          <t>Yaratıcı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050909364</t>
+          <t>9786050914818</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>21.3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050906066</t>
+          <t>9786050905137</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pür</t>
+          <t>Soğuk Öpücük</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050914085</t>
+          <t>9786050909364</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Krallıklar - Miras Üçlemesi 2</t>
+          <t>Ruhsuz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20.37</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>8696602023572</t>
+          <t>9786050906066</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Paranormal - Doğaüstü (2 Kitap Takım - Rozet Hediyeli)</t>
+          <t>Pür</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>23.15</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051119458</t>
+          <t>9786050914085</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ölümcül Günah - Tembellik</t>
+          <t>Parçalanmış Krallıklar - Miras Üçlemesi 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.43</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050900033</t>
+          <t>8696602023572</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Paranormal</t>
+          <t>Paranormal - Doğaüstü (2 Kitap Takım - Rozet Hediyeli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050904260</t>
+          <t>9786051119458</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Juliet</t>
+          <t>Yedi Ölümcül Günah - Tembellik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>16.2</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050912517</t>
+          <t>9786050900033</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Merhamet</t>
+          <t>Paranormal</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050910223</t>
+          <t>9786050904260</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Miras Üçlemesi 1  - Yüz Bin Krallık</t>
+          <t>Ölümsüz Juliet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>22.22</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050905571</t>
+          <t>9786050912517</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Melek 2 - Ateş</t>
+          <t>Ölümcül Merhamet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050901283</t>
+          <t>9786050910223</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Melek 1</t>
+          <t>Miras Üçlemesi 1  - Yüz Bin Krallık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>19.44</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050908725</t>
+          <t>9786050905571</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü</t>
+          <t>Melek 2 - Ateş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050902723</t>
+          <t>9786050901283</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Kalp</t>
+          <t>Melek 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>12.96</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050912050</t>
+          <t>9786050908725</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mefisto’nun Öpücüğü</t>
+          <t>Meleğin Düşüşü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050904826</t>
+          <t>9786050902723</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mefisto</t>
+          <t>Mekanik Kalp</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050909043</t>
+          <t>9786050912050</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Lanet İşleyiciler 3 - Kara Yürek</t>
+          <t>Mefisto’nun Öpücüğü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050904147</t>
+          <t>9786050904826</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Mefisto</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050908497</t>
+          <t>9786050909043</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmış</t>
+          <t>Lanet İşleyiciler 3 - Kara Yürek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050906233</t>
+          <t>9786050904147</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Krallığa Dönüş</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>25.46</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050903720</t>
+          <t>9786050908497</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu</t>
+          <t>Kutsanmış</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>19.44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050900507</t>
+          <t>9786050906233</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kontes</t>
+          <t>Krallığa Dönüş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>17.59</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050905373</t>
+          <t>9786050903720</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Eldiven - Lanet İşleyiciler 2</t>
+          <t>Koruyucu</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050911329</t>
+          <t>9786050900507</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>Kontes</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050901986</t>
+          <t>9786050905373</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kızı</t>
+          <t>Kırmızı Eldiven - Lanet İşleyiciler 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>15.28</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050903652</t>
+          <t>9786050911329</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kara Kafa</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050905922</t>
+          <t>9786050901986</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Adası</t>
+          <t>Karanlığın Kızı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>17.59</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050913989</t>
+          <t>9786050903652</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kaçığın Kızı</t>
+          <t>Kara Kafa</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>22.22</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050902167</t>
+          <t>9786050905922</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Buluşmada Asla Isırma</t>
+          <t>Kaçış Adası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050906646</t>
+          <t>9786050913989</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeytan</t>
+          <t>Kaçığın Kızı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>17.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050911732</t>
+          <t>9786050902167</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>İlk Buluşmada Asla Isırma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050907216</t>
+          <t>9786050906646</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Güzel Şeytan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>15.28</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050910360</t>
+          <t>9786050911732</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gece Okulu</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050914474</t>
+          <t>9786050907216</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Pür 2 : Füzyon</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>23.15</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050904734</t>
+          <t>9786050910360</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Doğaüstü</t>
+          <t>Gece Okulu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>16.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050912647</t>
+          <t>9786050914474</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato</t>
+          <t>Pür 2 : Füzyon</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050907278</t>
+          <t>9786050904734</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cadı Avı</t>
+          <t>Doğaüstü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050913545</t>
+          <t>9786050912647</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyü Ustası</t>
+          <t>Cam Şato</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050902327</t>
+          <t>9786050907278</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kedi - Lanet İşleyiciler 1</t>
+          <t>Cadı Avı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050905311</t>
+          <t>9786050913545</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Esaret</t>
+          <t>Büyü Ustası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050906783</t>
+          <t>9786050902327</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Başlayanlar</t>
+          <t>Beyaz Kedi - Lanet İşleyiciler 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050911190</t>
+          <t>9786050905311</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Üçlü İttifak</t>
+          <t>Esaret</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>19.44</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050906905</t>
+          <t>9786050906783</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma</t>
+          <t>Başlayanlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>20.37</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050905106</t>
+          <t>9786050911190</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Diken</t>
+          <t>Başka Bir Dünya Üçlü İttifak</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050914542</t>
+          <t>9786050906905</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ustası</t>
+          <t>Bana Dokunma</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050906356</t>
+          <t>9786050905106</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>19. Departman</t>
+          <t>Ateş ve Diken</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25.46</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050920512</t>
+          <t>9786050914542</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Hikayeler - Prens ve Muhafız</t>
+          <t>Ateş Ustası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050917734</t>
+          <t>9786050906356</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>19. Departman</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>19.44</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050930542</t>
+          <t>9786050920512</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Dünya 3 - Zaman</t>
+          <t>Saraydan Hikayeler - Prens ve Muhafız</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050923520</t>
+          <t>9786050917734</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato - 2 : Karanlık Taç</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>25.46</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050921540</t>
+          <t>9786050930542</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Dili Olsa</t>
+          <t>Yaratıcı Dünya 3 - Zaman</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>26.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050928778</t>
+          <t>9786050923520</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ahh Kalbim</t>
+          <t>Cam Şato - 2 : Karanlık Taç</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25.93</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050917680</t>
+          <t>9786050921540</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mistik Şehir</t>
+          <t>Duvarların Dili Olsa</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050927863</t>
+          <t>9786050928778</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Küller 3 : Canavarlar 2. Bölüm</t>
+          <t>Ahh Kalbim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>21.3</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050927580</t>
+          <t>9786050917680</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Beni Yakma</t>
+          <t>Mistik Şehir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050925401</t>
+          <t>9786050927863</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Bir Adamın Anatomisi</t>
+          <t>Küller 3 : Canavarlar 2. Bölüm</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>23.15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050919059</t>
+          <t>9786050927580</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Sır Saklı İçimde</t>
+          <t>Beni Yakma</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050918106</t>
+          <t>9786050925401</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Avcının İntikamı</t>
+          <t>Dengesiz Bir Adamın Anatomisi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>19.44</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050927504</t>
+          <t>9786050919059</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küller 3 : Canavarlar 1. Bölüm</t>
+          <t>Bir Sır Saklı İçimde</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050922349</t>
+          <t>9786050918106</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular 2: Zehirli Sular</t>
+          <t>Avcının İntikamı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>20.37</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050923490</t>
+          <t>9786050927504</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kimi Öptüğüne Dikkat Et</t>
+          <t>Küller 3 : Canavarlar 1. Bölüm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>26.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050921977</t>
+          <t>9786050922349</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Adam</t>
+          <t>Karanlık Sular 2: Zehirli Sular</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>28.7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050921878</t>
+          <t>9786050923490</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Bekledim</t>
+          <t>Kimi Öptüğüne Dikkat Et</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>27.78</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050946918</t>
+          <t>9786050921977</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası (Ciltli)</t>
+          <t>Gizemli Adam</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050961706</t>
+          <t>9786050921878</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Leylak Zamanı</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>99</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050953732</t>
+          <t>9786050946918</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sihirli Formülü</t>
+          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>28.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050958799</t>
+          <t>9786050961706</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şaşırt Beni</t>
+          <t>Leylak Zamanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>46</v>
+        <v>99</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050952216</t>
+          <t>9786050953732</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Otherworld</t>
+          <t>Aşkın Sihirli Formülü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>32</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050946680</t>
+          <t>9786050958799</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çılgın</t>
+          <t>Şaşırt Beni</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25.93</v>
+        <v>46</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050946826</t>
+          <t>9786050952216</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Otherworld</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050945911</t>
+          <t>9786050946680</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Armada</t>
+          <t>Çılgın</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>39.9</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050960471</t>
+          <t>9786050946826</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Her Nefeste</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>28.5</v>
+        <v>49</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050953374</t>
+          <t>9786050945911</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadınlar Sokağı</t>
+          <t>Armada</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>189</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050960792</t>
+          <t>9786050960471</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sır Tutabilir Misin?</t>
+          <t>Her Nefeste</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>89</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050955743</t>
+          <t>9786050953374</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde'in Tuhaf Vakası (Ciltli)</t>
+          <t>Yalnız Kadınlar Sokağı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>170</v>
+        <v>189</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050956016</t>
+          <t>9786050960792</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm ve Birkaç Skandal</t>
+          <t>Sır Tutabilir Misin?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>25.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050953077</t>
+          <t>9786050955743</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Drakula (Ciltli)</t>
+          <t>Dr. Jekyll ve Mr. Hyde'in Tuhaf Vakası (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050953060</t>
+          <t>9786050956016</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dorian Grey’in Portresi (Ciltli)</t>
+          <t>Bir Ölüm ve Birkaç Skandal</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050953114</t>
+          <t>9786050953077</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet (Ciltli)</t>
+          <t>Drakula (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050950663</t>
+          <t>9786050953060</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Son Namsara Iskarı</t>
+          <t>Dorian Grey’in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>35.5</v>
+        <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050950199</t>
+          <t>9786050953114</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kağanın Mezarı - Assansin’s Creed Series (Ciltli)</t>
+          <t>Operadaki Hayalet (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>38</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050945072</t>
+          <t>9786050950663</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Derindekiler - Yem</t>
+          <t>Son Namsara Iskarı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>16.67</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050945164</t>
+          <t>9786050950199</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>Kağanın Mezarı - Assansin’s Creed Series (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050945089</t>
+          <t>9786050945072</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Işık Tutsakları</t>
+          <t>Derindekiler - Yem</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>26.85</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050955101</t>
+          <t>9786050945164</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Aşk Başkadır</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>179</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050952377</t>
+          <t>9786050945089</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>40. Yılında 40 Öyküyle Farklı Bir Açıdan Starwars</t>
+          <t>Işık Tutsakları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>32.41</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050944907</t>
+          <t>9786050955101</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kollarında</t>
+          <t>İtalyanca Aşk Başkadır</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>23.15</v>
+        <v>179</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050944853</t>
+          <t>9786050952377</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>40. Yılında 40 Öyküyle Farklı Bir Açıdan Starwars</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>26.85</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050944068</t>
+          <t>9786050944907</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çöl Rüyası 3 - Aşkın Gücü</t>
+          <t>Ölümün Kollarında</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>25.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050954524</t>
+          <t>9786050944853</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Jamaica Caddesi</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>37.5</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050939651</t>
+          <t>9786050944068</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni İstedim</t>
+          <t>Çöl Rüyası 3 - Aşkın Gücü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>27.78</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050944433</t>
+          <t>9786050954524</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rakipsiz - Kusursuz İdoller</t>
+          <t>Jamaica Caddesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>23.15</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050944488</t>
+          <t>9786050939651</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiğimiz Işık</t>
+          <t>Hep Seni İstedim</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050943542</t>
+          <t>9786050944433</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çöllerin Asisi</t>
+          <t>Rakipsiz - Kusursuz İdoller</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>49</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050941074</t>
+          <t>9786050944488</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Triton Varisi (Ciltli)</t>
+          <t>Kaybettiğimiz Işık</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>25.93</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050938555</t>
+          <t>9786050943542</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kelebek 2: Capella</t>
+          <t>Çöllerin Asisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>13.89</v>
+        <v>49</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050938562</t>
+          <t>9786050941074</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>7 Adam 7 Günah</t>
+          <t>Triton Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>15.74</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050951288</t>
+          <t>9786050938555</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Uçurum</t>
+          <t>Siyah Kelebek 2: Capella</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>32.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050947335</t>
+          <t>9786050938562</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Elmas - Mücevherler Serisi</t>
+          <t>7 Adam 7 Günah</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050946284</t>
+          <t>9786050951288</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mücadele - Titan 3 (Ciltli)</t>
+          <t>Aramızdaki Uçurum</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>79</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050946598</t>
+          <t>9786050947335</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Kusursuz Elmas - Mücevherler Serisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>25.46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050946673</t>
+          <t>9786050946284</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Pencerenin Ardından Kadın Masalları</t>
+          <t>Mücadele - Titan 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>27.78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050947717</t>
+          <t>9786050946598</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Starwars - Karanlık Mürit</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>26.85</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050944822</t>
+          <t>9786050946673</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şezlong Savaşları</t>
+          <t>Pencerenin Ardından Kadın Masalları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>20.37</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050940022</t>
+          <t>9786050947717</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şans Kurabiyem</t>
+          <t>Starwars - Karanlık Mürit</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050940046</t>
+          <t>9786050944822</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Siren</t>
+          <t>Şezlong Savaşları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050936193</t>
+          <t>9786050940022</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dengesiz Bir Aşkın Anatomisi</t>
+          <t>Şans Kurabiyem</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050949681</t>
+          <t>9786050940046</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ben Çok Sevdim</t>
+          <t>Siren</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15.5</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050946352</t>
+          <t>9786050936193</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Derindekiler 3 Dönüşüm</t>
+          <t>Dengesiz Bir Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050945706</t>
+          <t>9786050949681</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Neptune Varisi</t>
+          <t>Ben Çok Sevdim</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>27.78</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050937459</t>
+          <t>9786050946352</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sığ Sularda Kaybolan</t>
+          <t>Derindekiler 3 Dönüşüm</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>22.22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050947519</t>
+          <t>9786050945706</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Neptune Varisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050947403</t>
+          <t>9786050937459</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hilebaz Büyücü</t>
+          <t>Sığ Sularda Kaybolan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>25.93</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050944044</t>
+          <t>9786050947519</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Sonuna Dek</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>219</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050943900</t>
+          <t>9786050947403</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küfürsüz Aşklar</t>
+          <t>Hilebaz Büyücü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>32</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050942446</t>
+          <t>9786050944044</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uzak Varlıkların Yalnızlığı</t>
+          <t>Sonsuzluğun Sonuna Dek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>22.22</v>
+        <v>219</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050942293</t>
+          <t>9786050943900</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kanatları</t>
+          <t>Küfürsüz Aşklar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>26.85</v>
+        <v>32</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050940930</t>
+          <t>9786050942446</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bininci Kat</t>
+          <t>Uzak Varlıkların Yalnızlığı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050951165</t>
+          <t>9786050942293</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sıfır Tekrar</t>
+          <t>Gecenin Kanatları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>32.9</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050950137</t>
+          <t>9786050940930</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kore’de Aşk Mevsimi</t>
+          <t>Bininci Kat</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>22.5</v>
+        <v>74</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8696602024654</t>
+          <t>9786050951165</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları Serisi - Özel Koleksiyon Set (3 Kitap Takım)</t>
+          <t>Sonsuza Dek Sıfır Tekrar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>91.67</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050938425</t>
+          <t>9786050950137</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Sevgili</t>
+          <t>Kore’de Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>35.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050936018</t>
+          <t>8696602024654</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Gelen Güzellik</t>
+          <t>Açlık Oyunları Serisi - Özel Koleksiyon Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>21.3</v>
+        <v>91.67</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050930757</t>
+          <t>9786050938425</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Sonsuz Sevgili</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>23.15</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050919950</t>
+          <t>9786050936018</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Aşkla Gelen Güzellik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>20.37</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050918762</t>
+          <t>9786050930757</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz 2 - Yeniruh</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>21.3</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050917833</t>
+          <t>9786050919950</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Melek 3 - Son Savaş</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050920925</t>
+          <t>9786050918762</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Halka</t>
+          <t>Ruhsuz 2 - Yeniruh</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>20.37</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050920390</t>
+          <t>9786050917833</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bela</t>
+          <t>Melek 3 - Son Savaş</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050919707</t>
+          <t>9786050920925</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası</t>
+          <t>Halka</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>25.46</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050918557</t>
+          <t>9786050920390</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Acıtan Güzellik</t>
+          <t>Bela</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050917215</t>
+          <t>9786050919707</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yıkılan Krallıklar</t>
+          <t>Meleğin Düşüşü 2 - Kıyamet Sonrası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>22.22</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050916638</t>
+          <t>9786050918557</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dublin Caddesi</t>
+          <t>Acıtan Güzellik</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>19.44</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050934090</t>
+          <t>9786050917215</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Kayıp Yıldızlar</t>
+          <t>Yıkılan Krallıklar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>23.15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050934076</t>
+          <t>9786050916638</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Rhett</t>
+          <t>Dublin Caddesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>17.59</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050926453</t>
+          <t>9786050934090</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Londra Caddesi</t>
+          <t>Star Wars - Kayıp Yıldızlar</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050947052</t>
+          <t>9786050934076</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yetim Kraliçe 2 - Ayna Kral</t>
+          <t>Rhett</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>42</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050924060</t>
+          <t>9786050926453</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Ruh</t>
+          <t>Londra Caddesi</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050941838</t>
+          <t>9786050947052</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler - Karanlık Lise</t>
+          <t>Yetim Kraliçe 2 - Ayna Kral</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>33</v>
+        <v>42</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050940237</t>
+          <t>9786050924060</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Calamity</t>
+          <t>Sonsuz Ruh</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>39.9</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050937763</t>
+          <t>9786050941838</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Gölgeler - Karanlık Lise</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>22.22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050925685</t>
+          <t>9786050940237</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Buz Ateşi</t>
+          <t>Calamity</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18.52</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050933307</t>
+          <t>9786050937763</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050927962</t>
+          <t>9786050925685</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çöl Rüyası: Aşk Ateşi</t>
+          <t>Buz Ateşi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>28.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050927931</t>
+          <t>9786050933307</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Derin Tutku</t>
+          <t>Oyuncu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050927924</t>
+          <t>9786050927962</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sağdıç</t>
+          <t>Çöl Rüyası: Aşk Ateşi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>15.28</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050942453</t>
+          <t>9786050927931</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bellek Kitabım</t>
+          <t>Derin Tutku</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>23.15</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050938852</t>
+          <t>9786050927924</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşık Rhett</t>
+          <t>Sağdıç</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15.74</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050938609</t>
+          <t>9786050942453</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Pınar’ın Yılbaşı Depresyonu</t>
+          <t>Bellek Kitabım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>18.06</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050938517</t>
+          <t>9786050938852</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Aşık Rhett</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050931174</t>
+          <t>9786050938609</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Hikayeler - Kraliçe ve Gözde</t>
+          <t>Pınar’ın Yılbaşı Depresyonu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15.28</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050931105</t>
+          <t>9786050938517</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Başrolü Olur musun?</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050928587</t>
+          <t>9786050931174</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Steelheart 2 : Firefight</t>
+          <t>Saraydan Hikayeler - Kraliçe ve Gözde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>39.9</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050934052</t>
+          <t>9786050931105</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kimi Seçtiğine Dikkat Et!</t>
+          <t>Hayatımın Başrolü Olur musun?</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>26.85</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050934038</t>
+          <t>9786050928587</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kanun Adamı</t>
+          <t>Steelheart 2 : Firefight</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>29.63</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050921984</t>
+          <t>9786050934052</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Pür 3: Tutuşma</t>
+          <t>Kimi Seçtiğine Dikkat Et!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>22.22</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050943252</t>
+          <t>9786050934038</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Güç - Titan 2 (Ciltli)</t>
+          <t>Kanun Adamı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>79</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050935400</t>
+          <t>9786050921984</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Al Sana Aşk</t>
+          <t>Pür 3: Tutuşma</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050943047</t>
+          <t>9786050943252</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yetim Kraliçe</t>
+          <t>Güç - Titan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>23.15</v>
+        <v>79</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050942835</t>
+          <t>9786050935400</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yansıma 3 - Nadven</t>
+          <t>Al Sana Aşk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>23.15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050939545</t>
+          <t>9786050943047</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Entrikacılar 2: Sırlar</t>
+          <t>Yetim Kraliçe</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050939521</t>
+          <t>9786050942835</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Last Descendants: Son Nesil</t>
+          <t>Yansıma 3 - Nadven</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>38</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050937664</t>
+          <t>9786050939545</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Günah</t>
+          <t>Entrikacılar 2: Sırlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050937473</t>
+          <t>9786050939521</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İyilik</t>
+          <t>Last Descendants: Son Nesil</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>18.52</v>
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050937619</t>
+          <t>9786050937664</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Derindekiler - Şüphe</t>
+          <t>Kaçınılmaz Günah</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050937572</t>
+          <t>9786050937473</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Kıyısında</t>
+          <t>İyilik</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050934113</t>
+          <t>9786050937619</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cambaz</t>
+          <t>Derindekiler - Şüphe</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050934502</t>
+          <t>9786050937572</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Varisi</t>
+          <t>Deliliğin Kıyısında</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>26.85</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050932164</t>
+          <t>9786050934113</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yaban</t>
+          <t>Cambaz</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050932133</t>
+          <t>9786050934502</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dişisel Gerilim</t>
+          <t>Ateşin Varisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050938234</t>
+          <t>9786050932164</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Buz Öpücüğü</t>
+          <t>Yaban</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050936483</t>
+          <t>9786050932133</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yaratık Avcısı 2 - Wendigo'nun Laneti</t>
+          <t>Dişisel Gerilim</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>26.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050936575</t>
+          <t>9786050938234</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yaratık Avcısı 3 - Kan Adası</t>
+          <t>Buz Öpücüğü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>28.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050934977</t>
+          <t>9786050936483</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çöl Rüyası: Aşkın Gizemi</t>
+          <t>Yaratık Avcısı 2 - Wendigo'nun Laneti</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>28.5</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050934717</t>
+          <t>9786050936575</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tam İsabet</t>
+          <t>Yaratık Avcısı 3 - Kan Adası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>21.3</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050938814</t>
+          <t>9786050934977</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Güç Uyanıyor - Kan Bağı</t>
+          <t>Çöl Rüyası: Aşkın Gizemi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>21.3</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050938913</t>
+          <t>9786050934717</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hadi Yapalım Kanka</t>
+          <t>Tam İsabet</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>13.89</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050930078</t>
+          <t>9786050938814</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Star Wars Güç Uyanıyor - Kan Bağı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>39</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050929638</t>
+          <t>9786050938913</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Friday Brown</t>
+          <t>Hadi Yapalım Kanka</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050925166</t>
+          <t>9786050930078</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 5 : O Adam Buraya Gelecek</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>28.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>8696602024777</t>
+          <t>9786050929638</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük (Siyah)</t>
+          <t>Friday Brown</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>16.1</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>8696602024760</t>
+          <t>9786050925166</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük (Pembe)</t>
+          <t>Pucca Günlük - 5 : O Adam Buraya Gelecek</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>16.1</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050932591</t>
+          <t>8696602024777</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Entrikacılar 1: Rakibeler</t>
+          <t>Pucca Günlük (Siyah)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15.74</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050929645</t>
+          <t>8696602024760</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kelebek</t>
+          <t>Pucca Günlük (Pembe)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>18.52</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050924336</t>
+          <t>9786050932591</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gerilim</t>
+          <t>Entrikacılar 1: Rakibeler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050937060</t>
+          <t>9786050929645</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adamlar Atlası</t>
+          <t>Siyah Kelebek</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050936988</t>
+          <t>9786050924336</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Balodram</t>
+          <t>Kişisel Gerilim</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050935431</t>
+          <t>9786050937060</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hırsız</t>
+          <t>Yanlış Adamlar Atlası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>69.45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050934656</t>
+          <t>9786050936988</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kayıp (Bella Serisi)</t>
+          <t>Balodram</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>32.9</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050928310</t>
+          <t>9786050935431</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 3 : Günlerin Sonu</t>
+          <t>Hırsız</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>25.46</v>
+        <v>69.45</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050926187</t>
+          <t>9786050934656</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular 3 : Tehlikeli Sular</t>
+          <t>Kayıp (Bella Serisi)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>21.3</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050922189</t>
+          <t>9786050928310</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sonlayanlar</t>
+          <t>Meleğin Düşüşü 3 : Günlerin Sonu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050919387</t>
+          <t>9786050926187</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kocan Kadar Konuş</t>
+          <t>Karanlık Sular 3 : Tehlikeli Sular</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>21.3</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050936100</t>
+          <t>9786050922189</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Poseidon Varisi</t>
+          <t>Sonlayanlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050933451</t>
+          <t>9786050919387</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu</t>
+          <t>Kocan Kadar Konuş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>17.59</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050930986</t>
+          <t>9786050936100</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Hizmetkarları 3 - Ölümlü Yürek</t>
+          <t>Poseidon Varisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>25.93</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050926057</t>
+          <t>9786050933451</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Acıtan Güzellik 2 : Adanmış Güzellik</t>
+          <t>Kusurlu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>19.44</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050923261</t>
+          <t>9786050930986</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Adam</t>
+          <t>Ölümün Hizmetkarları 3 - Ölümlü Yürek</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>27.78</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050920055</t>
+          <t>9786050926057</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Acıtan Güzellik 2 : Adanmış Güzellik</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050918298</t>
+          <t>9786050923261</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Steelheart</t>
+          <t>Vahşi Adam</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>59</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050933154</t>
+          <t>9786050920055</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sevgili</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>35.5</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050922806</t>
+          <t>9786050918298</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ölüm'ün Hizmetkarları 2 - Karanlık Zafer</t>
+          <t>Steelheart</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>25.46</v>
+        <v>59</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050928594</t>
+          <t>9786050933154</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kime Dokunduğuna Dikkat Et</t>
+          <t>Karanlık Sevgili</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>28.7</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050938494</t>
+          <t>9786050922806</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hadi Yapalım Aşkım</t>
+          <t>Ölüm'ün Hizmetkarları 2 - Karanlık Zafer</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18.06</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>8696602024579</t>
+          <t>9786050928594</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bela - Vahşi (2 Kitap Takım)</t>
+          <t>Kime Dokunduğuna Dikkat Et</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>27.78</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050927344</t>
+          <t>9786050938494</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İhanetini Fısılda</t>
+          <t>Hadi Yapalım Aşkım</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>23.15</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050926705</t>
+          <t>8696602024579</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Vahşi</t>
+          <t>Bela - Vahşi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>25.46</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050923278</t>
+          <t>9786050927344</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya - Kraliçe</t>
+          <t>İhanetini Fısılda</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050930108</t>
+          <t>9786050926705</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Parsiyeller</t>
+          <t>Vahşi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>26.85</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050930160</t>
+          <t>9786050923278</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Bar Filozofu</t>
+          <t>Başka Bir Dünya - Kraliçe</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258492002</t>
+          <t>9786050930108</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ardında Bıraktığın Kadın</t>
+          <t>Parsiyeller</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>179</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050987355</t>
+          <t>9786050930160</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Son Defa</t>
+          <t>Bir Bar Filozofu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>59</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050986457</t>
+          <t>9786258492002</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Buzdaki Kelebek</t>
+          <t>Ardında Bıraktığın Kadın</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050980295</t>
+          <t>9786050987355</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Süpernova - Muhalifler 3</t>
+          <t>Son Defa</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>59</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050977622</t>
+          <t>9786050986457</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha</t>
+          <t>Buzdaki Kelebek</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>28</v>
+        <v>89</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050972702</t>
+          <t>9786050980295</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kral</t>
+          <t>Süpernova - Muhalifler 3</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>39</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050977127</t>
+          <t>9786050977622</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hayali Arkadaş</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050971361</t>
+          <t>9786050972702</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Solo Annenin Survivor Seyir Defteri</t>
+          <t>Lanetli Kral</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>29</v>
+        <v>39</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050979916</t>
+          <t>9786050977127</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Holly Chase’in Öteki Hayatı</t>
+          <t>Hayali Arkadaş</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050968408</t>
+          <t>9786050971361</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu - Cam Şato 5</t>
+          <t>Solo Annenin Survivor Seyir Defteri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050947731</t>
+          <t>9786050979916</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Battlefront 2 - Cehennem Mangası</t>
+          <t>Holly Chase’in Öteki Hayatı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>40</v>
+        <v>69</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050967968</t>
+          <t>9786050968408</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Battlefront 1 - Alacakaranlık Bölüğü</t>
+          <t>Fırtınalar İmparatorluğu - Cam Şato 5</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050963557</t>
+          <t>9786050947731</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sadece Şeyma</t>
+          <t>Star Wars Battlefront 2 - Cehennem Mangası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>23.9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050969023</t>
+          <t>9786050967968</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gökyüzü</t>
+          <t>Star Wars Battlefront 1 - Alacakaranlık Bölüğü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050968026</t>
+          <t>9786050963557</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sütun Kapısı</t>
+          <t>Sadece Şeyma</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>42</v>
+        <v>23.9</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050972399</t>
+          <t>9786050969023</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir İyilik Borçluyum</t>
+          <t>Kayıp Gökyüzü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>89</v>
+        <v>42</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050966916</t>
+          <t>9786050968026</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çöllerin Kahramanı - Çöllerin Asisi 3</t>
+          <t>Sütun Kapısı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050975758</t>
+          <t>9786050972399</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Sana Bir İyilik Borçluyum</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>69</v>
+        <v>89</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050965018</t>
+          <t>9786050966916</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kimya Dersleri</t>
+          <t>Çöllerin Kahramanı - Çöllerin Asisi 3</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050969795</t>
+          <t>9786050975758</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gizem ve Düş Gücü Masalları (Ciltli)</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>69</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050963342</t>
+          <t>9786050965018</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Duman Hırsızları</t>
+          <t>Kimya Dersleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>39.9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>8696602032925</t>
+          <t>9786050969795</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kırmızı Şömiz)</t>
+          <t>Gizem ve Düş Gücü Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258492385</t>
+          <t>9786050963342</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dansı</t>
+          <t>Duman Hırsızları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>440</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050979350</t>
+          <t>8696602032925</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Skyward</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kırmızı Şömiz)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>530</v>
+        <v>595</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255572196</t>
+          <t>9786258492385</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Camellia'nın Peşinde 1</t>
+          <t>Aşkın Dansı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255572165</t>
+          <t>9786050979350</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür (Ciltli)</t>
+          <t>Skyward</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255572172</t>
+          <t>9786255572196</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür</t>
+          <t>Camellia'nın Peşinde 1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>390</v>
+        <v>575</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>8696602034066</t>
+          <t>9786255572165</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür Kutulu (Ciltli)</t>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>650</v>
+        <v>595</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256932555</t>
+          <t>9786255572172</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Damızlık Kızın Öyküsü - Çizgi Roman</t>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255572189</t>
+          <t>8696602034066</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay 3</t>
+          <t>Canavarların da Kalbi Varmış 2: Canavarlar da Hüzünlüdür Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255572127</t>
+          <t>9786256932555</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Caraval 3.5: Spectacular Muhteşem Gösteri</t>
+          <t>Damızlık Kızın Öyküsü - Çizgi Roman</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255572134</t>
+          <t>9786255572189</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Haberci 3: Asalet ve İhtişam</t>
+          <t>Mr. Barclay 3</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>420</v>
+        <v>225</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050913156</t>
+          <t>9786255572127</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 3: Tanrı</t>
+          <t>Caraval 3.5: Spectacular Muhteşem Gösteri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050950724</t>
+          <t>9786255572134</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben</t>
+          <t>Haberci 3: Asalet ve İhtişam</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050918502</t>
+          <t>9786050913156</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 5 - Avcı</t>
+          <t>Melez Sözleşmeleri 3: Tanrı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256932692</t>
+          <t>9786050950724</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş 2: Alevdeki Işık</t>
+          <t>Senden Önce Ben</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>550</v>
+        <v>725</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255572110</t>
+          <t>9786050918502</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş 3: Tendeki Ateş</t>
+          <t>Melez Sözleşmeleri 5 - Avcı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258021554</t>
+          <t>9786256932692</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ya Yarın Yoksa</t>
+          <t>Ten ve Ateş 2: Alevdeki Işık</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>119</v>
+        <v>675</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050905809</t>
+          <t>9786255572110</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Melez</t>
+          <t>Ten ve Ateş 3: Tendeki Ateş</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050920758</t>
+          <t>9786258021554</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç 3: Sonsuza Dek</t>
+          <t>Ya Yarın Yoksa</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>119</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255572103</t>
+          <t>9786050905809</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Haberci 2: Gazap ve Yıkım</t>
+          <t>Melez</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>490</v>
+        <v>375</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258492378</t>
+          <t>9786050920758</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Barbar Aşık</t>
+          <t>Beni Seç 3: Sonsuza Dek</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786255572097</t>
+          <t>9786255572103</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Beni Seyret (Ciltli)</t>
+          <t>Haberci 2: Gazap ve Yıkım</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258492361</t>
+          <t>9786258492378</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Burada Yaşıyoruz</t>
+          <t>Barbar Aşık</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255572042</t>
+          <t>9786255572097</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 5 - Hasatta Gündoğumu</t>
+          <t>Beni Seyret (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786255572066</t>
+          <t>9786258492361</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Arincon 2 - Zihin Aynası</t>
+          <t>Hepimiz Burada Yaşıyoruz</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786255572059</t>
+          <t>9786255572042</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Arincon 1 - Hafıza Çivileri</t>
+          <t>Açlık Oyunları 5 - Hasatta Gündoğumu</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>8696602033601</t>
+          <t>9786255572066</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış Kutulu (Ciltli)</t>
+          <t>Arincon 2 - Zihin Aynası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256932999</t>
+          <t>9786255572059</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış (Ciltli)</t>
+          <t>Arincon 1 - Hafıza Çivileri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786255572004</t>
+          <t>8696602033601</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Da Kalbi Varmış</t>
+          <t>Canavarın Da Kalbi Varmış Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>350</v>
+        <v>595</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786255572028</t>
+          <t>9786256932999</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay 2</t>
+          <t>Canavarın Da Kalbi Varmış (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786255572011</t>
+          <t>9786255572004</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mr. Barclay</t>
+          <t>Canavarın Da Kalbi Varmış</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050952803</t>
+          <t>9786255572028</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ölene Dek Beraberiz</t>
+          <t>Mr. Barclay 2</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258492101</t>
+          <t>9786255572011</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinden Son Mektup</t>
+          <t>Mr. Barclay</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050981537</t>
+          <t>9786050952803</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Kediler Dünyadan Yok Olsaydı</t>
+          <t>Ölene Dek Beraberiz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256932982</t>
+          <t>9786258492101</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Kan Ruhu</t>
+          <t>Sevgilinden Son Mektup</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256932975</t>
+          <t>9786050981537</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Muhalif</t>
+          <t>Bir Gün Kediler Dünyadan Yok Olsaydı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050981995</t>
+          <t>9786256932982</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Finale - Caraval 3</t>
+          <t>Kül ve Kan Ruhu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258492330</t>
+          <t>9786256932975</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Paris'e Bir Bilet ve Diğer Öyküler</t>
+          <t>Muhalif</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256932968</t>
+          <t>9786050981995</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Işığın Ölümü</t>
+          <t>Finale - Caraval 3</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>295</v>
+        <v>530</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050942149</t>
+          <t>9786258492330</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Caraval</t>
+          <t>Paris'e Bir Bilet ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256932937</t>
+          <t>9786256932968</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Akıl Odaları</t>
+          <t>Işığın Ölümü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>8696602033397</t>
+          <t>9786050942149</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4 – Efsaneler ve Lanetler (Kutulu) (Ciltli)</t>
+          <t>Caraval</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256932920</t>
+          <t>9786256932937</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - HC (Ciltli)</t>
+          <t>Akıl Odaları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256932913</t>
+          <t>8696602033397</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - SC</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4 – Efsaneler ve Lanetler (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256932784</t>
+          <t>9786256932920</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 1: Paradokya</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - HC (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>285</v>
+        <v>585</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256932333</t>
+          <t>9786256932913</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 2: Sırlar Geçidi</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 4: Efsaneler ve Lanetler - SC</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256932791</t>
+          <t>9786256932784</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu 3: Düşler Ülkesi</t>
+          <t>Gecenin Gizemli Oyunu 1: Paradokya</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050985658</t>
+          <t>9786256932333</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kraliçesi (Ciltli)</t>
+          <t>Gecenin Gizemli Oyunu 2: Sırlar Geçidi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>590</v>
+        <v>325</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050964493</t>
+          <t>9786256932791</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnan Bana - Bana Dokunma 4</t>
+          <t>Gecenin Gizemli Oyunu 3: Düşler Ülkesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>485</v>
+        <v>375</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258492323</t>
+          <t>9786050985658</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Buz Gezegeni Barbarları 2: Barbar Uzaylı</t>
+          <t>Hiçliğin Kraliçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050977998</t>
+          <t>9786050964493</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>İnan Bana - Bana Dokunma 4</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>99</v>
+        <v>595</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256932760</t>
+          <t>9786258492323</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik - 2 Krallar ve Soytarıları</t>
+          <t>Buz Gezegeni Barbarları 2: Barbar Uzaylı</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256932753</t>
+          <t>9786050977998</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 - Lordlar ve Varisler</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>396</v>
+        <v>99</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258492309</t>
+          <t>9786256932760</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Şafak</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik - 2 Krallar ve Soytarıları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258492316</t>
+          <t>9786256932753</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Gelinler Gemisi</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 - Lordlar ve Varisler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256932746</t>
+          <t>9786258492309</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Çikolata Dükkanı</t>
+          <t>Karanlık Şafak</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258492293</t>
+          <t>9786258492316</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Gelinler Gemisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256932715</t>
+          <t>9786256932746</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Watch Dogs 2</t>
+          <t>Gizemli Çikolata Dükkanı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256932708</t>
+          <t>9786258492293</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Watch Dogs 1</t>
+          <t>Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256932739</t>
+          <t>9786256932715</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Haberci 1: Fırtına Ve Öfke</t>
+          <t>Watch Dogs 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>8696602032642</t>
+          <t>9786256932708</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Dikenler ve Güller Sarayı (Kutulu Set Dövme Hediyeli)</t>
+          <t>Watch Dogs 1</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256932678</t>
+          <t>9786256932739</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 - Ejderha ve Yıldız</t>
+          <t>Haberci 1: Fırtına Ve Öfke</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256932661</t>
+          <t>8696602032642</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 - Deliler ve Cellatlar</t>
+          <t>Dikenler ve Güller Sarayı (Kutulu Set Dövme Hediyeli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>380</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258492279</t>
+          <t>9786256932678</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Buz Gezegeni Barbarları</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 - Ejderha ve Yıldız</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>8696602033014</t>
+          <t>9786256932661</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik  3 Deliler ve Cellatlar - Ciltli (Kırmızı Şömiz)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 - Deliler ve Cellatlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>495</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8696602033021</t>
+          <t>9786258492279</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Beyaz Şömiz)</t>
+          <t>Buz Gezegeni Barbarları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256932647</t>
+          <t>8696602033014</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 Ejderha ve Yıldız - Ciltli</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik  3 Deliler ve Cellatlar - Ciltli (Kırmızı Şömiz)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>585</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>8696602032970</t>
+          <t>8696602033021</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Su)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Beyaz Şömiz)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>425</v>
+        <v>585</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>8696602033007</t>
+          <t>9786256932647</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Kutulu)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2.5 Ejderha ve Yıldız - Ciltli</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>8696602032963</t>
+          <t>8696602032970</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kutulu)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Su)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>8696602033038</t>
+          <t>8696602033007</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Kutulu)</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 2 Krallar ve Soytarıları - Ciltli (Kutulu)</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256932616</t>
+          <t>8696602032963</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma Novellalar 2: Beni Gör - Beni Hisset</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 1 Lordlar ve Varisler - Ciltli (Kutulu)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256932227</t>
+          <t>8696602033038</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bitmeyen Masal</t>
+          <t>Hepimiz Gökyüzü Olmak İstedik 3 Deliler ve Cellatlar - Ciltli (Kutulu)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050959512</t>
+          <t>9786256932616</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu'nun Çağrısı ve Diğer Tuhaf Öyküler</t>
+          <t>Bana Dokunma Novellalar 2: Beni Gör - Beni Hisset</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050935448</t>
+          <t>9786256932227</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Dikenler ve Güller Sarayı</t>
+          <t>Hiç Bitmeyen Masal</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050973877</t>
+          <t>9786050959512</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kuşların ve Yılanların Şarkısı - Açlık Oyunları</t>
+          <t>Cthulhu'nun Çağrısı ve Diğer Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256932326</t>
+          <t>9786050935448</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson Evreninden Güneş ve Yıldız - Bir Nico Di Angelo Macerası</t>
+          <t>Dikenler ve Güller Sarayı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>440</v>
+        <v>560</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256932609</t>
+          <t>9786050973877</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hilal Şehir 3: Alev ve Gölge Hanesi</t>
+          <t>Kuşların ve Yılanların Şarkısı - Açlık Oyunları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256932579</t>
+          <t>9786256932326</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşkın Laneti</t>
+          <t>Percy Jackson Evreninden Güneş ve Yıldız - Bir Nico Di Angelo Macerası</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256932548</t>
+          <t>9786256932609</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Parla</t>
+          <t>Hilal Şehir 3: Alev ve Gölge Hanesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>145</v>
+        <v>750</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256932531</t>
+          <t>9786256932579</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Varis</t>
+          <t>Gerçek Aşkın Laneti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258492262</t>
+          <t>9786256932548</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Ayakkabısı</t>
+          <t>Parla</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>375</v>
+        <v>145</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256932524</t>
+          <t>9786256932531</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma Novellalar (Ciltli)</t>
+          <t>Yalancı Varis</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256932432</t>
+          <t>9786258492262</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Muhalifler 3 - Süpernova (Ciltli)</t>
+          <t>Başkasının Ayakkabısı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256932456</t>
+          <t>9786256932524</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kitabı</t>
+          <t>Bana Dokunma Novellalar (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256932401</t>
+          <t>9786256932432</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Cytonic</t>
+          <t>Muhalifler 3 - Süpernova (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>430</v>
+        <v>695</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256932395</t>
+          <t>9786256932456</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Psykhe ve Eros</t>
+          <t>Gecenin Kitabı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258492255</t>
+          <t>9786256932401</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Değiş Tokuş</t>
+          <t>Cytonic</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>139</v>
+        <v>550</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258492248</t>
+          <t>9786256932395</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sığınak - Şeytan Gecesi-2</t>
+          <t>Psykhe ve Eros</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256932234</t>
+          <t>9786258492255</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Double Me 5</t>
+          <t>Değiş Tokuş</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256932180</t>
+          <t>9786258492248</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Double Me 4</t>
+          <t>Sığınak - Şeytan Gecesi-2</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256932173</t>
+          <t>9786256932234</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Double Me 3</t>
+          <t>Double Me 5</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258492194</t>
+          <t>9786256932180</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Asil Kraliçe</t>
+          <t>Double Me 4</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256932104</t>
+          <t>9786256932173</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Double Me 2</t>
+          <t>Double Me 3</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256932098</t>
+          <t>9786258492194</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Double Me 1</t>
+          <t>Asil Kraliçe</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256932111</t>
+          <t>9786256932104</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İki Kraliçenin Savaşı</t>
+          <t>Double Me 2</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258492125</t>
+          <t>9786256932098</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Günaha Davet</t>
+          <t>Double Me 1</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256417564</t>
+          <t>9786256932111</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ne Yesem Dokunuyor</t>
+          <t>İki Kraliçenin Savaşı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>675</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256932081</t>
+          <t>9786258492125</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Bedenim</t>
+          <t>Günaha Davet</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>79</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256932067</t>
+          <t>9786256417564</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Elfhame Kralı Öykülerden Nefret Etmeye Nasıl Başladı</t>
+          <t>Ne Yesem Dokunuyor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258492118</t>
+          <t>9786256932081</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tek Dileğim</t>
+          <t>İşte Bu Benim Bedenim</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>119</v>
+        <v>79</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256932050</t>
+          <t>9786256932067</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 6</t>
+          <t>Elfhame Kralı Öykülerden Nefret Etmeye Nasıl Başladı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256932029</t>
+          <t>9786258492118</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bir Ten ve Ateş Romanı: Kıvılcımdaki Gölge</t>
+          <t>Tek Dileğim</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>550</v>
+        <v>119</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256932036</t>
+          <t>9786256932050</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 5</t>
+          <t>Cagaster - 6</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256932012</t>
+          <t>9786256932029</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Bir Ten ve Ateş Romanı: Kıvılcımdaki Gölge</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258021981</t>
+          <t>9786256932036</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 4</t>
+          <t>Cagaster - 5</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258021974</t>
+          <t>9786256932012</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 3</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258021967</t>
+          <t>9786258021981</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 2</t>
+          <t>Cagaster - 4</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258021950</t>
+          <t>9786258021974</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Cagaster - 1</t>
+          <t>Cagaster - 3</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258021998</t>
+          <t>9786258021967</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İleri Sar: Gelecekten Öyküler</t>
+          <t>Cagaster - 2</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>119</v>
+        <v>225</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258492095</t>
+          <t>9786258021950</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Kızı</t>
+          <t>Cagaster - 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258021943</t>
+          <t>9786258021998</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kemikler Tacı - Kan ve Kül 3</t>
+          <t>İleri Sar: Gelecekten Öyküler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>460</v>
+        <v>119</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258021905</t>
+          <t>9786258492095</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalp</t>
+          <t>Doğum Günü Kızı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258021837</t>
+          <t>9786258021943</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Başlat - Ready Player Two</t>
+          <t>Yaldızlı Kemikler Tacı - Kan ve Kül 3</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258492040</t>
+          <t>9786258021905</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Punk 57</t>
+          <t>Kırık Bir Kalp</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258492033</t>
+          <t>9786258021837</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yakın Koruma</t>
+          <t>Başlat - Ready Player Two</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>119</v>
+        <v>275</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258492026</t>
+          <t>9786258492040</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Benjamin ve Ben</t>
+          <t>Punk 57</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>99</v>
+        <v>425</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258021660</t>
+          <t>9786258492033</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Starsight</t>
+          <t>Yakın Koruma</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>475</v>
+        <v>119</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258021820</t>
+          <t>9786258492026</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Aristo ve Dante Dünyanın Sularına Dalıyor</t>
+          <t>Benjamin ve Ben</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>440</v>
+        <v>99</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258492057</t>
+          <t>9786258021660</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Bir Kere</t>
+          <t>Starsight</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>119</v>
+        <v>560</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258021769</t>
+          <t>9786258021820</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>En Parlak Gece</t>
+          <t>Aristo ve Dante Dünyanın Sularına Dalıyor</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258021707</t>
+          <t>9786258492057</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Homodominans</t>
+          <t>Aşk, Bir Kere</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258021691</t>
+          <t>9786258021769</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Frankenstein’ın Karanlık Düşüşü</t>
+          <t>En Parlak Gece</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>89</v>
+        <v>560</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258021714</t>
+          <t>9786258021707</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Ateş Krallığı - Kan ve Kül 2</t>
+          <t>Homodominans</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>460</v>
+        <v>110</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258021684</t>
+          <t>9786258021691</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha 5</t>
+          <t>Elizabeth Frankenstein’ın Karanlık Düşüşü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>650</v>
+        <v>89</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258021677</t>
+          <t>9786258021714</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Nefes Hanesi - Hilal Şehir 2</t>
+          <t>Ten ve Ateş Krallığı - Kan ve Kül 2</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258021653</t>
+          <t>9786258021684</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Edward</t>
+          <t>Mezbaha 5</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>119</v>
+        <v>750</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258021646</t>
+          <t>9786258021677</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Aldatılmış</t>
+          <t>Gökyüzü ve Nefes Hanesi - Hilal Şehir 2</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>109</v>
+        <v>650</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258021516</t>
+          <t>9786258021653</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezgini Tuf</t>
+          <t>Sevgili Edward</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258021493</t>
+          <t>9786258021646</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Suikastçının Hançeri</t>
+          <t>Aldatılmış</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>585</v>
+        <v>109</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258021479</t>
+          <t>9786258021516</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Kızıl Dosya ve Dörtlerin İmzası - İki Roman Bir Arada</t>
+          <t>Uzay Gezgini Tuf</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>235</v>
+        <v>159</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786050987157</t>
+          <t>9786258021493</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Karabasan</t>
+          <t>Suikastçının Hançeri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786050986464</t>
+          <t>9786258021479</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Alevler Sarayı</t>
+          <t>Sherlock Holmes: Kızıl Dosya ve Dörtlerin İmzası - İki Roman Bir Arada</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786050986303</t>
+          <t>9786050987157</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kral (Ciltli)</t>
+          <t>Karabasan</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>590</v>
+        <v>495</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786050986297</t>
+          <t>9786050986464</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Beni</t>
+          <t>Gümüş Alevler Sarayı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>550</v>
+        <v>675</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050984149</t>
+          <t>9786050986303</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Külden</t>
+          <t>Lanetli Kral (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786050983425</t>
+          <t>9786050986297</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Hayal Et Beni</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>49</v>
+        <v>650</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050983241</t>
+          <t>9786050984149</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Neva</t>
+          <t>Kan ve Külden</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>59</v>
+        <v>560</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050982770</t>
+          <t>9786050983425</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hilal Şehir - Toprak ve Kan Hanesi</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>650</v>
+        <v>49</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786050981452</t>
+          <t>9786050983241</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İlk Adam</t>
+          <t>Neva</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>650</v>
+        <v>59</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786050980868</t>
+          <t>9786050982770</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Artı Bir</t>
+          <t>Hilal Şehir - Toprak ve Kan Hanesi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050980660</t>
+          <t>9786050981452</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nişanlı</t>
+          <t>İlk Adam</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>89</v>
+        <v>750</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050980509</t>
+          <t>9786050980868</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Bir Artı Bir</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>119</v>
+        <v>530</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050980097</t>
+          <t>9786050980660</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Nişanlı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>59</v>
+        <v>89</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050979138</t>
+          <t>9786050980509</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>En Aydınlık Gölge</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>325</v>
+        <v>119</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786050978810</t>
+          <t>9786050980097</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Titan 4 (Ciltli)</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786050978841</t>
+          <t>9786050979138</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Beni Kışkırtma - Bana Dokunma 5 (Ciltli)</t>
+          <t>En Aydınlık Gölge</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>485</v>
+        <v>600</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050978643</t>
+          <t>9786050978810</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>O Yıldızın Altında</t>
+          <t>Kehanet - Titan 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>450</v>
+        <v>79</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050977981</t>
+          <t>9786050978841</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Beni Kışkırtma - Bana Dokunma 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>79</v>
+        <v>595</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050977615</t>
+          <t>9786050978643</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Buz ve Yıldızışığı Sarayı</t>
+          <t>O Yıldızın Altında</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050975765</t>
+          <t>9786050977981</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 7 - Kül Krallığı (Ciltli)</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>785</v>
+        <v>79</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050975499</t>
+          <t>9786050977615</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Merkür ve Mucize</t>
+          <t>Buz ve Yıldızışığı Sarayı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>39</v>
+        <v>375</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786050970739</t>
+          <t>9786050975765</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Baldan Karanlık</t>
+          <t>Cam Şato 7 - Kül Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>24</v>
+        <v>785</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050970746</t>
+          <t>9786050975499</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Muhafızname - Karakalem 3</t>
+          <t>Merkür ve Mucize</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050970395</t>
+          <t>9786050970739</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Asil Duygular</t>
+          <t>Baldan Karanlık</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>24</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050965834</t>
+          <t>9786050970746</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar - Muhalifler 2</t>
+          <t>Muhafızname - Karakalem 3</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>129</v>
+        <v>49</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786050962772</t>
+          <t>9786050970395</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Aşk Satar</t>
+          <t>Asil Duygular</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>29</v>
+        <v>275</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050942644</t>
+          <t>9786050965834</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi</t>
+          <t>Düşmanlar - Muhalifler 2</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>32</v>
+        <v>129</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050948783</t>
+          <t>9786050962772</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Asil Aşk</t>
+          <t>Aşk Satar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050966152</t>
+          <t>9786050942644</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tövbe</t>
+          <t>Doğu Ekspresi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786050965742</t>
+          <t>9786050948783</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şafak Kulesi - Cam Şato 6</t>
+          <t>Asil Aşk</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>630</v>
+        <v>275</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050966268</t>
+          <t>9786050966152</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar - Muhalifler 2 (Ciltli)</t>
+          <t>Tövbe</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>260</v>
+        <v>49</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050965629</t>
+          <t>9786050965742</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırladın mı?</t>
+          <t>Şafak Kulesi - Cam Şato 6</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>89</v>
+        <v>630</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050961713</t>
+          <t>9786050966268</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Cesur - Lanetli 3</t>
+          <t>Düşmanlar - Muhalifler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>37.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050961263</t>
+          <t>9786050965629</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Asil Teklif</t>
+          <t>Beni Hatırladın mı?</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>89</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050960334</t>
+          <t>9786050961713</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Yıldız</t>
+          <t>Cesur - Lanetli 3</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050959468</t>
+          <t>9786050961263</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Hep Gençtir</t>
+          <t>Asil Teklif</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>99</v>
+        <v>375</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050958362</t>
+          <t>9786050960334</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Legend - Caraval 2</t>
+          <t>En Karanlık Yıldız</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786050957600</t>
+          <t>9786050959468</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kara Kalem 2</t>
+          <t>Rüzgarlar Hep Gençtir</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>42</v>
+        <v>99</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050957174</t>
+          <t>9786050958362</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar İmparatorluğu - Cam Şato 5 (Ciltli)</t>
+          <t>Legend - Caraval 2</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>650</v>
+        <v>425</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786050955446</t>
+          <t>9786050957600</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Kara Kalem 2</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>42</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786050954692</t>
+          <t>9786050957174</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Süreya Kuaför Salonu</t>
+          <t>Fırtınalar İmparatorluğu - Cam Şato 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>32</v>
+        <v>650</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050952988</t>
+          <t>9786050955446</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Zalim Prens - Peri Halkı Serisi 1. Kitap (Ciltli)</t>
+          <t>Gece Kuşları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050952209</t>
+          <t>9786050954692</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sen</t>
+          <t>Süreya Kuaför Salonu</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>750</v>
+        <v>32</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786050951356</t>
+          <t>9786050952988</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kara Kalem</t>
+          <t>Zalim Prens - Peri Halkı Serisi 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>89</v>
+        <v>650</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786050951547</t>
+          <t>9786050952209</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Nazenin</t>
+          <t>Sonsuza Dek Sen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>22.5</v>
+        <v>750</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050951417</t>
+          <t>9786050951356</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Muhalifler (Ciltli)</t>
+          <t>Kara Kalem</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>290</v>
+        <v>89</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050950182</t>
+          <t>9786050951547</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kağanın Mezarı - Assansin’s Creed Series</t>
+          <t>Nazenin</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>38</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050949902</t>
+          <t>9786050951417</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kayan Yıldızların Işıltısı - Ventura Efsanesi 2. Kitap</t>
+          <t>Muhalifler (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>32.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050949810</t>
+          <t>9786050950182</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar ve Küller Sarayı</t>
+          <t>Kağanın Mezarı - Assansin’s Creed Series</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>490</v>
+        <v>38</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050949544</t>
+          <t>9786050949902</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Asosyaller Gezegeninde Aşk</t>
+          <t>Kayan Yıldızların Işıltısı - Ventura Efsanesi 2. Kitap</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>28.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050948745</t>
+          <t>9786050949810</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma 3: Beni Yakma (Ciltli)</t>
+          <t>Kanatlar ve Küller Sarayı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>550</v>
+        <v>675</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786050949117</t>
+          <t>9786050949544</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 4 - Gölgeler Kraliçesi (Ciltli)</t>
+          <t>Asosyaller Gezegeninde Aşk</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>630</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786050948721</t>
+          <t>9786050948745</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma (Ciltli)</t>
+          <t>Bana Dokunma 3: Beni Yakma (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050948738</t>
+          <t>9786050949117</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bana Dokunma 2: Beni Bırakma (Ciltli)</t>
+          <t>Cam Şato 4 - Gölgeler Kraliçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>595</v>
+        <v>695</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050948387</t>
+          <t>9786050948721</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çölllerin Asisi 2 - Çölllerin Prensi</t>
+          <t>Bana Dokunma (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>129</v>
+        <v>650</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050946871</t>
+          <t>9786050948738</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 1 (Ciltli)</t>
+          <t>Bana Dokunma 2: Beni Bırakma (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>575</v>
+        <v>650</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050946901</t>
+          <t>9786050948387</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 1 (Ciltli)</t>
+          <t>Çölllerin Asisi 2 - Çölllerin Prensi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>230</v>
+        <v>129</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050946888</t>
+          <t>9786050946871</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü 3 - Günlerin Sonu (Ciltli)</t>
+          <t>Cam Şato 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050946864</t>
+          <t>9786050946901</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 3 - Ateşin Varisi (Ciltli)</t>
+          <t>Meleğin Düşüşü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786050946895</t>
+          <t>9786050946888</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Cam Şato 2 - Karanlık Taç (Ciltli)</t>
+          <t>Meleğin Düşüşü 3 - Günlerin Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>585</v>
+        <v>260</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050946161</t>
+          <t>9786050946864</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Çevrimdışı Aşk</t>
+          <t>Cam Şato 3 - Ateşin Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>29</v>
+        <v>695</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050945652</t>
+          <t>9786050946895</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yükseklik Sarhoşluğu</t>
+          <t>Cam Şato 2 - Karanlık Taç (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>45</v>
+        <v>650</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050943368</t>
+          <t>9786050946161</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Aristo ve Dante Evrenin Sırlarını Kesfediyor</t>
+          <t>Çevrimdışı Aşk</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>390</v>
+        <v>29</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050940626</t>
+          <t>9786050945652</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Öfke Sarayı</t>
+          <t>Yükseklik Sarhoşluğu</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050940916</t>
+          <t>9786050943368</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük 6</t>
+          <t>Aristo ve Dante Evrenin Sırlarını Kesfediyor</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>52</v>
+        <v>450</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050939507</t>
+          <t>9786050940626</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Last Descendants: Son Nesil (Ciltli)</t>
+          <t>Sis ve Öfke Sarayı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>99</v>
+        <v>650</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050936674</t>
+          <t>9786050940916</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bodyguard</t>
+          <t>Pucca Günlük 6</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>22</v>
+        <v>52</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050936438</t>
+          <t>9786050939507</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Titan 1- Geri Dönüş</t>
+          <t>Last Descendants: Son Nesil (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050935660</t>
+          <t>9786050936674</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yansıma - 2 Luda Kuka</t>
+          <t>Bodyguard</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786050935677</t>
+          <t>9786050936438</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç 5 - Taç</t>
+          <t>Titan 1- Geri Dönüş</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>240</v>
+        <v>79</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050935127</t>
+          <t>9786050935660</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Lux 1,5 - Unutuluş</t>
+          <t>Yansıma - 2 Luda Kuka</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>275</v>
+        <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050930795</t>
+          <t>9786050935677</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Veliaht Prenses</t>
+          <t>Beni Seç 5 - Taç</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050930665</t>
+          <t>9786050935127</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 3 - Alaycı Kuş</t>
+          <t>Lux 1,5 - Unutuluş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050930672</t>
+          <t>9786050930795</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları 2 - Ateşi Yakalamak</t>
+          <t>Veliaht Prenses</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050929997</t>
+          <t>9786050930665</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları - 1</t>
+          <t>Açlık Oyunları 3 - Alaycı Kuş</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050923049</t>
+          <t>9786050930672</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kocan Kadar Konuş 2 : Diriliş</t>
+          <t>Açlık Oyunları 2 - Ateşi Yakalamak</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>21.3</v>
+        <v>520</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786050908886</t>
+          <t>9786050929997</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Melez Sözleşmeleri 2: Safkan</t>
+          <t>Açlık Oyunları - 1</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786050915549</t>
+          <t>9786050923049</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Lux 3 - Opal</t>
+          <t>Kocan Kadar Konuş 2 : Diriliş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>280</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786050914948</t>
+          <t>9786050908886</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Elit</t>
+          <t>Melez Sözleşmeleri 2: Safkan</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050903447</t>
+          <t>9786050915549</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Başlat - Ready Player One</t>
+          <t>Lux 3 - Opal</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>490</v>
+        <v>475</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050917567</t>
+          <t>9786050914948</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Lux 4 - Köken</t>
+          <t>Elit</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050922592</t>
+          <t>9786050903447</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Lux 5: Direniş</t>
+          <t>Başlat - Ready Player One</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050914283</t>
+          <t>9786050917567</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Lux 2 - Oniks</t>
+          <t>Lux 4 - Köken</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050911909</t>
+          <t>9786050922592</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Lux 1 - Obsidiyen</t>
+          <t>Lux 5: Direniş</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050912852</t>
+          <t>9786050914283</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Beni Seç</t>
+          <t>Lux 2 - Oniks</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
+          <t>9786050911909</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Lux 1 - Obsidiyen</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786050912852</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Beni Seç</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
           <t>9786050916249</t>
         </is>
       </c>
-      <c r="B496" s="1" t="inlineStr">
+      <c r="B498" s="1" t="inlineStr">
         <is>
           <t>Melez Sözleşmeleri Apollyon</t>
         </is>
       </c>
-      <c r="C496" s="1">
-        <v>495</v>
+      <c r="C498" s="1">
+        <v>560</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>