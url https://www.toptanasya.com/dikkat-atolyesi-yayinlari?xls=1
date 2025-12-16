--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -139,51 +139,51 @@
         <is>
           <t>9786258280555</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Alfabe Yazı Kitabı Sihirli Uçan Kalemli Oluklu (Kabartmalı) Yazmayı Kolayca Öğreten Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786258280630</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Ormanın En Güçlüsü Kim?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>90</v>
+        <v>169</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786258280647</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Yıldızlar Zor Doğar</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786258280500</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
@@ -2449,51 +2449,51 @@
         <is>
           <t>9786059551854</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Hikayeli Kodlama</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786059551861</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Ormanın En Güzeli Kim?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>79</v>
+        <v>169</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786059551670</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Find It!</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786059551847</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>