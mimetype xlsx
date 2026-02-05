--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,2680 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258280678</t>
+          <t>9786258280548</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Hacker'in Gizli Defteri</t>
+          <t>5. Sınıf Sosyal Bilgiler Doğru Başlangıç Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258280623</t>
+          <t>9786258280692</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Yazmayı Kolayca Öğreten Kitap Sihirli Uçan Kalemli Oluklu (Kabartmalı) Sayılar Kitabı (Ciltli)</t>
+          <t>5. Sınıf Fen Bilimleri Doğru Başlangıç Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258280555</t>
+          <t>9786258280579</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Yazı Kitabı Sihirli Uçan Kalemli Oluklu (Kabartmalı) Yazmayı Kolayca Öğreten Kitap (Ciltli)</t>
+          <t>5. Sınıf Paragraf Doğru Başlangıç Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>249</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258280630</t>
+          <t>9786258280685</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Güçlüsü Kim?</t>
+          <t>5. Sınıf Türkçe Doğru Başlangıç Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258280647</t>
+          <t>9786258280319</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Zor Doğar</t>
+          <t>5. Sınıf Matematik Doğru Başlangıç Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258280500</t>
+          <t>8683161608173</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>Halka Atma Oyunu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>224</v>
+        <v>850</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258280487</t>
+          <t>9786258280296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Zor Bir Çocuğum Var</t>
+          <t>6. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059551687</t>
+          <t>9786258280173</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Highlights Hello İlk Eğitici Kitaplarım Serisi</t>
+          <t>Hikayelerle Güneş Sistemi ve Gezegenler - İlk Okuma Uzay Hikayeleri Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>597</v>
+        <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058328297</t>
+          <t>9786257928922</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Eşleştir Etkinlik Kitabı</t>
+          <t>Bilsem için IQ Brain Teasers Zihin Açan Sorular</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>67.5</v>
+        <v>369</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258280272</t>
+          <t>9786059551519</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Bölme İşlemi Oyunu</t>
+          <t>Adım Adım Kodlamaya Giriş (Seviye 1)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>319</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059551205</t>
+          <t>9786059551618</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Highlights Sticker Hidden Pictures 4'lü Set</t>
+          <t>Highlights Puzzlemania (Wowo Bul, Çiz ve Eğlen) 2'li Set</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>599</v>
+        <v>369</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059551083</t>
+          <t>9786059551359</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Highlights Favori Hidden Pictures</t>
+          <t>Sticker Bulmacalı Hikayeler 4'lü Set</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059551441</t>
+          <t>9786059551397</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Highlights Sticker Eğlenceli Etkinliklerle Hikayeli Bulmaca 5'li Set</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>397</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059551342</t>
+          <t>9786257928250</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sticker Bulmacalı Hikayeler Baykuş ve Güvercin Çiftlik Macerası</t>
+          <t>Jumbo Kitap Dikkat Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>87</v>
+        <v>569</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258280258</t>
+          <t>9786257928045</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Toplama İşlemi Oyunu</t>
+          <t>Eğlenceli Öğretici Aktivite Kitabı - Doğal Yaşamda Safari</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>319</v>
+        <v>199</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258280470</t>
+          <t>9786257928373</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 4. Seviye</t>
+          <t>1. Sınıf Eğlenceli - Öğretici Tüm Dersler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>131</v>
+        <v>344</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258280463</t>
+          <t>9786257928175</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 3.</t>
+          <t>2. Sınıf Eğlenceli - Öğretici Tüm Dersler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>131</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258280456</t>
+          <t>9786257928168</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 2. Seviye</t>
+          <t>4. Sınıf Eğlenceli - Öğretici Tüm Dersler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>131</v>
+        <v>437</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258280449</t>
+          <t>9786059551540</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 1. Seviye</t>
+          <t>Adım Adım Kodlamaya Giriş (Seviye 4)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258280159</t>
+          <t>9786059551526</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5N1K ile Baloncuk</t>
+          <t>Kodlama Algoritma ve Dikkat Geliştirme Aktiviteleri (Seviye 2)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>8683161608128</t>
+          <t>9786258280678</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Flip The Fun (Eğlenceyi Çevir) - Learned Games</t>
+          <t>Bir Hacker'in Gizli Defteri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>519</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257928281</t>
+          <t>9786258280623</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Matematik Yeni Nesil Soru Bankası</t>
+          <t>Sayıları Yazmayı Kolayca Öğreten Kitap Sihirli Uçan Kalemli Oluklu (Kabartmalı) Sayılar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>224</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257928304</t>
+          <t>9786258280555</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Fen Bilimleri Yeni Nesil Soru Bankası</t>
+          <t>Alfabe Yazı Kitabı Sihirli Uçan Kalemli Oluklu (Kabartmalı) Yazmayı Kolayca Öğreten Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>224</v>
+        <v>344</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257928311</t>
+          <t>9786258280630</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İpuçlu Eğlenceli - Öğretici Sosyal Bilgiler Yeni Nesil Soru Bankası</t>
+          <t>Ormanın En Güçlüsü Kim?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>224</v>
+        <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059551243</t>
+          <t>9786258280647</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İpuçlu Eğlenceli - Öğretici Hayat Bilgisi Yeni Nesil Soru Bankası</t>
+          <t>Yıldızlar Zor Doğar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>224</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059551304</t>
+          <t>9786258280500</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İpuçlu Eğlenceli - Öğretici Türkçe Yeni Nesil Soru Bankası</t>
+          <t>2. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257928342</t>
+          <t>9786258280487</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf İpuçlu Eğlenceli - Öğetici Türkçe Yeni Nesil Soru Bankası</t>
+          <t>Eyvah Zor Bir Çocuğum Var</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>224</v>
+        <v>299</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257928335</t>
+          <t>9786059551687</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf İpuçlu Eğlenceli - Öğretici Matematik Yeni Nesil Soru Bankası</t>
+          <t>Highlights Hello İlk Eğitici Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>224</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257928328</t>
+          <t>9786058328297</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Eğlenceli - Öğretici İpuçlu Fen Bilimleri Yeni Nesil Soru Bankası</t>
+          <t>Bul ve Eşleştir Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>224</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059551298</t>
+          <t>9786258280272</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Eğlenceli - Öğretici İpuçlu Hayat Bilgisi Yeni Nesil Soru Bankası</t>
+          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Bölme İşlemi Oyunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>224</v>
+        <v>369</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257928182</t>
+          <t>9786059551205</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
+          <t>Highlights Sticker Hidden Pictures 4'lü Set</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>369</v>
+        <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257928298</t>
+          <t>9786059551083</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Türkçe Yeni Nesil Soru Bankası</t>
+          <t>Highlights Favori Hidden Pictures</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>224</v>
+        <v>299</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258280388</t>
+          <t>9786059551441</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Jumbo Boyama Kitabı Bak Bul Boya</t>
+          <t>Highlights Sticker Eğlenceli Etkinliklerle Hikayeli Bulmaca 5'li Set</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258280333</t>
+          <t>9786059551342</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>Sticker Bulmacalı Hikayeler Baykuş ve Güvercin Çiftlik Macerası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>239</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258280036</t>
+          <t>9786258280258</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Toplama İşlemi Oyunu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>269</v>
+        <v>369</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258280326</t>
+          <t>9786258280470</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 4. Seviye</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>249</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258280302</t>
+          <t>9786258280463</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 3.</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>259</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257928939</t>
+          <t>9786258280456</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kolay Öğrenme Yöntemiyle Çarpım Tablosu</t>
+          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 2. Seviye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>319</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257928700</t>
+          <t>9786258280449</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Türkçe Yeni Nesil Soru Bankası</t>
+          <t>Okul Öncesi Makas Etkinlikleri Kes, Yapıştır, Oyna 1. Seviye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>269</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257928724</t>
+          <t>9786258280159</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Yeni Nesil Soru Bankası</t>
+          <t>Nik ve Robo 5N1K ile Baloncuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>239</v>
+        <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257928717</t>
+          <t>8683161608128</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Matematik Yeni Nesil Soru Bankası</t>
+          <t>Flip The Fun (Eğlenceyi Çevir) - Learned Games</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>299</v>
+        <v>519</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257928731</t>
+          <t>9786257928281</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS İngilizce Yeni Nesil Soru Bankası</t>
+          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Matematik Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257928748</t>
+          <t>9786257928304</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Yeni Nesil Soru Bankası</t>
+          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Fen Bilimleri Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257928755</t>
+          <t>9786257928311</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Yeni Nesil Soru Bankası</t>
+          <t>4. Sınıf İpuçlu Eğlenceli - Öğretici Sosyal Bilgiler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059551014</t>
+          <t>9786059551243</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Labirentler</t>
+          <t>2. Sınıf İpuçlu Eğlenceli - Öğretici Hayat Bilgisi Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>67.5</v>
+        <v>224</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059551113</t>
+          <t>9786059551304</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlar için Hidden Pictures - Doğal Yaşam Puzzle (Tek Kitap)</t>
+          <t>2. Sınıf İpuçlu Eğlenceli - Öğretici Türkçe Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>235</v>
+        <v>224</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059551090</t>
+          <t>9786257928342</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlar için Hidden Pictures - Su Eğlencesi Puzzle (Tek Kitap)</t>
+          <t>3. Sınıf İpuçlu Eğlenceli - Öğetici Türkçe Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>235</v>
+        <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059551106</t>
+          <t>9786257928335</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Favori Hidden Pictures - Arkadaşlık Puzzle (Tek Kitap)</t>
+          <t>3. Sınıf İpuçlu Eğlenceli - Öğretici Matematik Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>235</v>
+        <v>249</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058328235</t>
+          <t>9786257928328</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hidden Pictures Gizli Resimler Seviye 4</t>
+          <t>3. Sınıf Eğlenceli - Öğretici İpuçlu Fen Bilimleri Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>118</v>
+        <v>249</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058328228</t>
+          <t>9786059551298</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hidden Pictures Gizli Resimler Seviye 3</t>
+          <t>3. Sınıf Eğlenceli - Öğretici İpuçlu Hayat Bilgisi Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>118</v>
+        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058328211</t>
+          <t>9786257928182</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hidden Pictures Gizli Resimler Seviye 2</t>
+          <t>3. Sınıf Tüm Dersler Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>118</v>
+        <v>390</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058328204</t>
+          <t>9786257928298</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hidden Pictures Gizli Resimler Seviye 1</t>
+          <t>4. Sınıf Eğlenceli - Öğretici İpuçlu Türkçe Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>118</v>
+        <v>249</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059551069</t>
+          <t>9786258280388</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sticker Hidden Pictures Macera Puzzle (Çift Kitap)</t>
+          <t>Jumbo Boyama Kitabı Bak Bul Boya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>299</v>
+        <v>369</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059551076</t>
+          <t>9786258280333</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sticker Hidden Pictures Doğa Puzzle (2 Kitap)</t>
+          <t>3. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258280340</t>
+          <t>9786258280036</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
+          <t>8. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258280111</t>
+          <t>9786258280326</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5N1K ile Uçurtma</t>
+          <t>5. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258280135</t>
+          <t>9786258280302</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5N1K ile Teleskop</t>
+          <t>7. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258280104</t>
+          <t>9786257928939</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5N1K ile Kukla Gösterisi</t>
+          <t>Kolay Öğrenme Yöntemiyle Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258280128</t>
+          <t>9786257928700</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5N1K ile Kuş Evi</t>
+          <t>8. Sınıf LGS Türkçe Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258280142</t>
+          <t>9786257928724</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nik ve Robo 5NK1K ile Yelkenli</t>
+          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258280098</t>
+          <t>9786257928717</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo Lunapark Hız Treninde</t>
+          <t>8. Sınıf LGS Matematik Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258280081</t>
+          <t>9786257928731</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo İlk Uçak Seyahati</t>
+          <t>8. Sınıf LGS İngilizce Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258280043</t>
+          <t>9786257928748</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo Uzay İstasyonu</t>
+          <t>8. Sınıf LGS Fen Bilimleri Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>344</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258280050</t>
+          <t>9786257928755</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo Tren Yolculuğu</t>
+          <t>8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258280067</t>
+          <t>9786059551014</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo Şehirde Bir Gün</t>
+          <t>Gizemli Labirentler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>79</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258280074</t>
+          <t>9786059551113</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kit ve Kubo Kamp Heyecanı</t>
+          <t>Uzmanlar için Hidden Pictures - Doğal Yaşam Puzzle (Tek Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258280234</t>
+          <t>9786059551090</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Serisi Etkileşimli Hikaye Kitabı 4’lü Set</t>
+          <t>Uzmanlar için Hidden Pictures - Su Eğlencesi Puzzle (Tek Kitap)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>376</v>
+        <v>299</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258280265</t>
+          <t>9786059551106</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Çıkarma İşlemi Oyunu</t>
+          <t>Favori Hidden Pictures - Arkadaşlık Puzzle (Tek Kitap)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258280289</t>
+          <t>9786058328235</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kolay İngilizce Konuşturan Resimli Kelime Kartları</t>
+          <t>Hidden Pictures Gizli Resimler Seviye 4</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>319</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257928656</t>
+          <t>9786058328228</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 9 - Doğada</t>
+          <t>Hidden Pictures Gizli Resimler Seviye 3</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257928649</t>
+          <t>9786058328211</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 8 - Hayvanat Bahçesi</t>
+          <t>Hidden Pictures Gizli Resimler Seviye 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257928632</t>
+          <t>9786058328204</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 7 - Mevsimler</t>
+          <t>Hidden Pictures Gizli Resimler Seviye 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257928625</t>
+          <t>9786059551069</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 6 - Benim Şehrim</t>
+          <t>Sticker Hidden Pictures Macera Puzzle (Çift Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>69</v>
+        <v>399</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257928618</t>
+          <t>9786059551076</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 5 - Sebze ve Meyveler</t>
+          <t>Sticker Hidden Pictures Doğa Puzzle (2 Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>69</v>
+        <v>399</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257928601</t>
+          <t>9786258280340</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 4 - Benim Sınıfım</t>
+          <t>4. Sınıf Zihin Çalıştıran Eğlenceli Kanguru Matematik Soruları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>69</v>
+        <v>249</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257928595</t>
+          <t>9786258280111</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 3 - Benim Bahçem</t>
+          <t>Nik ve Robo 5N1K ile Uçurtma</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>69</v>
+        <v>63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257928588</t>
+          <t>9786258280135</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 2 - Benim Evim</t>
+          <t>Nik ve Robo 5N1K ile Teleskop</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>69</v>
+        <v>63</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257928663</t>
+          <t>9786258280104</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Resimli Temalarla İngilizce İlk Kelimelerim 10 - Orman Hayvanları</t>
+          <t>Nik ve Robo 5N1K ile Kukla Gösterisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>69</v>
+        <v>63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059551175</t>
+          <t>9786258280128</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Favori Hidden Pictures 2'li Set</t>
+          <t>Nik ve Robo 5N1K ile Kuş Evi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>469</v>
+        <v>63</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059551168</t>
+          <t>9786258280142</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Highlights Uzmanlar İçin Hidden Pictures (Gizli Resimler) 2'li Set</t>
+          <t>Nik ve Robo 5NK1K ile Yelkenli</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>469</v>
+        <v>63</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059551236</t>
+          <t>9786258280098</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Highlights Puzzlemania (On The Go Serisi) 4'lü Set</t>
+          <t>Kit ve Kubo Lunapark Hız Treninde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>269</v>
+        <v>63</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059551229</t>
+          <t>9786258280081</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Highlights Mathmania Matematik Zeka ve Dikkat Gelişim 4'lü Seti</t>
+          <t>Kit ve Kubo İlk Uçak Seyahati</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>344</v>
+        <v>63</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059551182</t>
+          <t>9786258280043</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Highlights Hidden Pictures Puzzles (Gizli Resimler) 4'lü Set</t>
+          <t>Kit ve Kubo Uzay İstasyonu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>469</v>
+        <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059551274</t>
+          <t>9786258280050</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süper Dahiler Seti - Çarpım Tablosu 2 (6x’den 9x’e)</t>
+          <t>Kit ve Kubo Tren Yolculuğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>179</v>
+        <v>63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059551267</t>
+          <t>9786258280067</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Süper Dahiler Seti - Çarpım Tablosu 1 (2x'den 5x'e)</t>
+          <t>Kit ve Kubo Şehirde Bir Gün</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>199</v>
+        <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059551250</t>
+          <t>9786258280074</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Süper Dahiler Seti - Toplama</t>
+          <t>Kit ve Kubo Kamp Heyecanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>63</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059551212</t>
+          <t>9786258280234</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>My First Hidden Pictures 4'lü Set</t>
+          <t>İlk Okuma Serisi Etkileşimli Hikaye Kitabı 4’lü Set</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257928953</t>
+          <t>9786258280265</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Serisi - Benimle Saklambaç Oynar Mısın?</t>
+          <t>Kolay Öğrenme Yöntemiyle Yaz Sil Çıkarma İşlemi Oyunu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>94</v>
+        <v>369</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258280241</t>
+          <t>9786258280289</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Serisi - Oyuncakların Arkadaşlığı Odadaki Gizemli Oyuncaklar</t>
+          <t>Kolay İngilizce Konuşturan Resimli Kelime Kartları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>94</v>
+        <v>369</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257928960</t>
+          <t>9786257928656</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Serisi - Büyük Kaçış Tostos Macera Peşinde</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 9 - Doğada</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257928977</t>
+          <t>9786257928649</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Serisi - Gizemli Misafir Sağlıklı Yaşamın Sırrı</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 8 - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258280203</t>
+          <t>9786257928632</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dünya ve Ay - İlk Okuma Uzay Hikayeleri Serisi</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 7 - Mevsimler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258280197</t>
+          <t>9786257928625</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Asteroitler ve Kuyruklu Yıldız - İlk Okuma Uzay Hikayeleri Serisi</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 6 - Benim Şehrim</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258280180</t>
+          <t>9786257928618</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Yıldızlar - İlk Okuma Uzay Hikayeleri Serisi</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 5 - Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258280227</t>
+          <t>9786257928601</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kız ve Erkek Kardeşler (Kardeş Sevgisi)</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 4 - Benim Sınıfım</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>106</v>
+        <v>94</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258280166</t>
+          <t>9786257928595</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Eğlenceli Resimlerle İngilizce İlk 200 Kelime</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 3 - Benim Bahçem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>94</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258280005</t>
+          <t>9786257928588</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Zeka Açan Sorular 1. Seviye Bilişsel Beceri Gelişimi</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 2 - Benim Evim</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>169</v>
+        <v>94</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257928991</t>
+          <t>9786257928663</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Zeka Açan Sorular 2. Seviye Bilişsel Beceri Gelişimi</t>
+          <t>Resimli Temalarla İngilizce İlk Kelimelerim 10 - Orman Hayvanları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>169</v>
+        <v>94</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257928809</t>
+          <t>9786059551175</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çevremizdeki Araçlar - Çiftlikte</t>
+          <t>Favori Hidden Pictures 2'li Set</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>69</v>
+        <v>569</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257928823</t>
+          <t>9786059551168</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çevremizdeki Araçlar - Şehirde</t>
+          <t>Highlights Uzmanlar İçin Hidden Pictures (Gizli Resimler) 2'li Set</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>69</v>
+        <v>598</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257928793</t>
+          <t>9786059551236</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uzaya İlk Uçuş</t>
+          <t>Highlights Puzzlemania (On The Go Serisi) 4'lü Set</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257928830</t>
+          <t>9786059551229</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çevremizdeki Araçlar - Yarışlarda</t>
+          <t>Highlights Mathmania Matematik Zeka ve Dikkat Gelişim 4'lü Seti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>69</v>
+        <v>399</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257928786</t>
+          <t>9786059551182</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uzay Macerası</t>
+          <t>Highlights Hidden Pictures Puzzles (Gizli Resimler) 4'lü Set</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>69</v>
+        <v>569</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257928762</t>
+          <t>9786059551274</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yıldızlar</t>
+          <t>Süper Dahiler Seti - Çarpım Tablosu 2 (6x’den 9x’e)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257928816</t>
+          <t>9786059551267</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çevremizdeki Araçlar - İnşaatta</t>
+          <t>Süper Dahiler Seti - Çarpım Tablosu 1 (2x'den 5x'e)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257928779</t>
+          <t>9786059551250</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi</t>
+          <t>Süper Dahiler Seti - Toplama</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257928946</t>
+          <t>9786059551212</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fenerli Hidden Pictures Puzzles</t>
+          <t>My First Hidden Pictures 4'lü Set</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>299</v>
+        <v>469</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258280012</t>
+          <t>9786257928953</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kuzu Kırpık ile Tuvalet Eğitimi</t>
+          <t>İlk Okuma Serisi - Benimle Saklambaç Oynar Mısın?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>79</v>
+        <v>125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258280029</t>
+          <t>9786258280241</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kuzu Kırpık ile Banyo Zamanı</t>
+          <t>İlk Okuma Serisi - Oyuncakların Arkadaşlığı Odadaki Gizemli Oyuncaklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>79</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058328266</t>
+          <t>9786257928960</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Puzzlemania Farkı Bul</t>
+          <t>İlk Okuma Serisi - Büyük Kaçış Tostos Macera Peşinde</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>67.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059551786</t>
+          <t>9786257928977</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mucit Beyinler Eğitim Seti 60-72 Ay</t>
+          <t>İlk Okuma Serisi - Gizemli Misafir Sağlıklı Yaşamın Sırrı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>5900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059551779</t>
+          <t>9786258280203</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mucit Beyinler Eğitim Seti 48-60 Ay</t>
+          <t>Hikayelerle Dünya ve Ay - İlk Okuma Uzay Hikayeleri Serisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>5500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059551793</t>
+          <t>9786258280197</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mucit Beyinler Eğitim Seti 36-48 Ay</t>
+          <t>Hikayelerle Asteroitler ve Kuyruklu Yıldız - İlk Okuma Uzay Hikayeleri Serisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>5000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257928007</t>
+          <t>9786258280180</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>2-4 Yaş Mantıksal Düşünme Becerileri ve Dikkat Etkinlik Kitabı</t>
+          <t>Hikayelerle Yıldızlar - İlk Okuma Uzay Hikayeleri Serisi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257928502</t>
+          <t>9786258280227</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi - Zıt Kavramlar</t>
+          <t>Kız ve Erkek Kardeşler (Kardeş Sevgisi)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257928519</t>
+          <t>9786258280166</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Öğretici Etkinlikler Serisi - Şekiller</t>
+          <t>A'dan Z'ye Eğlenceli Resimlerle İngilizce İlk 200 Kelime</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>69</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257928526</t>
+          <t>9786258280005</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Ülkelerde Yaşayan Hayvanlar - Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi</t>
+          <t>Bilsem Zeka Açan Sorular 1. Seviye Bilişsel Beceri Gelişimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257928533</t>
+          <t>9786257928991</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Öğretici Etkinlikler Serisi - Sayılar</t>
+          <t>Bilsem Zeka Açan Sorular 2. Seviye Bilişsel Beceri Gelişimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257928540</t>
+          <t>9786257928809</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi</t>
+          <t>Çıkartmalı Çevremizdeki Araçlar - Çiftlikte</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>69</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059551335</t>
+          <t>9786257928823</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>IQ Zeka Gelişimi için 200 Heyecan Verici 5'li Etkinlik Seti</t>
+          <t>Çıkartmalı Çevremizdeki Araçlar - Şehirde</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>444</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257928557</t>
+          <t>9786257928793</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartmalarla Renkleri Öğreniyorum</t>
+          <t>Uzaya İlk Uçuş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257928489</t>
+          <t>9786257928830</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Düşün, Hayal Et ve Tasarla 5'li Etkinlik Seti</t>
+          <t>Çıkartmalı Çevremizdeki Araçlar - Yarışlarda</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>456</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257928670</t>
+          <t>9786257928786</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aile Hikayeleri Serisi: Evimizdekl Sayılar</t>
+          <t>Uzay Macerası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257928687</t>
+          <t>9786257928762</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aile Hikayeleri Serisi: Evimizdeki Renkler</t>
+          <t>Gizemli Yıldızlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257928496</t>
+          <t>9786257928816</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yürütme ve Mantıksal Düşünme Becerisi Etkinlikleri</t>
+          <t>Çıkartmalı Çevremizdeki Araçlar - İnşaatta</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059551885</t>
+          <t>9786257928779</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kare Kare Mozaik Kodlama Aktivite Kitabı 1</t>
+          <t>Güneş Sistemi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059551892</t>
+          <t>9786257928946</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sticker Okul Öncesi Kare Kare Mozaik Kodlama 2. Seviye</t>
+          <t>Fenerli Hidden Pictures Puzzles</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>199</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257928205</t>
+          <t>9786258280012</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Photo Puzzlemania! Eğlenceli Etkinlikler</t>
+          <t>Sevimli Kuzu Kırpık ile Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>344</v>
+        <v>125</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257928076</t>
+          <t>9786258280029</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Öğretici Aktivite Kitabı - Taşıtlar</t>
+          <t>Sevimli Kuzu Kırpık ile Banyo Zamanı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>169</v>
+        <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257928366</t>
+          <t>9786058328266</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Konuşma Becerisi</t>
+          <t>Puzzlemania Farkı Bul</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257928359</t>
+          <t>9786059551786</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Gelişimi (Görsel ve İşitsel Hafıza Gelişimi)</t>
+          <t>Mucit Beyinler Eğitim Seti 60-72 Ay</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>69</v>
+        <v>15600</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257928212</t>
+          <t>9786059551779</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Zihinden Eğlenceli-Öğretici Toplama Etkinlikleri</t>
+          <t>Mucit Beyinler Eğitim Seti 48-60 Ay</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>157</v>
+        <v>14800</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257928229</t>
+          <t>9786059551793</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Zihinden Eğlenceli-Öğretici Çıkarma Etkinlikleri</t>
+          <t>Mucit Beyinler Eğitim Seti 36-48 Ay</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>157</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257928052</t>
+          <t>9786257928007</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitap Meraklı Çocuklar İçin Hayvanlar</t>
+          <t>2-4 Yaş Mantıksal Düşünme Becerileri ve Dikkat Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>169</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257928069</t>
+          <t>9786257928502</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli-Öğretici Aktivite Kitabı - Şehrimi Tanıyorum</t>
+          <t>Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi - Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>169</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257928243</t>
+          <t>9786257928519</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Sevenler İçin Hidden Pictures</t>
+          <t>Eğlenceli Öğretici Etkinlikler Serisi - Şekiller</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>169</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257928236</t>
+          <t>9786257928526</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler için Hidden Pictures</t>
+          <t>Sıcak Ülkelerde Yaşayan Hayvanlar - Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>299</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257928014</t>
+          <t>9786257928533</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Billy Deniz Macerası (Ciltli)</t>
+          <t>Eğlenceli Öğretici Etkinlikler Serisi - Sayılar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>156</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257928120</t>
+          <t>9786257928540</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Niçin Korkuyorum? (Hikayelerle Duygular Serisi1)</t>
+          <t>Renkler - Çıkartmalarla Eğlenceli Öğretici Etkinlikler Serisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>79</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257928113</t>
+          <t>9786059551335</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Niçin Üzgünüm? (Hikayelerle Duygular Serisi 2)</t>
+          <t>IQ Zeka Gelişimi için 200 Heyecan Verici 5'li Etkinlik Seti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>79</v>
+        <v>499</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257928137</t>
+          <t>9786257928557</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kızgınım? (Hikayelerle Duygular Serisi3)</t>
+          <t>Eğlenceli Çıkartmalarla Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>79</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257928151</t>
+          <t>9786257928489</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kırgınım? (2-6 Yaş Hikayelerle Duygular Serisi 4. Kitap)</t>
+          <t>Düşün, Hayal Et ve Tasarla 5'li Etkinlik Seti</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>79</v>
+        <v>569</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257928106</t>
+          <t>9786257928670</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Niçin Pişmanım? (2-6 Yaş Hikayelerle Duygular Serisi 5. Kitap)</t>
+          <t>Aile Hikayeleri Serisi: Evimizdekl Sayılar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>79</v>
+        <v>249</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257928144</t>
+          <t>9786257928687</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kıskancım? (2-6 Yaş Hikayelerle Duygular Serisi 6. Kitap)</t>
+          <t>Aile Hikayeleri Serisi: Evimizdeki Renkler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>79</v>
+        <v>249</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257928083</t>
+          <t>9786257928496</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler (2-6 Yaş Erken Çocuklukta Davranış Yönetimi Serisi 2. Kitap)</t>
+          <t>Akıl Yürütme ve Mantıksal Düşünme Becerisi Etkinlikleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>79</v>
+        <v>199</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257928090</t>
+          <t>9786059551885</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Güzel Davranışlar (2-6 Yaş Erken Çocuklukta Davranış Yönetimi Serisi 1. Kitap)</t>
+          <t>Kare Kare Mozaik Kodlama Aktivite Kitabı 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>79</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257928274</t>
+          <t>9786059551892</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 100 Farklı Etkinlik</t>
+          <t>Sticker Okul Öncesi Kare Kare Mozaik Kodlama 2. Seviye</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257928021</t>
+          <t>9786257928205</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Toplama Etkinlik Kitabı - Zihinden Eğlenceli-Öğretici</t>
+          <t>Photo Puzzlemania! Eğlenceli Etkinlikler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>157</v>
+        <v>399</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257928038</t>
+          <t>9786257928076</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çıkarma Etkinlik Kitabı - Zihinden Eğlenceli-Öğretici</t>
+          <t>Eğlenceli Öğretici Aktivite Kitabı - Taşıtlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>157</v>
+        <v>199</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059551908</t>
+          <t>9786257928366</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Çizgiyle Ne Yapabilirsin? Bilsem Resim Etkinlikleri</t>
+          <t>Dil ve Konuşma Becerisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>156</v>
+        <v>99</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059551007</t>
+          <t>9786257928359</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul (Fark Bulma Etkinlikleri)</t>
+          <t>Hafıza Gelişimi (Görsel ve İşitsel Hafıza Gelişimi)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>67.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059551984</t>
+          <t>9786257928212</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>2- 4 Yaş Yaz Sil Eğitici Çizgiler Etkinlik Kitabı</t>
+          <t>2. Sınıf Zihinden Eğlenceli-Öğretici Toplama Etkinlikleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059551977</t>
+          <t>9786257928229</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Hayal Gücü Etkinlikleri</t>
+          <t>2. Sınıf Zihinden Eğlenceli-Öğretici Çıkarma Etkinlikleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059551953</t>
+          <t>9786257928052</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerileri Etkinlikleri</t>
+          <t>Sticker Kitap Meraklı Çocuklar İçin Hayvanlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059551960</t>
+          <t>9786257928069</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mantık ve Muhakeme Etkinlikleri</t>
+          <t>Eğlenceli-Öğretici Aktivite Kitabı - Şehrimi Tanıyorum</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059551991</t>
+          <t>9786257928243</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yazılıp Silinebilir Eğlenceli Labirentler (2-4 Yaş)</t>
+          <t>Dinozor Sevenler İçin Hidden Pictures</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059551854</t>
+          <t>9786257928236</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli Kodlama</t>
+          <t>Dedektifler için Hidden Pictures</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>169</v>
+        <v>375</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059551861</t>
+          <t>9786257928014</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ormanın En Güzeli Kim?</t>
+          <t>Kaptan Billy Deniz Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059551670</t>
+          <t>9786257928120</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Find It!</t>
+          <t>Niçin Korkuyorum? (Hikayelerle Duygular Serisi1)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>349</v>
+        <v>125</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059551847</t>
+          <t>9786257928113</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>The Dad Lab Deneylerle Eğlenceli Bilim</t>
+          <t>Niçin Üzgünüm? (Hikayelerle Duygular Serisi 2)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059551823</t>
+          <t>9786257928137</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kalem Tutma Becerisi Etkinlik Kitabı</t>
+          <t>Niçin Kızgınım? (Hikayelerle Duygular Serisi3)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>156</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059551717</t>
+          <t>9786257928151</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı</t>
+          <t>Niçin Kırgınım? (2-6 Yaş Hikayelerle Duygular Serisi 4. Kitap)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059551762</t>
+          <t>9786257928106</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kedi Evini Keşfediyor! (Ciltli)</t>
+          <t>Niçin Pişmanım? (2-6 Yaş Hikayelerle Duygular Serisi 5. Kitap)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059551724</t>
+          <t>9786257928144</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Küçük Civciv Annesini Arıyor (Ciltli)</t>
+          <t>Niçin Kıskancım? (2-6 Yaş Hikayelerle Duygular Serisi 6. Kitap)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059551731</t>
+          <t>9786257928083</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim (Ciltli)</t>
+          <t>Sihirli Kelimeler (2-6 Yaş Erken Çocuklukta Davranış Yönetimi Serisi 2. Kitap)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059551748</t>
+          <t>9786257928090</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Nerede Yaşar? (Ciltli)</t>
+          <t>Güzel Davranışlar (2-6 Yaş Erken Çocuklukta Davranış Yönetimi Serisi 1. Kitap)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059551755</t>
+          <t>9786257928274</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Baykuş Taşıtları Öğreniyor (Ciltli)</t>
+          <t>Çocuklar İçin 100 Farklı Etkinlik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>256</v>
+        <v>224</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059551557</t>
+          <t>9786257928021</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sil 100 Etkinlikte İnce Motor Gelişimi</t>
+          <t>Toplama Etkinlik Kitabı - Zihinden Eğlenceli-Öğretici</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059551625</t>
+          <t>9786257928038</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Highlights: Jumbo Kitap Şaşırtıcı Labirentler</t>
+          <t>Çıkarma Etkinlik Kitabı - Zihinden Eğlenceli-Öğretici</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>469</v>
+        <v>199</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059551632</t>
+          <t>9786059551908</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Highlights: Jumbo Kitap Hidden Pictures</t>
+          <t>Bir Çizgiyle Ne Yapabilirsin? Bilsem Resim Etkinlikleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>437</v>
+        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059551649</t>
+          <t>9786059551007</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Highlights: Parlayan Hidden Pictures Puzzle</t>
+          <t>Farkı Bul (Fark Bulma Etkinlikleri)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>239</v>
+        <v>79</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059551472</t>
+          <t>9786059551984</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Highlights Şaşırtıcı Macera Puzzle 2'li Set</t>
+          <t>2- 4 Yaş Yaz Sil Eğitici Çizgiler Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>269</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059551571</t>
+          <t>9786059551977</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Adım Adım Kodlamaya Giriş (3 Kitap+Yazı Tahtası)</t>
+          <t>Yaratıcılık ve Hayal Gücü Etkinlikleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>419</v>
+        <v>79</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059551564</t>
+          <t>9786059551953</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Algoritma Temelli Adım Adım Kodlama 4'lü Set</t>
+          <t>Düşünme Becerileri Etkinlikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>419</v>
+        <v>79</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059551281</t>
+          <t>9786059551960</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Zeka Sorularıyla Yedi Günde Çarpım Tablosu</t>
+          <t>Mantık ve Muhakeme Etkinlikleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
+          <t>9786059551991</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Yazılıp Silinebilir Eğlenceli Labirentler (2-4 Yaş)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786059551854</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeli Kodlama</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786059551861</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Ormanın En Güzeli Kim?</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786059551670</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Find It!</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059551847</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>The Dad Lab Deneylerle Eğlenceli Bilim</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059551823</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Kalem Tutma Becerisi Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059551717</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Zamanı</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059551762</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Kedi Evini Keşfediyor! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059551724</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Civciv Annesini Arıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059551731</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kelimelerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786059551748</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Bu Hayvanlar Nerede Yaşar? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786059551755</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Baykuş Taşıtları Öğreniyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786059551557</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Sil 100 Etkinlikte İnce Motor Gelişimi</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786059551625</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Highlights: Jumbo Kitap Şaşırtıcı Labirentler</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059551632</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Highlights: Jumbo Kitap Hidden Pictures</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059551649</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Highlights: Parlayan Hidden Pictures Puzzle</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786059551472</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Highlights Şaşırtıcı Macera Puzzle 2'li Set</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059551571</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Adım Adım Kodlamaya Giriş (3 Kitap+Yazı Tahtası)</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059551564</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Algoritma Temelli Adım Adım Kodlama 4'lü Set</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059551281</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Sorularıyla Yedi Günde Çarpım Tablosu</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
           <t>9786059551199</t>
         </is>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Highlights Puzzlemania Favori Puzzle 4'lü Set</t>
         </is>
       </c>
-      <c r="C177" s="1">
-        <v>469</v>
+      <c r="C197" s="1">
+        <v>569</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>