--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,565 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257771344</t>
+          <t>9786050831160</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 2+ Yaş</t>
+          <t>Dikkat Zeka 2. Sınıf Seti - 8 Yaş (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257771337</t>
+          <t>9786257771344</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 3+ Yaş</t>
+          <t>Dikkat Zeka 2+ Yaş</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257771184</t>
+          <t>9786257771337</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>7-8 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
+          <t>Dikkat Zeka 3+ Yaş</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257771214</t>
+          <t>9786257771184</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>7-8 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257771238</t>
+          <t>9786257771214</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>6-7 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
+          <t>7-8 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257771207</t>
+          <t>9786257771238</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>5-6 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
+          <t>6-7 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257771153</t>
+          <t>9786257771207</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - 10 Dakikalık Testler</t>
+          <t>5-6 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257771269</t>
+          <t>9786257771153</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Değerlendirme ve Geliştirme / B</t>
+          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - 10 Dakikalık Testler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257771054</t>
+          <t>9786257771269</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Zihin Açma ve Pekiştirme 5. Kitap</t>
+          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Değerlendirme ve Geliştirme / B</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257771061</t>
+          <t>9786257771054</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - On Dakikalık Testler Uzaysal ve Mekansal Beceriler 6. Kitap</t>
+          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Zihin Açma ve Pekiştirme 5. Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257771146</t>
+          <t>9786257771061</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - 10 Dakikalık Testler 4. Kitap</t>
+          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - On Dakikalık Testler Uzaysal ve Mekansal Beceriler 6. Kitap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257771283</t>
+          <t>9786257771146</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Değerlendirme ve Geliştirme - B 2. Kitap</t>
+          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - 10 Dakikalık Testler 4. Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257771276</t>
+          <t>9786257771283</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1. Kitap - Değerlendirme ve Geliştirme - A</t>
+          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Değerlendirme ve Geliştirme - B 2. Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257771047</t>
+          <t>9786257771276</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>8-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler - Yeni Nesil Problemler ve Bulmacalar</t>
+          <t>11-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1. Kitap - Değerlendirme ve Geliştirme - A</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257771221</t>
+          <t>9786257771047</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>7-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler - Nasıl Çözülür? Yeni Nesil Problemler İçin Etkin Çözüm Teknikleri</t>
+          <t>8-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler - Yeni Nesil Problemler ve Bulmacalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257771290</t>
+          <t>9786257771221</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat-Zeka - Bilişsel ve Düşünsel Beceriler - Değerlendirme ve Geliştirme - A 1. Kitap</t>
+          <t>7-12 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler - Nasıl Çözülür? Yeni Nesil Problemler İçin Etkin Çözüm Teknikleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257771115</t>
+          <t>9786257771290</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Hız Kazandırma 3. Kitap</t>
+          <t>10-11 Yaş Dikkat-Zeka - Bilişsel ve Düşünsel Beceriler - Değerlendirme ve Geliştirme - A 1. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257771122</t>
+          <t>9786257771115</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Hız Kazandırma</t>
+          <t>10-11 Yaş Dikkat - Zeka - Bilişsel ve Düşünsel Beceriler - Hız Kazandırma 3. Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257771078</t>
+          <t>9786257771122</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 6. Kitap - On Dakikalık Testler Matematik ve Görsel Zeka</t>
+          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Hız Kazandırma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257771085</t>
+          <t>9786257771078</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 5. Kitap - 10 Dakikalık Testler Matematik ve Görsel Zeka</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 6. Kitap - On Dakikalık Testler Matematik ve Görsel Zeka</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257771160</t>
+          <t>9786257771085</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 4. Kitap - 10 Dakikalık Testler</t>
+          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 5. Kitap - 10 Dakikalık Testler Matematik ve Görsel Zeka</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257771139</t>
+          <t>9786257771160</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - Hız Kazandırma</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 4. Kitap - 10 Dakikalık Testler</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257771108</t>
+          <t>9786257771139</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 4. Kitap - Zihin Açma ve Pekiştirme</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - Hız Kazandırma</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257771245</t>
+          <t>9786257771108</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Değerlendirme ve Geliştirme / B</t>
+          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 4. Kitap - Zihin Açma ve Pekiştirme</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257771177</t>
+          <t>9786257771245</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - 10 Dakikalık Testler</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 2. Kitap - Değerlendirme ve Geliştirme / B</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257771252</t>
+          <t>9786257771177</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1. Kitap - Değerlendirme ve Geliştirme / A</t>
+          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 3. Kitap - 10 Dakikalık Testler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257771191</t>
+          <t>9786257771252</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1.Kitap - Değerlendirme ve Geliştirme</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1. Kitap - Değerlendirme ve Geliştirme / A</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257771092</t>
+          <t>9786257771191</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 5. Kitap - Zihin Açma ve Pekiştirme</t>
+          <t>8-9 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 1.Kitap - Değerlendirme ve Geliştirme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050823493</t>
+          <t>9786257771092</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 10+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+          <t>9-10 Yaş Dikkat - Zeka Bilişsel ve Düşünsel Beceriler 5. Kitap - Zihin Açma ve Pekiştirme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050823554</t>
+          <t>9786050823493</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 9+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+          <t>Dikkat Zeka 10+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050823530</t>
+          <t>9786050823554</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 7+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+          <t>Dikkat Zeka 9+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050823523</t>
+          <t>9786050823530</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 6+ Yaş: Disiplinlerarası Bağllantı Sistemi DBS</t>
+          <t>Dikkat Zeka 7+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050823516</t>
+          <t>9786050823523</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 5+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+          <t>Dikkat Zeka 6+ Yaş: Disiplinlerarası Bağllantı Sistemi DBS</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050823509</t>
+          <t>9786050823516</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zeka 4+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+          <t>Dikkat Zeka 5+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
+          <t>9786050823509</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Zeka 4+ Yaş: Disiplinlerarası Bağlantı Sistemi DBS</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9786257771030</t>
         </is>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Sağ Beyin Sol Beyin Egzersizleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C36" s="1">
+      <c r="C37" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>