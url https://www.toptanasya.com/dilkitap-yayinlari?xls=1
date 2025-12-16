--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1420 +85,1465 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259641928</t>
+          <t>9786259641959</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevdadır Şu Kalbe Dolan</t>
+          <t>Efelenmen Sıradağlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259641911</t>
+          <t>9786259641942</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karda Serçemin Düğünü</t>
+          <t>Dünyanın Rengini Aşka Boyarım</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259641904</t>
+          <t>9786259641935</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Yokken Ağırdı</t>
+          <t>Efe'nin Tatili</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259713298</t>
+          <t>9786259641928</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hafif Gülümse</t>
+          <t>Sevdadır Şu Kalbe Dolan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259713281</t>
+          <t>9786259641911</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Adsız Liman</t>
+          <t>Karda Serçemin Düğünü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259713274</t>
+          <t>9786259641904</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uykulara Ara Verdim</t>
+          <t>Varlığın Yokken Ağırdı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259713267</t>
+          <t>9786259713298</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cımbızname</t>
+          <t>Hafif Gülümse</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4440000003158</t>
+          <t>9786259713281</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 6 Aralık 2022</t>
+          <t>Adsız Liman</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4440000001634</t>
+          <t>9786259713274</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 2 Nisan - Mayıs 2022</t>
+          <t>Uykulara Ara Verdim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>4444444443863</t>
+          <t>9786259713267</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 3 Haziran - Temmuz 2022</t>
+          <t>Cımbızname</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443862</t>
+          <t>4440000003158</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 1 Şubat - Mart 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 6 Aralık 2022</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444443861</t>
+          <t>4440000001634</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 5 Ekim - Kasım 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 2 Nisan - Mayıs 2022</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443860</t>
+          <t>4444444443863</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 8 Mart - Nisan 2023</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 3 Haziran - Temmuz 2022</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444443859</t>
+          <t>4444444443862</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 9 Mayıs - Haziran 2023</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 1 Şubat - Mart 2022</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4444444443858</t>
+          <t>4444444443861</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 4 Ağustos- Eylül 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 5 Ekim - Kasım 2022</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259713243</t>
+          <t>4444444443860</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ben Gidersem Geri Dönmem</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 8 Mart - Nisan 2023</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259713250</t>
+          <t>4444444443859</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hani Anlamıştık Birbirimizi</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 9 Mayıs - Haziran 2023</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259713236</t>
+          <t>4444444443858</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Düşlem</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 4 Ağustos- Eylül 2022</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259713229</t>
+          <t>9786259713243</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Meleğin Kaleminden Dökülen İnciler</t>
+          <t>Ben Gidersem Geri Dönmem</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259713205</t>
+          <t>9786259713250</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Leyla'dan Hülya’ya Anılar ve Şiirler</t>
+          <t>Hani Anlamıştık Birbirimizi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259713212</t>
+          <t>9786259713236</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Portofino</t>
+          <t>Düşlem</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259523880</t>
+          <t>9786259713229</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Pamukla Yolculuğu</t>
+          <t>Bir Meleğin Kaleminden Dökülen İnciler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259523873</t>
+          <t>9786259713205</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Buğdayla Yolculuğu</t>
+          <t>Leyla'dan Hülya’ya Anılar ve Şiirler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259523897</t>
+          <t>9786259713212</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>O Eski Şarkıyı Dinlemiyorum</t>
+          <t>Portofino</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259523866</t>
+          <t>9786259523880</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İsmini Kalbime Yazdığım Dağlar</t>
+          <t>Ali'nin Pamukla Yolculuğu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259523859</t>
+          <t>9786259523873</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sahil Yolu Geçmeden Giresun 4</t>
+          <t>Ali'nin Buğdayla Yolculuğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259523842</t>
+          <t>9786259523897</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sen Öpünce Geçer Annem</t>
+          <t>O Eski Şarkıyı Dinlemiyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259523804</t>
+          <t>9786259523866</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İç Güveysi Fikri</t>
+          <t>İsmini Kalbime Yazdığım Dağlar</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259523828</t>
+          <t>9786259523859</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin Meraklı Yolcuları Feyza ile Mert</t>
+          <t>Sahil Yolu Geçmeden Giresun 4</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259523811</t>
+          <t>9786259523842</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Okul Fişleri</t>
+          <t>Sen Öpünce Geçer Annem</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259523835</t>
+          <t>9786259523804</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir ve Düşük Karbon Emisyonlu Kentsel Alanlar için Eko Şehir Kavramı; Zonguldak İli için Öneriler</t>
+          <t>İç Güveysi Fikri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259857190</t>
+          <t>9786259523828</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya Köprü Kursalar</t>
+          <t>Hayvanlar Aleminin Meraklı Yolcuları Feyza ile Mert</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259857183</t>
+          <t>9786259523811</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Bu Şehre Sığdıramadım</t>
+          <t>Anneannemin Okul Fişleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259857176</t>
+          <t>9786259523835</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Can Öğretmenim</t>
+          <t>Sürdürülebilir ve Düşük Karbon Emisyonlu Kentsel Alanlar için Eko Şehir Kavramı; Zonguldak İli için Öneriler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259857169</t>
+          <t>9786259857190</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dertler Firar Etmiş</t>
+          <t>Gurbetten Sılaya Köprü Kursalar</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259857152</t>
+          <t>9786259857183</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Korkmuş Gibi Sarıl Bana</t>
+          <t>Kendimi Bu Şehre Sığdıramadım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259857145</t>
+          <t>9786259857176</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yıldızları</t>
+          <t>Can Öğretmenim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259857121</t>
+          <t>9786259857169</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Kaçkını</t>
+          <t>Dertler Firar Etmiş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259857138</t>
+          <t>9786259857152</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çığlığımı Duymadın</t>
+          <t>Korkmuş Gibi Sarıl Bana</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259857114</t>
+          <t>9786259857145</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Göç Yolu Turnaları</t>
+          <t>İstiklal Yıldızları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4440000004457</t>
+          <t>9786259857121</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 12 Kasım - Aralık 2023</t>
+          <t>Ağustos Kaçkını</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000004366</t>
+          <t>9786259857138</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 10 Temmuz - Ağustos 2023</t>
+          <t>Çığlığımı Duymadın</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000004365</t>
+          <t>9786259857114</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 11 Eylül - Ekim 2023</t>
+          <t>Göç Yolu Turnaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259857107</t>
+          <t>4440000004457</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Feyza ile Mert'in Meyve Maceraları</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 12 Kasım - Aralık 2023</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259959030</t>
+          <t>4440000004366</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Have You Seen The Ocean In Your Eyes ?</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 10 Temmuz - Ağustos 2023</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259959047</t>
+          <t>4440000004365</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çiğdem Çiçeği</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 11 Eylül - Ekim 2023</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259959061</t>
+          <t>9786259857107</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin İsyanı</t>
+          <t>Feyza ile Mert'in Meyve Maceraları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259959085</t>
+          <t>9786259959030</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Islandım İhanet Yağmurlarında</t>
+          <t>Have You Seen The Ocean In Your Eyes ?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259959054</t>
+          <t>9786259959047</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Acılar Taraf Tutmaz</t>
+          <t>Çiğdem Çiçeği</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259959023</t>
+          <t>9786259959061</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İsmim Hep Aklında Dursun</t>
+          <t>Yüreğimin İsyanı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259959078</t>
+          <t>9786259959085</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Meriç ile Tuna</t>
+          <t>Islandım İhanet Yağmurlarında</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259959016</t>
+          <t>9786259959054</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Köşkün Basamakları</t>
+          <t>Acılar Taraf Tutmaz</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259959092</t>
+          <t>9786259959023</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Köşelerde Kalanlar</t>
+          <t>İsmim Hep Aklında Dursun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259959009</t>
+          <t>9786259959078</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Memleketin Altın Kalemleri</t>
+          <t>Meriç ile Tuna</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057152299</t>
+          <t>9786259959016</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Vatan Sevdası</t>
+          <t>Ahşap Köşkün Basamakları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057152282</t>
+          <t>9786259959092</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Işıltısı</t>
+          <t>Köşelerde Kalanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>4440000003294</t>
+          <t>9786259959009</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 7 Ocak - Şubat 2023</t>
+          <t>Memleketin Altın Kalemleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057152275</t>
+          <t>9786057152299</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ak Dediler Kara Çıktı</t>
+          <t>Bir Babanın Vatan Sevdası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057152237</t>
+          <t>9786057152282</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Anılarım Hala İğde Kokulu</t>
+          <t>Hayatın Işıltısı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057152268</t>
+          <t>4440000003294</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sevmek Zamanıdır</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 7 Ocak - Şubat 2023</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057152220</t>
+          <t>9786057152275</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilmişler Korosu</t>
+          <t>Ak Dediler Kara Çıktı</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057152244</t>
+          <t>9786057152237</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kendime Bir Kahve Ismarladım</t>
+          <t>Anılarım Hala İğde Kokulu</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057152251</t>
+          <t>9786057152268</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Giresunspor 9 Nisan</t>
+          <t>Şimdi Sevmek Zamanıdır</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057152213</t>
+          <t>9786057152220</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Benim ce Annem Öldü</t>
+          <t>Çok Bilmişler Korosu</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057468871</t>
+          <t>9786057152244</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Güneşleniyorum</t>
+          <t>Kendime Bir Kahve Ismarladım</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057152206</t>
+          <t>9786057152251</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sahil Yolu Geçmeden Giresun 3</t>
+          <t>Giresunspor 9 Nisan</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057468895</t>
+          <t>9786057152213</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Yunus Tutkunu</t>
+          <t>Benim ce Annem Öldü</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057468888</t>
+          <t>9786057468871</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Usta Gazetecilerle Kahve Sohbetleri</t>
+          <t>Ay Işığında Güneşleniyorum</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057468857</t>
+          <t>9786057152206</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bacaları Tütmez Oldu Köyümün</t>
+          <t>Sahil Yolu Geçmeden Giresun 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057468826</t>
+          <t>9786057468895</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dengesi Sevgi</t>
+          <t>Bir Yunus Tutkunu</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057468833</t>
+          <t>9786057468888</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Mevsimi</t>
+          <t>Usta Gazetecilerle Kahve Sohbetleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057468802</t>
+          <t>9786057468857</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Ahlak Kültürü</t>
+          <t>Bacaları Tütmez Oldu Köyümün</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050645699</t>
+          <t>9786057468826</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyada Misafiriz</t>
+          <t>Dünyanın Dengesi Sevgi</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050645682</t>
+          <t>9786057468833</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dizelerin Dansı</t>
+          <t>Sevgi Mevsimi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050645675</t>
+          <t>9786057468802</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çaldılar Çocukluğumu</t>
+          <t>Değerler Eğitimi Ahlak Kültürü</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050645668</t>
+          <t>9786050645699</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Dağa Kaldırdılar</t>
+          <t>Bu Dünyada Misafiriz</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050645651</t>
+          <t>9786050645682</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Lüsid</t>
+          <t>Dizelerin Dansı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050645637</t>
+          <t>9786050645675</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Ne Gibi Kokar?</t>
+          <t>Çaldılar Çocukluğumu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050684193</t>
+          <t>9786050645668</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sana Özel</t>
+          <t>Aşkı Dağa Kaldırdılar</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050645644</t>
+          <t>9786050645651</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Özledim İyiliği</t>
+          <t>Lüsid</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050645606</t>
+          <t>9786050645637</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle</t>
+          <t>Çiçek Ne Gibi Kokar?</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050645620</t>
+          <t>9786050684193</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gönülde Sonsuzluktur</t>
+          <t>Sadece Sana Özel</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050645613</t>
+          <t>9786050645644</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sen Ondan Da Tatlısın</t>
+          <t>Özledim İyiliği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050684179</t>
+          <t>9786050645606</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düşündüklerim</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050684186</t>
+          <t>9786050645620</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üflendi Bedene</t>
+          <t>Aşk Gönülde Sonsuzluktur</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050684162</t>
+          <t>9786050645613</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Geçerken Merhaba Desen Ne Olur?</t>
+          <t>Sen Ondan Da Tatlısın</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050684155</t>
+          <t>9786050684179</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kapımın Önünde Kaldı Pişmanlık</t>
+          <t>Düşündüklerim</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050684131</t>
+          <t>9786050684186</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Vurgunu</t>
+          <t>Aşk Üflendi Bedene</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050684148</t>
+          <t>9786050684162</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Dünyanın Neresindesin?</t>
+          <t>Geçerken Merhaba Desen Ne Olur?</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050684117</t>
+          <t>9786050684155</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Susturun Tüm Şarkıları</t>
+          <t>Kapımın Önünde Kaldı Pişmanlık</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050684124</t>
+          <t>9786050684131</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bende Aklın Kalmasın</t>
+          <t>Zemheri Vurgunu</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
+          <t>9786050684148</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Dünyanın Neresindesin?</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786050684117</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Susturun Tüm Şarkıları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786050684124</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bende Aklın Kalmasın</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
           <t>9786050684100</t>
         </is>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Bir Sen Olmadın</t>
         </is>
       </c>
-      <c r="C93" s="1">
+      <c r="C96" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>