--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,1465 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259641959</t>
+          <t>9786259347608</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Efelenmen Sıradağlar</t>
+          <t>Didim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259641942</t>
+          <t>9786259641973</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengini Aşka Boyarım</t>
+          <t>Kış Gibi Yaşa</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259641935</t>
+          <t>9786259641966</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Efe'nin Tatili</t>
+          <t>Gözlerinde Buldum Gerçek Manayı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259641928</t>
+          <t>9786259641959</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sevdadır Şu Kalbe Dolan</t>
+          <t>Efelenmen Sıradağlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259641911</t>
+          <t>9786259641942</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Karda Serçemin Düğünü</t>
+          <t>Dünyanın Rengini Aşka Boyarım</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259641904</t>
+          <t>9786259641935</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Yokken Ağırdı</t>
+          <t>Efe'nin Tatili</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259713298</t>
+          <t>9786259641928</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hafif Gülümse</t>
+          <t>Sevdadır Şu Kalbe Dolan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259713281</t>
+          <t>9786259641911</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Adsız Liman</t>
+          <t>Karda Serçemin Düğünü</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259713274</t>
+          <t>9786259641904</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uykulara Ara Verdim</t>
+          <t>Varlığın Yokken Ağırdı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259713267</t>
+          <t>9786259713298</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cımbızname</t>
+          <t>Hafif Gülümse</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4440000003158</t>
+          <t>9786259713281</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 6 Aralık 2022</t>
+          <t>Adsız Liman</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4440000001634</t>
+          <t>9786259713274</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 2 Nisan - Mayıs 2022</t>
+          <t>Uykulara Ara Verdim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443863</t>
+          <t>9786259713267</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 3 Haziran - Temmuz 2022</t>
+          <t>Cımbızname</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444443862</t>
+          <t>4440000003158</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 1 Şubat - Mart 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 6 Aralık 2022</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4444444443861</t>
+          <t>4440000001634</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 5 Ekim - Kasım 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 2 Nisan - Mayıs 2022</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4444444443860</t>
+          <t>4444444443863</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 8 Mart - Nisan 2023</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 3 Haziran - Temmuz 2022</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4444444443859</t>
+          <t>4444444443862</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 9 Mayıs - Haziran 2023</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 1 Şubat - Mart 2022</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444443858</t>
+          <t>4444444443861</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 4 Ağustos- Eylül 2022</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 5 Ekim - Kasım 2022</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259713243</t>
+          <t>4444444443860</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Gidersem Geri Dönmem</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 8 Mart - Nisan 2023</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259713250</t>
+          <t>4444444443859</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hani Anlamıştık Birbirimizi</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 9 Mayıs - Haziran 2023</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259713236</t>
+          <t>4444444443858</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Düşlem</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 4 Ağustos- Eylül 2022</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259713229</t>
+          <t>9786259713243</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Meleğin Kaleminden Dökülen İnciler</t>
+          <t>Ben Gidersem Geri Dönmem</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259713205</t>
+          <t>9786259713250</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Leyla'dan Hülya’ya Anılar ve Şiirler</t>
+          <t>Hani Anlamıştık Birbirimizi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259713212</t>
+          <t>9786259713236</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Portofino</t>
+          <t>Düşlem</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259523880</t>
+          <t>9786259713229</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Pamukla Yolculuğu</t>
+          <t>Bir Meleğin Kaleminden Dökülen İnciler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259523873</t>
+          <t>9786259713205</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Buğdayla Yolculuğu</t>
+          <t>Leyla'dan Hülya’ya Anılar ve Şiirler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259523897</t>
+          <t>9786259713212</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>O Eski Şarkıyı Dinlemiyorum</t>
+          <t>Portofino</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259523866</t>
+          <t>9786259523880</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İsmini Kalbime Yazdığım Dağlar</t>
+          <t>Ali'nin Pamukla Yolculuğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259523859</t>
+          <t>9786259523873</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sahil Yolu Geçmeden Giresun 4</t>
+          <t>Ali'nin Buğdayla Yolculuğu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259523842</t>
+          <t>9786259523897</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sen Öpünce Geçer Annem</t>
+          <t>O Eski Şarkıyı Dinlemiyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259523804</t>
+          <t>9786259523866</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İç Güveysi Fikri</t>
+          <t>İsmini Kalbime Yazdığım Dağlar</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259523828</t>
+          <t>9786259523859</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminin Meraklı Yolcuları Feyza ile Mert</t>
+          <t>Sahil Yolu Geçmeden Giresun 4</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259523811</t>
+          <t>9786259523842</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Okul Fişleri</t>
+          <t>Sen Öpünce Geçer Annem</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259523835</t>
+          <t>9786259523804</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir ve Düşük Karbon Emisyonlu Kentsel Alanlar için Eko Şehir Kavramı; Zonguldak İli için Öneriler</t>
+          <t>İç Güveysi Fikri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259857190</t>
+          <t>9786259523828</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya Köprü Kursalar</t>
+          <t>Hayvanlar Aleminin Meraklı Yolcuları Feyza ile Mert</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259857183</t>
+          <t>9786259523811</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Bu Şehre Sığdıramadım</t>
+          <t>Anneannemin Okul Fişleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259857176</t>
+          <t>9786259523835</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Can Öğretmenim</t>
+          <t>Sürdürülebilir ve Düşük Karbon Emisyonlu Kentsel Alanlar için Eko Şehir Kavramı; Zonguldak İli için Öneriler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259857169</t>
+          <t>9786259857190</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dertler Firar Etmiş</t>
+          <t>Gurbetten Sılaya Köprü Kursalar</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259857152</t>
+          <t>9786259857183</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Korkmuş Gibi Sarıl Bana</t>
+          <t>Kendimi Bu Şehre Sığdıramadım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259857145</t>
+          <t>9786259857176</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yıldızları</t>
+          <t>Can Öğretmenim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259857121</t>
+          <t>9786259857169</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Kaçkını</t>
+          <t>Dertler Firar Etmiş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259857138</t>
+          <t>9786259857152</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çığlığımı Duymadın</t>
+          <t>Korkmuş Gibi Sarıl Bana</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259857114</t>
+          <t>9786259857145</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Göç Yolu Turnaları</t>
+          <t>İstiklal Yıldızları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000004457</t>
+          <t>9786259857121</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 12 Kasım - Aralık 2023</t>
+          <t>Ağustos Kaçkını</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000004366</t>
+          <t>9786259857138</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 10 Temmuz - Ağustos 2023</t>
+          <t>Çığlığımı Duymadın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000004365</t>
+          <t>9786259857114</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 11 Eylül - Ekim 2023</t>
+          <t>Göç Yolu Turnaları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259857107</t>
+          <t>4440000004457</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Feyza ile Mert'in Meyve Maceraları</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 12 Kasım - Aralık 2023</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259959030</t>
+          <t>4440000004366</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Have You Seen The Ocean In Your Eyes ?</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 10 Temmuz - Ağustos 2023</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259959047</t>
+          <t>4440000004365</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çiğdem Çiçeği</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 11 Eylül - Ekim 2023</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259959061</t>
+          <t>9786259857107</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin İsyanı</t>
+          <t>Feyza ile Mert'in Meyve Maceraları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259959085</t>
+          <t>9786259959030</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Islandım İhanet Yağmurlarında</t>
+          <t>Have You Seen The Ocean In Your Eyes ?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259959054</t>
+          <t>9786259959047</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Acılar Taraf Tutmaz</t>
+          <t>Çiğdem Çiçeği</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259959023</t>
+          <t>9786259959061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İsmim Hep Aklında Dursun</t>
+          <t>Yüreğimin İsyanı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259959078</t>
+          <t>9786259959085</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Meriç ile Tuna</t>
+          <t>Islandım İhanet Yağmurlarında</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259959016</t>
+          <t>9786259959054</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Köşkün Basamakları</t>
+          <t>Acılar Taraf Tutmaz</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259959092</t>
+          <t>9786259959023</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Köşelerde Kalanlar</t>
+          <t>İsmim Hep Aklında Dursun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259959009</t>
+          <t>9786259959078</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Memleketin Altın Kalemleri</t>
+          <t>Meriç ile Tuna</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057152299</t>
+          <t>9786259959016</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Vatan Sevdası</t>
+          <t>Ahşap Köşkün Basamakları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057152282</t>
+          <t>9786259959092</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Işıltısı</t>
+          <t>Köşelerde Kalanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4440000003294</t>
+          <t>9786259959009</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 7 Ocak - Şubat 2023</t>
+          <t>Memleketin Altın Kalemleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057152275</t>
+          <t>9786057152299</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ak Dediler Kara Çıktı</t>
+          <t>Bir Babanın Vatan Sevdası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057152237</t>
+          <t>9786057152282</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Anılarım Hala İğde Kokulu</t>
+          <t>Hayatın Işıltısı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057152268</t>
+          <t>4440000003294</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sevmek Zamanıdır</t>
+          <t>Tansiyon Aylık Kültür Sanat ve Aktüel Dergisi Sayı: 7 Ocak - Şubat 2023</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057152220</t>
+          <t>9786057152275</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilmişler Korosu</t>
+          <t>Ak Dediler Kara Çıktı</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057152244</t>
+          <t>9786057152237</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kendime Bir Kahve Ismarladım</t>
+          <t>Anılarım Hala İğde Kokulu</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057152251</t>
+          <t>9786057152268</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Giresunspor 9 Nisan</t>
+          <t>Şimdi Sevmek Zamanıdır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057152213</t>
+          <t>9786057152220</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim ce Annem Öldü</t>
+          <t>Çok Bilmişler Korosu</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057468871</t>
+          <t>9786057152244</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Güneşleniyorum</t>
+          <t>Kendime Bir Kahve Ismarladım</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057152206</t>
+          <t>9786057152251</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sahil Yolu Geçmeden Giresun 3</t>
+          <t>Giresunspor 9 Nisan</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057468895</t>
+          <t>9786057152213</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Yunus Tutkunu</t>
+          <t>Benim ce Annem Öldü</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057468888</t>
+          <t>9786057468871</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Usta Gazetecilerle Kahve Sohbetleri</t>
+          <t>Ay Işığında Güneşleniyorum</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057468857</t>
+          <t>9786057152206</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bacaları Tütmez Oldu Köyümün</t>
+          <t>Sahil Yolu Geçmeden Giresun 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057468826</t>
+          <t>9786057468895</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dengesi Sevgi</t>
+          <t>Bir Yunus Tutkunu</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057468833</t>
+          <t>9786057468888</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Mevsimi</t>
+          <t>Usta Gazetecilerle Kahve Sohbetleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057468802</t>
+          <t>9786057468857</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Ahlak Kültürü</t>
+          <t>Bacaları Tütmez Oldu Köyümün</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050645699</t>
+          <t>9786057468826</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyada Misafiriz</t>
+          <t>Dünyanın Dengesi Sevgi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050645682</t>
+          <t>9786057468833</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dizelerin Dansı</t>
+          <t>Sevgi Mevsimi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050645675</t>
+          <t>9786057468802</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çaldılar Çocukluğumu</t>
+          <t>Değerler Eğitimi Ahlak Kültürü</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050645668</t>
+          <t>9786050645699</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Dağa Kaldırdılar</t>
+          <t>Bu Dünyada Misafiriz</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050645651</t>
+          <t>9786050645682</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Lüsid</t>
+          <t>Dizelerin Dansı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050645637</t>
+          <t>9786050645675</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Ne Gibi Kokar?</t>
+          <t>Çaldılar Çocukluğumu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050684193</t>
+          <t>9786050645668</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sana Özel</t>
+          <t>Aşkı Dağa Kaldırdılar</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050645644</t>
+          <t>9786050645651</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Özledim İyiliği</t>
+          <t>Lüsid</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050645606</t>
+          <t>9786050645637</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle</t>
+          <t>Çiçek Ne Gibi Kokar?</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050645620</t>
+          <t>9786050684193</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gönülde Sonsuzluktur</t>
+          <t>Sadece Sana Özel</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050645613</t>
+          <t>9786050645644</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sen Ondan Da Tatlısın</t>
+          <t>Özledim İyiliği</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050684179</t>
+          <t>9786050645606</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Düşündüklerim</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050684186</t>
+          <t>9786050645620</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üflendi Bedene</t>
+          <t>Aşk Gönülde Sonsuzluktur</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050684162</t>
+          <t>9786050645613</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geçerken Merhaba Desen Ne Olur?</t>
+          <t>Sen Ondan Da Tatlısın</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050684155</t>
+          <t>9786050684179</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kapımın Önünde Kaldı Pişmanlık</t>
+          <t>Düşündüklerim</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050684131</t>
+          <t>9786050684186</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Vurgunu</t>
+          <t>Aşk Üflendi Bedene</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050684148</t>
+          <t>9786050684162</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Dünyanın Neresindesin?</t>
+          <t>Geçerken Merhaba Desen Ne Olur?</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050684117</t>
+          <t>9786050684155</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Susturun Tüm Şarkıları</t>
+          <t>Kapımın Önünde Kaldı Pişmanlık</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050684124</t>
+          <t>9786050684131</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bende Aklın Kalmasın</t>
+          <t>Zemheri Vurgunu</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
+          <t>9786050684148</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Dünyanın Neresindesin?</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786050684117</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Susturun Tüm Şarkıları</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786050684124</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bende Aklın Kalmasın</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9786050684100</t>
         </is>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Bir Sen Olmadın</t>
         </is>
       </c>
-      <c r="C96" s="1">
+      <c r="C99" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>