--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2875 +85,2890 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257952910</t>
+          <t>9786257952958</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoru ve Elektrogitar</t>
+          <t>Kraker Kız</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257952743</t>
+          <t>9786257952910</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Orman Ahalisi: Bahçenin Gizemi</t>
+          <t>Diş Doktoru ve Elektrogitar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257952941</t>
+          <t>9786257952743</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Neden Düşünmeliyiz? 3 Yaştan 11 Yaşa Kadar Felsefi Oyun</t>
+          <t>Orman Ahalisi: Bahçenin Gizemi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257952927</t>
+          <t>9786257952941</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Kediler İçin Çalar Saat</t>
+          <t>Neden Düşünmeliyiz? 3 Yaştan 11 Yaşa Kadar Felsefi Oyun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257952903</t>
+          <t>9786257952927</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Park Canavarı</t>
+          <t>Uykucu Kediler İçin Çalar Saat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257952897</t>
+          <t>9786257952903</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama</t>
+          <t>Park Canavarı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257952880</t>
+          <t>9786257952897</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Çocuk</t>
+          <t>Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257952873</t>
+          <t>9786257952880</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dağıtıcısı ve Onun Acemi Yardımcısı</t>
+          <t>Vahşi Çocuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259537016</t>
+          <t>9786257952873</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Balıkçı ile Altın Balık</t>
+          <t>Duygu Dağıtıcısı ve Onun Acemi Yardımcısı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257952859</t>
+          <t>9786259537016</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Şerife Kayıp Gölgeler Peşinde</t>
+          <t>Yaşlı Balıkçı ile Altın Balık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257952804</t>
+          <t>9786257952859</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama... Kim Bu Mozart?</t>
+          <t>Dedektif Şerife Kayıp Gölgeler Peşinde</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257952835</t>
+          <t>9786257952804</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hansel İle Greta</t>
+          <t>Peki Ama... Kim Bu Mozart?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257952781</t>
+          <t>9786257952835</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Çocuk</t>
+          <t>Hansel İle Greta</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257952828</t>
+          <t>9786257952781</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aslan'ın Doğum Günü</t>
+          <t>Zeytin Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257952811</t>
+          <t>9786257952828</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nan Ba: Dünyada Bir Başına</t>
+          <t>Aslan'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257952798</t>
+          <t>9786257952811</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tiyatro Oyunları</t>
+          <t>Nan Ba: Dünyada Bir Başına</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057336569</t>
+          <t>9786257952798</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Batman Öyküleri: Bir Varmış Bir Suçmuş</t>
+          <t>Çocuklar için Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259945835</t>
+          <t>9786057336569</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eko Öyküler - Önemsemeye Cüret Edenlere</t>
+          <t>Batman Öyküleri: Bir Varmış Bir Suçmuş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257952750</t>
+          <t>9786259945835</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Efsane Maceralar</t>
+          <t>Eko Öyküler - Önemsemeye Cüret Edenlere</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257952736</t>
+          <t>9786257952750</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Orman Ahalisi Büyük Göç</t>
+          <t>Efsane Maceralar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257952675</t>
+          <t>9786257952736</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Balpati’nin Doğum Günü</t>
+          <t>Orman Ahalisi Büyük Göç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257952774</t>
+          <t>9786257952675</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Müzede Ne Var?</t>
+          <t>Balpati’nin Doğum Günü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257952767</t>
+          <t>9786257952774</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sorya’yı Kurtarmak</t>
+          <t>Müzede Ne Var?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257952729</t>
+          <t>9786257952767</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Önce O Başlattı!</t>
+          <t>Sorya’yı Kurtarmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257952477</t>
+          <t>9786257952729</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi Maceraları</t>
+          <t>Önce O Başlattı!</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257952712</t>
+          <t>9786257952477</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar</t>
+          <t>Mumi Vadisi Maceraları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257952705</t>
+          <t>9786257952712</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Findus Taşınıyor</t>
+          <t>Kaçaklar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257952699</t>
+          <t>9786257952705</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Horozun Vakti</t>
+          <t>Findus Taşınıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257952484</t>
+          <t>9786257952699</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bay Dingo'nun Ahırı</t>
+          <t>Horozun Vakti</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257952668</t>
+          <t>9786257952484</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İvo Hamam'ın Günlüğü</t>
+          <t>Bay Dingo'nun Ahırı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257952002</t>
+          <t>9786257952668</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Shakespeare?</t>
+          <t>İvo Hamam'ın Günlüğü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257952491</t>
+          <t>9786257952002</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karınca Adası</t>
+          <t>Peki Ama Kim Bu Shakespeare?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257952651</t>
+          <t>9786257952491</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bu Mektuplar Da Sana</t>
+          <t>Karınca Adası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057952637</t>
+          <t>9786257952651</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız'ın Evi</t>
+          <t>Bu Mektuplar Da Sana</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257952521</t>
+          <t>9786057952637</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hayalci Deniz'in Maceraları</t>
+          <t>Kuyruklu Yıldız'ın Evi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257952613</t>
+          <t>9786257952521</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Tavşancıkların Masalı</t>
+          <t>Hayalci Deniz'in Maceraları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257952606</t>
+          <t>9786257952613</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zencefil ve Turşu'nun Masalı</t>
+          <t>Zıpzıp Tavşancıkların Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257952620</t>
+          <t>9786257952606</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Benjamin'in Masalı</t>
+          <t>Zencefil ve Turşu'nun Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257952590</t>
+          <t>9786257952620</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter'in Masalı</t>
+          <t>Tavşancık Benjamin'in Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257952583</t>
+          <t>9786257952590</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Samuel Kemanbıyık'ın Masalı</t>
+          <t>Tavşan Peter'in Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257952576</t>
+          <t>9786257952583</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Jemima Patırdak'ın Masalı</t>
+          <t>Samuel Kemanbıyık'ın Masalı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257952569</t>
+          <t>9786257952576</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İki Kötü Farenin Masalı</t>
+          <t>Jemima Patırdak'ın Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257952545</t>
+          <t>9786257952569</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bayan Yumuk'un Masalı</t>
+          <t>İki Kötü Farenin Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257952552</t>
+          <t>9786257952545</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bayan Parıl Pak'ın Masalı</t>
+          <t>Bayan Yumuk'un Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257952538</t>
+          <t>9786257952552</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bay Balıkçı Jeremy'nin Masalı</t>
+          <t>Bayan Parıl Pak'ın Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257952224</t>
+          <t>9786257952538</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kediler Şehri</t>
+          <t>Bay Balıkçı Jeremy'nin Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257952514</t>
+          <t>9786257952224</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İda Ve Mila Büyükanneye Yolculuk</t>
+          <t>Kediler Şehri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257952507</t>
+          <t>9786257952514</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kadar</t>
+          <t>İda Ve Mila Büyükanneye Yolculuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055648039</t>
+          <t>9786257952507</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Geliyor</t>
+          <t>Dünyalar Kadar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055648572</t>
+          <t>9786055648039</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Ne Olmuş</t>
+          <t>Kuyruklu Yıldız Geliyor</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257952460</t>
+          <t>9786055648572</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi</t>
+          <t>Dünyamıza Ne Olmuş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257952446</t>
+          <t>9786257952460</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Babaanne Göçmen Kuş’tan Kartlar</t>
+          <t>Atatürk Gibi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257952453</t>
+          <t>9786257952446</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Ve Felsefe Öğretmen Ve Veliler İçin P4C Uygulama Örnekleri</t>
+          <t>Babaanne Göçmen Kuş’tan Kartlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055648954</t>
+          <t>9786257952453</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sanat Yolculuğu</t>
+          <t>Çocuk Edebiyatı Ve Felsefe Öğretmen Ve Veliler İçin P4C Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055648497</t>
+          <t>9786055648954</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mumiş'in Evi - İşte Karşınızda Minik May</t>
+          <t>Sihirli Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055648404</t>
+          <t>9786055648497</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Afacan Misafirler - İşte Karşınızda Minik May</t>
+          <t>Mumiş'in Evi - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055648268</t>
+          <t>9786055648404</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>21 Tırtıl Nereye Gidiyordu?</t>
+          <t>Afacan Misafirler - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055648541</t>
+          <t>9786055648268</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bakalım</t>
+          <t>21 Tırtıl Nereye Gidiyordu?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055648206</t>
+          <t>9786055648541</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mumi Baba'nın Arıları</t>
+          <t>Düşün Bakalım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055648596</t>
+          <t>9786055648206</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ressam Kedi Üzüm - İda ve Mila</t>
+          <t>Mumi Baba'nın Arıları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055648602</t>
+          <t>9786055648596</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sonra Ne Oldu Dersin?</t>
+          <t>Ressam Kedi Üzüm - İda ve Mila</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055648145</t>
+          <t>9786055648602</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Defne ve Hayal Merdiveni (Ciltli)</t>
+          <t>Sonra Ne Oldu Dersin?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055648442</t>
+          <t>9786055648145</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tilki Avı</t>
+          <t>Defne ve Hayal Merdiveni (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055648282</t>
+          <t>9786055648442</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Steam Nedir?</t>
+          <t>Tilki Avı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055648220</t>
+          <t>9786055648282</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Steam Nedir?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055648527</t>
+          <t>9786055648220</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mumi -Yaratıcı Boyama</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055648473</t>
+          <t>9786055648527</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Künüf'ü Kim Teselli Edecek?</t>
+          <t>Mumi -Yaratıcı Boyama</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055648725</t>
+          <t>9786055648473</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu</t>
+          <t>Künüf'ü Kim Teselli Edecek?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055648480</t>
+          <t>9786055648725</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mumiler ve Büyük Sel Baskını</t>
+          <t>Gizemli Tarih Oyunu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055648305</t>
+          <t>9786055648480</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İda ve Mila</t>
+          <t>Mumiler ve Büyük Sel Baskını</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055648435</t>
+          <t>9786055648305</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pettson Çadır Kuruyor</t>
+          <t>İda ve Mila</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055648589</t>
+          <t>9786055648435</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Evimizde Bir Uzaylı Var - Tuhaf Gezegen Zak-7</t>
+          <t>Pettson Çadır Kuruyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257952422</t>
+          <t>9786055648589</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Ne Olmuş?</t>
+          <t>Evimizde Bir Uzaylı Var - Tuhaf Gezegen Zak-7</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055648237</t>
+          <t>9786257952422</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Çıkartma</t>
+          <t>Dünyamıza Ne Olmuş?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055648466</t>
+          <t>9786055648237</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuk’ta Bir Şaşkın Gün</t>
+          <t>Bir Dünya Çıkartma</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055648459</t>
+          <t>9786055648466</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ada Masalları</t>
+          <t>Kuzguncuk’ta Bir Şaşkın Gün</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055648244</t>
+          <t>9786055648459</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mumi Vadisi</t>
+          <t>Ada Masalları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055648251</t>
+          <t>9786055648244</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi'nde Macera</t>
+          <t>Muhteşem Mumi Vadisi</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055648374</t>
+          <t>9786055648251</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi’nde Mevsimler</t>
+          <t>Mumi Vadisi'nde Macera</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055648329</t>
+          <t>9786055648374</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl?</t>
+          <t>Mumi Vadisi’nde Mevsimler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055648350</t>
+          <t>9786055648329</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İda ve Mila - Zürafan Ne Sever?</t>
+          <t>Peki Nasıl?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055648398</t>
+          <t>9786055648350</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Matematik Delisi</t>
+          <t>İda ve Mila - Zürafan Ne Sever?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055648312</t>
+          <t>9786055648398</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bulutu Nimbus</t>
+          <t>Matematik Delisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055648213</t>
+          <t>9786055648312</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyaz Kağıt Kayık</t>
+          <t>Hayal Bulutu Nimbus</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055648558</t>
+          <t>9786055648213</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Öğretmenim</t>
+          <t>Küçük Beyaz Kağıt Kayık</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055648510</t>
+          <t>9786055648558</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mumi Ailesi Kış Mevsiminde</t>
+          <t>Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055648411</t>
+          <t>9786055648510</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Pastası</t>
+          <t>Mumi Ailesi Kış Mevsiminde</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055648367</t>
+          <t>9786055648411</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Kanguruyu Öpeceğim</t>
+          <t>Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055648183</t>
+          <t>9786055648367</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor (Ciltli)</t>
+          <t>Uyumadan Önce Kanguruyu Öpeceğim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>10</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055648169</t>
+          <t>9786055648183</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hador ve Midor’un Küçük Hayalleri</t>
+          <t>Hayat Devam Ediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055648176</t>
+          <t>9786055648169</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bulut Mavi Çimen (Ciltli)</t>
+          <t>Hador ve Midor’un Küçük Hayalleri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055648152</t>
+          <t>9786055648176</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anton (Ciltli)</t>
+          <t>Yeşil Bulut Mavi Çimen (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257952392</t>
+          <t>9786055648152</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Anton (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257952248</t>
+          <t>9786257952392</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Benek Guevara - Kahraman Köpek</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257952255</t>
+          <t>9786257952248</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul</t>
+          <t>Benek Guevara - Kahraman Köpek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257952170</t>
+          <t>9786257952255</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tornet File Çorap ve Başka Şeyler</t>
+          <t>Yeni Okul</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058005358</t>
+          <t>9786257952170</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Smallville’li Superman</t>
+          <t>Tornet File Çorap ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257952415</t>
+          <t>9786058005358</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çınar'ın Festival Günlüğü</t>
+          <t>Smallville’li Superman</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055648763</t>
+          <t>9786257952415</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 1. Kitap</t>
+          <t>Çınar'ın Festival Günlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055648770</t>
+          <t>9786055648763</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 2. Kitap</t>
+          <t>Peki Nasıl? - 1. Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055648787</t>
+          <t>9786055648770</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 3. Kitap</t>
+          <t>Peki Nasıl? - 2. Kitap</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055648794</t>
+          <t>9786055648787</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Taşlar Diyarında Panik</t>
+          <t>Peki Nasıl? - 3. Kitap</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055648749</t>
+          <t>9786055648794</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Evren</t>
+          <t>Beyaz Taşlar Diyarında Panik</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055648565</t>
+          <t>9786055648749</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Ben Oldum?</t>
+          <t>Evren</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055648732</t>
+          <t>9786055648565</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Koca Kabuklu Küçük Salyangoz</t>
+          <t>Ben Nasıl Ben Oldum?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257952330</t>
+          <t>9786055648732</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Okumayı Sevmeyen Çocuk</t>
+          <t>Koca Kabuklu Küçük Salyangoz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257952439</t>
+          <t>9786257952330</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Anna Z42 - Kurbağa Margo’nun Peşinde</t>
+          <t>Bir Zamanlar Okumayı Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055648947</t>
+          <t>9786257952439</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kediler Ülkesinde</t>
+          <t>Anna Z42 - Kurbağa Margo’nun Peşinde</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055648930</t>
+          <t>9786055648947</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olur Musun?</t>
+          <t>Özgür Kediler Ülkesinde</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257952217</t>
+          <t>9786055648930</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Resimde Ne Var?</t>
+          <t>Arkadaşım Olur Musun?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257952163</t>
+          <t>9786257952217</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşam</t>
+          <t>Resimde Ne Var?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055648817</t>
+          <t>9786257952163</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karga Karga Pırt Dedi</t>
+          <t>Yaşam</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257952187</t>
+          <t>9786055648817</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Matematik Delisi - Büyülü Orman</t>
+          <t>Karga Karga Pırt Dedi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257952019</t>
+          <t>9786257952187</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Marie Curie?</t>
+          <t>Matematik Delisi - Büyülü Orman</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055648985</t>
+          <t>9786257952019</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Steam Şehirde</t>
+          <t>Peki Ama Kim Bu Marie Curie?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257952293</t>
+          <t>9786055648985</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ressamların Sırları Nelerdir? - 123 Başla Serisi</t>
+          <t>Steam Şehirde</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257952309</t>
+          <t>9786257952293</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Neden Her Şeye Ben Karar Veremiyorum? - 123 Başla Serisi</t>
+          <t>Ressamların Sırları Nelerdir? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257952316</t>
+          <t>9786257952309</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Neden Gülüyorum, Neden Ağlıyorum? - 123 Başla Serisi</t>
+          <t>Neden Her Şeye Ben Karar Veremiyorum? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755395340</t>
+          <t>9786257952316</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Evrimi (Ciltli)</t>
+          <t>Neden Gülüyorum, Neden Ağlıyorum? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>18</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055648107</t>
+          <t>9789755395340</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yakup (Ciltli)</t>
+          <t>Yaşamın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055648046</t>
+          <t>9786055648107</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pettson Çadır Kuruyor (Ciltli)</t>
+          <t>Yakup (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055648121</t>
+          <t>9786055648046</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>O Büyük Ağaç (Ciltli)</t>
+          <t>Pettson Çadır Kuruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055648114</t>
+          <t>9786055648121</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nalle’nin Esrarengiz Kayboluşu (Ciltli)</t>
+          <t>O Büyük Ağaç (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755395449</t>
+          <t>9786055648114</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve İklim (Ciltli)</t>
+          <t>Nalle’nin Esrarengiz Kayboluşu (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055648060</t>
+          <t>9789755395449</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Küçük Findus Kaybolunca (Ciltli)</t>
+          <t>Mevsimler ve İklim (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055648336</t>
+          <t>9786055648060</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Geliyor</t>
+          <t>Küçük Findus Kaybolunca (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755395418</t>
+          <t>9786055648336</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Karalar ve Denizler (Ciltli)</t>
+          <t>Kuyrukluyıldız Geliyor</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755395456</t>
+          <t>9789755395418</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi (Ciltli)</t>
+          <t>Karalar ve Denizler (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055648015</t>
+          <t>9789755395456</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Enerji (Ciltli)</t>
+          <t>İnsanın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755395357</t>
+          <t>9786055648015</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Evrimi (Ciltli)</t>
+          <t>Enerji (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055648053</t>
+          <t>9789755395357</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Pastası (Ciltli)</t>
+          <t>Dünya’nın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055648008</t>
+          <t>9786055648053</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çöpler ve Geri Dönüşüm (Ciltli)</t>
+          <t>Doğum Günü Pastası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055648022</t>
+          <t>9786055648008</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Şapkası (Ciltli)</t>
+          <t>Çöpler ve Geri Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055648091</t>
+          <t>9786055648022</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Biliam ve Ben Düşünürken (Ciltli)</t>
+          <t>Büyücünün Şapkası (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055648077</t>
+          <t>9786055648091</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Ben Oldum? (Ciltli)</t>
+          <t>Biliam ve Ben Düşünürken (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055648138</t>
+          <t>9786055648077</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aycı Çocuk (Ciltli)</t>
+          <t>Ben Nasıl Ben Oldum? (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>10</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755395425</t>
+          <t>9786055648138</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Evren (Ciltli)</t>
+          <t>Aycı Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257952125</t>
+          <t>9789755395425</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Neden Su Çok Değerlidir?</t>
+          <t>Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257952088</t>
+          <t>9786257952125</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mikroplar Zararlı Mıdır?</t>
+          <t>Neden Su Çok Değerlidir?</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257952064</t>
+          <t>9786257952088</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Dönemde İnsanlar Nasıl Yaşıyordu?</t>
+          <t>Mikroplar Zararlı Mıdır?</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055648923</t>
+          <t>9786257952064</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Tarih Öncesi Dönemde İnsanlar Nasıl Yaşıyordu?</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055648824</t>
+          <t>9786055648923</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mumi Ailesi Denizde</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055648756</t>
+          <t>9786055648824</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarın El Kitabı</t>
+          <t>Mumi Ailesi Denizde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257952101</t>
+          <t>9786055648756</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak Neden Güzeldir?</t>
+          <t>Küçük Yazarın El Kitabı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257952149</t>
+          <t>9786257952101</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizi Nasıl Kurtarırız?</t>
+          <t>Birlikte Yaşamak Neden Güzeldir?</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257952118</t>
+          <t>9786257952149</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kızlar ve Oğlanlar Eşit Midir?</t>
+          <t>Gezegenimizi Nasıl Kurtarırız?</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257952095</t>
+          <t>9786257952118</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Neden Daha Fazla Şeker Yiyemiyorum?</t>
+          <t>Kızlar ve Oğlanlar Eşit Midir?</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055648831</t>
+          <t>9786257952095</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Evrimi</t>
+          <t>Neden Daha Fazla Şeker Yiyemiyorum?</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055648862</t>
+          <t>9786055648831</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Yaşamın Evrimi</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055648893</t>
+          <t>9786055648862</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Bir Vıcıkpati - İşte Karşınızda Minik May</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055648626</t>
+          <t>9786055648893</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerini Arayan Gergedan Miçi</t>
+          <t>Kıpır Kıpır Bir Vıcıkpati - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055648619</t>
+          <t>9786055648626</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ne Hissediyorum? - Miri ile Bülbüş</t>
+          <t>Kelimelerini Arayan Gergedan Miçi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257952279</t>
+          <t>9786055648619</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Sihri Nereden Gelir? - 1 2 3 Başla Serisi</t>
+          <t>Ne Hissediyorum? - Miri ile Bülbüş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257952132</t>
+          <t>9786257952279</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Uzayı Neden Keşfediyoruz? - 1 2 3 Başla Serisi</t>
+          <t>Sinemanın Sihri Nereden Gelir? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257952156</t>
+          <t>9786257952132</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazı Yazmayı Öğreniyoruz? - 1 2 3 Başla Serisi</t>
+          <t>Uzayı Neden Keşfediyoruz? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257952323</t>
+          <t>9786257952156</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Evrimi</t>
+          <t>Neden Yazı Yazmayı Öğreniyoruz? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257952262</t>
+          <t>9786257952323</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Enerji Nasıl Elde Edilir? - 1 2 3 Başla Serisi</t>
+          <t>Dünya'nın Evrimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055648961</t>
+          <t>9786257952262</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Ne Güzel!</t>
+          <t>Enerji Nasıl Elde Edilir? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055648978</t>
+          <t>9786055648961</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefi Öyküler</t>
+          <t>Yaşamak Ne Güzel!</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257952026</t>
+          <t>9786055648978</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Armstrong ?</t>
+          <t>Çocuklar İçin Felsefi Öyküler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257952347</t>
+          <t>9786257952026</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şehre Giden Yol</t>
+          <t>Peki Ama Kim Bu Armstrong ?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055648909</t>
+          <t>9786257952347</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çakıltaşı</t>
+          <t>Şehre Giden Yol</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257952200</t>
+          <t>9786055648909</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Eksi Üç ve Gürültücü Lusi</t>
+          <t>Çakıltaşı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257952194</t>
+          <t>9786257952200</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Happa Nine'nin Masalları</t>
+          <t>Eksi Üç ve Gürültücü Lusi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257952057</t>
+          <t>9786257952194</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yolculuk</t>
+          <t>Happa Nine'nin Masalları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257952040</t>
+          <t>9786257952057</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Çocuk Hakları Öyküleri</t>
+          <t>Tehlikeli Yolculuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055648701</t>
+          <t>9786257952040</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>T-Reks Şehirde</t>
+          <t>Küçük Adımlar - Çocuk Hakları Öyküleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055648695</t>
+          <t>9786055648701</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mavi İle Sutiş</t>
+          <t>T-Reks Şehirde</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055648671</t>
+          <t>9786055648695</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balinaya Ne Olmuş?</t>
+          <t>Mavi İle Sutiş</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055648718</t>
+          <t>9786055648671</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çekirge İle Sincabın Arkadaşlığı</t>
+          <t>Mavi Balinaya Ne Olmuş?</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055648640</t>
+          <t>9786055648718</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Badem İle Dost</t>
+          <t>Çekirge İle Sincabın Arkadaşlığı</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055648664</t>
+          <t>9786055648640</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Karga Müzik Festivalinde</t>
+          <t>Badem İle Dost</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055648657</t>
+          <t>9786055648664</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Güvercin İle Kurbağa</t>
+          <t>Karga Müzik Festivalinde</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055648916</t>
+          <t>9786055648657</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Anne Zürafa ve Diğer Şapşal Yetişkinler</t>
+          <t>Güvercin İle Kurbağa</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055648992</t>
+          <t>9786055648916</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Leonardo Da Vinci?</t>
+          <t>Anne Zürafa ve Diğer Şapşal Yetişkinler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055648633</t>
+          <t>9786055648992</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kitabı</t>
+          <t>Peki Ama Kim Bu Leonardo Da Vinci?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055648343</t>
+          <t>9786055648633</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Şapkası</t>
+          <t>Yaz Kitabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055648848</t>
+          <t>9786055648343</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çöpler ve Geri Dönüşüm</t>
+          <t>Büyücünün Şapkası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055648855</t>
+          <t>9786055648848</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve İklim</t>
+          <t>Çöpler ve Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055648688</t>
+          <t>9786055648855</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Minik Okula Başlıyor</t>
+          <t>Mevsimler ve İklim</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055648299</t>
+          <t>9786055648688</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bu Mektup Sana</t>
+          <t>Minik Okula Başlıyor</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055648879</t>
+          <t>9786055648299</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sarı Karavan - Mete ve Maya Uzayda</t>
+          <t>Bu Mektup Sana</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257952286</t>
+          <t>9786055648879</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir? - 123 Başla Serisi</t>
+          <t>Sarı Karavan - Mete ve Maya Uzayda</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257952071</t>
+          <t>9786257952286</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Vücudum Nasıl Çalışıyor?</t>
+          <t>Yaşam Nedir? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055648800</t>
+          <t>9786257952071</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eksi Üç - Evcil Hayvan İstiyor</t>
+          <t>Vücudum Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055648428</t>
+          <t>9786055648800</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Küçük Findus Kaybolunca</t>
+          <t>Eksi Üç - Evcil Hayvan İstiyor</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055648503</t>
+          <t>9786055648428</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayal Makinesi - Annem ve Babam Büyüyor</t>
+          <t>Küçük Findus Kaybolunca</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055648534</t>
+          <t>9786055648503</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sebze Tarlasında Curcuna</t>
+          <t>Muhteşem Hayal Makinesi - Annem ve Babam Büyüyor</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
+          <t>9786055648534</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Sebze Tarlasında Curcuna</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
           <t>9786055648084</t>
         </is>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Dünya Tarihi</t>
         </is>
       </c>
-      <c r="C190" s="1">
+      <c r="C191" s="1">
         <v>940</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>