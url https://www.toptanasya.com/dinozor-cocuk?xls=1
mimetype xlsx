--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,2890 +85,2920 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257952958</t>
+          <t>9786257952972</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kraker Kız</t>
+          <t>Karar Verenler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257952910</t>
+          <t>9786257952965</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktoru ve Elektrogitar</t>
+          <t>Bay Limoni</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257952743</t>
+          <t>9786257952958</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Orman Ahalisi: Bahçenin Gizemi</t>
+          <t>Kraker Kız</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257952941</t>
+          <t>9786257952910</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neden Düşünmeliyiz? 3 Yaştan 11 Yaşa Kadar Felsefi Oyun</t>
+          <t>Diş Doktoru ve Elektrogitar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257952927</t>
+          <t>9786257952743</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Kediler İçin Çalar Saat</t>
+          <t>Orman Ahalisi: Bahçenin Gizemi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257952903</t>
+          <t>9786257952941</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Park Canavarı</t>
+          <t>Neden Düşünmeliyiz? 3 Yaştan 11 Yaşa Kadar Felsefi Oyun</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257952897</t>
+          <t>9786257952927</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama</t>
+          <t>Uykucu Kediler İçin Çalar Saat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257952880</t>
+          <t>9786257952903</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Çocuk</t>
+          <t>Park Canavarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257952873</t>
+          <t>9786257952897</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dağıtıcısı ve Onun Acemi Yardımcısı</t>
+          <t>Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259537016</t>
+          <t>9786257952880</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Balıkçı ile Altın Balık</t>
+          <t>Vahşi Çocuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257952859</t>
+          <t>9786257952873</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Şerife Kayıp Gölgeler Peşinde</t>
+          <t>Duygu Dağıtıcısı ve Onun Acemi Yardımcısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257952804</t>
+          <t>9786259537016</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama... Kim Bu Mozart?</t>
+          <t>Yaşlı Balıkçı ile Altın Balık</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257952835</t>
+          <t>9786257952859</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hansel İle Greta</t>
+          <t>Dedektif Şerife Kayıp Gölgeler Peşinde</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257952781</t>
+          <t>9786257952804</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Çocuk</t>
+          <t>Peki Ama... Kim Bu Mozart?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257952828</t>
+          <t>9786257952835</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aslan'ın Doğum Günü</t>
+          <t>Hansel İle Greta</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257952811</t>
+          <t>9786257952781</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nan Ba: Dünyada Bir Başına</t>
+          <t>Zeytin Çocuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257952798</t>
+          <t>9786257952828</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tiyatro Oyunları</t>
+          <t>Aslan'ın Doğum Günü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057336569</t>
+          <t>9786257952811</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Batman Öyküleri: Bir Varmış Bir Suçmuş</t>
+          <t>Nan Ba: Dünyada Bir Başına</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259945835</t>
+          <t>9786257952798</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eko Öyküler - Önemsemeye Cüret Edenlere</t>
+          <t>Çocuklar için Tiyatro Oyunları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257952750</t>
+          <t>9786057336569</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Efsane Maceralar</t>
+          <t>Batman Öyküleri: Bir Varmış Bir Suçmuş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257952736</t>
+          <t>9786259945835</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Orman Ahalisi Büyük Göç</t>
+          <t>Eko Öyküler - Önemsemeye Cüret Edenlere</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257952675</t>
+          <t>9786257952750</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Balpati’nin Doğum Günü</t>
+          <t>Efsane Maceralar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257952774</t>
+          <t>9786257952736</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müzede Ne Var?</t>
+          <t>Orman Ahalisi Büyük Göç</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257952767</t>
+          <t>9786257952675</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sorya’yı Kurtarmak</t>
+          <t>Balpati’nin Doğum Günü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257952729</t>
+          <t>9786257952774</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Önce O Başlattı!</t>
+          <t>Müzede Ne Var?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257952477</t>
+          <t>9786257952767</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi Maceraları</t>
+          <t>Sorya’yı Kurtarmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257952712</t>
+          <t>9786257952729</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kaçaklar</t>
+          <t>Önce O Başlattı!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257952705</t>
+          <t>9786257952477</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Findus Taşınıyor</t>
+          <t>Mumi Vadisi Maceraları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257952699</t>
+          <t>9786257952712</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Horozun Vakti</t>
+          <t>Kaçaklar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257952484</t>
+          <t>9786257952705</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bay Dingo'nun Ahırı</t>
+          <t>Findus Taşınıyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257952668</t>
+          <t>9786257952699</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İvo Hamam'ın Günlüğü</t>
+          <t>Horozun Vakti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257952002</t>
+          <t>9786257952484</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Shakespeare?</t>
+          <t>Bay Dingo'nun Ahırı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257952491</t>
+          <t>9786257952668</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Karınca Adası</t>
+          <t>İvo Hamam'ın Günlüğü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257952651</t>
+          <t>9786257952002</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bu Mektuplar Da Sana</t>
+          <t>Peki Ama Kim Bu Shakespeare?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057952637</t>
+          <t>9786257952491</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız'ın Evi</t>
+          <t>Karınca Adası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257952521</t>
+          <t>9786257952651</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayalci Deniz'in Maceraları</t>
+          <t>Bu Mektuplar Da Sana</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257952613</t>
+          <t>9786057952637</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Tavşancıkların Masalı</t>
+          <t>Kuyruklu Yıldız'ın Evi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257952606</t>
+          <t>9786257952521</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zencefil ve Turşu'nun Masalı</t>
+          <t>Hayalci Deniz'in Maceraları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257952620</t>
+          <t>9786257952613</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Benjamin'in Masalı</t>
+          <t>Zıpzıp Tavşancıkların Masalı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257952590</t>
+          <t>9786257952606</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter'in Masalı</t>
+          <t>Zencefil ve Turşu'nun Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257952583</t>
+          <t>9786257952620</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Samuel Kemanbıyık'ın Masalı</t>
+          <t>Tavşancık Benjamin'in Masalı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257952576</t>
+          <t>9786257952590</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Jemima Patırdak'ın Masalı</t>
+          <t>Tavşan Peter'in Masalı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257952569</t>
+          <t>9786257952583</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İki Kötü Farenin Masalı</t>
+          <t>Samuel Kemanbıyık'ın Masalı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257952545</t>
+          <t>9786257952576</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bayan Yumuk'un Masalı</t>
+          <t>Jemima Patırdak'ın Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257952552</t>
+          <t>9786257952569</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bayan Parıl Pak'ın Masalı</t>
+          <t>İki Kötü Farenin Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257952538</t>
+          <t>9786257952545</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bay Balıkçı Jeremy'nin Masalı</t>
+          <t>Bayan Yumuk'un Masalı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257952224</t>
+          <t>9786257952552</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kediler Şehri</t>
+          <t>Bayan Parıl Pak'ın Masalı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257952514</t>
+          <t>9786257952538</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İda Ve Mila Büyükanneye Yolculuk</t>
+          <t>Bay Balıkçı Jeremy'nin Masalı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257952507</t>
+          <t>9786257952224</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kadar</t>
+          <t>Kediler Şehri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055648039</t>
+          <t>9786257952514</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Geliyor</t>
+          <t>İda Ve Mila Büyükanneye Yolculuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055648572</t>
+          <t>9786257952507</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Ne Olmuş</t>
+          <t>Dünyalar Kadar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257952460</t>
+          <t>9786055648039</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi</t>
+          <t>Kuyruklu Yıldız Geliyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257952446</t>
+          <t>9786055648572</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Babaanne Göçmen Kuş’tan Kartlar</t>
+          <t>Dünyamıza Ne Olmuş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257952453</t>
+          <t>9786257952460</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Ve Felsefe Öğretmen Ve Veliler İçin P4C Uygulama Örnekleri</t>
+          <t>Atatürk Gibi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055648954</t>
+          <t>9786257952446</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sanat Yolculuğu</t>
+          <t>Babaanne Göçmen Kuş’tan Kartlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055648497</t>
+          <t>9786257952453</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mumiş'in Evi - İşte Karşınızda Minik May</t>
+          <t>Çocuk Edebiyatı Ve Felsefe Öğretmen Ve Veliler İçin P4C Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055648404</t>
+          <t>9786055648954</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Afacan Misafirler - İşte Karşınızda Minik May</t>
+          <t>Sihirli Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055648268</t>
+          <t>9786055648497</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>21 Tırtıl Nereye Gidiyordu?</t>
+          <t>Mumiş'in Evi - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055648541</t>
+          <t>9786055648404</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bakalım</t>
+          <t>Afacan Misafirler - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055648206</t>
+          <t>9786055648268</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mumi Baba'nın Arıları</t>
+          <t>21 Tırtıl Nereye Gidiyordu?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055648596</t>
+          <t>9786055648541</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ressam Kedi Üzüm - İda ve Mila</t>
+          <t>Düşün Bakalım</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055648602</t>
+          <t>9786055648206</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sonra Ne Oldu Dersin?</t>
+          <t>Mumi Baba'nın Arıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055648145</t>
+          <t>9786055648596</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Defne ve Hayal Merdiveni (Ciltli)</t>
+          <t>Ressam Kedi Üzüm - İda ve Mila</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055648442</t>
+          <t>9786055648602</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tilki Avı</t>
+          <t>Sonra Ne Oldu Dersin?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055648282</t>
+          <t>9786055648145</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Steam Nedir?</t>
+          <t>Defne ve Hayal Merdiveni (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>370</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055648220</t>
+          <t>9786055648442</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Tilki Avı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055648527</t>
+          <t>9786055648282</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mumi -Yaratıcı Boyama</t>
+          <t>Steam Nedir?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055648473</t>
+          <t>9786055648220</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Künüf'ü Kim Teselli Edecek?</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055648725</t>
+          <t>9786055648527</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tarih Oyunu</t>
+          <t>Mumi -Yaratıcı Boyama</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055648480</t>
+          <t>9786055648473</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mumiler ve Büyük Sel Baskını</t>
+          <t>Künüf'ü Kim Teselli Edecek?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055648305</t>
+          <t>9786055648725</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İda ve Mila</t>
+          <t>Gizemli Tarih Oyunu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055648435</t>
+          <t>9786055648480</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pettson Çadır Kuruyor</t>
+          <t>Mumiler ve Büyük Sel Baskını</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055648589</t>
+          <t>9786055648305</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Evimizde Bir Uzaylı Var - Tuhaf Gezegen Zak-7</t>
+          <t>İda ve Mila</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257952422</t>
+          <t>9786055648435</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyamıza Ne Olmuş?</t>
+          <t>Pettson Çadır Kuruyor</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055648237</t>
+          <t>9786055648589</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Çıkartma</t>
+          <t>Evimizde Bir Uzaylı Var - Tuhaf Gezegen Zak-7</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055648466</t>
+          <t>9786257952422</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuk’ta Bir Şaşkın Gün</t>
+          <t>Dünyamıza Ne Olmuş?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055648459</t>
+          <t>9786055648237</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ada Masalları</t>
+          <t>Bir Dünya Çıkartma</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055648244</t>
+          <t>9786055648466</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mumi Vadisi</t>
+          <t>Kuzguncuk’ta Bir Şaşkın Gün</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055648251</t>
+          <t>9786055648459</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi'nde Macera</t>
+          <t>Ada Masalları</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055648374</t>
+          <t>9786055648244</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mumi Vadisi’nde Mevsimler</t>
+          <t>Muhteşem Mumi Vadisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055648329</t>
+          <t>9786055648251</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl?</t>
+          <t>Mumi Vadisi'nde Macera</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055648350</t>
+          <t>9786055648374</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İda ve Mila - Zürafan Ne Sever?</t>
+          <t>Mumi Vadisi’nde Mevsimler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055648398</t>
+          <t>9786055648329</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Matematik Delisi</t>
+          <t>Peki Nasıl?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055648312</t>
+          <t>9786055648350</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bulutu Nimbus</t>
+          <t>İda ve Mila - Zürafan Ne Sever?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055648213</t>
+          <t>9786055648398</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyaz Kağıt Kayık</t>
+          <t>Matematik Delisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>425</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055648558</t>
+          <t>9786055648312</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Öğretmenim</t>
+          <t>Hayal Bulutu Nimbus</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055648510</t>
+          <t>9786055648213</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mumi Ailesi Kış Mevsiminde</t>
+          <t>Küçük Beyaz Kağıt Kayık</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055648411</t>
+          <t>9786055648558</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Pastası</t>
+          <t>Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055648367</t>
+          <t>9786055648510</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Kanguruyu Öpeceğim</t>
+          <t>Mumi Ailesi Kış Mevsiminde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055648183</t>
+          <t>9786055648411</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor (Ciltli)</t>
+          <t>Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>10</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055648169</t>
+          <t>9786055648367</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hador ve Midor’un Küçük Hayalleri</t>
+          <t>Uyumadan Önce Kanguruyu Öpeceğim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>10</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055648176</t>
+          <t>9786055648183</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bulut Mavi Çimen (Ciltli)</t>
+          <t>Hayat Devam Ediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055648152</t>
+          <t>9786055648169</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anton (Ciltli)</t>
+          <t>Hador ve Midor’un Küçük Hayalleri</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257952392</t>
+          <t>9786055648176</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Yeşil Bulut Mavi Çimen (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257952248</t>
+          <t>9786055648152</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Benek Guevara - Kahraman Köpek</t>
+          <t>Anton (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257952255</t>
+          <t>9786257952392</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257952170</t>
+          <t>9786257952248</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tornet File Çorap ve Başka Şeyler</t>
+          <t>Benek Guevara - Kahraman Köpek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058005358</t>
+          <t>9786257952255</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Smallville’li Superman</t>
+          <t>Yeni Okul</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257952415</t>
+          <t>9786257952170</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çınar'ın Festival Günlüğü</t>
+          <t>Tornet File Çorap ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055648763</t>
+          <t>9786058005358</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 1. Kitap</t>
+          <t>Smallville’li Superman</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055648770</t>
+          <t>9786257952415</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 2. Kitap</t>
+          <t>Çınar'ın Festival Günlüğü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055648787</t>
+          <t>9786055648763</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Peki Nasıl? - 3. Kitap</t>
+          <t>Peki Nasıl? - 1. Kitap</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055648794</t>
+          <t>9786055648770</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Taşlar Diyarında Panik</t>
+          <t>Peki Nasıl? - 2. Kitap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055648749</t>
+          <t>9786055648787</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Evren</t>
+          <t>Peki Nasıl? - 3. Kitap</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055648565</t>
+          <t>9786055648794</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Ben Oldum?</t>
+          <t>Beyaz Taşlar Diyarında Panik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055648732</t>
+          <t>9786055648749</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Koca Kabuklu Küçük Salyangoz</t>
+          <t>Evren</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257952330</t>
+          <t>9786055648565</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Okumayı Sevmeyen Çocuk</t>
+          <t>Ben Nasıl Ben Oldum?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257952439</t>
+          <t>9786055648732</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anna Z42 - Kurbağa Margo’nun Peşinde</t>
+          <t>Koca Kabuklu Küçük Salyangoz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055648947</t>
+          <t>9786257952330</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kediler Ülkesinde</t>
+          <t>Bir Zamanlar Okumayı Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055648930</t>
+          <t>9786257952439</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olur Musun?</t>
+          <t>Anna Z42 - Kurbağa Margo’nun Peşinde</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257952217</t>
+          <t>9786055648947</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Resimde Ne Var?</t>
+          <t>Özgür Kediler Ülkesinde</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257952163</t>
+          <t>9786055648930</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaşam</t>
+          <t>Arkadaşım Olur Musun?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055648817</t>
+          <t>9786257952217</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Karga Karga Pırt Dedi</t>
+          <t>Resimde Ne Var?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257952187</t>
+          <t>9786257952163</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Matematik Delisi - Büyülü Orman</t>
+          <t>Yaşam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257952019</t>
+          <t>9786055648817</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Marie Curie?</t>
+          <t>Karga Karga Pırt Dedi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055648985</t>
+          <t>9786257952187</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Steam Şehirde</t>
+          <t>Matematik Delisi - Büyülü Orman</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257952293</t>
+          <t>9786257952019</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ressamların Sırları Nelerdir? - 123 Başla Serisi</t>
+          <t>Peki Ama Kim Bu Marie Curie?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257952309</t>
+          <t>9786055648985</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Neden Her Şeye Ben Karar Veremiyorum? - 123 Başla Serisi</t>
+          <t>Steam Şehirde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257952316</t>
+          <t>9786257952293</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Neden Gülüyorum, Neden Ağlıyorum? - 123 Başla Serisi</t>
+          <t>Ressamların Sırları Nelerdir? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755395340</t>
+          <t>9786257952309</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Evrimi (Ciltli)</t>
+          <t>Neden Her Şeye Ben Karar Veremiyorum? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>18</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055648107</t>
+          <t>9786257952316</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yakup (Ciltli)</t>
+          <t>Neden Gülüyorum, Neden Ağlıyorum? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>10</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055648046</t>
+          <t>9789755395340</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Pettson Çadır Kuruyor (Ciltli)</t>
+          <t>Yaşamın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055648121</t>
+          <t>9786055648107</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>O Büyük Ağaç (Ciltli)</t>
+          <t>Yakup (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055648114</t>
+          <t>9786055648046</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nalle’nin Esrarengiz Kayboluşu (Ciltli)</t>
+          <t>Pettson Çadır Kuruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755395449</t>
+          <t>9786055648121</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve İklim (Ciltli)</t>
+          <t>O Büyük Ağaç (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055648060</t>
+          <t>9786055648114</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Küçük Findus Kaybolunca (Ciltli)</t>
+          <t>Nalle’nin Esrarengiz Kayboluşu (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055648336</t>
+          <t>9789755395449</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Geliyor</t>
+          <t>Mevsimler ve İklim (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755395418</t>
+          <t>9786055648060</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karalar ve Denizler (Ciltli)</t>
+          <t>Küçük Findus Kaybolunca (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755395456</t>
+          <t>9786055648336</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi (Ciltli)</t>
+          <t>Kuyrukluyıldız Geliyor</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055648015</t>
+          <t>9789755395418</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Enerji (Ciltli)</t>
+          <t>Karalar ve Denizler (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755395357</t>
+          <t>9789755395456</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Evrimi (Ciltli)</t>
+          <t>İnsanın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055648053</t>
+          <t>9786055648015</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Pastası (Ciltli)</t>
+          <t>Enerji (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055648008</t>
+          <t>9789755395357</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çöpler ve Geri Dönüşüm (Ciltli)</t>
+          <t>Dünya’nın Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055648022</t>
+          <t>9786055648053</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Şapkası (Ciltli)</t>
+          <t>Doğum Günü Pastası (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055648091</t>
+          <t>9786055648008</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Biliam ve Ben Düşünürken (Ciltli)</t>
+          <t>Çöpler ve Geri Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055648077</t>
+          <t>9786055648022</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Ben Oldum? (Ciltli)</t>
+          <t>Büyücünün Şapkası (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055648138</t>
+          <t>9786055648091</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aycı Çocuk (Ciltli)</t>
+          <t>Biliam ve Ben Düşünürken (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755395425</t>
+          <t>9786055648077</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Evren (Ciltli)</t>
+          <t>Ben Nasıl Ben Oldum? (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257952125</t>
+          <t>9786055648138</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Neden Su Çok Değerlidir?</t>
+          <t>Aycı Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257952088</t>
+          <t>9789755395425</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mikroplar Zararlı Mıdır?</t>
+          <t>Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257952064</t>
+          <t>9786257952125</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Dönemde İnsanlar Nasıl Yaşıyordu?</t>
+          <t>Neden Su Çok Değerlidir?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055648923</t>
+          <t>9786257952088</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Mikroplar Zararlı Mıdır?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055648824</t>
+          <t>9786257952064</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mumi Ailesi Denizde</t>
+          <t>Tarih Öncesi Dönemde İnsanlar Nasıl Yaşıyordu?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055648756</t>
+          <t>9786055648923</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarın El Kitabı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257952101</t>
+          <t>9786055648824</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak Neden Güzeldir?</t>
+          <t>Mumi Ailesi Denizde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257952149</t>
+          <t>9786055648756</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimizi Nasıl Kurtarırız?</t>
+          <t>Küçük Yazarın El Kitabı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257952118</t>
+          <t>9786257952101</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kızlar ve Oğlanlar Eşit Midir?</t>
+          <t>Birlikte Yaşamak Neden Güzeldir?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257952095</t>
+          <t>9786257952149</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Neden Daha Fazla Şeker Yiyemiyorum?</t>
+          <t>Gezegenimizi Nasıl Kurtarırız?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055648831</t>
+          <t>9786257952118</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Evrimi</t>
+          <t>Kızlar ve Oğlanlar Eşit Midir?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055648862</t>
+          <t>9786257952095</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Neden Daha Fazla Şeker Yiyemiyorum?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055648893</t>
+          <t>9786055648831</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Bir Vıcıkpati - İşte Karşınızda Minik May</t>
+          <t>Yaşamın Evrimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055648626</t>
+          <t>9786055648862</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerini Arayan Gergedan Miçi</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055648619</t>
+          <t>9786055648893</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ne Hissediyorum? - Miri ile Bülbüş</t>
+          <t>Kıpır Kıpır Bir Vıcıkpati - İşte Karşınızda Minik May</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257952279</t>
+          <t>9786055648626</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Sihri Nereden Gelir? - 1 2 3 Başla Serisi</t>
+          <t>Kelimelerini Arayan Gergedan Miçi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257952132</t>
+          <t>9786055648619</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Uzayı Neden Keşfediyoruz? - 1 2 3 Başla Serisi</t>
+          <t>Ne Hissediyorum? - Miri ile Bülbüş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257952156</t>
+          <t>9786257952279</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazı Yazmayı Öğreniyoruz? - 1 2 3 Başla Serisi</t>
+          <t>Sinemanın Sihri Nereden Gelir? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257952323</t>
+          <t>9786257952132</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Evrimi</t>
+          <t>Uzayı Neden Keşfediyoruz? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257952262</t>
+          <t>9786257952156</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Enerji Nasıl Elde Edilir? - 1 2 3 Başla Serisi</t>
+          <t>Neden Yazı Yazmayı Öğreniyoruz? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055648961</t>
+          <t>9786257952323</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Ne Güzel!</t>
+          <t>Dünya'nın Evrimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055648978</t>
+          <t>9786257952262</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefi Öyküler</t>
+          <t>Enerji Nasıl Elde Edilir? - 1 2 3 Başla Serisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257952026</t>
+          <t>9786055648961</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Armstrong ?</t>
+          <t>Yaşamak Ne Güzel!</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257952347</t>
+          <t>9786055648978</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şehre Giden Yol</t>
+          <t>Çocuklar İçin Felsefi Öyküler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055648909</t>
+          <t>9786257952026</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çakıltaşı</t>
+          <t>Peki Ama Kim Bu Armstrong ?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257952200</t>
+          <t>9786257952347</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Eksi Üç ve Gürültücü Lusi</t>
+          <t>Şehre Giden Yol</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257952194</t>
+          <t>9786055648909</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Happa Nine'nin Masalları</t>
+          <t>Çakıltaşı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257952057</t>
+          <t>9786257952200</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yolculuk</t>
+          <t>Eksi Üç ve Gürültücü Lusi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257952040</t>
+          <t>9786257952194</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Çocuk Hakları Öyküleri</t>
+          <t>Happa Nine'nin Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055648701</t>
+          <t>9786257952057</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>T-Reks Şehirde</t>
+          <t>Tehlikeli Yolculuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055648695</t>
+          <t>9786257952040</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mavi İle Sutiş</t>
+          <t>Küçük Adımlar - Çocuk Hakları Öyküleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055648671</t>
+          <t>9786055648701</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balinaya Ne Olmuş?</t>
+          <t>T-Reks Şehirde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055648718</t>
+          <t>9786055648695</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çekirge İle Sincabın Arkadaşlığı</t>
+          <t>Mavi İle Sutiş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055648640</t>
+          <t>9786055648671</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Badem İle Dost</t>
+          <t>Mavi Balinaya Ne Olmuş?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055648664</t>
+          <t>9786055648718</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karga Müzik Festivalinde</t>
+          <t>Çekirge İle Sincabın Arkadaşlığı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055648657</t>
+          <t>9786055648640</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Güvercin İle Kurbağa</t>
+          <t>Badem İle Dost</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055648916</t>
+          <t>9786055648664</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Anne Zürafa ve Diğer Şapşal Yetişkinler</t>
+          <t>Karga Müzik Festivalinde</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055648992</t>
+          <t>9786055648657</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Kim Bu Leonardo Da Vinci?</t>
+          <t>Güvercin İle Kurbağa</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055648633</t>
+          <t>9786055648916</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kitabı</t>
+          <t>Anne Zürafa ve Diğer Şapşal Yetişkinler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055648343</t>
+          <t>9786055648992</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Şapkası</t>
+          <t>Peki Ama Kim Bu Leonardo Da Vinci?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055648848</t>
+          <t>9786055648633</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çöpler ve Geri Dönüşüm</t>
+          <t>Yaz Kitabı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055648855</t>
+          <t>9786055648343</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve İklim</t>
+          <t>Büyücünün Şapkası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055648688</t>
+          <t>9786055648848</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Minik Okula Başlıyor</t>
+          <t>Çöpler ve Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055648299</t>
+          <t>9786055648855</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bu Mektup Sana</t>
+          <t>Mevsimler ve İklim</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055648879</t>
+          <t>9786055648688</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sarı Karavan - Mete ve Maya Uzayda</t>
+          <t>Minik Okula Başlıyor</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257952286</t>
+          <t>9786055648299</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir? - 123 Başla Serisi</t>
+          <t>Bu Mektup Sana</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257952071</t>
+          <t>9786055648879</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Vücudum Nasıl Çalışıyor?</t>
+          <t>Sarı Karavan - Mete ve Maya Uzayda</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055648800</t>
+          <t>9786257952286</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Eksi Üç - Evcil Hayvan İstiyor</t>
+          <t>Yaşam Nedir? - 123 Başla Serisi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055648428</t>
+          <t>9786257952071</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Küçük Findus Kaybolunca</t>
+          <t>Vücudum Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055648503</t>
+          <t>9786055648800</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Hayal Makinesi - Annem ve Babam Büyüyor</t>
+          <t>Eksi Üç - Evcil Hayvan İstiyor</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055648534</t>
+          <t>9786055648428</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sebze Tarlasında Curcuna</t>
+          <t>Küçük Findus Kaybolunca</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
+          <t>9786055648503</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Hayal Makinesi - Annem ve Babam Büyüyor</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786055648534</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sebze Tarlasında Curcuna</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
           <t>9786055648084</t>
         </is>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Dünya Tarihi</t>
         </is>
       </c>
-      <c r="C191" s="1">
+      <c r="C193" s="1">
         <v>940</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>