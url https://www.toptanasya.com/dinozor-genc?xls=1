--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,790 +85,805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259537023</t>
+          <t>9786259945828</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Saat Dağların Ötesinde</t>
+          <t>Babamın Defterleri 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057445568</t>
+          <t>9786259537023</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Canavar Doktoru Nahoş Kurtarış</t>
+          <t>Yıldızlı Saat Dağların Ötesinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259537009</t>
+          <t>9786057445568</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Derinlerindeki Güç, Bilgeler Zamanı 2</t>
+          <t>Canavar Doktoru Nahoş Kurtarış</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057336538</t>
+          <t>9786259537009</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Primer</t>
+          <t>Toprağın Derinlerindeki Güç, Bilgeler Zamanı 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057336521</t>
+          <t>9786057336538</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süper Sons - 2. Kitap Yüksükotu Görevi</t>
+          <t>Primer</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058005334</t>
+          <t>9786057336521</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Black Canary: Alevlen</t>
+          <t>Süper Sons - 2. Kitap Yüksükotu Görevi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057336545</t>
+          <t>9786058005334</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lois Lane Ve Bir Meydan Okuma Hikayesi</t>
+          <t>Black Canary: Alevlen</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259945866</t>
+          <t>9786057336545</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Atomun Yaşamı: Çocuklar için Evrenin Tarihi</t>
+          <t>Lois Lane Ve Bir Meydan Okuma Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057336576</t>
+          <t>9786259945866</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Süper Villains (Ciltli)</t>
+          <t>Bir Atomun Yaşamı: Çocuklar için Evrenin Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259945859</t>
+          <t>9786057336576</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Sırları: Yabancılar</t>
+          <t>Sevgili Süper Villains (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259945842</t>
+          <t>9786259945859</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mumi Kışı</t>
+          <t>Kardeş Sırları: Yabancılar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259945804</t>
+          <t>9786259945842</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Mumi Kışı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259945811</t>
+          <t>9786259945804</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Fabllar</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057336552</t>
+          <t>9786259945811</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans Go! - Karmaşık Saçmalık</t>
+          <t>Felsefi Fabllar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057336590</t>
+          <t>9786057336552</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Geliyor</t>
+          <t>Teen Titans Go! - Karmaşık Saçmalık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057336583</t>
+          <t>9786057336590</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Babamın Defterleri 2</t>
+          <t>Kuyrukluyıldız Geliyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257952682</t>
+          <t>9786057336583</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Stop Motion - Çocuklarla Sinema</t>
+          <t>Babamın Defterleri 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257952378</t>
+          <t>9786257952682</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küllü ve Tüylü - Ormandaki Periler</t>
+          <t>Stop Motion - Çocuklarla Sinema</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058005365</t>
+          <t>9786257952378</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Swamp Kıd’in Gizli Defteri</t>
+          <t>Küllü ve Tüylü - Ormandaki Periler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057336514</t>
+          <t>9786058005365</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans Go! - Pizza Kubbesine Hoş Geldiniz</t>
+          <t>Swamp Kıd’in Gizli Defteri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057336507</t>
+          <t>9786057336514</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>41 Filozof 41 Kavram</t>
+          <t>Teen Titans Go! - Pizza Kubbesine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257952644</t>
+          <t>9786057336507</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bak, Bu Senin Yıldızın</t>
+          <t>41 Filozof 41 Kavram</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057445544</t>
+          <t>9786257952644</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Oyuncular için Kariyer Yapma Rehberi</t>
+          <t>Bak, Bu Senin Yıldızın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057445575</t>
+          <t>9786057445544</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kraliyet Treni Hırsızı - Trende Macera</t>
+          <t>Sıkı Oyuncular için Kariyer Yapma Rehberi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057445582</t>
+          <t>9786057445575</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Altın Ekin</t>
+          <t>Kraliyet Treni Hırsızı - Trende Macera</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057445599</t>
+          <t>9786057445582</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hadi Konuşalım</t>
+          <t>Altın Ekin</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050647730</t>
+          <t>9786057445599</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mozart Kızı</t>
+          <t>Hadi Konuşalım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057445551</t>
+          <t>9786050647730</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Baba ve Deniz</t>
+          <t>Mozart Kızı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050647747</t>
+          <t>9786057445551</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tezgah Savaşı</t>
+          <t>Baba ve Deniz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057445537</t>
+          <t>9786050647747</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gizli Geçit Termessos</t>
+          <t>Tezgah Savaşı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057445520</t>
+          <t>9786057445537</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kraliyet Düğünü Felaketi - Küçük Prensin Günlüğü</t>
+          <t>Gizli Geçit Termessos</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050647709</t>
+          <t>9786057445520</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güç Kesintisi - Süper Hero Girls</t>
+          <t>Kraliyet Düğünü Felaketi - Küçük Prensin Günlüğü</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050647723</t>
+          <t>9786050647709</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Dijital Kimliğim Çalındı!</t>
+          <t>Güç Kesintisi - Süper Hero Girls</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057445506</t>
+          <t>9786050647723</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Saat - Gölge Güvesi</t>
+          <t>Eyvah, Dijital Kimliğim Çalındı!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057445513</t>
+          <t>9786057445506</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Ev</t>
+          <t>Yıldızlı Saat - Gölge Güvesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257952361</t>
+          <t>9786057445513</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küllü ve Tüylü - Gece Yarısı Sihri</t>
+          <t>Vahşi Ev</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050647792</t>
+          <t>9786257952361</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Teen Titans Go! Parti Parti!</t>
+          <t>Küllü ve Tüylü - Gece Yarısı Sihri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050647778</t>
+          <t>9786050647792</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Canavar Doktoru</t>
+          <t>Teen Titans Go! Parti Parti!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050647785</t>
+          <t>9786050647778</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking ve Arkaslı Arkadaşım</t>
+          <t>Canavar Doktoru</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050647761</t>
+          <t>9786050647785</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Batman Son Sürat</t>
+          <t>Stephen Hawking ve Arkaslı Arkadaşım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050647716</t>
+          <t>9786050647761</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prensesin Günlüğü</t>
+          <t>Batman Son Sürat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050647754</t>
+          <t>9786050647716</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yaz</t>
+          <t>Küçük Prensesin Günlüğü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058005341</t>
+          <t>9786050647754</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Diana: Amazonların Prensesi</t>
+          <t>Tehlikeli Yaz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058005396</t>
+          <t>9786058005341</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşim Dorutay</t>
+          <t>Diana: Amazonların Prensesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058005389</t>
+          <t>9786058005396</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Babamın Defterleri</t>
+          <t>Kan Kardeşim Dorutay</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058005372</t>
+          <t>9786058005389</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Darwin</t>
+          <t>Babamın Defterleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058005310</t>
+          <t>9786058005372</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Super Sons - 1. Kitap Kutup Kalkanı Projesi</t>
+          <t>Darwin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257952033</t>
+          <t>9786058005310</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Çocuk</t>
+          <t>Super Sons - 1. Kitap Kutup Kalkanı Projesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058005327</t>
+          <t>9786257952033</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Super Hero Girls - Metropolis Lisesi</t>
+          <t>Görünmez Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786058005327</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Super Hero Girls - Metropolis Lisesi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>9786058005303</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Sevgili Justice League</t>
         </is>
       </c>
-      <c r="C51" s="1">
-        <v>330</v>
+      <c r="C52" s="1">
+        <v>430</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>