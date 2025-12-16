--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,7780 +85,7825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256742352</t>
+          <t>9786256742437</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Belleği</t>
+          <t>Geç Faşizm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9771302861869</t>
+          <t>9786057414311</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 69</t>
+          <t>Fransız Devrimi’ne Bakış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9771309583068</t>
+          <t>9786256742420</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2015/1</t>
+          <t>Özne - Yapı Gerilimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256742383</t>
+          <t>9786256742352</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Payandaları - Hortlaklar</t>
+          <t>Geleceğin Belleği</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256742376</t>
+          <t>9771302861869</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmışlar Bahçesi’nde Şenlik</t>
+          <t>Praksis Sayı: 69</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256742345</t>
+          <t>9771309583068</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Heval, Sen Daha Özgürleşmedin mi?</t>
+          <t>Sinecine Sayı: 2015/1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256742321</t>
+          <t>9786256742383</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Kutsal Şemsiyesi: Din</t>
+          <t>Toplumun Payandaları - Hortlaklar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000029217</t>
+          <t>9786256742376</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2017/2</t>
+          <t>Sarsılmışlar Bahçesi’nde Şenlik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9771302861868</t>
+          <t>9786256742345</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 68</t>
+          <t>Heval, Sen Daha Özgürleşmedin mi?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256742338</t>
+          <t>9786256742321</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Gulliver</t>
+          <t>Sömürgeciliğin Kutsal Şemsiyesi: Din</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054878406</t>
+          <t>3990000029217</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Afrika’yı Nasıl Geri Bıraktı</t>
+          <t>SineCine Sayı 2017/2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>495</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054412105</t>
+          <t>9771302861868</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gramsci Kitabı</t>
+          <t>Praksis Sayı: 68</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054412419</t>
+          <t>9786256742338</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ataerki ve Birikim</t>
+          <t>Yoldaş Gulliver</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>495</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256742314</t>
+          <t>9786054878406</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Jin Jiyan Azadî - Kadın Yaşam Özgürlük</t>
+          <t>Avrupa Afrika’yı Nasıl Geri Bıraktı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256742307</t>
+          <t>9786054412105</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aklın Tutulması ve Deri Dönüşü</t>
+          <t>Gramsci Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256742291</t>
+          <t>9786054412419</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Koçgiri Tarihi (Ciltli)</t>
+          <t>Ataerki ve Birikim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256742284</t>
+          <t>9786256742314</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Jamal</t>
+          <t>Jin Jiyan Azadî - Kadın Yaşam Özgürlük</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256742277</t>
+          <t>9786256742307</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aleviler ve Cumhuriyet</t>
+          <t>Aklın Tutulması ve Deri Dönüşü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256742208</t>
+          <t>9786256742291</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Son Defile</t>
+          <t>Koçgiri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256742260</t>
+          <t>9786256742284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bu Devrimden Bir Teslim Töre Geçti</t>
+          <t>Jamal</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054878857</t>
+          <t>9786256742277</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fanon Kitabı: Seçme Yazılar</t>
+          <t>Aleviler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256742253</t>
+          <t>9786256742208</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Encam</t>
+          <t>Son Defile</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256742215</t>
+          <t>9786256742260</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar</t>
+          <t>Bu Devrimden Bir Teslim Töre Geçti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256742246</t>
+          <t>9786054878857</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihinin Unutturulmuş Bir Sayfası: Abdürrezzak Bedirhan</t>
+          <t>Fanon Kitabı: Seçme Yazılar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256742185</t>
+          <t>9786256742253</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrim Yolcusu</t>
+          <t>Encam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9771302861866</t>
+          <t>9786256742215</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 66</t>
+          <t>Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000001974</t>
+          <t>9786256742246</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 59</t>
+          <t>Kürt Tarihinin Unutturulmuş Bir Sayfası: Abdürrezzak Bedirhan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054412143</t>
+          <t>9786256742185</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cizre-Bohtan Beyi Bedirhan</t>
+          <t>Bir Devrim Yolcusu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256742192</t>
+          <t>9771302861866</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ela Rosa</t>
+          <t>Praksis Sayı: 66</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256742017</t>
+          <t>4440000001974</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyeti Queerleştirmek</t>
+          <t>Praksis Sayı: 59</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054878543</t>
+          <t>9786054412143</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Patriyarka Kuramı</t>
+          <t>Cizre-Bohtan Beyi Bedirhan</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054878383</t>
+          <t>9786256742192</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Devrimi</t>
+          <t>Ela Rosa</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052318256</t>
+          <t>9786256742017</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sinema Toplum Siyaset</t>
+          <t>Cinsiyeti Queerleştirmek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054412327</t>
+          <t>9786054878543</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler Susuz da Yaşar</t>
+          <t>Patriyarka Kuramı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256742178</t>
+          <t>9786054878383</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Toplumsal Kurumlar ve İktidar</t>
+          <t>Geleceğin Devrimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256742161</t>
+          <t>9786052318256</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Fırtına</t>
+          <t>Sinema Toplum Siyaset</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256742154</t>
+          <t>9786054412327</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Davacıyım</t>
+          <t>Kaktüsler Susuz da Yaşar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256742123</t>
+          <t>9786256742178</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Gölge</t>
+          <t>Alevilikte Toplumsal Kurumlar ve İktidar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256742147</t>
+          <t>9786256742161</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sıfıra Yükselmek</t>
+          <t>Kızıl Fırtına</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9771302861865</t>
+          <t>9786256742154</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 65 - Kriz, Yoksulluk ve Kadın Emeği</t>
+          <t>Davacıyım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054878482</t>
+          <t>9786256742123</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Kısa Tarihi (Ciltli)</t>
+          <t>Sis ve Gölge</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054412808</t>
+          <t>9786256742147</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cizre-Bohtan Beyi Bedirhan: Sürgün Yılları</t>
+          <t>Sıfıra Yükselmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256742130</t>
+          <t>9771302861865</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Kumpas Davasının Anatomisi</t>
+          <t>Praksis Sayı 65 - Kriz, Yoksulluk ve Kadın Emeği</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256742062</t>
+          <t>9786054878482</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Özgür Düşüncenin Kısa Tarihi</t>
+          <t>Modern Felsefenin Kısa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052318638</t>
+          <t>9786054412808</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fanon Barikatların Filozofu</t>
+          <t>Cizre-Bohtan Beyi Bedirhan: Sürgün Yılları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052318997</t>
+          <t>9786256742130</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Efsun</t>
+          <t>Bir Kumpas Davasının Anatomisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256742093</t>
+          <t>9786256742062</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Alışın Her Yerdeyiz!</t>
+          <t>Özgür Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256742116</t>
+          <t>9786052318638</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Arafta Düet</t>
+          <t>Fanon Barikatların Filozofu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256742109</t>
+          <t>9786052318997</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm Kitabı</t>
+          <t>Efsun</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256742079</t>
+          <t>9786256742093</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Seksin Antropolojisi</t>
+          <t>Alışın Her Yerdeyiz!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052318843</t>
+          <t>9786256742116</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşını Gösteren Kadınlar</t>
+          <t>Arafta Düet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054878222</t>
+          <t>9786256742109</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Sinema</t>
+          <t>Hümanizm Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>24</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054412693</t>
+          <t>9786256742079</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rosa Luxemburg Kitabı: Seçme Yazılar</t>
+          <t>Seksin Antropolojisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>40</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054878390</t>
+          <t>9786052318843</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin 68’i</t>
+          <t>Yaşını Gösteren Kadınlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000098998</t>
+          <t>9786054878222</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2018/9</t>
+          <t>Postmodernizm ve Sinema</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054878697</t>
+          <t>9786054412693</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Marx'ta Toplumsal Cinsiyet ve Aile</t>
+          <t>Rosa Luxemburg Kitabı: Seçme Yazılar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759051112</t>
+          <t>9786054878390</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zehir Ve Panzehir Kürt Sorunu: Faşizmin Şartı Kaç?</t>
+          <t>Türkiye’nin 68’i</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759051730</t>
+          <t>3990000098998</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yumurta: Ruha Yolculuk</t>
+          <t>SineCine Sayı 2018/9</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759051457</t>
+          <t>9786054878697</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yoksul: Zeki Ökten</t>
+          <t>Marx'ta Toplumsal Cinsiyet ve Aile</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>14.81</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759051013</t>
+          <t>9789759051112</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Cinsiyet Kadınların Kentte Görünmez Varlığı</t>
+          <t>Zehir Ve Panzehir Kürt Sorunu: Faşizmin Şartı Kaç?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054412037</t>
+          <t>9789759051730</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yerdenize Yolculuk</t>
+          <t>Yumurta: Ruha Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759051402</t>
+          <t>9789759051457</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Çalışmaları</t>
+          <t>Yoksul: Zeki Ökten</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759051761</t>
+          <t>9789759051013</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yapı Pratik Özne</t>
+          <t>Yerel Yönetimler ve Cinsiyet Kadınların Kentte Görünmez Varlığı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759051549</t>
+          <t>9786054412037</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Cadı Avı</t>
+          <t>Yerdenize Yolculuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054412013</t>
+          <t>9789759051402</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Unutulması İstenen Yıllar</t>
+          <t>Yeni Medya Çalışmaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054412006</t>
+          <t>9789759051761</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Umumi Müfettişler Toplantı Tutanakları - 1936</t>
+          <t>Yapı Pratik Özne</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759051082</t>
+          <t>9789759051549</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sivil Hayat ve Demokrasi Sivil Toplum Sorunlarını Tartışıyor</t>
+          <t>Üniversitede Cadı Avı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759051419</t>
+          <t>9786054412013</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalizmin Güncel Sorunları</t>
+          <t>Unutulması İstenen Yıllar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>4.63</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759051198</t>
+          <t>9786054412006</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalizmin Gelişimi</t>
+          <t>Umumi Müfettişler Toplantı Tutanakları - 1936</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>4.63</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759051556</t>
+          <t>9789759051082</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Üzerine Yeni Perspektifler</t>
+          <t>Türkiye’de Sivil Hayat ve Demokrasi Sivil Toplum Sorunlarını Tartışıyor</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>2.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759051341</t>
+          <t>9789759051419</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Sosyoloji</t>
+          <t>Türkiye’de Kapitalizmin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054878437</t>
+          <t>9789759051198</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kültürel Antropoloji</t>
+          <t>Türkiye’de Kapitalizmin Gelişimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>46</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759051914</t>
+          <t>9789759051556</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Sınıflar ve Kent</t>
+          <t>Toplumsal Üzerine Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>24.07</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054412648</t>
+          <t>9789759051341</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Süngü ve Yara</t>
+          <t>Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>4.63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054412891</t>
+          <t>9786054878437</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Su, Sis ve Toprak</t>
+          <t>Tarihsel Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>8</v>
+        <v>46</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759051518</t>
+          <t>9789759051914</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sözün Mülkiyeti</t>
+          <t>Tarih, Sınıflar ve Kent</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>35</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759051143</t>
+          <t>9786054412648</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sizi Hiç Sevmiş miydim</t>
+          <t>Süngü ve Yara</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759051310</t>
+          <t>9786054412891</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi Yazıları</t>
+          <t>Su, Sis ve Toprak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789759051037</t>
+          <t>9789759051518</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bir Sorun Olarak İslamcılık</t>
+          <t>Sözün Mülkiyeti</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759051532</t>
+          <t>9789759051143</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Adaleti</t>
+          <t>Sizi Hiç Sevmiş miydim</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054412730</t>
+          <t>9789759051310</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - Ortadoğu, Afrika ve Okyanusya Masalları</t>
+          <t>Siyaset Sosyolojisi Yazıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789759051105</t>
+          <t>9789759051037</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tek Partili Dönemde Ankara Siyaset ve Yerel Demokrasi</t>
+          <t>Siyasal Bir Sorun Olarak İslamcılık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054878611</t>
+          <t>9789759051532</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Sermayenin Adaleti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>460</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000048614</t>
+          <t>9786054412730</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2011/1</t>
+          <t>Seçme Dünya Masalları - Ortadoğu, Afrika ve Okyanusya Masalları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054878031</t>
+          <t>9789759051105</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kimi Başrol Kimi Karakter</t>
+          <t>Tek Partili Dönemde Ankara Siyaset ve Yerel Demokrasi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>19.44</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054878451</t>
+          <t>9786054878611</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeni Irkçılığın Kirli ötekileri Kürtler, Aleviler, Ermeniler</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054878048</t>
+          <t>3990000048614</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Film Kuramı</t>
+          <t>Sinecine Sayı: 2011/1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000002499</t>
+          <t>9786054878031</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2013/2</t>
+          <t>Kimi Başrol Kimi Karakter</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>10</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054878420</t>
+          <t>9786054878451</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Medyatikleşen Kültürler</t>
+          <t>Yeni Irkçılığın Kirli ötekileri Kürtler, Aleviler, Ermeniler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054878376</t>
+          <t>9786054878048</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Yazardan Aforizmalar</t>
+          <t>Film Kuramı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>25</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054878284</t>
+          <t>3990000002499</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Sinecine Sayı: 2013/2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>550</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000015693</t>
+          <t>9786054878420</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2012/1</t>
+          <t>Medyatikleşen Kültürler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000015751</t>
+          <t>9786054878376</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2010/1</t>
+          <t>Üç Büyük Yazardan Aforizmalar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9771309583013</t>
+          <t>9786054878284</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2010/2</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054878352</t>
+          <t>3990000015693</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Toplumsal Cinsiyet</t>
+          <t>Sinecine Sayı: 2012/1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>390</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9771312861832</t>
+          <t>3990000015751</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 32</t>
+          <t>Sinecine Sayı: 2010/1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054412983</t>
+          <t>9771309583013</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Tacizle Suçlanan Feminist</t>
+          <t>Sinecine Sayı: 2010/2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054878345</t>
+          <t>9786054878352</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Kitabı</t>
+          <t>Kent ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054878505</t>
+          <t>9771312861832</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Kaypakkaya Kitabı (Ciltli)</t>
+          <t>Praksis Sayı: 32</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054412723</t>
+          <t>9786054412983</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - 3</t>
+          <t>Cinsel Tacizle Suçlanan Feminist</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>19.44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054412709</t>
+          <t>9786054878345</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - Avrupa Masalları</t>
+          <t>Feminizm Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>18.52</v>
+        <v>510</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759051525</t>
+          <t>9786054878505</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rus Devriminin Çöküş Nedenleri</t>
+          <t>İbrahim Kaypakkaya Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7.41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054412365</t>
+          <t>9786054412723</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sırları</t>
+          <t>Seçme Dünya Masalları - 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054412280</t>
+          <t>9786054412709</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Protezli Tanrı</t>
+          <t>Seçme Dünya Masalları - Avrupa Masalları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9771302861106</t>
+          <t>9789759051525</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 6</t>
+          <t>Rus Devriminin Çöküş Nedenleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9771312861828</t>
+          <t>9786054412365</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 28</t>
+          <t>Ruhun Sırları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9771302861827</t>
+          <t>9786054412280</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 27</t>
+          <t>Protezli Tanrı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4440000003146</t>
+          <t>9771302861106</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 26</t>
+          <t>Praksis Sayı: 6</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759051679</t>
+          <t>9771312861828</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türkiye Solu Sözlüğü</t>
+          <t>Praksis Sayı: 28</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>16.67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759051334</t>
+          <t>9771302861827</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve Çocuk</t>
+          <t>Praksis Sayı: 27</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054412303</t>
+          <t>4440000003146</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kağıtları Krallığı</t>
+          <t>Praksis Sayı: 26</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>14</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054412822</t>
+          <t>9789759051679</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Noel Ağacı</t>
+          <t>Popüler Türkiye Solu Sözlüğü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759051839</t>
+          <t>9789759051334</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nerelisin Kimlerdensin</t>
+          <t>Popüler Kültür ve Çocuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9771302861120</t>
+          <t>9786054412303</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 20</t>
+          <t>Oyun Kağıtları Krallığı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789759051303</t>
+          <t>9786054412822</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Amerikalılar</t>
+          <t>Noel Ağacı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2.78</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000015723</t>
+          <t>9789759051839</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Militarizmin Cinsiyetçi Suretleri</t>
+          <t>Nerelisin Kimlerdensin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>27</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789759051495</t>
+          <t>9771302861120</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Medya, Popüler Kültür ve İdeoloji</t>
+          <t>Praksis Sayı: 20</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>13.89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9771302861116</t>
+          <t>9789759051303</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 16</t>
+          <t>Müslüman Amerikalılar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>13</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9771302861113</t>
+          <t>3990000015723</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 13</t>
+          <t>Militarizmin Cinsiyetçi Suretleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759051259</t>
+          <t>9789759051495</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sınıf Bilinci</t>
+          <t>Medya, Popüler Kültür ve İdeoloji</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054412075</t>
+          <t>9771302861116</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Modernizm</t>
+          <t>Praksis Sayı: 16</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>30.56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789759051235</t>
+          <t>9771302861113</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeye Güney’den Tepkiler</t>
+          <t>Praksis Sayı: 13</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>18.52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054412310</t>
+          <t>9789759051259</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Demokrasi</t>
+          <t>Marksizm ve Sınıf Bilinci</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>28</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054412754</t>
+          <t>9786054412075</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya Rumları</t>
+          <t>Marksizm ve Modernizm</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>35</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789759051389</t>
+          <t>9789759051235</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Krizin Sözlü Tarihi</t>
+          <t>Küreselleşmeye Güney’den Tepkiler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759051273</t>
+          <t>9786054412310</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Konya Bir Şehrin İki Hikayesi</t>
+          <t>Küreselleşme ve Demokrasi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054412785</t>
+          <t>9786054412754</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Sevdaydı Yaşadığımız</t>
+          <t>Küçük Asya Rumları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054412150</t>
+          <t>9789759051389</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Ruhu</t>
+          <t>Krizin Sözlü Tarihi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>310</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759051563</t>
+          <t>9789759051273</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınma Siyaseti</t>
+          <t>Konya Bir Şehrin İki Hikayesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054412068</t>
+          <t>9786054412785</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Sosyo-Ekonomik Tarihi (1726-1750)</t>
+          <t>Koca Bir Sevdaydı Yaşadığımız</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789759051853</t>
+          <t>9786054412150</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kentin Mültecileri</t>
+          <t>Kitlelerin Ruhu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>12.04</v>
+        <v>310</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759051693</t>
+          <t>9789759051563</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Modernleşme ve Seçkincilik</t>
+          <t>Kırsal Kalkınma Siyaseti</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>2.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759051136</t>
+          <t>9786054412068</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Demokrasi Dünyadaki Katılımcı Demokrasi Deneyimleri</t>
+          <t>Kıbrıs’ın Sosyo-Ekonomik Tarihi (1726-1750)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789759051358</t>
+          <t>9789759051853</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Karşı Siyaset</t>
+          <t>Kentin Mültecileri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054412259</t>
+          <t>9789759051693</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Akif</t>
+          <t>Kemalist Modernleşme ve Seçkincilik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>12.96</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759051181</t>
+          <t>9789759051136</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmi Anlamak</t>
+          <t>Katılımcı Demokrasi Dünyadaki Katılımcı Demokrasi Deneyimleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759051075</t>
+          <t>9789759051358</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Türkiye 2</t>
+          <t>Karşı Siyaset</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>21.3</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789759051068</t>
+          <t>9786054412259</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Türkiye 1</t>
+          <t>Kardeşim Akif</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>21.3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759051204</t>
+          <t>9789759051181</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Küreselleşme Azgelişmişlik</t>
+          <t>Kapitalizmi Anlamak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>17.59</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789759051327</t>
+          <t>9789759051075</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kamusal İletişimde Bilgi Edinme Hakkı</t>
+          <t>Kapitalizm ve Türkiye 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12.04</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759051150</t>
+          <t>9789759051068</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfının Kıyısında Küçük Sanayi İşçileri Üzerine Bir İnceleme</t>
+          <t>Kapitalizm ve Türkiye 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>4.63</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054412273</t>
+          <t>9789759051204</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kaybın Eşiğinde Aşk İçin Fragmanlar</t>
+          <t>Kapitalizm Küreselleşme Azgelişmişlik</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759051686</t>
+          <t>9789759051327</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İskoç Masalları</t>
+          <t>Kamusal İletişimde Bilgi Edinme Hakkı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759051440</t>
+          <t>9789759051150</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İran Sinemasında Kadın</t>
+          <t>İşçi Sınıfının Kıyısında Küçük Sanayi İşçileri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789759051044</t>
+          <t>9786054412273</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’de Türkçe Yaşamak</t>
+          <t>Kaybın Eşiğinde Aşk İçin Fragmanlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>2.78</v>
+        <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054412228</t>
+          <t>9789759051686</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İlkgençlik Çağına Seçme Dünya Öyküleri</t>
+          <t>İskoç Masalları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>14.81</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759051709</t>
+          <t>9789759051440</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İletişim Etiği</t>
+          <t>İran Sinemasında Kadın</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054412907</t>
+          <t>9789759051044</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İdeolojiyi Haritalamak</t>
+          <t>İngiltere’de Türkçe Yaşamak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>35</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759051846</t>
+          <t>9786054412228</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Üzerine</t>
+          <t>İlkgençlik Çağına Seçme Dünya Öyküleri</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054412600</t>
+          <t>9789759051709</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve İnsan Hakları</t>
+          <t>İletişim Etiği</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759051952</t>
+          <t>9786054412907</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli</t>
+          <t>İdeolojiyi Haritalamak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>24.07</v>
+        <v>35</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759051167</t>
+          <t>9789759051846</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Günlüğe Düşen Notlar</t>
+          <t>Halkla İlişkiler Üzerine</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>4.63</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054412051</t>
+          <t>9786054412600</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Mısırı’ın Tanrıları</t>
+          <t>Hakikat ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054412655</t>
+          <t>9789759051952</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gramsci Çağı</t>
+          <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054412136</t>
+          <t>9789759051167</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Godard</t>
+          <t>Günlüğe Düşen Notlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054412211</t>
+          <t>9786054412051</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Ardından</t>
+          <t>Güneş Ülkesi Mısırı’ın Tanrıları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054412464</t>
+          <t>9786054412655</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Firar Öyküleri</t>
+          <t>Gramsci Çağı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>4.63</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759051938</t>
+          <t>9786054412136</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Siyaset</t>
+          <t>Godard</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054412495</t>
+          <t>9786054412211</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ece Ayhan Çağlar Anlatıyor</t>
+          <t>Gerçeğin Ardından</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>12.04</v>
+        <v>280</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759051983</t>
+          <t>9786054412464</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Firar Öyküleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759051280</t>
+          <t>9789759051938</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Köprü Suryaniler Felsefe ve Çeviri Geleneği</t>
+          <t>Emek ve Siyaset</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>9.26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789759051570</t>
+          <t>9786054412495</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Sermayenin Yeni Biçimleri</t>
+          <t>Ece Ayhan Çağlar Anlatıyor</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759051754</t>
+          <t>9789759051983</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dersim 1938 ve Zorunlu İskan</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054412426</t>
+          <t>9789759051280</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dersim 1938 ve Hacı Hıdır Ataç’ın Defteri</t>
+          <t>Doğu’dan Batı’ya Köprü Suryaniler Felsefe ve Çeviri Geleneği</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759051464</t>
+          <t>9789759051570</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi, Eleştiri ve Türkiye</t>
+          <t>Devlet ve Sermayenin Yeni Biçimleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>19.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759051426</t>
+          <t>9789759051754</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Teorileri ve Toplumsal Hareketler</t>
+          <t>Dersim 1938 ve Zorunlu İskan</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759051716</t>
+          <t>9786054412426</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çarşı</t>
+          <t>Dersim 1938 ve Hacı Hıdır Ataç’ın Defteri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>12.04</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759051884</t>
+          <t>9789759051464</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Mekanları Zamanları İnsanları</t>
+          <t>Demokrasi, Eleştiri ve Türkiye</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>21.3</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054412334</t>
+          <t>9789759051426</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Bakmak</t>
+          <t>Demokrasi Teorileri ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>4.63</v>
+        <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054412174</t>
+          <t>9789759051716</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Bir Hayat Bir Şehir</t>
+          <t>Çarşı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759051501</t>
+          <t>9789759051884</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve İktidar</t>
+          <t>Cumhuriyet’in Mekanları Zamanları İnsanları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18.52</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054412044</t>
+          <t>9786054412334</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Beş Dünya ve Müziğin Yaratılışı</t>
+          <t>Bugüne Bakmak</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>18</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789759051396</t>
+          <t>9786054412174</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bask Meselesi Bir Tarih, Bir Otonomi, Bir Sorun</t>
+          <t>Bir Aşk Bir Hayat Bir Şehir</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>360</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054412525</t>
+          <t>9789759051501</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Basın Özgürlüğü Üzerine</t>
+          <t>Bilim ve İktidar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759051792</t>
+          <t>9786054412044</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Britanya’dan Masallar 11</t>
+          <t>Beş Dünya ve Müziğin Yaratılışı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054412716</t>
+          <t>9789759051396</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları 2</t>
+          <t>Bask Meselesi Bir Tarih, Bir Otonomi, Bir Sorun</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>19.44</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054412358</t>
+          <t>9786054412525</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Antonio Gramsci</t>
+          <t>Basın Özgürlüğü Üzerine</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759051631</t>
+          <t>9789759051792</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri</t>
+          <t>Britanya’dan Masallar 11</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759051877</t>
+          <t>9786054412716</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nden Dersim’e</t>
+          <t>Seçme Dünya Masalları 2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>14.81</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759051488</t>
+          <t>9786054412358</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Siyasal Örgütlenmesi</t>
+          <t>Antonio Gramsci</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>4.63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054412921</t>
+          <t>9789759051631</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Artık Burada Oturmuyor</t>
+          <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759051860</t>
+          <t>9789759051877</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>AKP Yeni Merkez Sağ mı?</t>
+          <t>Anadolu Aleviliği’nden Dersim’e</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054412914</t>
+          <t>9789759051488</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>1905’ten 1917’ye Rus Devrimleri</t>
+          <t>Aleviliğin Siyasal Örgütlenmesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>170</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054412082</t>
+          <t>9786054412921</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>0.0.1938 Resmiyet ve Hakikat</t>
+          <t>Aleviler Artık Burada Oturmuyor</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>4440000001079</t>
+          <t>9789759051860</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 2 Şubat-Mart-Nisan 2020</t>
+          <t>AKP Yeni Merkez Sağ mı?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052318300</t>
+          <t>9786054412914</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Queer - Resimli Bir Tarih</t>
+          <t>1905’ten 1917’ye Rus Devrimleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256742086</t>
+          <t>9786054412082</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Yaşam Davası</t>
+          <t>0.0.1938 Resmiyet ve Hakikat</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>450</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256742055</t>
+          <t>4440000001079</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kadın Halleri</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 2 Şubat-Mart-Nisan 2020</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>4440000004503</t>
+          <t>9786052318300</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 64</t>
+          <t>Queer - Resimli Bir Tarih</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052318935</t>
+          <t>9786256742086</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Onurlu Yaşam Davası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256742031</t>
+          <t>9786256742055</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'nın Güzel İsyancıları</t>
+          <t>Emeğin Kadın Halleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259924083</t>
+          <t>4440000004503</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aleviler: Din, Beden Cinsiyet</t>
+          <t>Praksis Sayı: 64</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256742000</t>
+          <t>9786052318935</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve Cumhuriyet</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256742024</t>
+          <t>9786256742031</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İhsan Nuri Paşa’nın Anıları - Ağrı İsyanı Raporları</t>
+          <t>Latin Amerika'nın Güzel İsyancıları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9771302861863</t>
+          <t>9786259924083</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 63 - Ekokriz: Kapitalist Tahribat ve Alternatifler</t>
+          <t>Aleviler: Din, Beden Cinsiyet</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259924090</t>
+          <t>9786256742000</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Analar ve Oğulları</t>
+          <t>Kürtler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>4440000003946</t>
+          <t>9786256742024</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 62</t>
+          <t>İhsan Nuri Paşa’nın Anıları - Ağrı İsyanı Raporları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259924052</t>
+          <t>9771302861863</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ben Bermal</t>
+          <t>Praksis Sayı 63 - Ekokriz: Kapitalist Tahribat ve Alternatifler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259924076</t>
+          <t>9786259924090</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Analar ve Oğulları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786259924069</t>
+          <t>4440000003946</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ben Feride Bu Benim Sesim</t>
+          <t>Praksis Sayı: 62</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259924045</t>
+          <t>9786259924052</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Dönüşümden Kesitler</t>
+          <t>Ben Bermal</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259924021</t>
+          <t>9786259924076</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Affetmenin Politikası</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259924038</t>
+          <t>9786259924069</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Duyguları</t>
+          <t>Ben Feride Bu Benim Sesim</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259924014</t>
+          <t>9786259924045</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Feminist Kuşatmalar</t>
+          <t>Bir Büyük Dönüşümden Kesitler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259924007</t>
+          <t>9786259924021</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Baştan Başa</t>
+          <t>Affetmenin Politikası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9771302861861</t>
+          <t>9786259924038</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 61</t>
+          <t>Sınıfın Duyguları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057197993</t>
+          <t>9786259924014</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Kulübü</t>
+          <t>Feminist Kuşatmalar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057197986</t>
+          <t>9786259924007</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Eleştirel Düşünce</t>
+          <t>Baştan Başa</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>155</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057197962</t>
+          <t>9771302861861</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Spinoza</t>
+          <t>Praksis Sayı: 61</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057197955</t>
+          <t>9786057197993</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Trans Çalışmaları - Cinsiyet ve Bilim</t>
+          <t>Gerilla Kulübü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057197979</t>
+          <t>9786057197986</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ağrı İsyanı’nda İstanbullu Bir Kadın</t>
+          <t>Şiddet ve Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057197948</t>
+          <t>9786057197962</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dad</t>
+          <t>Kafası Karışmışlar İçin Spinoza</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>4440000002768</t>
+          <t>9786057197955</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 60</t>
+          <t>Trans Çalışmaları - Cinsiyet ve Bilim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057197924</t>
+          <t>9786057197979</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Üretmek</t>
+          <t>Ağrı İsyanı’nda İstanbullu Bir Kadın</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057197931</t>
+          <t>9786057197948</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Ataların Gölgesi</t>
+          <t>Dad</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057357694</t>
+          <t>4440000002768</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yasanın Arzusu</t>
+          <t>Praksis Sayı: 60</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057197917</t>
+          <t>9786057197924</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Arendt</t>
+          <t>Yaşamı Üretmek</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057197900</t>
+          <t>9786057197931</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yolu Kurtuluştan Geçen Kadınlar</t>
+          <t>Unutulmuş Ataların Gölgesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>510</v>
+        <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057357687</t>
+          <t>9786057357694</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Derinlerin Kadını</t>
+          <t>Yasanın Arzusu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057357670</t>
+          <t>9786057197917</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arası Toplumsal İlişkiler ve Kesişimsellik</t>
+          <t>Kafası Karışmışlar İçin Arendt</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057357663</t>
+          <t>9786057197900</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kutsal</t>
+          <t>Yolu Kurtuluştan Geçen Kadınlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057357632</t>
+          <t>9786057357687</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tam Ağlayacaktım Arkadaşlar Dokundu</t>
+          <t>Derinlerin Kadını</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9771302861858</t>
+          <t>9786057357670</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 58</t>
+          <t>Cinsiyetler Arası Toplumsal İlişkiler ve Kesişimsellik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>4440000001083</t>
+          <t>9786057357663</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 7</t>
+          <t>Ölüm ve Kutsal</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9771302861194</t>
+          <t>9786057357632</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 25</t>
+          <t>Tam Ağlayacaktım Arkadaşlar Dokundu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054412297</t>
+          <t>9771302861858</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Komşu Çocuklar</t>
+          <t>Praksis Sayı: 58</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054412839</t>
+          <t>4440000001083</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İki Farklı Siyaset</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 7</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>4440000001082</t>
+          <t>9771302861194</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 6 Eylül-Ekim-Kasım 2021</t>
+          <t>Praksis Sayı: 25</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>25</v>
+        <v>90</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>4440000001081</t>
+          <t>9786054412297</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 4 Şubat-Mart-Nisan 2021</t>
+          <t>Komşu Çocuklar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>4440000001078</t>
+          <t>9786054412839</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 3 Kasım-Aralık-Ocak</t>
+          <t>İki Farklı Siyaset</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>4440000001080</t>
+          <t>4440000001082</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 5 Mayıs - Haziran - Temmuz 2021</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 6 Eylül-Ekim-Kasım 2021</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052318980</t>
+          <t>4440000001081</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bellek</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 4 Şubat-Mart-Nisan 2021</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057357656</t>
+          <t>4440000001078</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyadan Şarkılar - Sinema ve Türkiye Sosyolojisi</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 3 Kasım-Aralık-Ocak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057357649</t>
+          <t>4440000001080</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çerkeslerin Geleceği Üzerine Düşünmek: Kültür, Toplum ve Demokrasi</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 5 Mayıs - Haziran - Temmuz 2021</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>420</v>
+        <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057357625</t>
+          <t>9786052318980</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Demirtaş’ın Beyaz Sandalyesi</t>
+          <t>Yitik Bellek</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057357618</t>
+          <t>9786057357656</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Kent Anteb</t>
+          <t>Başka Dünyadan Şarkılar - Sinema ve Türkiye Sosyolojisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057357601</t>
+          <t>9786057357649</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Taklidi Dünyanın Derdi</t>
+          <t>Çerkeslerin Geleceği Üzerine Düşünmek: Kültür, Toplum ve Demokrasi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057414397</t>
+          <t>9786057357625</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır ya da Sodom’un 5 No’lu Zindandaki Bin Günü</t>
+          <t>Demirtaş’ın Beyaz Sandalyesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057414359</t>
+          <t>9786057357618</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Politik Yazılar</t>
+          <t>Hafızasını Kaybeden Kent Anteb</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057414366</t>
+          <t>9786057357601</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin - Adorno</t>
+          <t>Hayatın Taklidi Dünyanın Derdi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057414373</t>
+          <t>9786057414397</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sincan'dan Edirne'ye Hasbıhal - Name</t>
+          <t>Diyarbakır ya da Sodom’un 5 No’lu Zindandaki Bin Günü</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057414380</t>
+          <t>9786057414359</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Elinden Kaza Çıkan Kadınlar</t>
+          <t>Politik Yazılar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057414342</t>
+          <t>9786057414366</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Terk Etmedi Sevdan Beni</t>
+          <t>Kafası Karışmışlar İçin - Adorno</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9771302861857</t>
+          <t>9786057414373</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 57</t>
+          <t>Sincan'dan Edirne'ye Hasbıhal - Name</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057414304</t>
+          <t>9786057414380</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Üretim Düzenleme İsyan</t>
+          <t>Elinden Kaza Çıkan Kadınlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057414328</t>
+          <t>9786057414342</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Kırılmalar ve Uzlaşmalar</t>
+          <t>Terk Etmedi Sevdan Beni</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057414335</t>
+          <t>9771302861857</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çerkeslerin 21. Yüzyılı Kimlik, Anayurt ve Siyaset</t>
+          <t>Praksis Sayı 57</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052318973</t>
+          <t>9786057414304</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Toplu Masallar 2</t>
+          <t>Üretim Düzenleme İsyan</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052318881</t>
+          <t>9786057414328</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılığın Diyalektiği</t>
+          <t>İletişim Çalışmalarında Kırılmalar ve Uzlaşmalar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052318942</t>
+          <t>9786057414335</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sakalsız Bir Oğlanın Özensiz Notları</t>
+          <t>Çerkeslerin 21. Yüzyılı Kimlik, Anayurt ve Siyaset</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052318966</t>
+          <t>9786052318973</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Toplu Masallar 1</t>
+          <t>Toplu Masallar 2</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9771302861856</t>
+          <t>9786052318881</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 56</t>
+          <t>Bağımlılığın Diyalektiği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052318928</t>
+          <t>9786052318942</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarihin İzinde</t>
+          <t>Sakalsız Bir Oğlanın Özensiz Notları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052318911</t>
+          <t>9786052318966</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Majorana Kayıp</t>
+          <t>Toplu Masallar 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052318904</t>
+          <t>9771302861856</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Cinsiyeti</t>
+          <t>Praksis Sayı: 56</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052318898</t>
+          <t>9786052318928</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şer Zamanıydı</t>
+          <t>Saklı Tarihin İzinde</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052318874</t>
+          <t>9786052318911</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Emanet Emek</t>
+          <t>Majorana Kayıp</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052318850</t>
+          <t>9786052318904</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Kürt Milliyetçiliği</t>
+          <t>Eğitimin Cinsiyeti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052318867</t>
+          <t>9786052318898</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Kadın Yıldız Olmak</t>
+          <t>Şer Zamanıydı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9771302861855</t>
+          <t>9786052318874</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 55</t>
+          <t>Emanet Emek</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052318836</t>
+          <t>9786052318850</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kabil’li Meyve Satıcısı</t>
+          <t>Sürgünde Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052318829</t>
+          <t>9786052318867</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yılanla Beyaz Zambak</t>
+          <t>Türk Sinemasında Kadın Yıldız Olmak</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052318805</t>
+          <t>9771302861855</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Güncelliği - Lenin’le Tartışmalar - Örgütlenme ve Demokrasi</t>
+          <t>Praksis Sayı: 55</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052318812</t>
+          <t>9786052318836</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hastaneleri - Altı Kaval Üstü Şişhane</t>
+          <t>Kabil’li Meyve Satıcısı</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052318782</t>
+          <t>9786052318829</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Marx</t>
+          <t>Yeşil Yılanla Beyaz Zambak</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052318799</t>
+          <t>9786052318805</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Reform Ya Da Devrim Kitle Grevi, Parti ve Sendikalar Teori ve Pratik</t>
+          <t>Devrimin Güncelliği - Lenin’le Tartışmalar - Örgütlenme ve Demokrasi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052318621</t>
+          <t>9786052318812</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Durumu</t>
+          <t>Şehir Hastaneleri - Altı Kaval Üstü Şişhane</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052318683</t>
+          <t>9786052318782</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 3</t>
+          <t>Kafası Karışmışlar İçin Marx</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052318775</t>
+          <t>9786052318799</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Kılavuzu</t>
+          <t>Toplumsal Reform Ya Da Devrim Kitle Grevi, Parti ve Sendikalar Teori ve Pratik</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052318751</t>
+          <t>9786052318621</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Timisi Anlatıyor: Biz Varız Dün Bugün Yarın</t>
+          <t>Kadınlık Durumu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052318768</t>
+          <t>9786052318683</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ofsayt</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 3</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9771302861854</t>
+          <t>9786052318775</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 54</t>
+          <t>Marksizm Kılavuzu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052318744</t>
+          <t>9786052318751</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bakım Manifestosu</t>
+          <t>Mustafa Timisi Anlatıyor: Biz Varız Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052318720</t>
+          <t>9786052318768</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz</t>
+          <t>Ofsayt</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052318676</t>
+          <t>9771302861854</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 2</t>
+          <t>Praksis Sayı: 54</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052318737</t>
+          <t>9786052318744</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Maraş Katliamı</t>
+          <t>Bakım Manifestosu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052318713</t>
+          <t>9786052318720</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Musibet</t>
+          <t>Karadeniz</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9771302861853</t>
+          <t>9786052318676</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 53</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 2</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052318706</t>
+          <t>9786052318737</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Aleviler ve Sosyalistler, Sosyalistler ve Aleviler</t>
+          <t>Maraş Katliamı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052318645</t>
+          <t>9786052318713</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Avı</t>
+          <t>Bir Musibet</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052318669</t>
+          <t>9771302861853</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794</t>
+          <t>Praksis Sayı: 53</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052318690</t>
+          <t>9786052318706</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevdim</t>
+          <t>Aleviler ve Sosyalistler, Sosyalistler ve Aleviler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052318614</t>
+          <t>9786052318645</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Hafıza Kitabı</t>
+          <t>Sürgün Avı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052318591</t>
+          <t>9786052318669</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Anneme Masallar</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052318560</t>
+          <t>9786052318690</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hiper-Kapitalizm</t>
+          <t>Hayatı Sevdim</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052318607</t>
+          <t>9786052318614</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ütopia</t>
+          <t>Kolektif Hafıza Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052318577</t>
+          <t>9786052318591</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Louise</t>
+          <t>Anneme Masallar</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9771302861852</t>
+          <t>9786052318560</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 52</t>
+          <t>Hiper-Kapitalizm</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052318522</t>
+          <t>9786052318607</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öyküleri</t>
+          <t>Ütopia</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052318515</t>
+          <t>9786052318577</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Derve</t>
+          <t>Louise</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052318553</t>
+          <t>9771302861852</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Rivayetler</t>
+          <t>Praksis Sayı: 52</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052318539</t>
+          <t>9786052318522</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Aleviler'de Bildirir: Alevi Bildirilerinde Devlete Kaçış 1963 - 2017</t>
+          <t>Kadın Öyküleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052318508</t>
+          <t>9786052318515</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Ülke</t>
+          <t>Derve</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9771302861851</t>
+          <t>9786052318553</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 51</t>
+          <t>Sessiz Rivayetler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052318478</t>
+          <t>9786052318539</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Leylan</t>
+          <t>Aleviler'de Bildirir: Alevi Bildirilerinde Devlete Kaçış 1963 - 2017</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052318485</t>
+          <t>9786052318508</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Buluşuruz</t>
+          <t>Yarınsız Ülke</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052318492</t>
+          <t>9771302861851</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Beden Emek Tarih</t>
+          <t>Praksis Sayı: 51</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052318454</t>
+          <t>9786052318478</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Siyah İktidarı</t>
+          <t>Leylan</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052318461</t>
+          <t>9786052318485</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Devletsiz Bir Ulusun Sineması</t>
+          <t>Şafakta Buluşuruz</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9771302861850</t>
+          <t>9786052318492</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 50</t>
+          <t>Beden Emek Tarih</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052318447</t>
+          <t>9786052318454</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Değişen Bir Şey Yok</t>
+          <t>Siyah İktidarı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052318430</t>
+          <t>9786052318461</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Luz</t>
+          <t>Devletsiz Bir Ulusun Sineması</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052318423</t>
+          <t>9771302861850</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sırr-ı Müphem</t>
+          <t>Praksis Sayı: 50</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052318409</t>
+          <t>9786052318447</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Oko</t>
+          <t>Değişen Bir Şey Yok</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052318416</t>
+          <t>9786052318430</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Barış</t>
+          <t>Benim Adım Luz</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052318386</t>
+          <t>9786052318423</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Haiti Devrimi</t>
+          <t>Sırr-ı Müphem</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052318393</t>
+          <t>9786052318409</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'ten Adorno'ya Felsefe</t>
+          <t>Oko</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9771302861849</t>
+          <t>9786052318416</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 49</t>
+          <t>Toplumsal Cinsiyet ve Barış</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052318379</t>
+          <t>9786052318386</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'da Sinema ve Toplumsal Değişim</t>
+          <t>Haiti Devrimi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052318362</t>
+          <t>9786052318393</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Açların Şöleni</t>
+          <t>Sokrates'ten Adorno'ya Felsefe</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052318355</t>
+          <t>9771302861849</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Merkez Komitesinde Cinayet</t>
+          <t>Praksis Sayı: 49</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052318348</t>
+          <t>9786052318379</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kentin Suretleri</t>
+          <t>Latin Amerika'da Sinema ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052318324</t>
+          <t>9786052318362</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Dil Hakkı</t>
+          <t>Açların Şöleni</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052318331</t>
+          <t>9786052318355</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Not Defteri</t>
+          <t>Merkez Komitesinde Cinayet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052318225</t>
+          <t>9786052318348</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Artçı Şok</t>
+          <t>Kentin Suretleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052318294</t>
+          <t>9786052318324</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Siren Sesleri</t>
+          <t>Dil Hakkı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052318317</t>
+          <t>9786052318331</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Lamekandan Cihana Göç Kimlik Alevilik</t>
+          <t>Genç Bir Doktorun Not Defteri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9771302861848</t>
+          <t>9786052318225</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 48</t>
+          <t>Artçı Şok</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9771302861847</t>
+          <t>9786052318294</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 47</t>
+          <t>Sokakta Siren Sesleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052318270</t>
+          <t>9786052318317</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sevdaların Yangınından Geçtik</t>
+          <t>Lamekandan Cihana Göç Kimlik Alevilik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052318287</t>
+          <t>9771302861848</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatın Gözdesi</t>
+          <t>Praksis Sayı: 48</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052318263</t>
+          <t>9771302861847</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Yazıları</t>
+          <t>Praksis Sayı: 47</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052318249</t>
+          <t>9786052318270</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Seksiyon</t>
+          <t>Sevdaların Yangınından Geçtik</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052318232</t>
+          <t>9786052318287</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kürt Siyasetinin Mor Rengi</t>
+          <t>Teşkilatın Gözdesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052318218</t>
+          <t>9786052318263</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Toprak</t>
+          <t>Feminizm Yazıları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052318195</t>
+          <t>9786052318249</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Devrim Öyküleri</t>
+          <t>Seksiyon</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052318041</t>
+          <t>9786052318232</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Kürt Siyasetinin Mor Rengi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052318188</t>
+          <t>9786052318218</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Halkları ve Kültürleri</t>
+          <t>Soğuk Toprak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>355</v>
+        <v>330</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052318201</t>
+          <t>9786052318195</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Üç Kırık Dal</t>
+          <t>Devrim Öyküleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052318140</t>
+          <t>9786052318041</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>O Sesler</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052318171</t>
+          <t>9786052318188</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Darına Durmak - Alevilikte Kadın</t>
+          <t>Ortadoğu Halkları ve Kültürleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052318164</t>
+          <t>9786052318201</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmlerin Sosyolojisi</t>
+          <t>Üç Kırık Dal</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052318126</t>
+          <t>9786052318140</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Behice Boran Kitabı (Ciltli)</t>
+          <t>O Sesler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>510</v>
+        <v>125</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052318133</t>
+          <t>9786052318171</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Firar</t>
+          <t>Hakikatin Darına Durmak - Alevilikte Kadın</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054878994</t>
+          <t>9786052318164</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzler</t>
+          <t>Emperyalizmlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052318034</t>
+          <t>9786052318126</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Behice Boran Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>100</v>
+        <v>510</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054878963</t>
+          <t>9786052318133</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bizimle Konuşan Öyküler</t>
+          <t>Firar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052318010</t>
+          <t>9786054878994</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Düzenekleri</t>
+          <t>Mülksüzler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9771302861846</t>
+          <t>9786052318034</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 46</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052318119</t>
+          <t>9786054878963</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Sonu</t>
+          <t>Bizimle Konuşan Öyküler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052318096</t>
+          <t>9786052318010</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Radikal Düşünürlerin Gözünden Şiddetin Eleştirel Tarihi</t>
+          <t>Siyasalın Düzenekleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052318102</t>
+          <t>9771302861846</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin Kitabı</t>
+          <t>Praksis Sayı: 46</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>470</v>
+        <v>90</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052318065</t>
+          <t>9786052318119</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>İnsan Haklarının Sonu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052318058</t>
+          <t>9786052318096</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Radikal Düşünürlerin Gözünden Şiddetin Eleştirel Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9771302861844</t>
+          <t>9786052318102</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 44-45</t>
+          <t>Walter Benjamin Kitabı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>90</v>
+        <v>470</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052318072</t>
+          <t>9786052318065</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukukunun Temelleri</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052318089</t>
+          <t>9786052318058</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türklük Sözleşmesi</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052318027</t>
+          <t>9771302861844</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kocaeli Dayanışma Akademisi’nin İlk Uzun Yılı</t>
+          <t>Praksis Sayı: 44-45</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052318003</t>
+          <t>9786052318072</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Seher</t>
+          <t>Kamu Hukukunun Temelleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054878956</t>
+          <t>9786052318089</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoriye Giriş</t>
+          <t>Türklük Sözleşmesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054878970</t>
+          <t>9786052318027</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Kocaeli Dayanışma Akademisi’nin İlk Uzun Yılı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054878932</t>
+          <t>9786052318003</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Seher</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054878949</t>
+          <t>9786054878956</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ustalardan Gerilim Öyküleri</t>
+          <t>Çağdaş Sosyal Teoriye Giriş</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9771302861843</t>
+          <t>9786054878970</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 43</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054878918</t>
+          <t>9786054878932</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Denizdir İçimiz</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054878925</t>
+          <t>9786054878949</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Daha Dinmiş Değil Fırtına</t>
+          <t>Büyük Ustalardan Gerilim Öyküleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054878864</t>
+          <t>9771302861843</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Toplumsala Bakmak</t>
+          <t>Praksis Sayı: 43</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054878895</t>
+          <t>9786054878918</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>92. Gün</t>
+          <t>Fırtınalı Bir Denizdir İçimiz</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054878840</t>
+          <t>9786054878925</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Bilimin Işığında Eleştirel Düşünme Kılavuzu</t>
+          <t>Daha Dinmiş Değil Fırtına</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054878888</t>
+          <t>9786054878864</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyuda Tufan</t>
+          <t>Toplumsala Bakmak</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>3990000059081</t>
+          <t>9786054878895</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2017/1</t>
+          <t>92. Gün</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054878796</t>
+          <t>9786054878840</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Aklın ve Bilimin Işığında Eleştirel Düşünme Kılavuzu</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054878826</t>
+          <t>9786054878888</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ötekileştirmeyen Masallar</t>
+          <t>Kör Kuyuda Tufan</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054878833</t>
+          <t>3990000059081</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dil</t>
+          <t>SineCine Sayı 2017/1</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054878819</t>
+          <t>9786054878796</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Hep Vardı</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054878789</t>
+          <t>9786054878826</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Ötekileştirmeyen Masallar</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054878802</t>
+          <t>9786054878833</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yapılar Sistemler Süreçler</t>
+          <t>Kayıp Dil</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054878772</t>
+          <t>9786054878819</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Emekçi Çocuklarına Hikayeler</t>
+          <t>Kadınlar Hep Vardı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054878741</t>
+          <t>9786054878789</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kıvılcımlı Kitabı</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054878765</t>
+          <t>9786054878802</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran İnsanlık</t>
+          <t>Yapılar Sistemler Süreçler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054878758</t>
+          <t>9786054878772</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yöntemin İzinde</t>
+          <t>Emekçi Çocuklarına Hikayeler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9771312861842</t>
+          <t>9786054878741</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 42</t>
+          <t>Hikmet Kıvılcımlı Kitabı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054878291</t>
+          <t>9786054878765</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tarih Olarak Teori</t>
+          <t>Kıyıya Vuran İnsanlık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054878727</t>
+          <t>9786054878758</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yöntem</t>
+          <t>Bilimsel Yöntemin İzinde</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054878734</t>
+          <t>9771312861842</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Praksis Sayı: 42</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>3990000077789</t>
+          <t>9786054878291</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2016/2</t>
+          <t>Tarih Olarak Teori</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054878710</t>
+          <t>9786054878727</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Maceramız</t>
+          <t>Bilimsel Yöntem</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054878703</t>
+          <t>9786054878734</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi'nin Sosyalist Tarihi</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054878680</t>
+          <t>3990000077789</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesi Kılavuzu</t>
+          <t>SineCine Sayı 2016/2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>490</v>
+        <v>50</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054878659</t>
+          <t>9786054878710</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kurama Giriş</t>
+          <t>Yeraltı Maceramız</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054878666</t>
+          <t>9786054878703</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Öteki Olarak Ölmek</t>
+          <t>Fransız Devrimi'nin Sosyalist Tarihi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9771312861836</t>
+          <t>9786054878680</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 41</t>
+          <t>Çağdaş Siyaset Felsefesi Kılavuzu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054878642</t>
+          <t>9786054878659</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kendini Anlatıyor</t>
+          <t>Kültürel Kurama Giriş</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054878635</t>
+          <t>9786054878666</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kendini Anlatıyor</t>
+          <t>Öteki Olarak Ölmek</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054878628</t>
+          <t>9771312861836</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İsyan, Şiddet, Yas</t>
+          <t>Praksis Sayı: 41</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054412976</t>
+          <t>9786054878642</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sosyal Hizmeti Anlamak</t>
+          <t>Kurtuluş Kendini Anlatıyor</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054412969</t>
+          <t>9786054878635</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji ve Modern Kültür: Kitle İletişim Çağında Eleştirel Toplum</t>
+          <t>Kurtuluş Kendini Anlatıyor</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054878512</t>
+          <t>9786054878628</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bülent Uluer Anlatıyor - Çerkesim Türküm Kürdüm Sosyalistim</t>
+          <t>İsyan, Şiddet, Yas</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054878475</t>
+          <t>9786054412976</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İsyandan İnşaya</t>
+          <t>Kuram ve Uygulamada Sosyal Hizmeti Anlamak</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054878277</t>
+          <t>9786054412969</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Marksist İktisat Kılavuzu (Ciltli)</t>
+          <t>İdeoloji ve Modern Kültür: Kitle İletişim Çağında Eleştirel Toplum</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000029197</t>
+          <t>9786054878512</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı: 2015/2</t>
+          <t>Bülent Uluer Anlatıyor - Çerkesim Türküm Kürdüm Sosyalistim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054878468</t>
+          <t>9786054878475</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yöntembilim Üzerine Antropolojik Okumalar</t>
+          <t>İsyandan İnşaya</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9771302861839</t>
+          <t>9786054878277</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 39</t>
+          <t>Marksist İktisat Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054878499</t>
+          <t>3990000029197</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Halita - Alloy (Ciltli)</t>
+          <t>SineCine Sayı: 2015/2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9771302861838</t>
+          <t>9786054878468</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 38</t>
+          <t>Yöntembilim Üzerine Antropolojik Okumalar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054878307</t>
+          <t>9771302861839</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Marx'tan Bugüne Solun Tarihi</t>
+          <t>Praksis Sayı: 39</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054878321</t>
+          <t>9786054878499</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Feminizm ve Queer Kuram</t>
+          <t>Halita - Alloy (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9771302861837</t>
+          <t>9771302861838</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 37</t>
+          <t>Praksis Sayı: 38</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759051365</t>
+          <t>9786054878307</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Serancamı</t>
+          <t>Marx'tan Bugüne Solun Tarihi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054878130</t>
+          <t>9786054878321</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Kürtler</t>
+          <t>Feminizm ve Queer Kuram</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054878369</t>
+          <t>9771302861837</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kat Yerin Altından Uğultular Geliyor</t>
+          <t>Praksis Sayı: 37</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054878253</t>
+          <t>9789759051365</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık Nedir, Ne Değildir?</t>
+          <t>Ailenin Serancamı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3990000027131</t>
+          <t>9786054878130</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı: 2015/1</t>
+          <t>Osmanlı'dan Günümüze Kürtler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9771312861835</t>
+          <t>9786054878369</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 35 - 36</t>
+          <t>Yedi Kat Yerin Altından Uğultular Geliyor</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>3990000017785</t>
+          <t>9786054878253</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2014/2</t>
+          <t>Akrabalık Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054878598</t>
+          <t>3990000027131</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Tartışmaları</t>
+          <t>SineCine Sayı: 2015/1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054878239</t>
+          <t>9771312861835</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Solu Kitabı: 2</t>
+          <t>Praksis Sayı: 35 - 36</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054878215</t>
+          <t>3990000017785</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Karadenizin Zemheri Çocukları</t>
+          <t>Sinecine Sayı: 2014/2</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054412747</t>
+          <t>9786054878598</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Minerva’nın Baykuşu</t>
+          <t>Toplumsal Cinsiyet Tartışmaları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759051921</t>
+          <t>9786054878239</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tanık ve Arşiv</t>
+          <t>Türkiye Sosyalist Solu Kitabı: 2</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054412341</t>
+          <t>9786054878215</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Okullar</t>
+          <t>Karadenizin Zemheri Çocukları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054878208</t>
+          <t>9786054412747</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yine Kazacağız, Yine Kaçacağız!</t>
+          <t>Minerva’nın Baykuşu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9771302861840</t>
+          <t>9789759051921</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 40</t>
+          <t>Tanık ve Arşiv</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054878581</t>
+          <t>9786054412341</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Demokratik Okullar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052318584</t>
+          <t>9786054878208</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Madun Konuşabilir mi?</t>
+          <t>Yine Kazacağız, Yine Kaçacağız!</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054412242</t>
+          <t>9771302861840</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Marksist İktisat Kılavuzu</t>
+          <t>Praksis Sayı: 40</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054878550</t>
+          <t>9786054878581</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Feminist Güzergah</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054878192</t>
+          <t>9786052318584</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bir Olmadan Biz Olmak</t>
+          <t>Madun Konuşabilir mi?</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>410</v>
+        <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054878154</t>
+          <t>9786054412242</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kadın Antropolojisi</t>
+          <t>Marksist İktisat Kılavuzu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054878574</t>
+          <t>9786054878550</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Rasta ve Direniş</t>
+          <t>Feminist Güzergah</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>3990000018117</t>
+          <t>9786054878192</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2013/1</t>
+          <t>Bir Olmadan Biz Olmak</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>50</v>
+        <v>410</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9771312861831</t>
+          <t>9786054878154</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Praksis Gezi Özel Sayı Ağustos 2013</t>
+          <t>Kadın Antropolojisi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054878161</t>
+          <t>9786054878574</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kavimkırım İkliminde Aleviler</t>
+          <t>Rasta ve Direniş</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054878123</t>
+          <t>3990000018117</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Sosyalist Solu Kitabı</t>
+          <t>Sinecine Sayı: 2013/1</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>410</v>
+        <v>50</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789759051785</t>
+          <t>9771312861831</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa Masalları</t>
+          <t>Praksis Gezi Özel Sayı Ağustos 2013</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054412617</t>
+          <t>9786054878161</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Devletin Antropolojisi</t>
+          <t>Kavimkırım İkliminde Aleviler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054878109</t>
+          <t>9786054878123</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Belleği</t>
+          <t>Kürdistan Sosyalist Solu Kitabı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054878116</t>
+          <t>9789759051785</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ritüel, Tarih, İktidar</t>
+          <t>Doğu Avrupa Masalları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054412686</t>
+          <t>9786054412617</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Poulantzas Kitabı</t>
+          <t>Devletin Antropolojisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054412587</t>
+          <t>9786054878109</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’ye Farklı Yaklaşımlar</t>
+          <t>Sokağın Belleği</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054878338</t>
+          <t>9786054878116</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Devrimci Paramaz</t>
+          <t>Ritüel, Tarih, İktidar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054878314</t>
+          <t>9786054412686</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Feminizm Sözlüğü</t>
+          <t>Poulantzas Kitabı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054878086</t>
+          <t>9786054412587</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Kölelik</t>
+          <t>Gramsci’ye Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054878079</t>
+          <t>9786054878338</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Formasyon, Sürgün, Totalitarizm</t>
+          <t>Ermeni Devrimci Paramaz</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054878185</t>
+          <t>9786054878314</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Siyah Bilinci</t>
+          <t>Eleştirel Feminizm Sözlüğü</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054878147</t>
+          <t>9786054878086</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Spartakistlerden İspanya İç Savaşına</t>
+          <t>Kapitalizm ve Kölelik</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9771312861833</t>
+          <t>9786054878079</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 33</t>
+          <t>Formasyon, Sürgün, Totalitarizm</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054878062</t>
+          <t>9786054878185</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bakunin Kitabı</t>
+          <t>Siyah Bilinci</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054878055</t>
+          <t>9786054878147</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Modern Prens</t>
+          <t>Spartakistlerden İspanya İç Savaşına</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9771312861834</t>
+          <t>9771312861833</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 34</t>
+          <t>Praksis Sayı: 33</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054878178</t>
+          <t>9786054878062</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Pratiğin Aklı Teorinin Heyecanı</t>
+          <t>Bakunin Kitabı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054878413</t>
+          <t>9786054878055</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Siyaset Teorisi</t>
+          <t>Modern Prens</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054412266</t>
+          <t>9771312861834</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Seçme Öyküler 2</t>
+          <t>Praksis Sayı: 34</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054412235</t>
+          <t>9786054878178</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Seçme Öyküler - 1</t>
+          <t>Pratiğin Aklı Teorinin Heyecanı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789759051587</t>
+          <t>9786054878413</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Devlet ve Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054878024</t>
+          <t>9786054412266</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Emek Piyasaları</t>
+          <t>Çocuklar İçin Seçme Öyküler 2</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>3990000015694</t>
+          <t>9786054412235</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2011/2</t>
+          <t>Çocuklar İçin Seçme Öyküler - 1</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054412990</t>
+          <t>9789759051587</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Solu Kitabı 1</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789759051655</t>
+          <t>9786054878024</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Balkan Masalları</t>
+          <t>Emek Piyasaları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054412389</t>
+          <t>3990000015694</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Asi Çocuklara Öyküler</t>
+          <t>Sinecine Sayı: 2011/2</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054412624</t>
+          <t>9786054412990</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Türkiye Sosyalist Solu Kitabı 1</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789759051778</t>
+          <t>9789759051655</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Balkan Masalları</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789759051976</t>
+          <t>9786054412389</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yunan Masalları</t>
+          <t>Asi Çocuklara Öyküler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054412549</t>
+          <t>9786054412624</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Yoksulları Ne Yapmalı?</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759051969</t>
+          <t>9789759051778</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmamış Sayılan Anılar</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759051907</t>
+          <t>9789759051976</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Politik</t>
+          <t>Yunan Masalları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789759051648</t>
+          <t>9786054412549</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Büyümenin Ekonomi Politiği</t>
+          <t>Yoksulları Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054412198</t>
+          <t>9789759051969</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tören, Simge, Siyaset</t>
+          <t>Yaşanmamış Sayılan Anılar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789759051990</t>
+          <t>9789759051907</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>THKP-C’den Kurtuluş’a Mücadele Hayatım</t>
+          <t>Yabancı Politik</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789759051822</t>
+          <t>9789759051648</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kültürel Antropoloji</t>
+          <t>Türkiye’de Büyümenin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054412884</t>
+          <t>9786054412198</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Ötesi</t>
+          <t>Tören, Simge, Siyaset</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054412792</t>
+          <t>9789759051990</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sınıf, Kültür ve Bilinç</t>
+          <t>THKP-C’den Kurtuluş’a Mücadele Hayatım</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054412761</t>
+          <t>9789759051822</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Seçme Metinlerle Rönesans Filozofları</t>
+          <t>Tarihsel Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789759051617</t>
+          <t>9786054412884</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Sivil Toplum ve Ötesi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054412471</t>
+          <t>9786054412792</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Rootabaga Öyküleri</t>
+          <t>Sınıf, Kültür ve Bilinç</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9771312861830</t>
+          <t>9786054412761</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 30 - 31</t>
+          <t>Seçme Metinlerle Rönesans Filozofları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9771312861829</t>
+          <t>9789759051617</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 29</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9771302861124</t>
+          <t>9786054412471</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 24</t>
+          <t>Rootabaga Öyküleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9771302861123</t>
+          <t>9771312861830</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 23</t>
+          <t>Praksis Sayı: 30 - 31</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9771302861122</t>
+          <t>9771312861829</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 22</t>
+          <t>Praksis Sayı: 29</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9771302861121</t>
+          <t>9771302861124</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 21</t>
+          <t>Praksis Sayı: 24</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9771302861118</t>
+          <t>9771302861123</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 18</t>
+          <t>Praksis Sayı: 23</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9771302861117</t>
+          <t>9771302861122</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 17</t>
+          <t>Praksis Sayı: 22</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9771302861115</t>
+          <t>9771302861121</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 15</t>
+          <t>Praksis Sayı: 21</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9771302861112</t>
+          <t>9771302861118</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 12</t>
+          <t>Praksis Sayı: 18</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9771302861111</t>
+          <t>9771302861117</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 11</t>
+          <t>Praksis Sayı: 17</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789759051891</t>
+          <t>9771302861115</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Pedagoji ve Devrim</t>
+          <t>Praksis Sayı: 15</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054412594</t>
+          <t>9771302861112</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Özgürleştiren Praksis</t>
+          <t>Praksis Sayı: 12</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054412372</t>
+          <t>9771302861111</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>Praksis Sayı: 11</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789759051594</t>
+          <t>9789759051891</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Masalları</t>
+          <t>Pedagoji ve Devrim</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054412204</t>
+          <t>9786054412594</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Marksizmden Post-Marksizme</t>
+          <t>Özgürleştiren Praksis</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789759051174</t>
+          <t>9786054412372</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Lenin Dönemi ya da Mutlaka Okunması Gereken Alıntılar Kitabı</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054412631</t>
+          <t>9789759051594</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Yerli Hareketleri</t>
+          <t>Ortadoğu Masalları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789759051624</t>
+          <t>9786054412204</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Masalları</t>
+          <t>Marksizmden Post-Marksizme</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054412815</t>
+          <t>9789759051174</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerde Değişim ve Milliyetçilik</t>
+          <t>Lenin Dönemi ya da Mutlaka Okunması Gereken Alıntılar Kitabı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054412433</t>
+          <t>9786054412631</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kimliğinin Oluşum Süreci</t>
+          <t>Latin Amerika’da Yerli Hareketleri</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789759051723</t>
+          <t>9789759051624</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs’ta Medya ve Temsil</t>
+          <t>Latin Amerika Masalları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789759051815</t>
+          <t>9786054412815</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Masalları</t>
+          <t>Kürtlerde Değişim ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054412563</t>
+          <t>9786054412433</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Köylü İsyanlarından Fransız Devrimine</t>
+          <t>Kürt Kimliğinin Oluşum Süreci</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054412778</t>
+          <t>9789759051723</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Kuzey Kıbrıs’ta Medya ve Temsil</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789759051006</t>
+          <t>9789759051815</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kitapta Kurutulmuş Çiçekler Ya da Sözlü Kültür Üzerine Düşünmek</t>
+          <t>Kuzey Amerika Masalları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054878444</t>
+          <t>9786054412563</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İttihat Terakki ve Kürtler</t>
+          <t>Köylü İsyanlarından Fransız Devrimine</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789759051808</t>
+          <t>9786054412778</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Masalları</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054412457</t>
+          <t>9789759051006</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Kitapta Kurutulmuş Çiçekler Ya da Sözlü Kültür Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789759051662</t>
+          <t>9786054878444</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İktidarın İdeolojisi İdeolojinin İktidarı</t>
+          <t>İttihat Terakki ve Kürtler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759051372</t>
+          <t>9789759051808</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İkazcı Mehmet Şükrü</t>
+          <t>İskandinav Masalları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789759051600</t>
+          <t>9786054412457</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054412532</t>
+          <t>9789759051662</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hattın Dört Yanında Cemilpaşazadeler</t>
+          <t>İktidarın İdeolojisi İdeolojinin İktidarı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786054412402</t>
+          <t>9789759051372</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Şiddet ve Savaş</t>
+          <t>İkazcı Mehmet Şükrü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054412877</t>
+          <t>9789759051600</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Masalları / Çiroken Qozeqere</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054412679</t>
+          <t>9786054412532</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminden İkinci Enternasyonale</t>
+          <t>Hattın Dört Yanında Cemilpaşazadeler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789759051433</t>
+          <t>9786054412402</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Film Eleştirisi El Kitabı</t>
+          <t>Güvenlik Şiddet ve Savaş</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054412020</t>
+          <t>9786054412877</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Kıyılarından</t>
+          <t>Gökkuşağı Masalları / Çiroken Qozeqere</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054412570</t>
+          <t>9786054412679</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Dokunsan Kırılan Dokunmasan Kuruyan İnsanlar</t>
+          <t>Fransız Devriminden İkinci Enternasyonale</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054412846</t>
+          <t>9789759051433</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik, Şiddet ve Hukuk</t>
+          <t>Film Eleştirisi El Kitabı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054412662</t>
+          <t>9786054412020</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sınavlar Yaşanmayan Hayatlar</t>
+          <t>Ege Denizi Kıyılarından</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054878536</t>
+          <t>9786054412570</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Piyasanın Ucubeleri</t>
+          <t>Dokunsan Kırılan Dokunmasan Kuruyan İnsanlar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054878529</t>
+          <t>9786054412846</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Antropolojiye Giriş</t>
+          <t>Cinsellik, Şiddet ve Hukuk</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054412860</t>
+          <t>9786054412662</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kürt Ulusal Hareketi</t>
+          <t>Bitmeyen Sınavlar Yaşanmayan Hayatlar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054412167</t>
+          <t>9786054878536</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Neo-Liberal Tezahürler</t>
+          <t>Piyasanın Ucubeleri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054412488</t>
+          <t>9786054878529</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Namus, Töre ve İktidar</t>
+          <t>Antropolojiye Giriş</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786054878604</t>
+          <t>9786054412860</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solundan Portreler</t>
+          <t>Türkiye’de Kürt Ulusal Hareketi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>3990000040341</t>
+          <t>9786054412167</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2016/1</t>
+          <t>Neo-Liberal Tezahürler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054412945</t>
+          <t>9786054412488</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyaların Antropolojisi</t>
+          <t>Namus, Töre ve İktidar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054412952</t>
+          <t>9786054878604</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Hukuk</t>
+          <t>Türkiye Solundan Portreler</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
+          <t>3990000040341</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>SineCine Sayı 2016/1</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054412945</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Dünyaların Antropolojisi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786054412952</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Marksizm ve Hukuk</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
           <t>9786054878000</t>
         </is>
       </c>
-      <c r="B517" s="1" t="inlineStr">
+      <c r="B520" s="1" t="inlineStr">
         <is>
           <t>İsyanın İzinde</t>
         </is>
       </c>
-      <c r="C517" s="1">
+      <c r="C520" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>