--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,7825 +85,7930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256742437</t>
+          <t>9771302861870</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Geç Faşizm</t>
+          <t>Praksis Sayı: 70</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057414311</t>
+          <t>9786256742468</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’ne Bakış</t>
+          <t>Kar Suyu Gibi Akar Gideriz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256742420</t>
+          <t>9786256742475</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Özne - Yapı Gerilimi</t>
+          <t>İnsan Kendini Nasıl Yarattı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256742352</t>
+          <t>9786256742369</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Belleği</t>
+          <t>Yükünü Atmış Bedenler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9771302861869</t>
+          <t>9786256742413</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 69</t>
+          <t>Egemenin Mührü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9771309583068</t>
+          <t>9786054878260</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2015/1</t>
+          <t>Kardeşim Hepsi Hikaye!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256742383</t>
+          <t>9786054412518</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Payandaları - Hortlaklar</t>
+          <t>İngiliz Belgelerinde Kürdistan 1918 - 1958</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256742376</t>
+          <t>9786256742437</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmışlar Bahçesi’nde Şenlik</t>
+          <t>Geç Faşizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256742345</t>
+          <t>9786057414311</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Heval, Sen Daha Özgürleşmedin mi?</t>
+          <t>Fransız Devrimi’ne Bakış</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256742321</t>
+          <t>9786256742420</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeciliğin Kutsal Şemsiyesi: Din</t>
+          <t>Özne - Yapı Gerilimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000029217</t>
+          <t>9786256742352</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2017/2</t>
+          <t>Geleceğin Belleği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9771302861868</t>
+          <t>9771302861869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 68</t>
+          <t>Praksis Sayı: 69</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256742338</t>
+          <t>9771309583068</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Gulliver</t>
+          <t>Sinecine Sayı: 2015/1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054878406</t>
+          <t>9786256742383</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Afrika’yı Nasıl Geri Bıraktı</t>
+          <t>Toplumun Payandaları - Hortlaklar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>495</v>
+        <v>270</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054412105</t>
+          <t>9786256742376</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gramsci Kitabı</t>
+          <t>Sarsılmışlar Bahçesi’nde Şenlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054412419</t>
+          <t>9786256742345</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ataerki ve Birikim</t>
+          <t>Heval, Sen Daha Özgürleşmedin mi?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256742314</t>
+          <t>9786256742321</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Jin Jiyan Azadî - Kadın Yaşam Özgürlük</t>
+          <t>Sömürgeciliğin Kutsal Şemsiyesi: Din</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256742307</t>
+          <t>3990000029217</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aklın Tutulması ve Deri Dönüşü</t>
+          <t>SineCine Sayı 2017/2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256742291</t>
+          <t>9771302861868</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Koçgiri Tarihi (Ciltli)</t>
+          <t>Praksis Sayı: 68</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256742284</t>
+          <t>9786256742338</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Jamal</t>
+          <t>Yoldaş Gulliver</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256742277</t>
+          <t>9786054878406</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aleviler ve Cumhuriyet</t>
+          <t>Avrupa Afrika’yı Nasıl Geri Bıraktı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>410</v>
+        <v>520</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256742208</t>
+          <t>9786054412105</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Defile</t>
+          <t>Gramsci Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256742260</t>
+          <t>9786054412419</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bu Devrimden Bir Teslim Töre Geçti</t>
+          <t>Ataerki ve Birikim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054878857</t>
+          <t>9786256742314</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fanon Kitabı: Seçme Yazılar</t>
+          <t>Jin Jiyan Azadî - Kadın Yaşam Özgürlük</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256742253</t>
+          <t>9786256742307</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Encam</t>
+          <t>Aklın Tutulması ve Deri Dönüşü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256742215</t>
+          <t>9786256742291</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar</t>
+          <t>Koçgiri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>875</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256742246</t>
+          <t>9786256742284</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihinin Unutturulmuş Bir Sayfası: Abdürrezzak Bedirhan</t>
+          <t>Jamal</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256742185</t>
+          <t>9786256742277</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrim Yolcusu</t>
+          <t>Aleviler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9771302861866</t>
+          <t>9786256742208</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 66</t>
+          <t>Son Defile</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000001974</t>
+          <t>9786256742260</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 59</t>
+          <t>Bu Devrimden Bir Teslim Töre Geçti</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054412143</t>
+          <t>9786054878857</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cizre-Bohtan Beyi Bedirhan</t>
+          <t>Fanon Kitabı: Seçme Yazılar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256742192</t>
+          <t>9786256742253</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ela Rosa</t>
+          <t>Encam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256742017</t>
+          <t>9786256742215</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyeti Queerleştirmek</t>
+          <t>Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054878543</t>
+          <t>9786256742246</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Patriyarka Kuramı</t>
+          <t>Kürt Tarihinin Unutturulmuş Bir Sayfası: Abdürrezzak Bedirhan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054878383</t>
+          <t>9786256742185</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Devrimi</t>
+          <t>Bir Devrim Yolcusu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052318256</t>
+          <t>9771302861866</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sinema Toplum Siyaset</t>
+          <t>Praksis Sayı: 66</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054412327</t>
+          <t>4440000001974</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler Susuz da Yaşar</t>
+          <t>Praksis Sayı: 59</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>440</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256742178</t>
+          <t>9786054412143</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Toplumsal Kurumlar ve İktidar</t>
+          <t>Cizre-Bohtan Beyi Bedirhan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256742161</t>
+          <t>9786256742192</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Fırtına</t>
+          <t>Ela Rosa</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256742154</t>
+          <t>9786256742017</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Davacıyım</t>
+          <t>Cinsiyeti Queerleştirmek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256742123</t>
+          <t>9786054878543</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Gölge</t>
+          <t>Patriyarka Kuramı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256742147</t>
+          <t>9786054878383</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sıfıra Yükselmek</t>
+          <t>Geleceğin Devrimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9771302861865</t>
+          <t>9786052318256</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 65 - Kriz, Yoksulluk ve Kadın Emeği</t>
+          <t>Sinema Toplum Siyaset</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054878482</t>
+          <t>9786054412327</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Kısa Tarihi (Ciltli)</t>
+          <t>Kaktüsler Susuz da Yaşar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054412808</t>
+          <t>9786256742178</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cizre-Bohtan Beyi Bedirhan: Sürgün Yılları</t>
+          <t>Alevilikte Toplumsal Kurumlar ve İktidar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256742130</t>
+          <t>9786256742161</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Kumpas Davasının Anatomisi</t>
+          <t>Kızıl Fırtına</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256742062</t>
+          <t>9786256742154</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Özgür Düşüncenin Kısa Tarihi</t>
+          <t>Davacıyım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052318638</t>
+          <t>9786256742123</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fanon Barikatların Filozofu</t>
+          <t>Sis ve Gölge</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052318997</t>
+          <t>9786256742147</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Efsun</t>
+          <t>Sıfıra Yükselmek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256742093</t>
+          <t>9771302861865</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Alışın Her Yerdeyiz!</t>
+          <t>Praksis Sayı 65 - Kriz, Yoksulluk ve Kadın Emeği</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256742116</t>
+          <t>9786054878482</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arafta Düet</t>
+          <t>Modern Felsefenin Kısa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256742109</t>
+          <t>9786054412808</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm Kitabı</t>
+          <t>Cizre-Bohtan Beyi Bedirhan: Sürgün Yılları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256742079</t>
+          <t>9786256742130</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Seksin Antropolojisi</t>
+          <t>Bir Kumpas Davasının Anatomisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052318843</t>
+          <t>9786256742062</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yaşını Gösteren Kadınlar</t>
+          <t>Özgür Düşüncenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054878222</t>
+          <t>9786052318638</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve Sinema</t>
+          <t>Fanon Barikatların Filozofu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>24</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054412693</t>
+          <t>9786052318997</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rosa Luxemburg Kitabı: Seçme Yazılar</t>
+          <t>Efsun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054878390</t>
+          <t>9786256742093</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin 68’i</t>
+          <t>Alışın Her Yerdeyiz!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>430</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000098998</t>
+          <t>9786256742116</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2018/9</t>
+          <t>Arafta Düet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054878697</t>
+          <t>9786256742109</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Marx'ta Toplumsal Cinsiyet ve Aile</t>
+          <t>Hümanizm Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759051112</t>
+          <t>9786256742079</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zehir Ve Panzehir Kürt Sorunu: Faşizmin Şartı Kaç?</t>
+          <t>Seksin Antropolojisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>16.67</v>
+        <v>295</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759051730</t>
+          <t>9786052318843</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yumurta: Ruha Yolculuk</t>
+          <t>Yaşını Gösteren Kadınlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>4.63</v>
+        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759051457</t>
+          <t>9786054878222</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yoksul: Zeki Ökten</t>
+          <t>Postmodernizm ve Sinema</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14.81</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759051013</t>
+          <t>9786054412693</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Cinsiyet Kadınların Kentte Görünmez Varlığı</t>
+          <t>Rosa Luxemburg Kitabı: Seçme Yazılar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054412037</t>
+          <t>9786054878390</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yerdenize Yolculuk</t>
+          <t>Türkiye’nin 68’i</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759051402</t>
+          <t>3990000098998</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Çalışmaları</t>
+          <t>SineCine Sayı 2018/9</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759051761</t>
+          <t>9786054878697</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yapı Pratik Özne</t>
+          <t>Marx'ta Toplumsal Cinsiyet ve Aile</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759051549</t>
+          <t>9789759051112</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Cadı Avı</t>
+          <t>Zehir Ve Panzehir Kürt Sorunu: Faşizmin Şartı Kaç?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054412013</t>
+          <t>9789759051730</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Unutulması İstenen Yıllar</t>
+          <t>Yumurta: Ruha Yolculuk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>14.81</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054412006</t>
+          <t>9789759051457</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Umumi Müfettişler Toplantı Tutanakları - 1936</t>
+          <t>Yoksul: Zeki Ökten</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759051082</t>
+          <t>9789759051013</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sivil Hayat ve Demokrasi Sivil Toplum Sorunlarını Tartışıyor</t>
+          <t>Yerel Yönetimler ve Cinsiyet Kadınların Kentte Görünmez Varlığı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759051419</t>
+          <t>9786054412037</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalizmin Güncel Sorunları</t>
+          <t>Yerdenize Yolculuk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759051198</t>
+          <t>9789759051402</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kapitalizmin Gelişimi</t>
+          <t>Yeni Medya Çalışmaları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759051556</t>
+          <t>9789759051761</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Üzerine Yeni Perspektifler</t>
+          <t>Yapı Pratik Özne</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>2.78</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759051341</t>
+          <t>9789759051549</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Sosyoloji</t>
+          <t>Üniversitede Cadı Avı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054878437</t>
+          <t>9786054412013</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kültürel Antropoloji</t>
+          <t>Unutulması İstenen Yıllar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>46</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759051914</t>
+          <t>9786054412006</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Sınıflar ve Kent</t>
+          <t>Umumi Müfettişler Toplantı Tutanakları - 1936</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>24.07</v>
+        <v>475</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054412648</t>
+          <t>9789759051082</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Süngü ve Yara</t>
+          <t>Türkiye’de Sivil Hayat ve Demokrasi Sivil Toplum Sorunlarını Tartışıyor</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054412891</t>
+          <t>9789759051419</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Su, Sis ve Toprak</t>
+          <t>Türkiye’de Kapitalizmin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789759051518</t>
+          <t>9789759051198</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sözün Mülkiyeti</t>
+          <t>Türkiye’de Kapitalizmin Gelişimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759051143</t>
+          <t>9789759051556</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sizi Hiç Sevmiş miydim</t>
+          <t>Toplumsal Üzerine Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>6.48</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759051310</t>
+          <t>9789759051341</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi Yazıları</t>
+          <t>Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789759051037</t>
+          <t>9786054878437</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bir Sorun Olarak İslamcılık</t>
+          <t>Tarihsel Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>12.04</v>
+        <v>46</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759051532</t>
+          <t>9789759051914</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Adaleti</t>
+          <t>Tarih, Sınıflar ve Kent</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054412730</t>
+          <t>9786054412648</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - Ortadoğu, Afrika ve Okyanusya Masalları</t>
+          <t>Süngü ve Yara</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>14.81</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759051105</t>
+          <t>9786054412891</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tek Partili Dönemde Ankara Siyaset ve Yerel Demokrasi</t>
+          <t>Su, Sis ve Toprak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>21.3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054878611</t>
+          <t>9789759051518</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Sözün Mülkiyeti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>460</v>
+        <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000048614</t>
+          <t>9789759051143</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2011/1</t>
+          <t>Sizi Hiç Sevmiş miydim</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054878031</t>
+          <t>9789759051310</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kimi Başrol Kimi Karakter</t>
+          <t>Siyaset Sosyolojisi Yazıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>19.44</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054878451</t>
+          <t>9789759051037</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yeni Irkçılığın Kirli ötekileri Kürtler, Aleviler, Ermeniler</t>
+          <t>Siyasal Bir Sorun Olarak İslamcılık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054878048</t>
+          <t>9789759051532</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Film Kuramı</t>
+          <t>Sermayenin Adaleti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000002499</t>
+          <t>9786054412730</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2013/2</t>
+          <t>Seçme Dünya Masalları - Ortadoğu, Afrika ve Okyanusya Masalları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054878420</t>
+          <t>9789759051105</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Medyatikleşen Kültürler</t>
+          <t>Tek Partili Dönemde Ankara Siyaset ve Yerel Demokrasi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054878376</t>
+          <t>9786054878611</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Yazardan Aforizmalar</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>460</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054878284</t>
+          <t>3990000048614</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Sinecine Sayı: 2011/1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000015693</t>
+          <t>9786054878031</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2012/1</t>
+          <t>Kimi Başrol Kimi Karakter</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>5</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000015751</t>
+          <t>9786054878451</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2010/1</t>
+          <t>Yeni Irkçılığın Kirli ötekileri Kürtler, Aleviler, Ermeniler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9771309583013</t>
+          <t>9786054878048</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2010/2</t>
+          <t>Film Kuramı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054878352</t>
+          <t>3990000002499</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Toplumsal Cinsiyet</t>
+          <t>Sinecine Sayı: 2013/2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9771312861832</t>
+          <t>9786054878420</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 32</t>
+          <t>Medyatikleşen Kültürler</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054412983</t>
+          <t>9786054878376</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Tacizle Suçlanan Feminist</t>
+          <t>Üç Büyük Yazardan Aforizmalar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054878345</t>
+          <t>9786054878284</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Kitabı</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>510</v>
+        <v>570</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054878505</t>
+          <t>3990000015693</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Kaypakkaya Kitabı (Ciltli)</t>
+          <t>Sinecine Sayı: 2012/1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>45</v>
+        <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054412723</t>
+          <t>3990000015751</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - 3</t>
+          <t>Sinecine Sayı: 2010/1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>19.44</v>
+        <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054412709</t>
+          <t>9771309583013</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları - Avrupa Masalları</t>
+          <t>Sinecine Sayı: 2010/2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>18.52</v>
+        <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759051525</t>
+          <t>9786054878352</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Rus Devriminin Çöküş Nedenleri</t>
+          <t>Kent ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>7.41</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054412365</t>
+          <t>9771312861832</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sırları</t>
+          <t>Praksis Sayı: 32</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054412280</t>
+          <t>9786054412983</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Protezli Tanrı</t>
+          <t>Cinsel Tacizle Suçlanan Feminist</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9771302861106</t>
+          <t>9786054878345</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 6</t>
+          <t>Feminizm Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>13</v>
+        <v>580</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9771312861828</t>
+          <t>9786054878505</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 28</t>
+          <t>İbrahim Kaypakkaya Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9771302861827</t>
+          <t>9786054412723</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 27</t>
+          <t>Seçme Dünya Masalları - 3</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>4440000003146</t>
+          <t>9786054412709</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 26</t>
+          <t>Seçme Dünya Masalları - Avrupa Masalları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759051679</t>
+          <t>9789759051525</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türkiye Solu Sözlüğü</t>
+          <t>Rus Devriminin Çöküş Nedenleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759051334</t>
+          <t>9786054412365</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve Çocuk</t>
+          <t>Ruhun Sırları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054412303</t>
+          <t>9786054412280</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kağıtları Krallığı</t>
+          <t>Protezli Tanrı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>14</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054412822</t>
+          <t>9771302861106</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Noel Ağacı</t>
+          <t>Praksis Sayı: 6</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>6.48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789759051839</t>
+          <t>9771312861828</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nerelisin Kimlerdensin</t>
+          <t>Praksis Sayı: 28</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>4.63</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9771302861120</t>
+          <t>9771302861827</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 20</t>
+          <t>Praksis Sayı: 27</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759051303</t>
+          <t>4440000003146</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Amerikalılar</t>
+          <t>Praksis Sayı: 26</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2.78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000015723</t>
+          <t>9789759051679</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Militarizmin Cinsiyetçi Suretleri</t>
+          <t>Popüler Türkiye Solu Sözlüğü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>27</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759051495</t>
+          <t>9789759051334</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Medya, Popüler Kültür ve İdeoloji</t>
+          <t>Popüler Kültür ve Çocuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9771302861116</t>
+          <t>9786054412303</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 16</t>
+          <t>Oyun Kağıtları Krallığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9771302861113</t>
+          <t>9786054412822</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 13</t>
+          <t>Noel Ağacı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>13</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759051259</t>
+          <t>9789759051839</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sınıf Bilinci</t>
+          <t>Nerelisin Kimlerdensin</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054412075</t>
+          <t>9771302861120</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Modernizm</t>
+          <t>Praksis Sayı: 20</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>30.56</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789759051235</t>
+          <t>9789759051303</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeye Güney’den Tepkiler</t>
+          <t>Müslüman Amerikalılar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054412310</t>
+          <t>3990000015723</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Demokrasi</t>
+          <t>Militarizmin Cinsiyetçi Suretleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054412754</t>
+          <t>9789759051495</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya Rumları</t>
+          <t>Medya, Popüler Kültür ve İdeoloji</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759051389</t>
+          <t>9771302861116</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Krizin Sözlü Tarihi</t>
+          <t>Praksis Sayı: 16</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>4.63</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759051273</t>
+          <t>9771302861113</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Konya Bir Şehrin İki Hikayesi</t>
+          <t>Praksis Sayı: 13</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054412785</t>
+          <t>9789759051259</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Sevdaydı Yaşadığımız</t>
+          <t>Marksizm ve Sınıf Bilinci</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>23</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054412150</t>
+          <t>9786054412075</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Ruhu</t>
+          <t>Marksizm ve Modernizm</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>310</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759051563</t>
+          <t>9789759051235</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınma Siyaseti</t>
+          <t>Küreselleşmeye Güney’den Tepkiler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054412068</t>
+          <t>9786054412310</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Sosyo-Ekonomik Tarihi (1726-1750)</t>
+          <t>Küreselleşme ve Demokrasi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789759051853</t>
+          <t>9786054412754</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kentin Mültecileri</t>
+          <t>Küçük Asya Rumları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789759051693</t>
+          <t>9789759051389</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Modernleşme ve Seçkincilik</t>
+          <t>Krizin Sözlü Tarihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759051136</t>
+          <t>9789759051273</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Demokrasi Dünyadaki Katılımcı Demokrasi Deneyimleri</t>
+          <t>Konya Bir Şehrin İki Hikayesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759051358</t>
+          <t>9786054412785</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karşı Siyaset</t>
+          <t>Koca Bir Sevdaydı Yaşadığımız</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>4.63</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054412259</t>
+          <t>9786054412150</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Akif</t>
+          <t>Kitlelerin Ruhu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>12.96</v>
+        <v>380</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759051181</t>
+          <t>9789759051563</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmi Anlamak</t>
+          <t>Kırsal Kalkınma Siyaseti</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789759051075</t>
+          <t>9786054412068</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Türkiye 2</t>
+          <t>Kıbrıs’ın Sosyo-Ekonomik Tarihi (1726-1750)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>21.3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759051068</t>
+          <t>9789759051853</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Türkiye 1</t>
+          <t>Kentin Mültecileri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759051204</t>
+          <t>9789759051693</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Küreselleşme Azgelişmişlik</t>
+          <t>Kemalist Modernleşme ve Seçkincilik</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>17.59</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759051327</t>
+          <t>9789759051136</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kamusal İletişimde Bilgi Edinme Hakkı</t>
+          <t>Katılımcı Demokrasi Dünyadaki Katılımcı Demokrasi Deneyimleri</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759051150</t>
+          <t>9789759051358</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfının Kıyısında Küçük Sanayi İşçileri Üzerine Bir İnceleme</t>
+          <t>Karşı Siyaset</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054412273</t>
+          <t>9786054412259</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kaybın Eşiğinde Aşk İçin Fragmanlar</t>
+          <t>Kardeşim Akif</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759051686</t>
+          <t>9789759051181</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İskoç Masalları</t>
+          <t>Kapitalizmi Anlamak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759051440</t>
+          <t>9789759051075</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İran Sinemasında Kadın</t>
+          <t>Kapitalizm ve Türkiye 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789759051044</t>
+          <t>9789759051068</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’de Türkçe Yaşamak</t>
+          <t>Kapitalizm ve Türkiye 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>2.78</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054412228</t>
+          <t>9789759051204</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlkgençlik Çağına Seçme Dünya Öyküleri</t>
+          <t>Kapitalizm Küreselleşme Azgelişmişlik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759051709</t>
+          <t>9789759051327</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İletişim Etiği</t>
+          <t>Kamusal İletişimde Bilgi Edinme Hakkı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054412907</t>
+          <t>9789759051150</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İdeolojiyi Haritalamak</t>
+          <t>İşçi Sınıfının Kıyısında Küçük Sanayi İşçileri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759051846</t>
+          <t>9786054412273</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Üzerine</t>
+          <t>Kaybın Eşiğinde Aşk İçin Fragmanlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>14.81</v>
+        <v>3</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054412600</t>
+          <t>9789759051686</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve İnsan Hakları</t>
+          <t>İskoç Masalları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759051952</t>
+          <t>9789759051440</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli</t>
+          <t>İran Sinemasında Kadın</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>24.07</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759051167</t>
+          <t>9789759051044</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Günlüğe Düşen Notlar</t>
+          <t>İngiltere’de Türkçe Yaşamak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054412051</t>
+          <t>9786054412228</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Mısırı’ın Tanrıları</t>
+          <t>İlkgençlik Çağına Seçme Dünya Öyküleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054412655</t>
+          <t>9789759051709</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gramsci Çağı</t>
+          <t>İletişim Etiği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054412136</t>
+          <t>9786054412907</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Godard</t>
+          <t>İdeolojiyi Haritalamak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054412211</t>
+          <t>9789759051846</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Ardından</t>
+          <t>Halkla İlişkiler Üzerine</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054412464</t>
+          <t>9786054412600</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Firar Öyküleri</t>
+          <t>Hakikat ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759051938</t>
+          <t>9789759051952</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Siyaset</t>
+          <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054412495</t>
+          <t>9789759051167</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ece Ayhan Çağlar Anlatıyor</t>
+          <t>Günlüğe Düşen Notlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759051983</t>
+          <t>9786054412051</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Güneş Ülkesi Mısırı’ın Tanrıları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759051280</t>
+          <t>9786054412655</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Köprü Suryaniler Felsefe ve Çeviri Geleneği</t>
+          <t>Gramsci Çağı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>9.26</v>
+        <v>560</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759051570</t>
+          <t>9786054412136</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Sermayenin Yeni Biçimleri</t>
+          <t>Godard</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>4.63</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759051754</t>
+          <t>9786054412211</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dersim 1938 ve Zorunlu İskan</t>
+          <t>Gerçeğin Ardından</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>14.81</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054412426</t>
+          <t>9786054412464</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dersim 1938 ve Hacı Hıdır Ataç’ın Defteri</t>
+          <t>Firar Öyküleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759051464</t>
+          <t>9789759051938</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi, Eleştiri ve Türkiye</t>
+          <t>Emek ve Siyaset</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>19.44</v>
+        <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759051426</t>
+          <t>9786054412495</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Teorileri ve Toplumsal Hareketler</t>
+          <t>Ece Ayhan Çağlar Anlatıyor</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759051716</t>
+          <t>9789759051983</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çarşı</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759051884</t>
+          <t>9789759051280</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Mekanları Zamanları İnsanları</t>
+          <t>Doğu’dan Batı’ya Köprü Suryaniler Felsefe ve Çeviri Geleneği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054412334</t>
+          <t>9789759051570</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Bakmak</t>
+          <t>Devlet ve Sermayenin Yeni Biçimleri</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054412174</t>
+          <t>9789759051754</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Bir Hayat Bir Şehir</t>
+          <t>Dersim 1938 ve Zorunlu İskan</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759051501</t>
+          <t>9786054412426</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve İktidar</t>
+          <t>Dersim 1938 ve Hacı Hıdır Ataç’ın Defteri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054412044</t>
+          <t>9789759051464</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Beş Dünya ve Müziğin Yaratılışı</t>
+          <t>Demokrasi, Eleştiri ve Türkiye</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>18</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759051396</t>
+          <t>9789759051426</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bask Meselesi Bir Tarih, Bir Otonomi, Bir Sorun</t>
+          <t>Demokrasi Teorileri ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054412525</t>
+          <t>9789759051716</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Basın Özgürlüğü Üzerine</t>
+          <t>Çarşı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759051792</t>
+          <t>9789759051884</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Britanya’dan Masallar 11</t>
+          <t>Cumhuriyet’in Mekanları Zamanları İnsanları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.48</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054412716</t>
+          <t>9786054412334</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları 2</t>
+          <t>Bugüne Bakmak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>19.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054412358</t>
+          <t>9786054412174</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Antonio Gramsci</t>
+          <t>Bir Aşk Bir Hayat Bir Şehir</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759051631</t>
+          <t>9789759051501</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri</t>
+          <t>Bilim ve İktidar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759051877</t>
+          <t>9786054412044</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nden Dersim’e</t>
+          <t>Beş Dünya ve Müziğin Yaratılışı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>14.81</v>
+        <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759051488</t>
+          <t>9789759051396</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Siyasal Örgütlenmesi</t>
+          <t>Bask Meselesi Bir Tarih, Bir Otonomi, Bir Sorun</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>4.63</v>
+        <v>410</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054412921</t>
+          <t>9786054412525</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Artık Burada Oturmuyor</t>
+          <t>Basın Özgürlüğü Üzerine</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759051860</t>
+          <t>9789759051792</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>AKP Yeni Merkez Sağ mı?</t>
+          <t>Britanya’dan Masallar 11</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>18</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054412914</t>
+          <t>9786054412716</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>1905’ten 1917’ye Rus Devrimleri</t>
+          <t>Seçme Dünya Masalları 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054412082</t>
+          <t>9786054412358</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>0.0.1938 Resmiyet ve Hakikat</t>
+          <t>Antonio Gramsci</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>4.63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>4440000001079</t>
+          <t>9789759051631</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 2 Şubat-Mart-Nisan 2020</t>
+          <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052318300</t>
+          <t>9789759051877</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Queer - Resimli Bir Tarih</t>
+          <t>Anadolu Aleviliği’nden Dersim’e</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256742086</t>
+          <t>9789759051488</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Yaşam Davası</t>
+          <t>Aleviliğin Siyasal Örgütlenmesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>450</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256742055</t>
+          <t>9786054412921</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kadın Halleri</t>
+          <t>Aleviler Artık Burada Oturmuyor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>260</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>4440000004503</t>
+          <t>9789759051860</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 64</t>
+          <t>AKP Yeni Merkez Sağ mı?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052318935</t>
+          <t>9786054412914</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>1905’ten 1917’ye Rus Devrimleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256742031</t>
+          <t>9786054412082</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'nın Güzel İsyancıları</t>
+          <t>0.0.1938 Resmiyet ve Hakikat</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259924083</t>
+          <t>4440000001079</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aleviler: Din, Beden Cinsiyet</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 2 Şubat-Mart-Nisan 2020</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256742000</t>
+          <t>9786052318300</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve Cumhuriyet</t>
+          <t>Queer - Resimli Bir Tarih</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256742024</t>
+          <t>9786256742086</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İhsan Nuri Paşa’nın Anıları - Ağrı İsyanı Raporları</t>
+          <t>Onurlu Yaşam Davası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>495</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9771302861863</t>
+          <t>9786256742055</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 63 - Ekokriz: Kapitalist Tahribat ve Alternatifler</t>
+          <t>Emeğin Kadın Halleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259924090</t>
+          <t>4440000004503</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Analar ve Oğulları</t>
+          <t>Praksis Sayı: 64</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>4440000003946</t>
+          <t>9786052318935</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 62</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259924052</t>
+          <t>9786256742031</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ben Bermal</t>
+          <t>Latin Amerika'nın Güzel İsyancıları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259924076</t>
+          <t>9786259924083</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Aleviler: Din, Beden Cinsiyet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259924069</t>
+          <t>9786256742000</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ben Feride Bu Benim Sesim</t>
+          <t>Kürtler ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259924045</t>
+          <t>9786256742024</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Dönüşümden Kesitler</t>
+          <t>İhsan Nuri Paşa’nın Anıları - Ağrı İsyanı Raporları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259924021</t>
+          <t>9771302861863</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Affetmenin Politikası</t>
+          <t>Praksis Sayı 63 - Ekokriz: Kapitalist Tahribat ve Alternatifler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259924038</t>
+          <t>9786259924090</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Duyguları</t>
+          <t>Analar ve Oğulları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259924014</t>
+          <t>4440000003946</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Feminist Kuşatmalar</t>
+          <t>Praksis Sayı: 62</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259924007</t>
+          <t>9786259924052</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Baştan Başa</t>
+          <t>Ben Bermal</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9771302861861</t>
+          <t>9786259924076</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 61</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057197993</t>
+          <t>9786259924069</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Kulübü</t>
+          <t>Ben Feride Bu Benim Sesim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057197986</t>
+          <t>9786259924045</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Eleştirel Düşünce</t>
+          <t>Bir Büyük Dönüşümden Kesitler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057197962</t>
+          <t>9786259924021</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Spinoza</t>
+          <t>Affetmenin Politikası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057197955</t>
+          <t>9786259924038</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Trans Çalışmaları - Cinsiyet ve Bilim</t>
+          <t>Sınıfın Duyguları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057197979</t>
+          <t>9786259924014</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ağrı İsyanı’nda İstanbullu Bir Kadın</t>
+          <t>Feminist Kuşatmalar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057197948</t>
+          <t>9786259924007</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dad</t>
+          <t>Baştan Başa</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>4440000002768</t>
+          <t>9771302861861</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 60</t>
+          <t>Praksis Sayı: 61</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057197924</t>
+          <t>9786057197993</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Üretmek</t>
+          <t>Gerilla Kulübü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057197931</t>
+          <t>9786057197986</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Ataların Gölgesi</t>
+          <t>Şiddet ve Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057357694</t>
+          <t>9786057197962</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yasanın Arzusu</t>
+          <t>Kafası Karışmışlar İçin Spinoza</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057197917</t>
+          <t>9786057197955</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Arendt</t>
+          <t>Trans Çalışmaları - Cinsiyet ve Bilim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057197900</t>
+          <t>9786057197979</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yolu Kurtuluştan Geçen Kadınlar</t>
+          <t>Ağrı İsyanı’nda İstanbullu Bir Kadın</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>510</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057357687</t>
+          <t>9786057197948</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Derinlerin Kadını</t>
+          <t>Dad</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057357670</t>
+          <t>4440000002768</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arası Toplumsal İlişkiler ve Kesişimsellik</t>
+          <t>Praksis Sayı: 60</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>310</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057357663</t>
+          <t>9786057197924</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kutsal</t>
+          <t>Yaşamı Üretmek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057357632</t>
+          <t>9786057197931</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tam Ağlayacaktım Arkadaşlar Dokundu</t>
+          <t>Unutulmuş Ataların Gölgesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9771302861858</t>
+          <t>9786057357694</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 58</t>
+          <t>Yasanın Arzusu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>4440000001083</t>
+          <t>9786057197917</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 7</t>
+          <t>Kafası Karışmışlar İçin Arendt</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25</v>
+        <v>310</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9771302861194</t>
+          <t>9786057197900</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 25</t>
+          <t>Yolu Kurtuluştan Geçen Kadınlar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>90</v>
+        <v>590</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054412297</t>
+          <t>9786057357687</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Komşu Çocuklar</t>
+          <t>Derinlerin Kadını</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>22</v>
+        <v>340</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054412839</t>
+          <t>9786057357670</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İki Farklı Siyaset</t>
+          <t>Cinsiyetler Arası Toplumsal İlişkiler ve Kesişimsellik</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>4440000001082</t>
+          <t>9786057357663</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 6 Eylül-Ekim-Kasım 2021</t>
+          <t>Ölüm ve Kutsal</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>4440000001081</t>
+          <t>9786057357632</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 4 Şubat-Mart-Nisan 2021</t>
+          <t>Tam Ağlayacaktım Arkadaşlar Dokundu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>4440000001078</t>
+          <t>9771302861858</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 3 Kasım-Aralık-Ocak</t>
+          <t>Praksis Sayı: 58</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>4440000001080</t>
+          <t>4440000001083</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 5 Mayıs - Haziran - Temmuz 2021</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 7</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052318980</t>
+          <t>9771302861194</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bellek</t>
+          <t>Praksis Sayı: 25</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057357656</t>
+          <t>9786054412297</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyadan Şarkılar - Sinema ve Türkiye Sosyolojisi</t>
+          <t>Komşu Çocuklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057357649</t>
+          <t>9786054412839</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çerkeslerin Geleceği Üzerine Düşünmek: Kültür, Toplum ve Demokrasi</t>
+          <t>İki Farklı Siyaset</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057357625</t>
+          <t>4440000001082</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Demirtaş’ın Beyaz Sandalyesi</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 6 Eylül-Ekim-Kasım 2021</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057357618</t>
+          <t>4440000001081</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hafızasını Kaybeden Kent Anteb</t>
+          <t>Kırık Saat Kültür, Edebiyat ve Düşünce Dergisi Sayı: 4 Şubat-Mart-Nisan 2021</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057357601</t>
+          <t>4440000001078</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Taklidi Dünyanın Derdi</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 3 Kasım-Aralık-Ocak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>370</v>
+        <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057414397</t>
+          <t>4440000001080</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır ya da Sodom’un 5 No’lu Zindandaki Bin Günü</t>
+          <t>Kırık Saat Kültür, Edebiyat, Düşünce Dergisi Sayı: 5 Mayıs - Haziran - Temmuz 2021</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057414359</t>
+          <t>9786052318980</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Politik Yazılar</t>
+          <t>Yitik Bellek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057414366</t>
+          <t>9786057357656</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin - Adorno</t>
+          <t>Başka Dünyadan Şarkılar - Sinema ve Türkiye Sosyolojisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057414373</t>
+          <t>9786057357649</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sincan'dan Edirne'ye Hasbıhal - Name</t>
+          <t>Çerkeslerin Geleceği Üzerine Düşünmek: Kültür, Toplum ve Demokrasi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057414380</t>
+          <t>9786057357625</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Elinden Kaza Çıkan Kadınlar</t>
+          <t>Demirtaş’ın Beyaz Sandalyesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057414342</t>
+          <t>9786057357618</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Terk Etmedi Sevdan Beni</t>
+          <t>Hafızasını Kaybeden Kent Anteb</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9771302861857</t>
+          <t>9786057357601</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı 57</t>
+          <t>Hayatın Taklidi Dünyanın Derdi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057414304</t>
+          <t>9786057414397</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Üretim Düzenleme İsyan</t>
+          <t>Diyarbakır ya da Sodom’un 5 No’lu Zindandaki Bin Günü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057414328</t>
+          <t>9786057414359</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Kırılmalar ve Uzlaşmalar</t>
+          <t>Politik Yazılar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057414335</t>
+          <t>9786057414366</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Çerkeslerin 21. Yüzyılı Kimlik, Anayurt ve Siyaset</t>
+          <t>Kafası Karışmışlar İçin - Adorno</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052318973</t>
+          <t>9786057414373</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Toplu Masallar 2</t>
+          <t>Sincan'dan Edirne'ye Hasbıhal - Name</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052318881</t>
+          <t>9786057414380</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılığın Diyalektiği</t>
+          <t>Elinden Kaza Çıkan Kadınlar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052318942</t>
+          <t>9786057414342</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sakalsız Bir Oğlanın Özensiz Notları</t>
+          <t>Terk Etmedi Sevdan Beni</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052318966</t>
+          <t>9771302861857</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Toplu Masallar 1</t>
+          <t>Praksis Sayı 57</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9771302861856</t>
+          <t>9786057414304</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 56</t>
+          <t>Üretim Düzenleme İsyan</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052318928</t>
+          <t>9786057414328</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarihin İzinde</t>
+          <t>İletişim Çalışmalarında Kırılmalar ve Uzlaşmalar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052318911</t>
+          <t>9786057414335</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Majorana Kayıp</t>
+          <t>Çerkeslerin 21. Yüzyılı Kimlik, Anayurt ve Siyaset</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052318904</t>
+          <t>9786052318973</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Cinsiyeti</t>
+          <t>Toplu Masallar 2</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052318898</t>
+          <t>9786052318881</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şer Zamanıydı</t>
+          <t>Bağımlılığın Diyalektiği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052318874</t>
+          <t>9786052318942</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Emanet Emek</t>
+          <t>Sakalsız Bir Oğlanın Özensiz Notları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052318850</t>
+          <t>9786052318966</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Kürt Milliyetçiliği</t>
+          <t>Toplu Masallar 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052318867</t>
+          <t>9771302861856</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Kadın Yıldız Olmak</t>
+          <t>Praksis Sayı: 56</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9771302861855</t>
+          <t>9786052318928</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 55</t>
+          <t>Saklı Tarihin İzinde</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052318836</t>
+          <t>9786052318911</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kabil’li Meyve Satıcısı</t>
+          <t>Majorana Kayıp</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052318829</t>
+          <t>9786052318904</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yılanla Beyaz Zambak</t>
+          <t>Eğitimin Cinsiyeti</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052318805</t>
+          <t>9786052318898</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Güncelliği - Lenin’le Tartışmalar - Örgütlenme ve Demokrasi</t>
+          <t>Şer Zamanıydı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052318812</t>
+          <t>9786052318874</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hastaneleri - Altı Kaval Üstü Şişhane</t>
+          <t>Emanet Emek</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052318782</t>
+          <t>9786052318850</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışmışlar İçin Marx</t>
+          <t>Sürgünde Kürt Milliyetçiliği</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052318799</t>
+          <t>9786052318867</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Reform Ya Da Devrim Kitle Grevi, Parti ve Sendikalar Teori ve Pratik</t>
+          <t>Türk Sinemasında Kadın Yıldız Olmak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052318621</t>
+          <t>9771302861855</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Durumu</t>
+          <t>Praksis Sayı: 55</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052318683</t>
+          <t>9786052318836</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 3</t>
+          <t>Kabil’li Meyve Satıcısı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052318775</t>
+          <t>9786052318829</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Kılavuzu</t>
+          <t>Yeşil Yılanla Beyaz Zambak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052318751</t>
+          <t>9786052318805</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Timisi Anlatıyor: Biz Varız Dün Bugün Yarın</t>
+          <t>Devrimin Güncelliği - Lenin’le Tartışmalar - Örgütlenme ve Demokrasi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052318768</t>
+          <t>9786052318812</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ofsayt</t>
+          <t>Şehir Hastaneleri - Altı Kaval Üstü Şişhane</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9771302861854</t>
+          <t>9786052318782</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 54</t>
+          <t>Kafası Karışmışlar İçin Marx</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052318744</t>
+          <t>9786052318799</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bakım Manifestosu</t>
+          <t>Toplumsal Reform Ya Da Devrim Kitle Grevi, Parti ve Sendikalar Teori ve Pratik</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052318720</t>
+          <t>9786052318621</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz</t>
+          <t>Kadınlık Durumu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052318676</t>
+          <t>9786052318683</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 2</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 3</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052318737</t>
+          <t>9786052318775</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Maraş Katliamı</t>
+          <t>Marksizm Kılavuzu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052318713</t>
+          <t>9786052318751</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bir Musibet</t>
+          <t>Mustafa Timisi Anlatıyor: Biz Varız Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9771302861853</t>
+          <t>9786052318768</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 53</t>
+          <t>Ofsayt</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052318706</t>
+          <t>9771302861854</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Aleviler ve Sosyalistler, Sosyalistler ve Aleviler</t>
+          <t>Praksis Sayı: 54</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052318645</t>
+          <t>9786052318744</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Avı</t>
+          <t>Bakım Manifestosu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052318669</t>
+          <t>9786052318720</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794</t>
+          <t>Karadeniz</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052318690</t>
+          <t>9786052318676</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevdim</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794 Cilt 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052318614</t>
+          <t>9786052318737</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Hafıza Kitabı</t>
+          <t>Maraş Katliamı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052318591</t>
+          <t>9786052318713</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Anneme Masallar</t>
+          <t>Bir Musibet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052318560</t>
+          <t>9771302861853</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hiper-Kapitalizm</t>
+          <t>Praksis Sayı: 53</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052318607</t>
+          <t>9786052318706</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ütopia</t>
+          <t>Aleviler ve Sosyalistler, Sosyalistler ve Aleviler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052318577</t>
+          <t>9786052318645</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Louise</t>
+          <t>Sürgün Avı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9771302861852</t>
+          <t>9786052318669</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 52</t>
+          <t>Fransız Devrimi’nde Siyasal Düşünceler ve Mücadeleler 1789-1794</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>410</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052318522</t>
+          <t>9786052318690</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öyküleri</t>
+          <t>Hayatı Sevdim</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052318515</t>
+          <t>9786052318614</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Derve</t>
+          <t>Kolektif Hafıza Kitabı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052318553</t>
+          <t>9786052318591</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Rivayetler</t>
+          <t>Anneme Masallar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052318539</t>
+          <t>9786052318560</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aleviler'de Bildirir: Alevi Bildirilerinde Devlete Kaçış 1963 - 2017</t>
+          <t>Hiper-Kapitalizm</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052318508</t>
+          <t>9786052318607</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Ülke</t>
+          <t>Ütopia</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9771302861851</t>
+          <t>9786052318577</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 51</t>
+          <t>Louise</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052318478</t>
+          <t>9771302861852</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Leylan</t>
+          <t>Praksis Sayı: 52</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052318485</t>
+          <t>9786052318522</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Buluşuruz</t>
+          <t>Kadın Öyküleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052318492</t>
+          <t>9786052318515</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Beden Emek Tarih</t>
+          <t>Derve</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052318454</t>
+          <t>9786052318553</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Siyah İktidarı</t>
+          <t>Sessiz Rivayetler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052318461</t>
+          <t>9786052318539</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Devletsiz Bir Ulusun Sineması</t>
+          <t>Aleviler'de Bildirir: Alevi Bildirilerinde Devlete Kaçış 1963 - 2017</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9771302861850</t>
+          <t>9786052318508</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 50</t>
+          <t>Yarınsız Ülke</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052318447</t>
+          <t>9771302861851</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Değişen Bir Şey Yok</t>
+          <t>Praksis Sayı: 51</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052318430</t>
+          <t>9786052318478</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Luz</t>
+          <t>Leylan</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052318423</t>
+          <t>9786052318485</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sırr-ı Müphem</t>
+          <t>Şafakta Buluşuruz</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052318409</t>
+          <t>9786052318492</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Oko</t>
+          <t>Beden Emek Tarih</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052318416</t>
+          <t>9786052318454</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Barış</t>
+          <t>Siyah İktidarı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052318386</t>
+          <t>9786052318461</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Haiti Devrimi</t>
+          <t>Devletsiz Bir Ulusun Sineması</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052318393</t>
+          <t>9771302861850</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'ten Adorno'ya Felsefe</t>
+          <t>Praksis Sayı: 50</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9771302861849</t>
+          <t>9786052318447</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 49</t>
+          <t>Değişen Bir Şey Yok</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052318379</t>
+          <t>9786052318430</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'da Sinema ve Toplumsal Değişim</t>
+          <t>Benim Adım Luz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052318362</t>
+          <t>9786052318423</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Açların Şöleni</t>
+          <t>Sırr-ı Müphem</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052318355</t>
+          <t>9786052318409</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Merkez Komitesinde Cinayet</t>
+          <t>Oko</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052318348</t>
+          <t>9786052318416</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kentin Suretleri</t>
+          <t>Toplumsal Cinsiyet ve Barış</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052318324</t>
+          <t>9786052318386</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dil Hakkı</t>
+          <t>Haiti Devrimi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052318331</t>
+          <t>9786052318393</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Not Defteri</t>
+          <t>Sokrates'ten Adorno'ya Felsefe</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052318225</t>
+          <t>9771302861849</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Artçı Şok</t>
+          <t>Praksis Sayı: 49</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052318294</t>
+          <t>9786052318379</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Siren Sesleri</t>
+          <t>Latin Amerika'da Sinema ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052318317</t>
+          <t>9786052318362</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Lamekandan Cihana Göç Kimlik Alevilik</t>
+          <t>Açların Şöleni</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9771302861848</t>
+          <t>9786052318355</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 48</t>
+          <t>Merkez Komitesinde Cinayet</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9771302861847</t>
+          <t>9786052318348</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 47</t>
+          <t>Kentin Suretleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052318270</t>
+          <t>9786052318324</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sevdaların Yangınından Geçtik</t>
+          <t>Dil Hakkı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052318287</t>
+          <t>9786052318331</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatın Gözdesi</t>
+          <t>Genç Bir Doktorun Not Defteri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052318263</t>
+          <t>9786052318225</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Yazıları</t>
+          <t>Artçı Şok</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052318249</t>
+          <t>9786052318294</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Seksiyon</t>
+          <t>Sokakta Siren Sesleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052318232</t>
+          <t>9786052318317</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kürt Siyasetinin Mor Rengi</t>
+          <t>Lamekandan Cihana Göç Kimlik Alevilik</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052318218</t>
+          <t>9771302861848</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Toprak</t>
+          <t>Praksis Sayı: 48</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052318195</t>
+          <t>9771302861847</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Devrim Öyküleri</t>
+          <t>Praksis Sayı: 47</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052318041</t>
+          <t>9786052318270</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Sevdaların Yangınından Geçtik</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052318188</t>
+          <t>9786052318287</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Halkları ve Kültürleri</t>
+          <t>Teşkilatın Gözdesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052318201</t>
+          <t>9786052318263</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Üç Kırık Dal</t>
+          <t>Feminizm Yazıları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052318140</t>
+          <t>9786052318249</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>O Sesler</t>
+          <t>Seksiyon</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052318171</t>
+          <t>9786052318232</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Darına Durmak - Alevilikte Kadın</t>
+          <t>Kürt Siyasetinin Mor Rengi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052318164</t>
+          <t>9786052318218</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmlerin Sosyolojisi</t>
+          <t>Soğuk Toprak</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052318126</t>
+          <t>9786052318195</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Behice Boran Kitabı (Ciltli)</t>
+          <t>Devrim Öyküleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052318133</t>
+          <t>9786052318041</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Firar</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054878994</t>
+          <t>9786052318188</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzler</t>
+          <t>Ortadoğu Halkları ve Kültürleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052318034</t>
+          <t>9786052318201</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Üç Kırık Dal</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054878963</t>
+          <t>9786052318140</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bizimle Konuşan Öyküler</t>
+          <t>O Sesler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052318010</t>
+          <t>9786052318171</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Düzenekleri</t>
+          <t>Hakikatin Darına Durmak - Alevilikte Kadın</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9771302861846</t>
+          <t>9786052318164</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 46</t>
+          <t>Emperyalizmlerin Sosyolojisi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052318119</t>
+          <t>9786052318126</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Sonu</t>
+          <t>Behice Boran Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052318096</t>
+          <t>9786052318133</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Radikal Düşünürlerin Gözünden Şiddetin Eleştirel Tarihi</t>
+          <t>Firar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052318102</t>
+          <t>9786054878994</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin Kitabı</t>
+          <t>Mülksüzler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052318065</t>
+          <t>9786052318034</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052318058</t>
+          <t>9786054878963</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Bizimle Konuşan Öyküler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9771302861844</t>
+          <t>9786052318010</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 44-45</t>
+          <t>Siyasalın Düzenekleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052318072</t>
+          <t>9771302861846</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hukukunun Temelleri</t>
+          <t>Praksis Sayı: 46</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052318089</t>
+          <t>9786052318119</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türklük Sözleşmesi</t>
+          <t>İnsan Haklarının Sonu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052318027</t>
+          <t>9786052318096</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kocaeli Dayanışma Akademisi’nin İlk Uzun Yılı</t>
+          <t>Radikal Düşünürlerin Gözünden Şiddetin Eleştirel Tarihi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052318003</t>
+          <t>9786052318102</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Seher</t>
+          <t>Walter Benjamin Kitabı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054878956</t>
+          <t>9786052318065</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoriye Giriş</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054878970</t>
+          <t>9786052318058</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054878932</t>
+          <t>9771302861844</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Praksis Sayı: 44-45</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054878949</t>
+          <t>9786052318072</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ustalardan Gerilim Öyküleri</t>
+          <t>Kamu Hukukunun Temelleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9771302861843</t>
+          <t>9786052318089</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 43</t>
+          <t>Türklük Sözleşmesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054878918</t>
+          <t>9786052318027</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Denizdir İçimiz</t>
+          <t>Kocaeli Dayanışma Akademisi’nin İlk Uzun Yılı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054878925</t>
+          <t>9786052318003</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Daha Dinmiş Değil Fırtına</t>
+          <t>Seher</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054878864</t>
+          <t>9786054878956</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Toplumsala Bakmak</t>
+          <t>Çağdaş Sosyal Teoriye Giriş</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054878895</t>
+          <t>9786054878970</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>92. Gün</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054878840</t>
+          <t>9786054878932</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Bilimin Işığında Eleştirel Düşünme Kılavuzu</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054878888</t>
+          <t>9786054878949</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyuda Tufan</t>
+          <t>Büyük Ustalardan Gerilim Öyküleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000059081</t>
+          <t>9771302861843</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2017/1</t>
+          <t>Praksis Sayı: 43</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054878796</t>
+          <t>9786054878918</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Fırtınalı Bir Denizdir İçimiz</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054878826</t>
+          <t>9786054878925</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ötekileştirmeyen Masallar</t>
+          <t>Daha Dinmiş Değil Fırtına</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054878833</t>
+          <t>9786054878864</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dil</t>
+          <t>Toplumsala Bakmak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054878819</t>
+          <t>9786054878895</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Hep Vardı</t>
+          <t>92. Gün</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054878789</t>
+          <t>9786054878840</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Aklın ve Bilimin Işığında Eleştirel Düşünme Kılavuzu</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054878802</t>
+          <t>9786054878888</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yapılar Sistemler Süreçler</t>
+          <t>Kör Kuyuda Tufan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054878772</t>
+          <t>3990000059081</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Emekçi Çocuklarına Hikayeler</t>
+          <t>SineCine Sayı 2017/1</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054878741</t>
+          <t>9786054878796</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kıvılcımlı Kitabı</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054878765</t>
+          <t>9786054878826</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran İnsanlık</t>
+          <t>Ötekileştirmeyen Masallar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054878758</t>
+          <t>9786054878833</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yöntemin İzinde</t>
+          <t>Kayıp Dil</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9771312861842</t>
+          <t>9786054878819</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 42</t>
+          <t>Kadınlar Hep Vardı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054878291</t>
+          <t>9786054878789</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tarih Olarak Teori</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054878727</t>
+          <t>9786054878802</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yöntem</t>
+          <t>Yapılar Sistemler Süreçler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054878734</t>
+          <t>9786054878772</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Emekçi Çocuklarına Hikayeler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000077789</t>
+          <t>9786054878741</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2016/2</t>
+          <t>Hikmet Kıvılcımlı Kitabı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054878710</t>
+          <t>9786054878765</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Maceramız</t>
+          <t>Kıyıya Vuran İnsanlık</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054878703</t>
+          <t>9786054878758</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi'nin Sosyalist Tarihi</t>
+          <t>Bilimsel Yöntemin İzinde</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054878680</t>
+          <t>9771312861842</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesi Kılavuzu</t>
+          <t>Praksis Sayı: 42</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054878659</t>
+          <t>9786054878291</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kurama Giriş</t>
+          <t>Tarih Olarak Teori</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054878666</t>
+          <t>9786054878727</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Öteki Olarak Ölmek</t>
+          <t>Bilimsel Yöntem</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9771312861836</t>
+          <t>9786054878734</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 41</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054878642</t>
+          <t>3990000077789</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kendini Anlatıyor</t>
+          <t>SineCine Sayı 2016/2</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054878635</t>
+          <t>9786054878710</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kendini Anlatıyor</t>
+          <t>Yeraltı Maceramız</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054878628</t>
+          <t>9786054878703</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İsyan, Şiddet, Yas</t>
+          <t>Fransız Devrimi'nin Sosyalist Tarihi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054412976</t>
+          <t>9786054878680</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Sosyal Hizmeti Anlamak</t>
+          <t>Çağdaş Siyaset Felsefesi Kılavuzu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>260</v>
+        <v>570</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054412969</t>
+          <t>9786054878659</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji ve Modern Kültür: Kitle İletişim Çağında Eleştirel Toplum</t>
+          <t>Kültürel Kurama Giriş</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054878512</t>
+          <t>9786054878666</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bülent Uluer Anlatıyor - Çerkesim Türküm Kürdüm Sosyalistim</t>
+          <t>Öteki Olarak Ölmek</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054878475</t>
+          <t>9771312861836</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İsyandan İnşaya</t>
+          <t>Praksis Sayı: 41</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054878277</t>
+          <t>9786054878642</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marksist İktisat Kılavuzu (Ciltli)</t>
+          <t>Kurtuluş Kendini Anlatıyor</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>3990000029197</t>
+          <t>9786054878635</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı: 2015/2</t>
+          <t>Kurtuluş Kendini Anlatıyor</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054878468</t>
+          <t>9786054878628</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yöntembilim Üzerine Antropolojik Okumalar</t>
+          <t>İsyan, Şiddet, Yas</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9771302861839</t>
+          <t>9786054412976</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 39</t>
+          <t>Kuram ve Uygulamada Sosyal Hizmeti Anlamak</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054878499</t>
+          <t>9786054412969</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Halita - Alloy (Ciltli)</t>
+          <t>İdeoloji ve Modern Kültür: Kitle İletişim Çağında Eleştirel Toplum</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9771302861838</t>
+          <t>9786054878512</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 38</t>
+          <t>Bülent Uluer Anlatıyor - Çerkesim Türküm Kürdüm Sosyalistim</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054878307</t>
+          <t>9786054878475</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Marx'tan Bugüne Solun Tarihi</t>
+          <t>İsyandan İnşaya</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054878321</t>
+          <t>9786054878277</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Feminizm ve Queer Kuram</t>
+          <t>Marksist İktisat Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9771302861837</t>
+          <t>3990000029197</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 37</t>
+          <t>SineCine Sayı: 2015/2</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789759051365</t>
+          <t>9786054878468</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Serancamı</t>
+          <t>Yöntembilim Üzerine Antropolojik Okumalar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054878130</t>
+          <t>9771302861839</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Kürtler</t>
+          <t>Praksis Sayı: 39</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054878369</t>
+          <t>9786054878499</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kat Yerin Altından Uğultular Geliyor</t>
+          <t>Halita - Alloy (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054878253</t>
+          <t>9771302861838</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Akrabalık Nedir, Ne Değildir?</t>
+          <t>Praksis Sayı: 38</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>3990000027131</t>
+          <t>9786054878307</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı: 2015/1</t>
+          <t>Marx'tan Bugüne Solun Tarihi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9771312861835</t>
+          <t>9786054878321</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 35 - 36</t>
+          <t>Feminizm ve Queer Kuram</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000017785</t>
+          <t>9771302861837</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2014/2</t>
+          <t>Praksis Sayı: 37</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054878598</t>
+          <t>9789759051365</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Tartışmaları</t>
+          <t>Ailenin Serancamı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054878239</t>
+          <t>9786054878130</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Solu Kitabı: 2</t>
+          <t>Osmanlı'dan Günümüze Kürtler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054878215</t>
+          <t>9786054878369</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Karadenizin Zemheri Çocukları</t>
+          <t>Yedi Kat Yerin Altından Uğultular Geliyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054412747</t>
+          <t>9786054878253</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Minerva’nın Baykuşu</t>
+          <t>Akrabalık Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789759051921</t>
+          <t>3990000027131</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tanık ve Arşiv</t>
+          <t>SineCine Sayı: 2015/1</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054412341</t>
+          <t>9771312861835</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Okullar</t>
+          <t>Praksis Sayı: 35 - 36</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054878208</t>
+          <t>3990000017785</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yine Kazacağız, Yine Kaçacağız!</t>
+          <t>Sinecine Sayı: 2014/2</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9771302861840</t>
+          <t>9786054878598</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 40</t>
+          <t>Toplumsal Cinsiyet Tartışmaları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054878581</t>
+          <t>9786054878239</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Türkiye Sosyalist Solu Kitabı: 2</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052318584</t>
+          <t>9786054878215</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Madun Konuşabilir mi?</t>
+          <t>Karadenizin Zemheri Çocukları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054412242</t>
+          <t>9786054412747</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Marksist İktisat Kılavuzu</t>
+          <t>Minerva’nın Baykuşu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054878550</t>
+          <t>9789759051921</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Feminist Güzergah</t>
+          <t>Tanık ve Arşiv</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054878192</t>
+          <t>9786054412341</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bir Olmadan Biz Olmak</t>
+          <t>Demokratik Okullar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054878154</t>
+          <t>9786054878208</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kadın Antropolojisi</t>
+          <t>Yine Kazacağız, Yine Kaçacağız!</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054878574</t>
+          <t>9771302861840</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Rasta ve Direniş</t>
+          <t>Praksis Sayı: 40</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>3990000018117</t>
+          <t>9786054878581</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2013/1</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9771312861831</t>
+          <t>9786052318584</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Praksis Gezi Özel Sayı Ağustos 2013</t>
+          <t>Madun Konuşabilir mi?</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054878161</t>
+          <t>9786054412242</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kavimkırım İkliminde Aleviler</t>
+          <t>Marksist İktisat Kılavuzu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054878123</t>
+          <t>9786054878550</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Sosyalist Solu Kitabı</t>
+          <t>Feminist Güzergah</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789759051785</t>
+          <t>9786054878192</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa Masalları</t>
+          <t>Bir Olmadan Biz Olmak</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054412617</t>
+          <t>9786054878154</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Devletin Antropolojisi</t>
+          <t>Kadın Antropolojisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054878109</t>
+          <t>9786054878574</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Belleği</t>
+          <t>Rasta ve Direniş</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054878116</t>
+          <t>3990000018117</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ritüel, Tarih, İktidar</t>
+          <t>Sinecine Sayı: 2013/1</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054412686</t>
+          <t>9771312861831</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Poulantzas Kitabı</t>
+          <t>Praksis Gezi Özel Sayı Ağustos 2013</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054412587</t>
+          <t>9786054878161</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’ye Farklı Yaklaşımlar</t>
+          <t>Kavimkırım İkliminde Aleviler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054878338</t>
+          <t>9786054878123</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Devrimci Paramaz</t>
+          <t>Kürdistan Sosyalist Solu Kitabı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054878314</t>
+          <t>9789759051785</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Feminizm Sözlüğü</t>
+          <t>Doğu Avrupa Masalları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054878086</t>
+          <t>9786054412617</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Kölelik</t>
+          <t>Devletin Antropolojisi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054878079</t>
+          <t>9786054878109</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Formasyon, Sürgün, Totalitarizm</t>
+          <t>Sokağın Belleği</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054878185</t>
+          <t>9786054878116</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Siyah Bilinci</t>
+          <t>Ritüel, Tarih, İktidar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054878147</t>
+          <t>9786054412686</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Spartakistlerden İspanya İç Savaşına</t>
+          <t>Poulantzas Kitabı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9771312861833</t>
+          <t>9786054412587</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 33</t>
+          <t>Gramsci’ye Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054878062</t>
+          <t>9786054878338</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bakunin Kitabı</t>
+          <t>Ermeni Devrimci Paramaz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054878055</t>
+          <t>9786054878314</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Modern Prens</t>
+          <t>Eleştirel Feminizm Sözlüğü</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9771312861834</t>
+          <t>9786054878086</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 34</t>
+          <t>Kapitalizm ve Kölelik</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054878178</t>
+          <t>9786054878079</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Pratiğin Aklı Teorinin Heyecanı</t>
+          <t>Formasyon, Sürgün, Totalitarizm</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>270</v>
+        <v>570</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054878413</t>
+          <t>9786054878185</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Siyaset Teorisi</t>
+          <t>Siyah Bilinci</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054412266</t>
+          <t>9786054878147</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Seçme Öyküler 2</t>
+          <t>Spartakistlerden İspanya İç Savaşına</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054412235</t>
+          <t>9771312861833</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Seçme Öyküler - 1</t>
+          <t>Praksis Sayı: 33</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789759051587</t>
+          <t>9786054878062</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Çin Masalları</t>
+          <t>Bakunin Kitabı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054878024</t>
+          <t>9786054878055</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Emek Piyasaları</t>
+          <t>Modern Prens</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>3990000015694</t>
+          <t>9771312861834</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Sinecine Sayı: 2011/2</t>
+          <t>Praksis Sayı: 34</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054412990</t>
+          <t>9786054878178</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist Solu Kitabı 1</t>
+          <t>Pratiğin Aklı Teorinin Heyecanı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789759051655</t>
+          <t>9786054878413</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Balkan Masalları</t>
+          <t>Devlet ve Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054412389</t>
+          <t>9786054412266</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Asi Çocuklara Öyküler</t>
+          <t>Çocuklar İçin Seçme Öyküler 2</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054412624</t>
+          <t>9786054412235</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Çocuklar İçin Seçme Öyküler - 1</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759051778</t>
+          <t>9789759051587</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Çin Masalları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759051976</t>
+          <t>9786054878024</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yunan Masalları</t>
+          <t>Emek Piyasaları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054412549</t>
+          <t>3990000015694</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yoksulları Ne Yapmalı?</t>
+          <t>Sinecine Sayı: 2011/2</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789759051969</t>
+          <t>9786054412990</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmamış Sayılan Anılar</t>
+          <t>Türkiye Sosyalist Solu Kitabı 1</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789759051907</t>
+          <t>9789759051655</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Politik</t>
+          <t>Balkan Masalları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789759051648</t>
+          <t>9786054412389</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Büyümenin Ekonomi Politiği</t>
+          <t>Asi Çocuklara Öyküler</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054412198</t>
+          <t>9786054412624</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tören, Simge, Siyaset</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789759051990</t>
+          <t>9789759051778</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>THKP-C’den Kurtuluş’a Mücadele Hayatım</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789759051822</t>
+          <t>9789759051976</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kültürel Antropoloji</t>
+          <t>Yunan Masalları</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054412884</t>
+          <t>9786054412549</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Ötesi</t>
+          <t>Yoksulları Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054412792</t>
+          <t>9789759051969</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sınıf, Kültür ve Bilinç</t>
+          <t>Yaşanmamış Sayılan Anılar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054412761</t>
+          <t>9789759051907</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Seçme Metinlerle Rönesans Filozofları</t>
+          <t>Yabancı Politik</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789759051617</t>
+          <t>9789759051648</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Türkiye’de Büyümenin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054412471</t>
+          <t>9786054412198</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Rootabaga Öyküleri</t>
+          <t>Tören, Simge, Siyaset</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9771312861830</t>
+          <t>9789759051990</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 30 - 31</t>
+          <t>THKP-C’den Kurtuluş’a Mücadele Hayatım</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9771312861829</t>
+          <t>9789759051822</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 29</t>
+          <t>Tarihsel Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9771302861124</t>
+          <t>9786054412884</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 24</t>
+          <t>Sivil Toplum ve Ötesi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9771302861123</t>
+          <t>9786054412792</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 23</t>
+          <t>Sınıf, Kültür ve Bilinç</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9771302861122</t>
+          <t>9786054412761</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 22</t>
+          <t>Seçme Metinlerle Rönesans Filozofları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9771302861121</t>
+          <t>9789759051617</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 21</t>
+          <t>Rus Masalları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9771302861118</t>
+          <t>9786054412471</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 18</t>
+          <t>Rootabaga Öyküleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9771302861117</t>
+          <t>9771312861830</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 17</t>
+          <t>Praksis Sayı: 30 - 31</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9771302861115</t>
+          <t>9771312861829</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 15</t>
+          <t>Praksis Sayı: 29</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9771302861112</t>
+          <t>9771302861124</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 12</t>
+          <t>Praksis Sayı: 24</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9771302861111</t>
+          <t>9771302861123</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Praksis Sayı: 11</t>
+          <t>Praksis Sayı: 23</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789759051891</t>
+          <t>9771302861122</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pedagoji ve Devrim</t>
+          <t>Praksis Sayı: 22</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054412594</t>
+          <t>9771302861121</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Özgürleştiren Praksis</t>
+          <t>Praksis Sayı: 21</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054412372</t>
+          <t>9771302861118</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>Praksis Sayı: 18</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789759051594</t>
+          <t>9771302861117</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Masalları</t>
+          <t>Praksis Sayı: 17</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054412204</t>
+          <t>9771302861115</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Marksizmden Post-Marksizme</t>
+          <t>Praksis Sayı: 15</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789759051174</t>
+          <t>9771302861112</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Lenin Dönemi ya da Mutlaka Okunması Gereken Alıntılar Kitabı</t>
+          <t>Praksis Sayı: 12</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054412631</t>
+          <t>9771302861111</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Yerli Hareketleri</t>
+          <t>Praksis Sayı: 11</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789759051624</t>
+          <t>9789759051891</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Masalları</t>
+          <t>Pedagoji ve Devrim</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054412815</t>
+          <t>9786054412594</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerde Değişim ve Milliyetçilik</t>
+          <t>Özgürleştiren Praksis</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054412433</t>
+          <t>9786054412372</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kimliğinin Oluşum Süreci</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789759051723</t>
+          <t>9789759051594</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs’ta Medya ve Temsil</t>
+          <t>Ortadoğu Masalları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789759051815</t>
+          <t>9786054412204</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Masalları</t>
+          <t>Marksizmden Post-Marksizme</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054412563</t>
+          <t>9789759051174</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Köylü İsyanlarından Fransız Devrimine</t>
+          <t>Lenin Dönemi ya da Mutlaka Okunması Gereken Alıntılar Kitabı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054412778</t>
+          <t>9786054412631</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Latin Amerika’da Yerli Hareketleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789759051006</t>
+          <t>9789759051624</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kitapta Kurutulmuş Çiçekler Ya da Sözlü Kültür Üzerine Düşünmek</t>
+          <t>Latin Amerika Masalları</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054878444</t>
+          <t>9786054412815</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İttihat Terakki ve Kürtler</t>
+          <t>Kürtlerde Değişim ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759051808</t>
+          <t>9786054412433</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Masalları</t>
+          <t>Kürt Kimliğinin Oluşum Süreci</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054412457</t>
+          <t>9789759051723</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Kuzey Kıbrıs’ta Medya ve Temsil</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759051662</t>
+          <t>9789759051815</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İktidarın İdeolojisi İdeolojinin İktidarı</t>
+          <t>Kuzey Amerika Masalları</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789759051372</t>
+          <t>9786054412563</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İkazcı Mehmet Şükrü</t>
+          <t>Köylü İsyanlarından Fransız Devrimine</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789759051600</t>
+          <t>9786054412778</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054412532</t>
+          <t>9789759051006</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hattın Dört Yanında Cemilpaşazadeler</t>
+          <t>Kitapta Kurutulmuş Çiçekler Ya da Sözlü Kültür Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054412402</t>
+          <t>9786054878444</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Şiddet ve Savaş</t>
+          <t>İttihat Terakki ve Kürtler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054412877</t>
+          <t>9789759051808</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Masalları / Çiroken Qozeqere</t>
+          <t>İskandinav Masalları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054412679</t>
+          <t>9786054412457</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devriminden İkinci Enternasyonale</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789759051433</t>
+          <t>9789759051662</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Film Eleştirisi El Kitabı</t>
+          <t>İktidarın İdeolojisi İdeolojinin İktidarı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054412020</t>
+          <t>9789759051372</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Kıyılarından</t>
+          <t>İkazcı Mehmet Şükrü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054412570</t>
+          <t>9789759051600</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dokunsan Kırılan Dokunmasan Kuruyan İnsanlar</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054412846</t>
+          <t>9786054412532</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik, Şiddet ve Hukuk</t>
+          <t>Hattın Dört Yanında Cemilpaşazadeler</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054412662</t>
+          <t>9786054412402</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sınavlar Yaşanmayan Hayatlar</t>
+          <t>Güvenlik Şiddet ve Savaş</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054878536</t>
+          <t>9786054412877</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Piyasanın Ucubeleri</t>
+          <t>Gökkuşağı Masalları / Çiroken Qozeqere</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054878529</t>
+          <t>9786054412679</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Antropolojiye Giriş</t>
+          <t>Fransız Devriminden İkinci Enternasyonale</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786054412860</t>
+          <t>9789759051433</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kürt Ulusal Hareketi</t>
+          <t>Film Eleştirisi El Kitabı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054412167</t>
+          <t>9786054412020</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Neo-Liberal Tezahürler</t>
+          <t>Ege Denizi Kıyılarından</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054412488</t>
+          <t>9786054412570</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Namus, Töre ve İktidar</t>
+          <t>Dokunsan Kırılan Dokunmasan Kuruyan İnsanlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054878604</t>
+          <t>9786054412846</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solundan Portreler</t>
+          <t>Cinsellik, Şiddet ve Hukuk</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>3990000040341</t>
+          <t>9786054412662</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>SineCine Sayı 2016/1</t>
+          <t>Bitmeyen Sınavlar Yaşanmayan Hayatlar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786054412945</t>
+          <t>9786054878536</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyaların Antropolojisi</t>
+          <t>Piyasanın Ucubeleri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786054412952</t>
+          <t>9786054878529</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Hukuk</t>
+          <t>Antropolojiye Giriş</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
+          <t>9786054412860</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kürt Ulusal Hareketi</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786054412167</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Neo-Liberal Tezahürler</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054412488</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Namus, Töre ve İktidar</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786054878604</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Solundan Portreler</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>3990000040341</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>SineCine Sayı 2016/1</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786054412945</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Dünyaların Antropolojisi</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054412952</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Marksizm ve Hukuk</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
           <t>9786054878000</t>
         </is>
       </c>
-      <c r="B520" s="1" t="inlineStr">
+      <c r="B527" s="1" t="inlineStr">
         <is>
           <t>İsyanın İzinde</t>
         </is>
       </c>
-      <c r="C520" s="1">
-        <v>260</v>
+      <c r="C527" s="1">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>