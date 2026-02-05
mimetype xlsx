--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,970 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789123441570</t>
+          <t>4440000002672</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 3</t>
+          <t>Hatıralar 1 - 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789123441488</t>
+          <t>4440000002570</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yazılar 1 - Farklar</t>
+          <t>Edebiyat Yazıları 2 - 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789123504923</t>
+          <t>4440000001990</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Muştusu</t>
+          <t>Çağ ve İlham Set 2 - 3</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>88</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789123441679</t>
+          <t>2880000063667</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve İlham 2: Sevgi Devrimi</t>
+          <t>Hızırla Kırk Saat Şiirler 1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057376763</t>
+          <t>9789123441570</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler 1: Kavramlar</t>
+          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 3</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057144034</t>
+          <t>9789123441488</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Batı Düşüncesinden</t>
+          <t>Günlük Yazılar 1 - Farklar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789123441716</t>
+          <t>9786057195654</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve İlham 3: Yazgı Seçişi</t>
+          <t>Diriliş Muştusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789123441686</t>
+          <t>9786057179609</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gündönümü</t>
+          <t>Çağ ve İlham 2: Sevgi Devrimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789123504947</t>
+          <t>9786057376763</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Düşünceler 1: Kavramlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057139528</t>
+          <t>9786057144034</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Ekonomik Strüktürü</t>
+          <t>Çağdaş Batı Düşüncesinden</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4440000002496</t>
+          <t>9786057144027</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yapı Taşları 1 - 2</t>
+          <t>Çağ ve İlham 3: Yazgı Seçişi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789123494217</t>
+          <t>9786057371096</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Varolma Savaşı 1</t>
+          <t>Gündönümü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789123505838</t>
+          <t>9786057371058</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Çevresinde</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057371010</t>
+          <t>9786057139528</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve İlham 4: Kuruluş</t>
+          <t>İslam Toplumunun Ekonomik Strüktürü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057139511</t>
+          <t>4440000002496</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 9: Alınyazısı Saati</t>
+          <t>Yapı Taşları 1 - 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>55</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057376718</t>
+          <t>9786057144010</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 1: Monna Rosa</t>
+          <t>Varolma Savaşı 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057376787</t>
+          <t>9786057139535</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Dirilişin Çevresinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789123494279</t>
+          <t>9786057371010</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yapı Taşları ve Kaderimizin Çağrısı 1</t>
+          <t>Çağ ve İlham 4: Kuruluş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789123494200</t>
+          <t>9786057139511</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Unutuş ve Hatırlayış</t>
+          <t>Şiirler 9: Alınyazısı Saati</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057371065</t>
+          <t>9786057376718</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Makamda</t>
+          <t>Şiirler 1: Monna Rosa</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789123441501</t>
+          <t>9786057376787</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çağ ve İlham 1: Metafizik Gerilim Şartı</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057195630</t>
+          <t>9789123494279</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yazılar 2 - Sütun</t>
+          <t>Yapı Taşları ve Kaderimizin Çağrısı 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057144072</t>
+          <t>9789123494200</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğmadan</t>
+          <t>Unutuş ve Hatırlayış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>480</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057139580</t>
+          <t>9786057371065</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Aşısı</t>
+          <t>Makamda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057179616</t>
+          <t>9786057139566</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Öğütler</t>
+          <t>Çağ ve İlham 1: Metafizik Gerilim Şartı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057371072</t>
+          <t>9786057195630</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Günlük Yazılar 2 - Sütun</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>95</v>
+        <v>640</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057144096</t>
+          <t>9786057144072</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 1: Meydan Ortaya Çıktığında</t>
+          <t>Gün Doğmadan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>65</v>
+        <v>640</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057371041</t>
+          <t>9786057139580</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Dirilişi</t>
+          <t>Kıyamet Aşısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789123441563</t>
+          <t>9786057179616</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 1</t>
+          <t>Genç Müslümana Öğütler</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057179630</t>
+          <t>9786057371072</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar II</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057179623</t>
+          <t>9786057144096</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar I</t>
+          <t>Hikayeler 1: Meydan Ortaya Çıktığında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789123441624</t>
+          <t>9786057371041</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Ruhun Dirilişi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789123505012</t>
+          <t>9789123441563</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler 2: Kurumlar</t>
+          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057371027</t>
+          <t>9786057179630</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Neslinin Amentüsü</t>
+          <t>Hatıralar II</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>490</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789264552685</t>
+          <t>9786057179623</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu 3: Kutlu Millet Gerçeği</t>
+          <t>Hatıralar I</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789264552661</t>
+          <t>9786057376770</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu 1: Ülkemizin Geleceği</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789123441655</t>
+          <t>9789123505012</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 2: Portreler</t>
+          <t>Düşünceler 2: Kurumlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057376725</t>
+          <t>9786057371027</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 3: Hızırla Kırk Saat</t>
+          <t>Diriliş Neslinin Amentüsü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789123441631</t>
+          <t>9789264552685</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yazılar 3 - Sur</t>
+          <t>Çıkış Yolu 3: Kutlu Millet Gerçeği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000047895</t>
+          <t>9789264552661</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Seti (57 Kitap)</t>
+          <t>Çıkış Yolu 1: Ülkemizin Geleceği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>6780</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789000185498</t>
+          <t>9789123441655</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 6: Ayinler Çeşmeler</t>
+          <t>Hikayeler 2: Portreler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789000185511</t>
+          <t>9786057376725</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 8: Ateş Dansı</t>
+          <t>Şiirler 3: Hızırla Kırk Saat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789123441532</t>
+          <t>9789123441631</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Günlük Yazılar 3 - Sur</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057376732</t>
+          <t>3990000047895</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 5: Zamana Adanmış Sözler</t>
+          <t>Sezai Karakoç Seti (57 Kitap)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>6780</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057371034</t>
+          <t>9789000185498</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yitik Cennet</t>
+          <t>Şiirler 6: Ayinler Çeşmeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789123494262</t>
+          <t>9786057144041</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yapı Taşları ve Kaderimizin Çağrısı 2</t>
+          <t>Şiirler 8: Ateş Dansı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789123441549</t>
+          <t>9786057179678</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yol Ağzında</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057376749</t>
+          <t>9786057376732</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 4: Taha'nın Kitabı Gül Muştusu</t>
+          <t>Şiirler 5: Zamana Adanmış Sözler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789000185474</t>
+          <t>9786057371034</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 2: Şahdamar - Körfez - Sesler</t>
+          <t>Yitik Cennet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057376756</t>
+          <t>9789123494262</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Samanyolunda Ziyafet</t>
+          <t>Yapı Taşları ve Kaderimizin Çağrısı 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789123441587</t>
+          <t>9789123441549</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Piyesler 1</t>
+          <t>Tarihin Yol Ağzında</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057195661</t>
+          <t>9786057376749</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 7: Leyla ile Mecnun</t>
+          <t>Şiirler 4: Taha'nın Kitabı Gül Muştusu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057144089</t>
+          <t>9786057376701</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslamın Şiir Anıtlarından</t>
+          <t>Şiirler 2: Şahdamar - Körfez - Sesler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057139573</t>
+          <t>9786057376756</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İslamın Dirilişi</t>
+          <t>Samanyolunda Ziyafet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057371089</t>
+          <t>9789123441587</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Dirilişi</t>
+          <t>Piyesler 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789123441617</t>
+          <t>9786057195661</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yazılar 4 - Gün Saati</t>
+          <t>Şiirler 7: Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789123441525</t>
+          <t>9786057144089</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 2</t>
+          <t>İslamın Şiir Anıtlarından</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057179692</t>
+          <t>9786057139573</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 3: Eğik Ehramlar</t>
+          <t>İslamın Dirilişi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057195609</t>
+          <t>9786057371089</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2: Dişimizin Zarı</t>
+          <t>İnsanlığın Dirilişi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057195647</t>
+          <t>9789123441617</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 1: Medeniyetin Rüyası Rüyanın Medeniyeti Şiir</t>
+          <t>Günlük Yazılar 4 - Gün Saati</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789264552678</t>
+          <t>9789123441525</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu 2: Medeniyetimizin Dirilişi</t>
+          <t>Fizikötesi Açısından Ufuklar ve Daha Ötesi 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786057179692</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Yazıları 3: Eğik Ehramlar</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057195609</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Yazıları 2: Dişimizin Zarı</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786057195647</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Yazıları 1: Medeniyetin Rüyası Rüyanın Medeniyeti Şiir</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786057144065</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çıkış Yolu 2: Medeniyetimizin Dirilişi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9789123475353</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Batı Şiirlerinden Çeviriler</t>
         </is>
       </c>
-      <c r="C63" s="1">
-        <v>90</v>
+      <c r="C67" s="1">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>