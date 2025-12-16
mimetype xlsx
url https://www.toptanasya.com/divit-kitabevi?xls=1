--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,670 +85,760 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255850997</t>
+          <t>9786255721785</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Elanın Gölgesi</t>
+          <t>Kendime Dönerken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255721082</t>
+          <t>9786255721495</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ahmet.dll: Yapay Zeka Romanı</t>
+          <t>Zihin Gücüyle Mucizeler Yarat</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255850621</t>
+          <t>9786255850300</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255850805</t>
+          <t>9786255850287</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tralles'in Aslanı</t>
+          <t>Kral Nam-Eh</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255721068</t>
+          <t>9786255850270</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nar Misali Yalnızlık</t>
+          <t>Marcin Duda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255850638</t>
+          <t>9786255850256</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>CC&amp;YC</t>
+          <t>Potansiyel</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255850928</t>
+          <t>9786255850997</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet Beş Ölüm</t>
+          <t>Elanın Gölgesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255850812</t>
+          <t>9786255721082</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Burcundan Lider Olur Mu?</t>
+          <t>Ahmet.dll: Yapay Zeka Romanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255850829</t>
+          <t>9786255850621</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Biliminin Işığında Rehberlik ve Denetimin Gücü</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>4440000001593</t>
+          <t>9786255850805</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çetmi</t>
+          <t>Tralles'in Aslanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258069730</t>
+          <t>9786255721068</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Nar Misali Yalnızlık</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255850331</t>
+          <t>9786255850638</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tufan</t>
+          <t>CC&amp;YC</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255850683</t>
+          <t>9786255850928</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Palyaço</t>
+          <t>Bir Cinayet Beş Ölüm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255850652</t>
+          <t>9786255850812</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tribün</t>
+          <t>Yengeç Burcundan Lider Olur Mu?</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255850386</t>
+          <t>9786255850829</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Xantrius</t>
+          <t>Eğitim Biliminin Işığında Rehberlik ve Denetimin Gücü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255850355</t>
+          <t>4440000001593</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Uğultu</t>
+          <t>Büyük Çetmi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255850362</t>
+          <t>9786258069730</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vali - Dağılma Eşiği</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259742960</t>
+          <t>9786255850331</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İşte Muasır Medeniyet</t>
+          <t>Tufan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255850263</t>
+          <t>9786255850683</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kapındaki Kedi</t>
+          <t>Palyaço</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255850096</t>
+          <t>9786255850652</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Uğruna Yıkılıp Gitmek 2</t>
+          <t>Tribün</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255850089</t>
+          <t>9786255850386</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şiir Uğruna Yıkılıp Gitmek 1</t>
+          <t>Xantrius</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255850164</t>
+          <t>9786255850355</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Son Uğultu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255850393</t>
+          <t>9786255850362</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Vali - Dağılma Eşiği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256905092</t>
+          <t>9786259742960</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Soygunu</t>
+          <t>İşte Muasır Medeniyet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255850102</t>
+          <t>9786255850263</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ayten</t>
+          <t>Kapındaki Kedi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258009374</t>
+          <t>9786255850096</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yassıada Yargılamalarında Çanakkale Geyikli Olayları</t>
+          <t>Şiir Uğruna Yıkılıp Gitmek 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255548955</t>
+          <t>9786255850089</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bensizlikte Varsızlık</t>
+          <t>Şiir Uğruna Yıkılıp Gitmek 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258069464</t>
+          <t>9786255850164</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255548191</t>
+          <t>9786255850393</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bahçe</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255548368</t>
+          <t>9786256905092</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Av Sezonu/ Kanlı Av</t>
+          <t>Gerçeğin Soygunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258069693</t>
+          <t>9786255850102</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Ayten</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258069716</t>
+          <t>9786258009374</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Yassıada Yargılamalarında Çanakkale Geyikli Olayları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258069686</t>
+          <t>9786255548955</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Bensizlikte Varsızlık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258069709</t>
+          <t>9786258069464</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Yoldaş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258069723</t>
+          <t>9786255548191</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Bahçe</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258069747</t>
+          <t>9786255548368</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fıtnat</t>
+          <t>Av Sezonu/ Kanlı Av</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258069662</t>
+          <t>9786258069693</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258069679</t>
+          <t>9786258069716</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256957749</t>
+          <t>9786258069686</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ece Geri Dönüşümü Anlatıyor</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256905719</t>
+          <t>9786258069709</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım 9</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258009323</t>
+          <t>9786258069723</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fransız Topçu Subayının Çanakkale Cephesi Hatıraları Çanakkale'de Türklerle Karşı Karşıya</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786258069747</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Taaşşuk-ı Talat ve Fıtnat</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786258069662</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Cezmi</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786258069679</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786256957749</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Ece Geri Dönüşümü Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786256905719</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım 9</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786258009323</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Topçu Subayının Çanakkale Cephesi Hatıraları Çanakkale'de Türklerle Karşı Karşıya</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
           <t>9786257431170</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Son Troyalı</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C49" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>