--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,760 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255721785</t>
+          <t>9786258674019</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendime Dönerken</t>
+          <t>Adale ve Kuvvet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255721495</t>
+          <t>9786258674040</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle Mucizeler Yarat</t>
+          <t>Kaleydoskop</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255850300</t>
+          <t>9786258713015</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye</t>
+          <t>Zaman Yolcusu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255850287</t>
+          <t>9786259285023</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kral Nam-Eh</t>
+          <t>Adale ve Kuvvet</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255850270</t>
+          <t>9786258713480</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Marcin Duda</t>
+          <t>Emperyalizm Kontrolünde Türk - Yunan Tarihi 1770-1930</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255850256</t>
+          <t>9786255721532</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Potansiyel</t>
+          <t>Hayat Sen Var Oldukça</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255850997</t>
+          <t>9786257881890</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Elanın Gölgesi</t>
+          <t>Didar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255721082</t>
+          <t>9786255721785</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ahmet.dll: Yapay Zeka Romanı</t>
+          <t>Kendime Dönerken</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255850621</t>
+          <t>9786255721495</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Zihin Gücüyle Mucizeler Yarat</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255850805</t>
+          <t>9786255850300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tralles'in Aslanı</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255721068</t>
+          <t>9786255850287</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nar Misali Yalnızlık</t>
+          <t>Kral Nam-Eh</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255850638</t>
+          <t>9786255850270</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>CC&amp;YC</t>
+          <t>Marcin Duda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255850928</t>
+          <t>9786255850256</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet Beş Ölüm</t>
+          <t>Potansiyel</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255850812</t>
+          <t>9786255850997</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Burcundan Lider Olur Mu?</t>
+          <t>Elanın Gölgesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255850829</t>
+          <t>9786255721082</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Biliminin Işığında Rehberlik ve Denetimin Gücü</t>
+          <t>Ahmet.dll: Yapay Zeka Romanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000001593</t>
+          <t>9786255850621</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çetmi</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258069730</t>
+          <t>9786255850805</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Tralles'in Aslanı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255850331</t>
+          <t>9786255721068</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tufan</t>
+          <t>Nar Misali Yalnızlık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255850683</t>
+          <t>9786255850638</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Palyaço</t>
+          <t>CC&amp;YC</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255850652</t>
+          <t>9786255850928</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tribün</t>
+          <t>Bir Cinayet Beş Ölüm</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255850386</t>
+          <t>9786255850812</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Xantrius</t>
+          <t>Yengeç Burcundan Lider Olur Mu?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255850355</t>
+          <t>9786255850829</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Uğultu</t>
+          <t>Eğitim Biliminin Işığında Rehberlik ve Denetimin Gücü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255850362</t>
+          <t>4440000001593</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vali - Dağılma Eşiği</t>
+          <t>Büyük Çetmi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259742960</t>
+          <t>9786258069730</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İşte Muasır Medeniyet</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255850263</t>
+          <t>9786255850331</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kapındaki Kedi</t>
+          <t>Tufan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255850096</t>
+          <t>9786255850683</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şiir Uğruna Yıkılıp Gitmek 2</t>
+          <t>Palyaço</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255850089</t>
+          <t>9786255850652</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şiir Uğruna Yıkılıp Gitmek 1</t>
+          <t>Tribün</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255850164</t>
+          <t>9786255850386</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Xantrius</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255850393</t>
+          <t>9786255850355</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Son Uğultu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256905092</t>
+          <t>9786255850362</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Soygunu</t>
+          <t>Vali - Dağılma Eşiği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255850102</t>
+          <t>9786259742960</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ayten</t>
+          <t>İşte Muasır Medeniyet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258009374</t>
+          <t>9786255850263</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yassıada Yargılamalarında Çanakkale Geyikli Olayları</t>
+          <t>Kapındaki Kedi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255548955</t>
+          <t>9786255850096</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bensizlikte Varsızlık</t>
+          <t>Şiir Uğruna Yıkılıp Gitmek 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258069464</t>
+          <t>9786255850089</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş</t>
+          <t>Şiir Uğruna Yıkılıp Gitmek 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255548191</t>
+          <t>9786255850164</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bahçe</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255548368</t>
+          <t>9786255850393</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Av Sezonu/ Kanlı Av</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258069693</t>
+          <t>9786256905092</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Gerçeğin Soygunu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258069716</t>
+          <t>9786255850102</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Ayten</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258069686</t>
+          <t>9786258009374</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Yassıada Yargılamalarında Çanakkale Geyikli Olayları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258069709</t>
+          <t>9786255548955</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Bensizlikte Varsızlık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258069723</t>
+          <t>9786258069464</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yoldaş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258069747</t>
+          <t>9786255548191</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fıtnat</t>
+          <t>Bahçe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258069662</t>
+          <t>9786255548368</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Av Sezonu/ Kanlı Av</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258069679</t>
+          <t>9786258069693</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256957749</t>
+          <t>9786258069716</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ece Geri Dönüşümü Anlatıyor</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256905719</t>
+          <t>9786258069686</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım 9</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258009323</t>
+          <t>9786258069709</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fransız Topçu Subayının Çanakkale Cephesi Hatıraları Çanakkale'de Türklerle Karşı Karşıya</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
+          <t>9786258069723</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786258069747</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Taaşşuk-ı Talat ve Fıtnat</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786258069662</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Cezmi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786258069679</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786256957749</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ece Geri Dönüşümü Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786256905719</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım 9</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786258009323</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Topçu Subayının Çanakkale Cephesi Hatıraları Çanakkale'de Türklerle Karşı Karşıya</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9786257431170</t>
         </is>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Son Troyalı</t>
         </is>
       </c>
-      <c r="C49" s="1">
+      <c r="C56" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>